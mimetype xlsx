--- v0 (2025-10-25)
+++ v1 (2025-12-14)
@@ -8,831 +8,805 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet23.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet25.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet26.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet27.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet28.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet29.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet30.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26501"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\GIS Users\Dorset Statistics\Data\Profile data\Mar 2023 Update\Profiles\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\GIS Users\Dorset Statistics\data loading app\excels\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{92BDF7EF-24BA-4D8A-A9EB-F3276434B9F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BD080752-EBAD-433C-A0D8-740B64F789A7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="863" firstSheet="1" activeTab="5" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2835" yWindow="1200" windowWidth="21135" windowHeight="13650" tabRatio="863" activeTab="23" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MYE-Broad Age Groups" sheetId="1" r:id="rId1"/>
     <sheet name="MYE" sheetId="2" r:id="rId2"/>
-    <sheet name="Population Projections" sheetId="3" r:id="rId3"/>
-[...21 lines deleted...]
-    <sheet name="Metadata" sheetId="24" r:id="rId25"/>
+    <sheet name="MYE Lookup" sheetId="32" r:id="rId3"/>
+    <sheet name="Population Projections" sheetId="3" r:id="rId4"/>
+    <sheet name="Population Projections Lookup" sheetId="33" r:id="rId5"/>
+    <sheet name="Birth Rate" sheetId="5" r:id="rId6"/>
+    <sheet name="Birth Rate Lookup" sheetId="34" r:id="rId7"/>
+    <sheet name="Death Rate" sheetId="7" r:id="rId8"/>
+    <sheet name="Death Rate Lookup" sheetId="35" r:id="rId9"/>
+    <sheet name="Ethnicity" sheetId="8" r:id="rId10"/>
+    <sheet name="Language" sheetId="9" r:id="rId11"/>
+    <sheet name="NINO" sheetId="10" r:id="rId12"/>
+    <sheet name="NINO Lookup" sheetId="36" r:id="rId13"/>
+    <sheet name="Religion" sheetId="11" r:id="rId14"/>
+    <sheet name="Country of birth" sheetId="26" r:id="rId15"/>
+    <sheet name="Health" sheetId="27" r:id="rId16"/>
+    <sheet name="Unpaid care" sheetId="28" r:id="rId17"/>
+    <sheet name="Residents in communal est." sheetId="30" r:id="rId18"/>
+    <sheet name="Type of dwelling" sheetId="29" r:id="rId19"/>
+    <sheet name="HH Composition" sheetId="12" r:id="rId20"/>
+    <sheet name="Tenure" sheetId="13" r:id="rId21"/>
+    <sheet name="Car Ownership" sheetId="15" r:id="rId22"/>
+    <sheet name="Local Business Units" sheetId="16" r:id="rId23"/>
+    <sheet name="Business Size Bands" sheetId="19" r:id="rId24"/>
+    <sheet name="Employment of workers- sector" sheetId="18" r:id="rId25"/>
+    <sheet name="Skills" sheetId="22" r:id="rId26"/>
+    <sheet name="Earnings" sheetId="21" r:id="rId27"/>
+    <sheet name="Claimant Count" sheetId="20" r:id="rId28"/>
+    <sheet name="Claimant Count Lookup" sheetId="37" r:id="rId29"/>
+    <sheet name="Metadata" sheetId="24" r:id="rId30"/>
   </sheets>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
-[...4 lines deleted...]
-    <t>Census Code</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
+  <si>
+    <t>year_id</t>
+  </si>
+  <si>
+    <t>year</t>
+  </si>
+  <si>
+    <t>year_1</t>
+  </si>
+  <si>
+    <t>year_2</t>
+  </si>
+  <si>
+    <t>year_3</t>
+  </si>
+  <si>
+    <t>year_4</t>
+  </si>
+  <si>
+    <t>year_5</t>
+  </si>
+  <si>
+    <t>year_6</t>
+  </si>
+  <si>
+    <t>year_7</t>
+  </si>
+  <si>
+    <t>year_8</t>
+  </si>
+  <si>
+    <t>year_9</t>
+  </si>
+  <si>
+    <t>year_10</t>
+  </si>
+  <si>
+    <t>year_11</t>
+  </si>
+  <si>
+    <t>year_12</t>
+  </si>
+  <si>
+    <t>year_13</t>
+  </si>
+  <si>
+    <t>year_14</t>
+  </si>
+  <si>
+    <t>year_15</t>
+  </si>
+  <si>
+    <t>year_16</t>
+  </si>
+  <si>
+    <t>year_17</t>
+  </si>
+  <si>
+    <t>year_18</t>
+  </si>
+  <si>
+    <t>year_19</t>
+  </si>
+  <si>
+    <t>year_20</t>
+  </si>
+  <si>
+    <t>name</t>
+  </si>
+  <si>
+    <t>census_code</t>
+  </si>
+  <si>
+    <t>year_21</t>
   </si>
   <si>
     <t>Dorset Council</t>
   </si>
   <si>
     <t>E06000059</t>
   </si>
   <si>
     <t>England and Wales</t>
   </si>
   <si>
     <t>E92000001</t>
   </si>
   <si>
     <t>Dorset and Bournemouth, Christchurch and Poole</t>
   </si>
   <si>
     <t>E37000009</t>
   </si>
   <si>
     <t>Bournemouth, Christchurch and Poole</t>
   </si>
   <si>
     <t>E06000058</t>
   </si>
   <si>
-    <t>Year 2001</t>
-[...497 lines deleted...]
-    <t>January 2023 - March 2023 (inclusive Rate)</t>
+    <t>white_british_per</t>
+  </si>
+  <si>
+    <t>bme_per</t>
+  </si>
+  <si>
+    <t>main_language_not_english_per</t>
+  </si>
+  <si>
+    <t>year_22</t>
+  </si>
+  <si>
+    <t>christian_per</t>
+  </si>
+  <si>
+    <t>non_christian_per</t>
+  </si>
+  <si>
+    <t>no_religion_per</t>
+  </si>
+  <si>
+    <t>religion_not_stated_per</t>
+  </si>
+  <si>
+    <t>born_in_uk_per</t>
+  </si>
+  <si>
+    <t>born_in_england_per</t>
+  </si>
+  <si>
+    <t>born_in_ni_per</t>
+  </si>
+  <si>
+    <t>born_in_scotland_per</t>
+  </si>
+  <si>
+    <t>born_in_wales_per</t>
+  </si>
+  <si>
+    <t>born_in_uk_unspecified_per</t>
+  </si>
+  <si>
+    <t>born_in_ireland_per</t>
+  </si>
+  <si>
+    <t>born_in_eu_per</t>
+  </si>
+  <si>
+    <t>born_in_eu_accession_per</t>
+  </si>
+  <si>
+    <t>born_in_other_per</t>
+  </si>
+  <si>
+    <t>activity_limited_a_lot_per</t>
+  </si>
+  <si>
+    <t>activity_limited_little_per</t>
+  </si>
+  <si>
+    <t>activity_not_limited_per</t>
+  </si>
+  <si>
+    <t>very_good_health_per</t>
+  </si>
+  <si>
+    <t>good_health_per</t>
+  </si>
+  <si>
+    <t>bad_health_per</t>
+  </si>
+  <si>
+    <t>very_bad_health_per</t>
+  </si>
+  <si>
+    <t>no_unpaid_care_per</t>
+  </si>
+  <si>
+    <t>up_to_50_hrs_per</t>
+  </si>
+  <si>
+    <t>more_than_50_hrs_per</t>
+  </si>
+  <si>
+    <t>in_communal_estab_per</t>
+  </si>
+  <si>
+    <t>detached_per</t>
+  </si>
+  <si>
+    <t>semi_detached_per</t>
+  </si>
+  <si>
+    <t>terraced_per</t>
+  </si>
+  <si>
+    <t>flat_maisonette_per</t>
+  </si>
+  <si>
+    <t>mobile_home_per</t>
+  </si>
+  <si>
+    <t>count_of_all_households</t>
+  </si>
+  <si>
+    <t>one_pers_or_65plus_couple_per</t>
+  </si>
+  <si>
+    <t>married_per</t>
+  </si>
+  <si>
+    <t>cohabiting_per</t>
+  </si>
+  <si>
+    <t>lone_parents_per</t>
+  </si>
+  <si>
+    <t>all_others_per</t>
+  </si>
+  <si>
+    <t>all_households</t>
+  </si>
+  <si>
+    <t>hhs_owner_occupied_per</t>
+  </si>
+  <si>
+    <t>hhs_public_rented_per</t>
+  </si>
+  <si>
+    <t>hhs_privately_rented_per</t>
+  </si>
+  <si>
+    <t>no_cars_or_vans_hh_per</t>
+  </si>
+  <si>
+    <t>two_plus_cars_or_vans_hh_per</t>
+  </si>
+  <si>
+    <t>total_businesses</t>
+  </si>
+  <si>
+    <t>agriculture_forestry_fishing</t>
+  </si>
+  <si>
+    <t>mining_and_quarrying</t>
+  </si>
+  <si>
+    <t>manufacturing</t>
+  </si>
+  <si>
+    <t>elec_gas_steam_and_air_con</t>
+  </si>
+  <si>
+    <t>water_sewerage_waste_managemen</t>
+  </si>
+  <si>
+    <t>construction</t>
+  </si>
+  <si>
+    <t>wholesale_retail_repair_motor</t>
+  </si>
+  <si>
+    <t>transportation_and_storage</t>
+  </si>
+  <si>
+    <t>accommodation_and_food_service</t>
+  </si>
+  <si>
+    <t>information_and_communications</t>
+  </si>
+  <si>
+    <t>financial_and_ins_activities</t>
+  </si>
+  <si>
+    <t>real_estate</t>
+  </si>
+  <si>
+    <t>profess_scientific_technical</t>
+  </si>
+  <si>
+    <t>admin_and_support_activities</t>
+  </si>
+  <si>
+    <t>public_admin_and_defence_css</t>
+  </si>
+  <si>
+    <t>education</t>
+  </si>
+  <si>
+    <t>human_health_and_social_work</t>
+  </si>
+  <si>
+    <t>arts_ent_recreation</t>
+  </si>
+  <si>
+    <t>other</t>
+  </si>
+  <si>
+    <t>no_micro_0_to_9</t>
+  </si>
+  <si>
+    <t>no_small_10_to_49</t>
+  </si>
+  <si>
+    <t>no_medium_sized_50_to_249</t>
+  </si>
+  <si>
+    <t>no_large_250_plus</t>
+  </si>
+  <si>
+    <t>total_employees</t>
+  </si>
+  <si>
+    <t>electricity_gas_steam_and_air</t>
+  </si>
+  <si>
+    <t>water_sewerage_waste_managment</t>
+  </si>
+  <si>
+    <t>wholesale_retail_and_repair</t>
+  </si>
+  <si>
+    <t>public_admin_and_defence</t>
+  </si>
+  <si>
+    <t>arts_entertainment_recreation</t>
+  </si>
+  <si>
+    <t>residents_16_to_74_in_employ</t>
+  </si>
+  <si>
+    <t>high_skill_occupation_per</t>
+  </si>
+  <si>
+    <t>intermediate_skill_occu_per</t>
+  </si>
+  <si>
+    <t>low_skill_occupation_per</t>
+  </si>
+  <si>
+    <t>residence_earnings</t>
+  </si>
+  <si>
+    <t>workplace_earnings</t>
+  </si>
+  <si>
+    <t>range_1_number</t>
+  </si>
+  <si>
+    <t>range_2_number</t>
+  </si>
+  <si>
+    <t>range_3_number</t>
+  </si>
+  <si>
+    <t>range_4_number</t>
+  </si>
+  <si>
+    <t>range_5_number</t>
+  </si>
+  <si>
+    <t>range_6_number</t>
+  </si>
+  <si>
+    <t>range_7_number</t>
+  </si>
+  <si>
+    <t>range_8_number</t>
+  </si>
+  <si>
+    <t>range_9_number</t>
+  </si>
+  <si>
+    <t>range_1_rate</t>
+  </si>
+  <si>
+    <t>range_2_rate</t>
+  </si>
+  <si>
+    <t>range_3_rate</t>
+  </si>
+  <si>
+    <t>range_4_rate</t>
+  </si>
+  <si>
+    <t>range_5_rate</t>
+  </si>
+  <si>
+    <t>range_6_rate</t>
+  </si>
+  <si>
+    <t>range_7_rate</t>
+  </si>
+  <si>
+    <t>range_8_rate</t>
+  </si>
+  <si>
+    <t>range_9_rate</t>
+  </si>
+  <si>
+    <t>id</t>
+  </si>
+  <si>
+    <t>date_range_start</t>
+  </si>
+  <si>
+    <t>date_range_end</t>
+  </si>
+  <si>
+    <t>range_1</t>
+  </si>
+  <si>
+    <t>July 2022</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>range_2</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>December 2022</t>
+  </si>
+  <si>
+    <t>range_3</t>
+  </si>
+  <si>
+    <t>January 2023</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>range_4</t>
+  </si>
+  <si>
+    <t>April 2023</t>
+  </si>
+  <si>
+    <t>June 2023</t>
+  </si>
+  <si>
+    <t>range_5</t>
+  </si>
+  <si>
+    <t>July 2023</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>range_6</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>range_7</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>March 2024</t>
+  </si>
+  <si>
+    <t>range_8</t>
+  </si>
+  <si>
+    <t>April 2024</t>
+  </si>
+  <si>
+    <t>June 2024</t>
+  </si>
+  <si>
+    <t>range_9</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>September 2024</t>
   </si>
   <si>
     <t>Dorset Statistics - Metadata</t>
   </si>
   <si>
     <t>Updates</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <t>Unitary</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Next Release</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>Population</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
-    <t>Office for National Statistics</t>
+    <t>local authority based by single year of age, 2023, Office for National Statistics (NOMIS)</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>JR</t>
   </si>
   <si>
     <t>Projected Population</t>
   </si>
   <si>
-    <t xml:space="preserve">2018 based Projections Office for National Statistics </t>
-[...2 lines deleted...]
-    <t>Early 2023 (Nomis)</t>
+    <t>2018 based Projections Office for National Statistics</t>
+  </si>
+  <si>
+    <t>Feb-Mar 2025 (Nomis)</t>
   </si>
   <si>
     <t>Birth Rate</t>
   </si>
   <si>
-    <t>Office for National Statistics VS</t>
+    <t>Live births in England and Wales : birth rates down to local authority areas , Office for National Statistics (NOMIS)</t>
   </si>
   <si>
     <t>Death Rate</t>
   </si>
   <si>
+    <t>Mortality statistics - underlying cause, sex and age, Office for National Statistics (Nomis)</t>
+  </si>
+  <si>
     <t>Ethnicity</t>
   </si>
   <si>
     <t>Census 2021</t>
   </si>
   <si>
-    <t>March 2022 onwards</t>
+    <t>2032?</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Language</t>
   </si>
   <si>
     <t>NINO</t>
   </si>
   <si>
-    <t>Department of Work and Pensions</t>
+    <t>Stat-Xplore, Department of Work and Pensions</t>
   </si>
   <si>
     <t>Religion</t>
   </si>
   <si>
     <t>Household Composition</t>
   </si>
   <si>
     <t>Tenure</t>
   </si>
   <si>
     <t>Cars/Vans</t>
   </si>
   <si>
     <t>Local Business Units</t>
   </si>
   <si>
-    <t>Office for National Statistics, UK Business 2022</t>
+    <t>UK Business Counts - local units by industry and employment size band, Office for National Statistics, 2024</t>
   </si>
   <si>
     <t>Business Size Bands</t>
   </si>
   <si>
     <t>Employment</t>
   </si>
   <si>
-    <t>Office for National Statistics, BRES Employees 2021</t>
+    <t>Office for National Statistics, BRES Employees 2023</t>
   </si>
   <si>
     <t>Claimant Count</t>
   </si>
   <si>
+    <t>Claimant count by sex and age, Office for National Statistics</t>
+  </si>
+  <si>
     <t>Quarterly</t>
   </si>
   <si>
     <t>Skills</t>
   </si>
   <si>
     <t>Earnings</t>
   </si>
   <si>
-    <t>Office for National Statistics, Annual Survey of Hours and Earnings (2022), Median FT weekly pay</t>
+    <t>Office for National Statistics, Annual Survey of Hours and Earnings (2024), Median FT weekly pay</t>
+  </si>
+  <si>
+    <t>LEP numbers weren't available so I calculated a weighted average</t>
   </si>
   <si>
     <t>Country of birth</t>
   </si>
   <si>
     <t>Health</t>
   </si>
   <si>
     <t>Unpaid care</t>
   </si>
   <si>
     <t>Type of dwelling</t>
   </si>
   <si>
     <t>Residents in communal establishments</t>
   </si>
   <si>
-    <t>% Main Language not English</t>
-[...26 lines deleted...]
-    <t>Females 65+</t>
+    <t>all_persons</t>
+  </si>
+  <si>
+    <t>all_males</t>
+  </si>
+  <si>
+    <t>males_0_to_15</t>
+  </si>
+  <si>
+    <t>males_16_to_64</t>
+  </si>
+  <si>
+    <t>males_65_plus</t>
+  </si>
+  <si>
+    <t>all_females</t>
+  </si>
+  <si>
+    <t>females_0_to_15</t>
+  </si>
+  <si>
+    <t>females_16_to_64</t>
+  </si>
+  <si>
+    <t>females_65_plus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0.00_);_(* \(\ #,##0.00\ \);_(* &quot;-&quot;??_);_(\ @_ \)"/>
     <numFmt numFmtId="168" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="68">
+  <fonts count="63">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -880,55 +854,50 @@
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <name val="Arial"/>
-[...3 lines deleted...]
-      <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -1044,57 +1013,50 @@
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...5 lines deleted...]
-    <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="9"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="20"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="52"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -1176,98 +1138,80 @@
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...3 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
-    </font>
-[...11 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="58">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1768,700 +1712,641 @@
         <color indexed="63"/>
       </left>
       <right style="thin">
         <color indexed="63"/>
       </right>
       <top style="thin">
         <color indexed="63"/>
       </top>
       <bottom style="thin">
         <color indexed="63"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="62"/>
       </top>
       <bottom style="double">
         <color indexed="62"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="149">
+  <cellStyleXfs count="148">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="0"/>
-    <xf numFmtId="0" fontId="39" fillId="34" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="34" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="35" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="19" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="36" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="23" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="37" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="27" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="38" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="31" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="39" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="40" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="41" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="42" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="24" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="37" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="40" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="43" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="13" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="44" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="17" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="41" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="21" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="42" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="25" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="45" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="29" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="46" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="33" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="47" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="10" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="48" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="14" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="49" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="50" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="22" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="45" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="46" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="30" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="51" borderId="0"/>
+    <xf numFmtId="0" fontId="25" fillId="4" borderId="0"/>
+    <xf numFmtId="0" fontId="25" fillId="4" borderId="0"/>
     <xf numFmtId="0" fontId="39" fillId="35" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="19" borderId="0"/>
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="42" fillId="52" borderId="10"/>
+    <xf numFmtId="0" fontId="29" fillId="7" borderId="4"/>
+    <xf numFmtId="0" fontId="40" fillId="52" borderId="10"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="8" borderId="7"/>
-    <xf numFmtId="0" fontId="43" fillId="53" borderId="11"/>
+    <xf numFmtId="0" fontId="31" fillId="8" borderId="7"/>
+    <xf numFmtId="0" fontId="41" fillId="53" borderId="11"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="10" fillId="0" borderId="0"/>
-    <xf numFmtId="167" fontId="18" fillId="0" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="43" fontId="35" fillId="0" borderId="0"/>
+    <xf numFmtId="167" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0"/>
+    <xf numFmtId="167" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="34" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="10" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="16" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="0"/>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="0"/>
+    <xf numFmtId="0" fontId="43" fillId="36" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1"/>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="12"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="2"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="13"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="3"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="14"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="57" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="6" borderId="4"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="51" fillId="54" borderId="0"/>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="4"/>
+    <xf numFmtId="0" fontId="47" fillId="39" borderId="10"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="6"/>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="15"/>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="0"/>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="54" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="8"/>
     <xf numFmtId="0" fontId="10" fillId="55" borderId="16"/>
-    <xf numFmtId="0" fontId="29" fillId="7" borderId="5"/>
-    <xf numFmtId="0" fontId="52" fillId="52" borderId="17"/>
+    <xf numFmtId="0" fontId="28" fillId="7" borderId="5"/>
+    <xf numFmtId="0" fontId="50" fillId="52" borderId="17"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="35" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="34" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0">
       <alignment textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9"/>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="18"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="55" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="308">
+  <cellXfs count="282">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="1" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="34" applyFill="1" borderId="0" applyBorder="1" xfId="2" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="34" applyFill="1" borderId="0" applyBorder="1" xfId="2" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="3" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="35" applyFill="1" borderId="0" applyBorder="1" xfId="4" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="35" applyFill="1" borderId="0" applyBorder="1" xfId="4" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="19" applyFill="1" borderId="0" applyBorder="1" xfId="5" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="36" applyFill="1" borderId="0" applyBorder="1" xfId="6" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="36" applyFill="1" borderId="0" applyBorder="1" xfId="6" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="7" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="8" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="8" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="27" applyFill="1" borderId="0" applyBorder="1" xfId="9" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="38" applyFill="1" borderId="0" applyBorder="1" xfId="10" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="38" applyFill="1" borderId="0" applyBorder="1" xfId="10" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="31" applyFill="1" borderId="0" applyBorder="1" xfId="11" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="39" applyFill="1" borderId="0" applyBorder="1" xfId="12" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="39" applyFill="1" borderId="0" applyBorder="1" xfId="12" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="13" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="40" applyFill="1" borderId="0" applyBorder="1" xfId="14" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="40" applyFill="1" borderId="0" applyBorder="1" xfId="14" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="15" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="41" applyFill="1" borderId="0" applyBorder="1" xfId="16" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="41" applyFill="1" borderId="0" applyBorder="1" xfId="16" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="17" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="42" applyFill="1" borderId="0" applyBorder="1" xfId="18" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="42" applyFill="1" borderId="0" applyBorder="1" xfId="18" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="24" applyFill="1" borderId="0" applyBorder="1" xfId="19" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="20" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="20" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="21" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="40" applyFill="1" borderId="0" applyBorder="1" xfId="22" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="40" applyFill="1" borderId="0" applyBorder="1" xfId="22" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="23" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="43" applyFill="1" borderId="0" applyBorder="1" xfId="24" applyProtection="1"/>
-[...28 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="42" applyFont="1" fillId="52" applyFill="1" borderId="10" applyBorder="1" xfId="53" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="43" applyFill="1" borderId="0" applyBorder="1" xfId="24" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="13" applyFill="1" borderId="0" applyBorder="1" xfId="25" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="44" applyFill="1" borderId="0" applyBorder="1" xfId="26" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="17" applyFill="1" borderId="0" applyBorder="1" xfId="27" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="41" applyFill="1" borderId="0" applyBorder="1" xfId="28" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="21" applyFill="1" borderId="0" applyBorder="1" xfId="29" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="42" applyFill="1" borderId="0" applyBorder="1" xfId="30" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="25" applyFill="1" borderId="0" applyBorder="1" xfId="31" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="45" applyFill="1" borderId="0" applyBorder="1" xfId="32" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="29" applyFill="1" borderId="0" applyBorder="1" xfId="33" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="46" applyFill="1" borderId="0" applyBorder="1" xfId="34" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="33" applyFill="1" borderId="0" applyBorder="1" xfId="35" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="47" applyFill="1" borderId="0" applyBorder="1" xfId="36" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="37" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="48" applyFill="1" borderId="0" applyBorder="1" xfId="38" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="14" applyFill="1" borderId="0" applyBorder="1" xfId="39" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="49" applyFill="1" borderId="0" applyBorder="1" xfId="40" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="41" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="50" applyFill="1" borderId="0" applyBorder="1" xfId="42" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="22" applyFill="1" borderId="0" applyBorder="1" xfId="43" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="45" applyFill="1" borderId="0" applyBorder="1" xfId="44" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="45" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="46" applyFill="1" borderId="0" applyBorder="1" xfId="46" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="30" applyFill="1" borderId="0" applyBorder="1" xfId="47" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="51" applyFill="1" borderId="0" applyBorder="1" xfId="48" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="25" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="49" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="25" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="50" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="35" applyFill="1" borderId="0" applyBorder="1" xfId="51" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="29" applyFont="1" fillId="7" applyFill="1" borderId="4" applyBorder="1" xfId="52" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="40" applyFont="1" fillId="52" applyFill="1" borderId="10" applyBorder="1" xfId="53" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="2" applyFill="1" borderId="0" applyBorder="1" xfId="54">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="32" applyFont="1" fillId="8" applyFill="1" borderId="7" applyBorder="1" xfId="55" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="53" applyFill="1" borderId="11" applyBorder="1" xfId="56" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="31" applyFont="1" fillId="8" applyFill="1" borderId="7" applyBorder="1" xfId="55" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="41" applyFont="1" fillId="53" applyFill="1" borderId="11" applyBorder="1" xfId="56" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="58" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="59" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="60" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="18" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="61" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="43" applyNumberFormat="1" fontId="35" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="65" applyProtection="1"/>
+    <xf numFmtId="167" applyNumberFormat="1" fontId="17" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="61" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="16" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="62" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="16" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="63" applyProtection="1"/>
+    <xf numFmtId="167" applyNumberFormat="1" fontId="17" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="64" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="34" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="65" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="66" applyProtection="1"/>
-    <xf numFmtId="43" applyNumberFormat="1" fontId="17" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="67" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="16" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="67" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="68" applyProtection="1"/>
-    <xf numFmtId="43" applyNumberFormat="1" fontId="16" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="69" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="15" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="69" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="70" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="71" applyProtection="1"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="83" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="32" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="71" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="42" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="72" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="24" applyFont="1" fillId="3" applyFill="1" borderId="0" applyBorder="1" xfId="73" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="24" applyFont="1" fillId="3" applyFill="1" borderId="0" applyBorder="1" xfId="74" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="36" applyFill="1" borderId="0" applyBorder="1" xfId="75" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="21" applyFont="1" fillId="0" applyFill="1" borderId="1" applyBorder="1" xfId="76" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="12" applyBorder="1" xfId="77" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="22" applyFont="1" fillId="0" applyFill="1" borderId="2" applyBorder="1" xfId="78" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="45" applyFont="1" fillId="0" applyFill="1" borderId="13" applyBorder="1" xfId="79" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="23" applyFont="1" fillId="0" applyFill="1" borderId="3" applyBorder="1" xfId="80" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="0" applyFill="1" borderId="14" applyBorder="1" xfId="81" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="23" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="82" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="83" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="84" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="85" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="86" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="87" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="88" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="36" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="89" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="57" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="90" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="35" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="89" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="55" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="90" applyAlignment="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="56" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="91" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="54" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="91" applyAlignment="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="28" applyFont="1" fillId="6" applyFill="1" borderId="4" applyBorder="1" xfId="92" applyProtection="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="51" applyFont="1" fillId="54" applyFill="1" borderId="0" applyBorder="1" xfId="98" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="27" applyFont="1" fillId="6" applyFill="1" borderId="4" applyBorder="1" xfId="92" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="39" applyFill="1" borderId="10" applyBorder="1" xfId="93" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="30" applyFont="1" fillId="0" applyFill="1" borderId="6" applyBorder="1" xfId="94" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="0" applyFill="1" borderId="15" applyBorder="1" xfId="95" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="26" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="96" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="26" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="97" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="54" applyFill="1" borderId="0" applyBorder="1" xfId="98" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="99" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="100" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="102" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="103" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="104" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="105" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="106" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="35" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="107" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="34" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="107" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="108" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="109" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="110" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="111" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="112" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="17" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="113" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="16" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="113" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="114" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="17" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="16" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="116" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="117" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="118" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="119" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="120" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="17" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="121" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="16" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="121" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="122" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="16" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="123" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="15" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="123" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="124" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="9" applyFill="1" borderId="8" applyBorder="1" xfId="125" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="55" applyFill="1" borderId="16" applyBorder="1" xfId="126" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="29" applyFont="1" fillId="7" applyFill="1" borderId="5" applyBorder="1" xfId="127" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="52" applyFont="1" fillId="52" applyFill="1" borderId="17" applyBorder="1" xfId="128" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="28" applyFont="1" fillId="7" applyFill="1" borderId="5" applyBorder="1" xfId="127" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="50" applyFont="1" fillId="52" applyFill="1" borderId="17" applyBorder="1" xfId="128" applyProtection="1"/>
     <xf numFmtId="9" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="129" applyProtection="1"/>
-    <xf numFmtId="9" applyNumberFormat="1" fontId="35" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="130" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="34" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="130" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="131" applyProtection="1">
       <alignment textRotation="90"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="132" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="133" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="134" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="135" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="136" applyProtection="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="55" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="144" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="34" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="136" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="20" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="137" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="19" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="138" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="51" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="139" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="9" applyBorder="1" xfId="140" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="52" applyFont="1" fillId="0" applyFill="1" borderId="18" applyBorder="1" xfId="141" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="142" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="53" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="143" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="144" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="145" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="146" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="147" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="35" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="148" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="34" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="147" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="132" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="100" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="99" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="100" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="66" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="66" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="66" applyProtection="1"/>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="66" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="164" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="59" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="59" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="117" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="117" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="117" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="165" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="85" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="132" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="85" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="132" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="133" applyProtection="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="165" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" applyNumberFormat="1" fontId="15" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="110" applyProtection="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="110" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="103" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="103" applyProtection="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="106" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="106" applyProtection="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="106" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="103" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="121" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="19" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="18" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1"/>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="17" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1"/>
-[...3 lines deleted...]
-    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="36" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="57">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1"/>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="15" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="112" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="58" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="73" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="96" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="49" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="117" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="56" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="117" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="19" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="56" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="18" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="57" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="165" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="15" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1"/>
-    <xf numFmtId="2" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="106" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="103" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="165" applyNumberFormat="1" fontId="58" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="58" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="165" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="3" applyNumberFormat="1" fontId="58" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-[...10 lines deleted...]
-    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="3" applyNumberFormat="1" fontId="60" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="17" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="17" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1" applyAlignment="1">
-[...11 lines deleted...]
-    </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top"/>
-[...2 lines deleted...]
-    <xf numFmtId="165" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="168" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="129" applyProtection="1"/>
-    <xf numFmtId="165" applyNumberFormat="1" fontId="66" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="3" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" applyNumberFormat="1" fontId="66" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="3" applyNumberFormat="1" fontId="62" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="62" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" applyNumberFormat="1" fontId="62" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="62" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="166" applyNumberFormat="1" fontId="67" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
+    <xf numFmtId="3" applyNumberFormat="1" fontId="62" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="62" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="5" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="165" applyNumberFormat="1" fontId="5" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="56" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="2" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="2" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="56" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="18" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="18" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="18" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="66" applyProtection="1"/>
+    <xf numFmtId="164" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="66" applyProtection="1"/>
+    <xf numFmtId="164" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="66" applyProtection="1"/>
+    <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1"/>
+    <xf numFmtId="164" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="66" applyProtection="1"/>
+    <xf numFmtId="164" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="59" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="61" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="3" applyNumberFormat="1" fontId="58" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="0" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="165" applyNumberFormat="1" fontId="0" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="3" applyNumberFormat="1" fontId="66" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="2" applyNumberFormat="1" fontId="0" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="129" applyProtection="1"/>
+    <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="3" applyNumberFormat="1" fontId="61" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="11" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="133" applyProtection="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="165" applyNumberFormat="1" fontId="10" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="110" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="10" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="4" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="8" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="12" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="106" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="12" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="103" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="12" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="106" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="165" applyNumberFormat="1" fontId="12" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="106" applyProtection="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" applyNumberFormat="1" fontId="66" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="1" applyNumberFormat="1" fontId="61" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" applyNumberFormat="1" fontId="66" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="2" applyNumberFormat="1" fontId="61" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="12" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="4" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
   </cellXfs>
-  <cellStyles count="149">
+  <cellStyles count="148">
     <cellStyle name="20% - Accent1 2" xfId="1"/>
     <cellStyle name="20% - Accent1 2 2" xfId="2"/>
     <cellStyle name="20% - Accent2 2" xfId="3"/>
     <cellStyle name="20% - Accent2 2 2" xfId="4"/>
     <cellStyle name="20% - Accent3 2" xfId="5"/>
     <cellStyle name="20% - Accent3 2 2" xfId="6"/>
     <cellStyle name="20% - Accent4 2" xfId="7"/>
     <cellStyle name="20% - Accent4 2 2" xfId="8"/>
     <cellStyle name="20% - Accent5 2" xfId="9"/>
     <cellStyle name="20% - Accent5 2 2" xfId="10"/>
     <cellStyle name="20% - Accent6 2" xfId="11"/>
     <cellStyle name="20% - Accent6 2 2" xfId="12"/>
     <cellStyle name="40% - Accent1 2" xfId="13"/>
     <cellStyle name="40% - Accent1 2 2" xfId="14"/>
     <cellStyle name="40% - Accent2 2" xfId="15"/>
     <cellStyle name="40% - Accent2 2 2" xfId="16"/>
     <cellStyle name="40% - Accent3 2" xfId="17"/>
     <cellStyle name="40% - Accent3 2 2" xfId="18"/>
     <cellStyle name="40% - Accent4 2" xfId="19"/>
     <cellStyle name="40% - Accent4 2 2" xfId="20"/>
     <cellStyle name="40% - Accent5 2" xfId="21"/>
     <cellStyle name="40% - Accent5 2 2" xfId="22"/>
     <cellStyle name="40% - Accent6 2" xfId="23"/>
     <cellStyle name="40% - Accent6 2 2" xfId="24"/>
     <cellStyle name="60% - Accent1 2" xfId="25"/>
@@ -2551,81 +2436,80 @@
     <cellStyle name="Normal 2 6" xfId="108"/>
     <cellStyle name="Normal 3" xfId="109"/>
     <cellStyle name="Normal 3 2" xfId="110"/>
     <cellStyle name="Normal 3 3" xfId="111"/>
     <cellStyle name="Normal 4" xfId="112"/>
     <cellStyle name="Normal 4 2" xfId="113"/>
     <cellStyle name="Normal 4 3" xfId="114"/>
     <cellStyle name="Normal 4 7" xfId="115"/>
     <cellStyle name="Normal 5" xfId="116"/>
     <cellStyle name="Normal 5 2" xfId="117"/>
     <cellStyle name="Normal 5 3" xfId="118"/>
     <cellStyle name="Normal 6" xfId="119"/>
     <cellStyle name="Normal 6 3" xfId="120"/>
     <cellStyle name="Normal 6 6" xfId="121"/>
     <cellStyle name="Normal 7" xfId="122"/>
     <cellStyle name="Normal 7 2" xfId="123"/>
     <cellStyle name="Normal 8" xfId="124"/>
     <cellStyle name="Note" xfId="125" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Note 2" xfId="126"/>
     <cellStyle name="Output 2" xfId="127"/>
     <cellStyle name="Output 2 2" xfId="128"/>
     <cellStyle name="Percent" xfId="129" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="130"/>
     <cellStyle name="Row_CategoryHeadings" xfId="131"/>
     <cellStyle name="Row_Headings 2" xfId="132"/>
-    <cellStyle name="Row_Headings_Parish &amp; Wards Statistics for Census Explorer" xfId="133"/>
-[...14 lines deleted...]
-    <cellStyle name="Warnings 4" xfId="148"/>
+    <cellStyle name="Source" xfId="133"/>
+    <cellStyle name="Source 2" xfId="134"/>
+    <cellStyle name="Source 3" xfId="135"/>
+    <cellStyle name="Source 4" xfId="136"/>
+    <cellStyle name="Table_Name" xfId="137"/>
+    <cellStyle name="Title" xfId="138" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Title 2" xfId="139"/>
+    <cellStyle name="Total 2" xfId="140"/>
+    <cellStyle name="Total 2 2" xfId="141"/>
+    <cellStyle name="Warning Text 2" xfId="142"/>
+    <cellStyle name="Warning Text 2 2" xfId="143"/>
+    <cellStyle name="Warnings" xfId="144"/>
+    <cellStyle name="Warnings 2" xfId="145"/>
+    <cellStyle name="Warnings 3" xfId="146"/>
+    <cellStyle name="Warnings 4" xfId="147"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2872,9724 +2756,7850 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:R25"/>
+  <dimension ref="A1:K25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="A14" sqref="A14"/>
+      <selection pane="bottomRight" activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" bestFit="1" width="42" customWidth="1"/>
-    <col min="2" max="2" width="14.77734375" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="14" max="18" bestFit="1" width="12.21875" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="4" bestFit="1" width="14.28515625" customWidth="1"/>
+    <col min="5" max="5" width="14.140625" customWidth="1"/>
+    <col min="6" max="6" width="15.28515625" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="13.28515625" customWidth="1"/>
+    <col min="8" max="8" bestFit="1" width="14.28515625" customWidth="1"/>
+    <col min="9" max="9" width="15.42578125" customWidth="1"/>
+    <col min="10" max="10" width="16.7109375" customWidth="1"/>
+    <col min="11" max="11" width="15.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="28.8" s="149" customFormat="1">
-[...31 lines deleted...]
-        <v>232</v>
+    <row r="1" ht="30" s="148" customFormat="1">
+      <c r="A1" s="201" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="201" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="200" t="s">
+        <v>212</v>
+      </c>
+      <c r="D1" s="200" t="s">
+        <v>213</v>
+      </c>
+      <c r="E1" s="200" t="s">
+        <v>214</v>
+      </c>
+      <c r="F1" s="200" t="s">
+        <v>215</v>
+      </c>
+      <c r="G1" s="200" t="s">
+        <v>216</v>
+      </c>
+      <c r="H1" s="200" t="s">
+        <v>217</v>
+      </c>
+      <c r="I1" s="200" t="s">
+        <v>218</v>
+      </c>
+      <c r="J1" s="200" t="s">
+        <v>219</v>
+      </c>
+      <c r="K1" s="200" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...107 lines deleted...]
-        <v>107455</v>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="264">
+        <v>384800</v>
+      </c>
+      <c r="D2" s="264">
+        <v>186400</v>
+      </c>
+      <c r="E2" s="264">
+        <v>29300</v>
+      </c>
+      <c r="F2" s="264">
+        <v>103100</v>
+      </c>
+      <c r="G2" s="264">
+        <v>54000</v>
+      </c>
+      <c r="H2" s="264">
+        <v>198400</v>
+      </c>
+      <c r="I2" s="264">
+        <v>28300</v>
+      </c>
+      <c r="J2" s="264">
+        <v>107100</v>
+      </c>
+      <c r="K2" s="264">
+        <v>63000</v>
+      </c>
+    </row>
+    <row r="3" s="150" customFormat="1">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="195">
+        <v>60854700</v>
+      </c>
+      <c r="D3" s="195">
+        <v>29836000</v>
+      </c>
+      <c r="E3" s="195">
+        <v>5731600</v>
+      </c>
+      <c r="F3" s="195">
+        <v>18838500</v>
+      </c>
+      <c r="G3" s="195">
+        <v>5265900</v>
+      </c>
+      <c r="H3" s="195">
+        <v>31018700</v>
+      </c>
+      <c r="I3" s="195">
+        <v>5465300</v>
+      </c>
+      <c r="J3" s="195">
+        <v>19354100</v>
+      </c>
+      <c r="K3" s="195">
+        <v>6199400</v>
+      </c>
+    </row>
+    <row r="4" s="150" customFormat="1">
+      <c r="A4" s="150" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="195">
+        <v>788900</v>
+      </c>
+      <c r="D4" s="195">
+        <v>383800</v>
+      </c>
+      <c r="E4" s="195">
+        <v>63000</v>
+      </c>
+      <c r="F4" s="195">
+        <v>226700</v>
+      </c>
+      <c r="G4" s="195">
+        <v>94000</v>
+      </c>
+      <c r="H4" s="195">
+        <v>405000</v>
+      </c>
+      <c r="I4" s="195">
+        <v>60500</v>
+      </c>
+      <c r="J4" s="195">
+        <v>233500</v>
+      </c>
+      <c r="K4" s="195">
+        <v>111000</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="195">
+        <v>404100</v>
+      </c>
+      <c r="D5" s="195">
+        <v>197400</v>
+      </c>
+      <c r="E5" s="195">
+        <v>33800</v>
+      </c>
+      <c r="F5" s="195">
+        <v>123600</v>
+      </c>
+      <c r="G5" s="195">
+        <v>40100</v>
+      </c>
+      <c r="H5" s="195">
+        <v>206600</v>
+      </c>
+      <c r="I5" s="195">
+        <v>32100</v>
+      </c>
+      <c r="J5" s="195">
+        <v>126400</v>
+      </c>
+      <c r="K5" s="195">
+        <v>48100</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="C6" s="195"/>
     </row>
     <row r="7">
-      <c r="A7" s="153"/>
-[...3 lines deleted...]
-      <c r="N8" s="237"/>
+      <c r="A7" s="152"/>
     </row>
     <row r="9">
-      <c r="A9" s="151"/>
-[...4 lines deleted...]
-      <c r="R9" s="237"/>
+      <c r="A9" s="150"/>
     </row>
     <row r="10">
-      <c r="A10" s="151"/>
-[...4 lines deleted...]
-      <c r="R10" s="237"/>
+      <c r="A10" s="150"/>
     </row>
     <row r="13">
-      <c r="A13" s="153"/>
+      <c r="A13" s="152"/>
     </row>
     <row r="15">
-      <c r="A15" s="164"/>
+      <c r="A15" s="158"/>
     </row>
     <row r="16">
-      <c r="A16" s="164"/>
+      <c r="A16" s="158"/>
     </row>
     <row r="17">
-      <c r="A17" s="164"/>
+      <c r="A17" s="158"/>
     </row>
     <row r="18">
-      <c r="A18" s="151"/>
+      <c r="A18" s="150"/>
     </row>
     <row r="19">
-      <c r="A19" s="151"/>
+      <c r="A19" s="150"/>
     </row>
     <row r="20">
-      <c r="A20" s="151"/>
+      <c r="A20" s="150"/>
     </row>
     <row r="21">
-      <c r="A21" s="151"/>
+      <c r="A21" s="150"/>
     </row>
     <row r="22">
-      <c r="A22" s="151"/>
+      <c r="A22" s="150"/>
     </row>
     <row r="23">
-      <c r="A23" s="151"/>
+      <c r="A23" s="150"/>
     </row>
     <row r="24">
-      <c r="A24" s="151"/>
+      <c r="A24" s="150"/>
     </row>
     <row r="25">
-      <c r="A25" s="151"/>
+      <c r="A25" s="150"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:M5"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <sheetPr codeName="Sheet6"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="25.6640625" customWidth="1"/>
-    <col min="2" max="2" width="13.21875" customWidth="1"/>
+    <col min="1" max="1" width="41.85546875" customWidth="1"/>
+    <col min="2" max="2" width="14.28515625" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="118.8">
-[...34 lines deleted...]
-        <v>60</v>
+    <row r="1" ht="30" s="149" customFormat="1">
+      <c r="A1" s="149" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="164" t="s">
+        <v>33</v>
+      </c>
+      <c r="D1" s="164" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...113 lines deleted...]
-      <c r="M4" s="186"/>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="269">
+        <v>93.91</v>
+      </c>
+      <c r="D2" s="267">
+        <v>6.1409979450972125</v>
+      </c>
+    </row>
+    <row r="3" s="151" customFormat="1">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="229">
+        <v>74.424274074927453</v>
+      </c>
+      <c r="D3" s="229">
+        <v>25.575725925072547</v>
+      </c>
+    </row>
+    <row r="4" s="151" customFormat="1">
+      <c r="A4" s="151" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="229">
+        <v>87.958577794876732</v>
+      </c>
+      <c r="D4" s="229">
+        <v>12.041422205123272</v>
+      </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...35 lines deleted...]
-      <c r="M5" s="186"/>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="179">
+        <v>82.362098476992458</v>
+      </c>
+      <c r="D5" s="179">
+        <v>17.637901523007535</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:V9"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <sheetPr codeName="Sheet7"/>
+  <dimension ref="A1:C6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="30.109375" customWidth="1"/>
+    <col min="1" max="1" width="37.42578125" customWidth="1"/>
+    <col min="2" max="2" width="12" customWidth="1"/>
+    <col min="3" max="3" width="31.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="105.6">
+    <row r="1">
       <c r="A1" s="168" t="s">
-        <v>0</v>
-[...23 lines deleted...]
-        <v>67</v>
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="169" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...38 lines deleted...]
-      <c r="V2" s="285"/>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="267">
+        <v>1.8</v>
+      </c>
     </row>
     <row r="3">
-      <c r="A3" s="153" t="s">
-[...37 lines deleted...]
-      <c r="V3" s="238"/>
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="179">
+        <v>8.89787532187826</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>6</v>
-[...23 lines deleted...]
-        <v>1.1419960886153058</v>
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="179">
+        <v>5.13068426224462</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...43 lines deleted...]
-      <c r="I9" s="222"/>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="179">
+        <v>8.2770192144630084</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="C6" s="179"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:E5"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <sheetPr codeName="Sheet8"/>
+  <dimension ref="A1:X5"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView topLeftCell="D1" workbookViewId="0">
+      <selection activeCell="Y1" sqref="Y1:AB1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.21875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="5" bestFit="1" width="8.77734375" customWidth="1"/>
+    <col min="1" max="1" width="25.28515625" customWidth="1"/>
+    <col min="2" max="2" width="18.28515625" customWidth="1"/>
+    <col min="3" max="14" bestFit="1" width="7.28515625" customWidth="1"/>
+    <col min="15" max="19" bestFit="1" width="8.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="105.6">
-[...13 lines deleted...]
-        <v>70</v>
+    <row r="1" s="151" customFormat="1">
+      <c r="A1" s="163" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="156" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="163" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="163" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="156" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="163" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="163" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="156" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="163" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="163" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="156" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" s="163" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" s="163" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" s="156" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" s="163" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" s="163" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" s="156" t="s">
+        <v>17</v>
+      </c>
+      <c r="S1" s="163" t="s">
+        <v>18</v>
+      </c>
+      <c r="T1" s="163" t="s">
+        <v>19</v>
+      </c>
+      <c r="U1" s="156" t="s">
+        <v>20</v>
+      </c>
+      <c r="V1" s="163" t="s">
+        <v>21</v>
+      </c>
+      <c r="W1" s="163" t="s">
+        <v>24</v>
+      </c>
+      <c r="X1" s="156" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...46 lines deleted...]
-        <v>2.7076995681570457</v>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="270">
+        <v>434</v>
+      </c>
+      <c r="D2" s="270">
+        <v>520</v>
+      </c>
+      <c r="E2" s="270">
+        <v>656</v>
+      </c>
+      <c r="F2" s="270">
+        <v>1026</v>
+      </c>
+      <c r="G2" s="270">
+        <v>1083</v>
+      </c>
+      <c r="H2" s="270">
+        <v>1657</v>
+      </c>
+      <c r="I2" s="270">
+        <v>983</v>
+      </c>
+      <c r="J2" s="270">
+        <v>720</v>
+      </c>
+      <c r="K2" s="270">
+        <v>734</v>
+      </c>
+      <c r="L2" s="270">
+        <v>738</v>
+      </c>
+      <c r="M2" s="270">
+        <v>639</v>
+      </c>
+      <c r="N2" s="270">
+        <v>749</v>
+      </c>
+      <c r="O2" s="270">
+        <v>1020</v>
+      </c>
+      <c r="P2" s="270">
+        <v>1198</v>
+      </c>
+      <c r="Q2" s="270">
+        <v>1117</v>
+      </c>
+      <c r="R2" s="270">
+        <v>1001</v>
+      </c>
+      <c r="S2" s="270">
+        <v>867</v>
+      </c>
+      <c r="T2" s="270">
+        <v>894</v>
+      </c>
+      <c r="U2" s="270">
+        <v>392</v>
+      </c>
+      <c r="V2" s="270">
+        <v>680</v>
+      </c>
+      <c r="W2" s="270">
+        <v>1343</v>
+      </c>
+      <c r="X2" s="270">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="3" s="151" customFormat="1">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="170">
+        <v>272225</v>
+      </c>
+      <c r="D3" s="170">
+        <v>314995</v>
+      </c>
+      <c r="E3" s="170">
+        <v>359833</v>
+      </c>
+      <c r="F3" s="170">
+        <v>529512</v>
+      </c>
+      <c r="G3" s="170">
+        <v>524228</v>
+      </c>
+      <c r="H3" s="170">
+        <v>663677</v>
+      </c>
+      <c r="I3" s="170">
+        <v>561616</v>
+      </c>
+      <c r="J3" s="170">
+        <v>524710</v>
+      </c>
+      <c r="K3" s="170">
+        <v>587937</v>
+      </c>
+      <c r="L3" s="170">
+        <v>596047</v>
+      </c>
+      <c r="M3" s="170">
+        <v>454081</v>
+      </c>
+      <c r="N3" s="170">
+        <v>541321</v>
+      </c>
+      <c r="O3" s="193">
+        <v>678094</v>
+      </c>
+      <c r="P3" s="197">
+        <v>732688</v>
+      </c>
+      <c r="Q3" s="197">
+        <v>730842</v>
+      </c>
+      <c r="R3" s="197">
+        <v>598687</v>
+      </c>
+      <c r="S3" s="197">
+        <v>557890</v>
+      </c>
+      <c r="T3" s="197">
+        <v>685718</v>
+      </c>
+      <c r="U3" s="151">
+        <v>288136</v>
+      </c>
+      <c r="V3" s="151">
+        <v>542768</v>
+      </c>
+      <c r="W3" s="151">
+        <v>934400</v>
+      </c>
+      <c r="X3" s="151">
+        <v>920283</v>
+      </c>
+    </row>
+    <row r="4" s="151" customFormat="1">
+      <c r="A4" s="151" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="160">
+        <v>1900</v>
+      </c>
+      <c r="D4" s="160">
+        <v>2431</v>
+      </c>
+      <c r="E4" s="160">
+        <v>2854</v>
+      </c>
+      <c r="F4" s="160">
+        <v>4136</v>
+      </c>
+      <c r="G4" s="160">
+        <v>4713</v>
+      </c>
+      <c r="H4" s="160">
+        <v>8012</v>
+      </c>
+      <c r="I4" s="160">
+        <v>5401</v>
+      </c>
+      <c r="J4" s="160">
+        <v>3936</v>
+      </c>
+      <c r="K4" s="160">
+        <v>4880</v>
+      </c>
+      <c r="L4" s="160">
+        <v>5245</v>
+      </c>
+      <c r="M4" s="160">
+        <v>4522</v>
+      </c>
+      <c r="N4" s="160">
+        <v>5422</v>
+      </c>
+      <c r="O4" s="193">
+        <v>6539</v>
+      </c>
+      <c r="P4" s="198">
+        <v>7318</v>
+      </c>
+      <c r="Q4" s="198">
+        <v>6971</v>
+      </c>
+      <c r="R4" s="199">
+        <v>5315</v>
+      </c>
+      <c r="S4" s="199">
+        <v>5046</v>
+      </c>
+      <c r="T4" s="199">
+        <v>5365</v>
+      </c>
+      <c r="U4" s="151">
+        <v>2444</v>
+      </c>
+      <c r="V4" s="151">
+        <v>3790</v>
+      </c>
+      <c r="W4" s="151">
+        <v>6583</v>
+      </c>
+      <c r="X4" s="151">
+        <v>6543</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...12 lines deleted...]
-        <v>2.5238777083693922</v>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="196">
+        <v>1466</v>
+      </c>
+      <c r="D5" s="196">
+        <v>1911</v>
+      </c>
+      <c r="E5" s="196">
+        <v>2198</v>
+      </c>
+      <c r="F5" s="196">
+        <v>3110</v>
+      </c>
+      <c r="G5" s="196">
+        <v>3630</v>
+      </c>
+      <c r="H5" s="196">
+        <v>6355</v>
+      </c>
+      <c r="I5" s="196">
+        <v>4418</v>
+      </c>
+      <c r="J5" s="196">
+        <v>3216</v>
+      </c>
+      <c r="K5" s="196">
+        <v>4146</v>
+      </c>
+      <c r="L5" s="196">
+        <v>4507</v>
+      </c>
+      <c r="M5" s="196">
+        <v>3883</v>
+      </c>
+      <c r="N5" s="196">
+        <v>4673</v>
+      </c>
+      <c r="O5" s="196">
+        <v>5519</v>
+      </c>
+      <c r="P5" s="196">
+        <v>6120</v>
+      </c>
+      <c r="Q5" s="196">
+        <v>5854</v>
+      </c>
+      <c r="R5" s="196">
+        <v>4314</v>
+      </c>
+      <c r="S5" s="196">
+        <v>4179</v>
+      </c>
+      <c r="T5" s="196">
+        <v>4471</v>
+      </c>
+      <c r="U5" s="196">
+        <v>2052</v>
+      </c>
+      <c r="V5" s="196">
+        <v>3110</v>
+      </c>
+      <c r="W5" s="196">
+        <v>5240</v>
+      </c>
+      <c r="X5" s="196">
+        <v>5263</v>
       </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="61" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:AB18"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A0650D2-0BCB-43B5-9A34-C133752BA556}">
+  <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="A2" sqref="A2:A23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
-[...4 lines deleted...]
-  </cols>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" ht="57.6">
-      <c r="A1" s="168" t="s">
+    <row r="1">
+      <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="150" t="s">
+      <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="230" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
+      <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="283" t="s">
+      <c r="B2" s="0">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="289">
-[...36 lines deleted...]
-        <v>1.7478757764875605</v>
+      <c r="B3" s="0">
+        <v>2003</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="0">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="0">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="194" t="s">
+      <c r="B6" s="0">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="C4" s="186">
-[...4 lines deleted...]
-      <c r="A5" s="151" t="s">
+      <c r="B7" s="0">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="B5" s="194" t="s">
+      <c r="B8" s="0">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="C5" s="186">
-[...28 lines deleted...]
-      <c r="F9" s="233"/>
+      <c r="B9" s="0">
+        <v>2009</v>
+      </c>
     </row>
     <row r="10">
-      <c r="F10" s="233"/>
+      <c r="A10" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="0">
+        <v>2010</v>
+      </c>
     </row>
     <row r="11">
-      <c r="F11" s="233"/>
+      <c r="A11" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" s="0">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="0">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="0">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="0">
+        <v>2014</v>
+      </c>
     </row>
     <row r="15">
-      <c r="A15" s="278"/>
-      <c r="F15" s="233"/>
+      <c r="A15" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="0">
+        <v>2015</v>
+      </c>
     </row>
     <row r="16">
-      <c r="A16" s="278"/>
+      <c r="A16" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" s="0">
+        <v>2016</v>
+      </c>
     </row>
     <row r="17">
-      <c r="A17" s="278"/>
+      <c r="A17" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" s="0">
+        <v>2017</v>
+      </c>
     </row>
     <row r="18">
-      <c r="A18" s="278"/>
+      <c r="A18" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="0">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="0">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="0">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="0">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="0">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B23" s="0">
+        <v>2023</v>
+      </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="61" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:AB8"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <sheetPr codeName="Sheet9"/>
+  <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="39.6640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" bestFit="1" width="11.5546875" customWidth="1"/>
+    <col min="1" max="1" width="30.140625" customWidth="1"/>
+    <col min="2" max="2" width="15" customWidth="1"/>
+    <col min="3" max="3" width="14.7109375" customWidth="1"/>
+    <col min="4" max="4" width="17" customWidth="1"/>
+    <col min="5" max="5" width="15.140625" customWidth="1"/>
+    <col min="6" max="6" width="23.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="43.2">
+    <row r="1" ht="30">
       <c r="A1" s="168" t="s">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="162" t="s">
+        <v>37</v>
+      </c>
+      <c r="D1" s="171" t="s">
+        <v>38</v>
+      </c>
+      <c r="E1" s="169" t="s">
+        <v>39</v>
+      </c>
+      <c r="F1" s="169" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...32 lines deleted...]
-      <c r="AB2" s="286"/>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="267">
+        <v>59</v>
+      </c>
+      <c r="D2" s="267">
+        <v>1.7967274269651377</v>
+      </c>
+      <c r="E2" s="267">
+        <v>40.114706029574869</v>
+      </c>
+      <c r="F2" s="267">
+        <v>6.5377694761828238</v>
+      </c>
     </row>
     <row r="3">
-      <c r="A3" s="153" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="179">
+        <v>46.180885989589505</v>
+      </c>
+      <c r="D3" s="179">
+        <v>10.599794890862944</v>
+      </c>
+      <c r="E3" s="179">
+        <v>37.186202651988651</v>
+      </c>
+      <c r="F3" s="179">
+        <v>6.0331164675588962</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>6</v>
-[...7 lines deleted...]
-      <c r="E4" s="210"/>
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="179">
+        <v>49.132886449996214</v>
+      </c>
+      <c r="D4" s="179">
+        <v>2.9675379053593942</v>
+      </c>
+      <c r="E4" s="179">
+        <v>41.181192939978537</v>
+      </c>
+      <c r="F4" s="179">
+        <v>6.7183827046658564</v>
+      </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...35 lines deleted...]
-      <c r="C6" s="237"/>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="179">
+        <v>46.839517031824727</v>
+      </c>
+      <c r="D5" s="179">
+        <v>4.0780425395810012</v>
+      </c>
+      <c r="E5" s="179">
+        <v>42.192747481209018</v>
+      </c>
+      <c r="F5" s="179">
+        <v>6.8896929473852548</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="C7" s="172"/>
+      <c r="D7" s="173"/>
+      <c r="E7" s="172"/>
+      <c r="F7" s="172"/>
     </row>
     <row r="8">
-      <c r="E8" s="237"/>
+      <c r="C8" s="172"/>
+      <c r="D8" s="173"/>
+      <c r="E8" s="172"/>
+      <c r="F8" s="172"/>
+    </row>
+    <row r="9">
+      <c r="C9" s="186"/>
+      <c r="D9" s="186"/>
+      <c r="E9" s="186"/>
+      <c r="F9" s="186"/>
+    </row>
+    <row r="10">
+      <c r="C10" s="186"/>
+      <c r="D10" s="186"/>
+      <c r="E10" s="186"/>
+      <c r="F10" s="186"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:AB11"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <sheetPr codeName="Sheet10"/>
+  <dimension ref="A1:L5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="I6" sqref="I6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="33.77734375" customWidth="1"/>
+    <col min="1" max="1" width="25.7109375" customWidth="1"/>
+    <col min="2" max="2" width="13.28515625" customWidth="1"/>
+    <col min="3" max="3" width="19.85546875" customWidth="1"/>
+    <col min="4" max="4" width="20" customWidth="1"/>
+    <col min="5" max="5" width="20.7109375" customWidth="1"/>
+    <col min="6" max="6" width="20.140625" customWidth="1"/>
+    <col min="7" max="7" width="23.42578125" customWidth="1"/>
+    <col min="8" max="8" width="29.28515625" customWidth="1"/>
+    <col min="9" max="9" width="21.28515625" customWidth="1"/>
+    <col min="10" max="10" width="15.28515625" customWidth="1"/>
+    <col min="11" max="11" width="26.7109375" customWidth="1"/>
+    <col min="12" max="12" width="17" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="118.8">
-[...19 lines deleted...]
-        <v>77</v>
+    <row r="1" ht="26.25">
+      <c r="A1" s="162" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="247" t="s">
+        <v>41</v>
+      </c>
+      <c r="D1" s="247" t="s">
+        <v>42</v>
+      </c>
+      <c r="E1" s="247" t="s">
+        <v>43</v>
+      </c>
+      <c r="F1" s="247" t="s">
+        <v>44</v>
+      </c>
+      <c r="G1" s="247" t="s">
+        <v>45</v>
+      </c>
+      <c r="H1" s="247" t="s">
+        <v>46</v>
+      </c>
+      <c r="I1" s="247" t="s">
+        <v>47</v>
+      </c>
+      <c r="J1" s="247" t="s">
+        <v>48</v>
+      </c>
+      <c r="K1" s="248" t="s">
+        <v>49</v>
+      </c>
+      <c r="L1" s="247" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...40 lines deleted...]
-      <c r="AB2" s="290"/>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="267">
+        <v>93.486662714878</v>
+      </c>
+      <c r="D2" s="267">
+        <v>90.416123295791351</v>
+      </c>
+      <c r="E2" s="267">
+        <v>0.3625107027596654</v>
+      </c>
+      <c r="F2" s="267">
+        <v>1.3815451491800039</v>
+      </c>
+      <c r="G2" s="267">
+        <v>1.3217414213264835</v>
+      </c>
+      <c r="H2" s="267">
+        <v>0.0047421458209839949</v>
+      </c>
+      <c r="I2" s="267">
+        <v>0.3677797536718</v>
+      </c>
+      <c r="J2" s="267">
+        <v>1.4242244615688597</v>
+      </c>
+      <c r="K2" s="267">
+        <v>1.1694658499637753</v>
+      </c>
+      <c r="L2" s="267">
+        <v>3.5518672199170127</v>
+      </c>
     </row>
     <row r="3">
-      <c r="A3" s="153" t="s">
-[...20 lines deleted...]
-      <c r="H3" s="186"/>
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="179">
+        <v>83.190629451840778</v>
+      </c>
+      <c r="D3" s="179">
+        <v>77.264614521492476</v>
+      </c>
+      <c r="E3" s="179">
+        <v>0.3328056940875645</v>
+      </c>
+      <c r="F3" s="179">
+        <v>1.087994608099415</v>
+      </c>
+      <c r="G3" s="179">
+        <v>4.4993754607782623</v>
+      </c>
+      <c r="H3" s="179">
+        <v>0.00583916738305532</v>
+      </c>
+      <c r="I3" s="179">
+        <v>0.54477082593579618</v>
+      </c>
+      <c r="J3" s="179">
+        <v>2.173405216839662</v>
+      </c>
+      <c r="K3" s="179">
+        <v>3.3943952516964715</v>
+      </c>
+      <c r="L3" s="179">
+        <v>10.696799253687292</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>6</v>
-[...19 lines deleted...]
-      <c r="H4" s="186"/>
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="179">
+        <v>88.8849561153773</v>
+      </c>
+      <c r="D4" s="179">
+        <v>85.966410694408111</v>
+      </c>
+      <c r="E4" s="179">
+        <v>0.3498458523773616</v>
+      </c>
+      <c r="F4" s="179">
+        <v>1.3237202669498265</v>
+      </c>
+      <c r="G4" s="179">
+        <v>1.2407472953632601</v>
+      </c>
+      <c r="H4" s="179">
+        <v>0.0042320062787584069</v>
+      </c>
+      <c r="I4" s="179">
+        <v>0.41486485793283168</v>
+      </c>
+      <c r="J4" s="179">
+        <v>2.0757349584237446</v>
+      </c>
+      <c r="K4" s="179">
+        <v>2.8186444242676063</v>
+      </c>
+      <c r="L4" s="179">
+        <v>5.805799643998502</v>
+      </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...73 lines deleted...]
-      <c r="I11" s="198"/>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="179">
+        <v>84.5203737159449</v>
+      </c>
+      <c r="D5" s="179">
+        <v>81.745990099875812</v>
+      </c>
+      <c r="E5" s="179">
+        <v>0.33783361694365527</v>
+      </c>
+      <c r="F5" s="179">
+        <v>1.268875079023581</v>
+      </c>
+      <c r="G5" s="179">
+        <v>1.1639267660677117</v>
+      </c>
+      <c r="H5" s="179">
+        <v>0.0037481540341381871</v>
+      </c>
+      <c r="I5" s="179">
+        <v>0.45952368458534165</v>
+      </c>
+      <c r="J5" s="179">
+        <v>2.69367336586731</v>
+      </c>
+      <c r="K5" s="179">
+        <v>4.36285129573685</v>
+      </c>
+      <c r="L5" s="179">
+        <v>7.9435877830168646</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:R16"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+  <sheetPr codeName="Sheet11"/>
+  <dimension ref="A1:I9"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F6" sqref="F6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="26" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10" max="10" bestFit="1" width="10.44140625" customWidth="1"/>
+    <col min="1" max="1" width="30.140625" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="11.7109375" customWidth="1"/>
+    <col min="3" max="3" width="23.42578125" customWidth="1"/>
+    <col min="4" max="4" width="23" customWidth="1"/>
+    <col min="5" max="5" width="24.42578125" customWidth="1"/>
+    <col min="6" max="6" width="21.140625" customWidth="1"/>
+    <col min="7" max="7" width="16.7109375" customWidth="1"/>
+    <col min="8" max="8" width="16.140625" customWidth="1"/>
+    <col min="9" max="9" width="21.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="115.2" s="150" customFormat="1">
-[...27 lines deleted...]
-      <c r="M1" s="170"/>
+    <row r="1" ht="25.5">
+      <c r="A1" s="162" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="210" t="s">
+        <v>51</v>
+      </c>
+      <c r="D1" s="210" t="s">
+        <v>52</v>
+      </c>
+      <c r="E1" s="210" t="s">
+        <v>53</v>
+      </c>
+      <c r="F1" s="210" t="s">
+        <v>54</v>
+      </c>
+      <c r="G1" s="210" t="s">
+        <v>55</v>
+      </c>
+      <c r="H1" s="210" t="s">
+        <v>56</v>
+      </c>
+      <c r="I1" s="210" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...32 lines deleted...]
-      <c r="R2" s="285"/>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="267">
+        <v>7.6524254503015188</v>
+      </c>
+      <c r="D2" s="267">
+        <v>12.12659288316793</v>
+      </c>
+      <c r="E2" s="267">
+        <v>80.220981666530548</v>
+      </c>
+      <c r="F2" s="267">
+        <v>44.8828834050356</v>
+      </c>
+      <c r="G2" s="267">
+        <v>35.794129812239348</v>
+      </c>
+      <c r="H2" s="267">
+        <v>3.99547920195796</v>
+      </c>
+      <c r="I2" s="267">
+        <v>1.0985855381883614</v>
+      </c>
     </row>
     <row r="3">
-      <c r="A3" s="153" t="s">
-[...23 lines deleted...]
-      <c r="J3" s="211"/>
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="179">
+        <v>7.4831324419386291</v>
+      </c>
+      <c r="D3" s="179">
+        <v>10.042382284826443</v>
+      </c>
+      <c r="E3" s="179">
+        <v>82.474485273234919</v>
+      </c>
+      <c r="F3" s="179">
+        <v>48.3699612980683</v>
+      </c>
+      <c r="G3" s="179">
+        <v>33.635984517616514</v>
+      </c>
+      <c r="H3" s="179">
+        <v>4.0477474725383811</v>
+      </c>
+      <c r="I3" s="179">
+        <v>1.1991350247297112</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>6</v>
-[...22 lines deleted...]
-      <c r="J4" s="211"/>
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="179">
+        <v>7.651309672661986</v>
+      </c>
+      <c r="D4" s="179">
+        <v>11.445865794620243</v>
+      </c>
+      <c r="E4" s="179">
+        <v>80.902824532717773</v>
+      </c>
+      <c r="F4" s="179">
+        <v>46.245134814529834</v>
+      </c>
+      <c r="G4" s="179">
+        <v>34.931871373152511</v>
+      </c>
+      <c r="H4" s="179">
+        <v>4.02628963483056</v>
+      </c>
+      <c r="I4" s="179">
+        <v>1.1419960886153058</v>
+      </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...39 lines deleted...]
-      <c r="R7" s="186"/>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="179">
+        <v>7.6502513768253548</v>
+      </c>
+      <c r="D5" s="179">
+        <v>10.800207898129917</v>
+      </c>
+      <c r="E5" s="179">
+        <v>81.549540725044736</v>
+      </c>
+      <c r="F5" s="179">
+        <v>47.53720676868334</v>
+      </c>
+      <c r="G5" s="179">
+        <v>34.114034123279588</v>
+      </c>
+      <c r="H5" s="179">
+        <v>4.055512798728623</v>
+      </c>
+      <c r="I5" s="179">
+        <v>1.1831702465791762</v>
+      </c>
     </row>
     <row r="8">
-      <c r="C8" s="176"/>
-      <c r="R8" s="186"/>
+      <c r="C8" s="203"/>
+      <c r="D8" s="203"/>
+      <c r="E8" s="203"/>
+      <c r="F8" s="203"/>
+      <c r="G8" s="203"/>
+      <c r="H8" s="203"/>
+      <c r="I8" s="203"/>
     </row>
     <row r="9">
-      <c r="C9" s="211"/>
-[...32 lines deleted...]
-      <c r="I16" s="211"/>
+      <c r="C9" s="203"/>
+      <c r="D9" s="203"/>
+      <c r="E9" s="203"/>
+      <c r="F9" s="203"/>
+      <c r="G9" s="203"/>
+      <c r="H9" s="203"/>
+      <c r="I9" s="203"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:AB18"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
+  <sheetPr codeName="Sheet12"/>
+  <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="39.109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14" max="14" bestFit="1" width="8.77734375" customWidth="1"/>
+    <col min="1" max="1" width="24.28515625" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="11.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="19" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="16.85546875" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="21.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="72" s="150" customFormat="1">
-[...34 lines deleted...]
-      <c r="Z1" s="170"/>
+    <row r="1" ht="25.5">
+      <c r="A1" s="162" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="210" t="s">
+        <v>58</v>
+      </c>
+      <c r="D1" s="210" t="s">
+        <v>59</v>
+      </c>
+      <c r="E1" s="210" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...40 lines deleted...]
-      <c r="AB2" s="287"/>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="267">
+        <v>90.2588086845606</v>
+      </c>
+      <c r="D2" s="267">
+        <v>6.8412173746074</v>
+      </c>
+      <c r="E2" s="267">
+        <v>2.8999739408319734</v>
+      </c>
     </row>
     <row r="3">
-      <c r="A3" s="153" t="s">
-[...21 lines deleted...]
-      <c r="Q3" s="172"/>
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="179">
+        <v>91.148813602418471</v>
+      </c>
+      <c r="D3" s="179">
+        <v>6.1694043871441515</v>
+      </c>
+      <c r="E3" s="179">
+        <v>2.6817820104373764</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>6</v>
-[...20 lines deleted...]
-      <c r="Q4" s="173"/>
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="179">
+        <v>90.767329022501158</v>
+      </c>
+      <c r="D4" s="179">
+        <v>6.5249714093418048</v>
+      </c>
+      <c r="E4" s="179">
+        <v>2.7076995681570457</v>
+      </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...104 lines deleted...]
-      <c r="G18" s="186"/>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="179">
+        <v>91.253494458693268</v>
+      </c>
+      <c r="D5" s="179">
+        <v>6.2226278329373388</v>
+      </c>
+      <c r="E5" s="179">
+        <v>2.5238777083693922</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:K14"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+  <sheetPr codeName="Sheet13"/>
+  <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="30.21875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.5546875" customWidth="1"/>
+    <col min="1" max="1" width="27.28515625" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="11.42578125" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="22.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="57.6">
-[...18 lines deleted...]
-      <c r="K1" s="110"/>
+    <row r="1" ht="30">
+      <c r="A1" s="162" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="211" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...17 lines deleted...]
-      <c r="K2" s="297"/>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="267">
+        <v>2.0657096414712086</v>
+      </c>
     </row>
     <row r="3">
-      <c r="A3" s="153" t="s">
-[...17 lines deleted...]
-      <c r="K3" s="191"/>
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="179">
+        <v>1.7478757764875605</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>6</v>
-[...15 lines deleted...]
-      <c r="K4" s="191"/>
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="179">
+        <v>2.3558077650604341</v>
+      </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...111 lines deleted...]
-      <c r="G14" s="247"/>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="179">
+        <v>2.630960829193695</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="240"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="240"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="240"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="240"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:AQ36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
+  <sheetPr codeName="Sheet15"/>
+  <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="G28" sqref="G28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="25.77734375" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="42" max="43" bestFit="1" width="10.44140625" customWidth="1"/>
+    <col min="1" max="1" width="33.7109375" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="11.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="12.85546875" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="18.140625" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="12.28515625" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="18.28515625" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="16.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="158.4" s="194" customFormat="1">
-[...121 lines deleted...]
-        <v>129</v>
+    <row r="1" ht="25.5">
+      <c r="A1" s="162" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="210" t="s">
+        <v>62</v>
+      </c>
+      <c r="D1" s="210" t="s">
+        <v>63</v>
+      </c>
+      <c r="E1" s="210" t="s">
+        <v>64</v>
+      </c>
+      <c r="F1" s="210" t="s">
+        <v>65</v>
+      </c>
+      <c r="G1" s="210" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...11 lines deleted...]
-      <c r="E2" s="298">
+      <c r="A2" s="262" t="s">
         <v>25</v>
       </c>
-      <c r="F2" s="298">
-[...2 lines deleted...]
-      <c r="G2" s="298">
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="267">
+        <v>40.625424640052934</v>
+      </c>
+      <c r="D2" s="267">
+        <v>23.388731013050851</v>
+      </c>
+      <c r="E2" s="267">
+        <v>19.347634717979926</v>
+      </c>
+      <c r="F2" s="267">
+        <v>15.435333597225586</v>
+      </c>
+      <c r="G2" s="267">
+        <v>1.2028760316907023</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="179">
+        <v>23.214334710610412</v>
+      </c>
+      <c r="D3" s="179">
+        <v>31.513989315342648</v>
+      </c>
+      <c r="E3" s="179">
+        <v>23.158700248555473</v>
+      </c>
+      <c r="F3" s="179">
+        <v>21.692279447367572</v>
+      </c>
+      <c r="G3" s="179">
+        <v>0.42069627812389043</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
         <v>30</v>
       </c>
-      <c r="H2" s="298">
-[...545 lines deleted...]
-      <c r="AQ7" s="186"/>
+      <c r="C4" s="179">
+        <v>38.096140226112858</v>
+      </c>
+      <c r="D4" s="179">
+        <v>20.28720238528955</v>
+      </c>
+      <c r="E4" s="179">
+        <v>14.543154679498576</v>
+      </c>
+      <c r="F4" s="179">
+        <v>26.2886072112456</v>
+      </c>
+      <c r="G4" s="179">
+        <v>0.78489549785341428</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="179">
+        <v>35.633506287318369</v>
+      </c>
+      <c r="D5" s="179">
+        <v>17.267403734425514</v>
+      </c>
+      <c r="E5" s="179">
+        <v>9.8652799668664652</v>
+      </c>
+      <c r="F5" s="179">
+        <v>36.855880627236225</v>
+      </c>
+      <c r="G5" s="179">
+        <v>0.3779293841534267</v>
+      </c>
     </row>
     <row r="8">
-      <c r="A8" s="239"/>
-[...40 lines deleted...]
-      <c r="AQ8" s="186"/>
+      <c r="C8" s="212"/>
+      <c r="D8" s="212"/>
+      <c r="E8" s="212"/>
+      <c r="F8" s="212"/>
+      <c r="G8" s="212"/>
     </row>
     <row r="9">
-      <c r="AP9" s="186"/>
-      <c r="AQ9" s="186"/>
+      <c r="C9" s="212"/>
+      <c r="D9" s="212"/>
+      <c r="E9" s="212"/>
+      <c r="F9" s="212"/>
+      <c r="G9" s="212"/>
     </row>
     <row r="10">
-      <c r="AP10" s="186"/>
-      <c r="AQ10" s="186"/>
+      <c r="C10" s="186"/>
+      <c r="D10" s="186"/>
+      <c r="E10" s="186"/>
+      <c r="F10" s="186"/>
+      <c r="G10" s="186"/>
     </row>
     <row r="11">
-      <c r="AP11" s="186"/>
-[...476 lines deleted...]
-      <c r="AQ36" s="186"/>
+      <c r="C11" s="186"/>
+      <c r="D11" s="186"/>
+      <c r="E11" s="186"/>
+      <c r="F11" s="186"/>
+      <c r="G11" s="186"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C3:Y6">
-[...1 lines deleted...]
-  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:AB18"/>
+  <dimension ref="A1:V5"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="1" topLeftCell="P2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="J2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomRight" activeCell="K33" sqref="K33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="30.21875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="22" max="22" width="11" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="30.28515625" customWidth="1"/>
+    <col min="2" max="2" width="12.7109375" customWidth="1"/>
+    <col min="3" max="20" width="11.28515625" customWidth="1"/>
+    <col min="21" max="22" bestFit="1" width="11.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" s="152" customFormat="1">
-[...6 lines deleted...]
-      <c r="C1" s="158" t="s">
+    <row r="1" s="151" customFormat="1">
+      <c r="A1" s="253" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="201" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="254" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="254" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="255" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="254" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="254" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="255" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="254" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="254" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="255" t="s">
         <v>10</v>
       </c>
-      <c r="D1" s="158" t="s">
+      <c r="L1" s="254" t="s">
         <v>11</v>
       </c>
-      <c r="E1" s="159" t="s">
+      <c r="M1" s="254" t="s">
         <v>12</v>
       </c>
-      <c r="F1" s="158" t="s">
+      <c r="N1" s="255" t="s">
         <v>13</v>
       </c>
-      <c r="G1" s="159" t="s">
+      <c r="O1" s="254" t="s">
         <v>14</v>
       </c>
-      <c r="H1" s="158" t="s">
+      <c r="P1" s="254" t="s">
         <v>15</v>
       </c>
-      <c r="I1" s="158" t="s">
+      <c r="Q1" s="255" t="s">
         <v>16</v>
       </c>
-      <c r="J1" s="158" t="s">
+      <c r="R1" s="254" t="s">
         <v>17</v>
       </c>
-      <c r="K1" s="158" t="s">
+      <c r="S1" s="254" t="s">
         <v>18</v>
       </c>
-      <c r="L1" s="158" t="s">
+      <c r="T1" s="255" t="s">
         <v>19</v>
       </c>
-      <c r="M1" s="158" t="s">
+      <c r="U1" s="254" t="s">
         <v>20</v>
       </c>
-      <c r="N1" s="158" t="s">
+      <c r="V1" s="254" t="s">
         <v>21</v>
       </c>
-      <c r="O1" s="158" t="s">
-[...8 lines deleted...]
-      <c r="R1" s="150" t="s">
+    </row>
+    <row r="2">
+      <c r="A2" s="262" t="s">
         <v>25</v>
       </c>
-      <c r="S1" s="150" t="s">
+      <c r="B2" s="263" t="s">
         <v>26</v>
       </c>
-      <c r="T1" s="150" t="s">
+      <c r="C2" s="265">
+        <v>355310</v>
+      </c>
+      <c r="D2" s="265">
+        <v>357680</v>
+      </c>
+      <c r="E2" s="265">
+        <v>359810</v>
+      </c>
+      <c r="F2" s="265">
+        <v>363070</v>
+      </c>
+      <c r="G2" s="265">
+        <v>364090</v>
+      </c>
+      <c r="H2" s="265">
+        <v>363570</v>
+      </c>
+      <c r="I2" s="265">
+        <v>364320</v>
+      </c>
+      <c r="J2" s="265">
+        <v>365900</v>
+      </c>
+      <c r="K2" s="265">
+        <v>366570</v>
+      </c>
+      <c r="L2" s="265">
+        <v>367650</v>
+      </c>
+      <c r="M2" s="265">
+        <v>368690</v>
+      </c>
+      <c r="N2" s="265">
+        <v>370730</v>
+      </c>
+      <c r="O2" s="265">
+        <v>372420</v>
+      </c>
+      <c r="P2" s="265">
+        <v>374680</v>
+      </c>
+      <c r="Q2" s="265">
+        <v>375600</v>
+      </c>
+      <c r="R2" s="265">
+        <v>377700</v>
+      </c>
+      <c r="S2" s="265">
+        <v>377670</v>
+      </c>
+      <c r="T2" s="265">
+        <v>381250</v>
+      </c>
+      <c r="U2" s="265">
+        <v>383370</v>
+      </c>
+      <c r="V2" s="265">
+        <v>384810</v>
+      </c>
+    </row>
+    <row r="3" s="151" customFormat="1">
+      <c r="A3" s="152" t="s">
         <v>27</v>
       </c>
-      <c r="U1" s="150" t="s">
+      <c r="B3" s="153" t="s">
         <v>28</v>
       </c>
-      <c r="V1" s="150" t="s">
+      <c r="C3" s="259">
+        <v>53152020</v>
+      </c>
+      <c r="D3" s="259">
+        <v>53575340</v>
+      </c>
+      <c r="E3" s="259">
+        <v>53950850</v>
+      </c>
+      <c r="F3" s="259">
+        <v>54387390</v>
+      </c>
+      <c r="G3" s="259">
+        <v>54841720</v>
+      </c>
+      <c r="H3" s="259">
+        <v>55235250</v>
+      </c>
+      <c r="I3" s="259">
+        <v>55692420</v>
+      </c>
+      <c r="J3" s="259">
+        <v>56170930</v>
+      </c>
+      <c r="K3" s="195">
+        <v>56577740</v>
+      </c>
+      <c r="L3" s="195">
+        <v>56989740</v>
+      </c>
+      <c r="M3" s="195">
+        <v>57444110</v>
+      </c>
+      <c r="N3" s="195">
+        <v>57881420</v>
+      </c>
+      <c r="O3" s="195">
+        <v>58366200</v>
+      </c>
+      <c r="P3" s="195">
+        <v>58700910</v>
+      </c>
+      <c r="Q3" s="197">
+        <v>59008370</v>
+      </c>
+      <c r="R3" s="197">
+        <v>59317790</v>
+      </c>
+      <c r="S3" s="197">
+        <v>59430440</v>
+      </c>
+      <c r="T3" s="197">
+        <v>59660520</v>
+      </c>
+      <c r="U3" s="197">
+        <v>60245220</v>
+      </c>
+      <c r="V3" s="197">
+        <v>60854730</v>
+      </c>
+    </row>
+    <row r="4" s="151" customFormat="1">
+      <c r="A4" s="151" t="s">
         <v>29</v>
       </c>
-    </row>
-[...158 lines deleted...]
-      <c r="F4" s="163">
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="260">
         <v>703810</v>
       </c>
-      <c r="G4" s="163">
+      <c r="D4" s="260">
         <v>709300</v>
       </c>
-      <c r="H4" s="163">
+      <c r="E4" s="260">
         <v>713710</v>
       </c>
-      <c r="I4" s="163">
+      <c r="F4" s="260">
         <v>722530</v>
       </c>
-      <c r="J4" s="163">
+      <c r="G4" s="260">
         <v>727240</v>
       </c>
-      <c r="K4" s="163">
+      <c r="H4" s="260">
         <v>730520</v>
       </c>
-      <c r="L4" s="163">
+      <c r="I4" s="260">
         <v>738080</v>
       </c>
-      <c r="M4" s="163">
+      <c r="J4" s="260">
         <v>745340</v>
       </c>
-      <c r="N4" s="210">
-[...24 lines deleted...]
-        <v>776780</v>
+      <c r="K4" s="195">
+        <v>749040</v>
+      </c>
+      <c r="L4" s="195">
+        <v>753130</v>
+      </c>
+      <c r="M4" s="195">
+        <v>758420</v>
+      </c>
+      <c r="N4" s="195">
+        <v>763230</v>
+      </c>
+      <c r="O4" s="195">
+        <v>769480</v>
+      </c>
+      <c r="P4" s="195">
+        <v>774050</v>
+      </c>
+      <c r="Q4" s="197">
+        <v>775670</v>
+      </c>
+      <c r="R4" s="197">
+        <v>777880</v>
+      </c>
+      <c r="S4" s="197">
+        <v>777230</v>
+      </c>
+      <c r="T4" s="197">
+        <v>781400</v>
+      </c>
+      <c r="U4" s="197">
+        <v>785930</v>
+      </c>
+      <c r="V4" s="197">
+        <v>788860</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...14 lines deleted...]
-      <c r="F5" s="237">
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="256">
         <v>348510</v>
       </c>
-      <c r="G5" s="237">
+      <c r="D5" s="256">
         <v>351620</v>
       </c>
-      <c r="H5" s="237">
+      <c r="E5" s="256">
         <v>353900</v>
       </c>
-      <c r="I5" s="237">
+      <c r="F5" s="256">
         <v>359460</v>
       </c>
-      <c r="J5" s="237">
+      <c r="G5" s="256">
         <v>363160</v>
       </c>
-      <c r="K5" s="237">
+      <c r="H5" s="256">
         <v>366950</v>
       </c>
-      <c r="L5" s="237">
+      <c r="I5" s="256">
         <v>373760</v>
       </c>
-      <c r="M5" s="237">
+      <c r="J5" s="256">
         <v>379440</v>
       </c>
-      <c r="N5" s="237">
-[...222 lines deleted...]
-      <c r="R18" s="210"/>
+      <c r="K5" s="256">
+        <v>382470</v>
+      </c>
+      <c r="L5" s="256">
+        <v>385480</v>
+      </c>
+      <c r="M5" s="256">
+        <v>389730</v>
+      </c>
+      <c r="N5" s="256">
+        <v>392500</v>
+      </c>
+      <c r="O5" s="256">
+        <v>397070</v>
+      </c>
+      <c r="P5" s="256">
+        <v>399370</v>
+      </c>
+      <c r="Q5" s="256">
+        <v>400060</v>
+      </c>
+      <c r="R5" s="256">
+        <v>400180</v>
+      </c>
+      <c r="S5" s="256">
+        <v>399560</v>
+      </c>
+      <c r="T5" s="256">
+        <v>400160</v>
+      </c>
+      <c r="U5" s="256">
+        <v>402560</v>
+      </c>
+      <c r="V5" s="256">
+        <v>404050</v>
+      </c>
     </row>
   </sheetData>
-  <phoneticPr fontId="66" type="noConversion"/>
+  <phoneticPr fontId="61" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:P20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
+  <sheetPr codeName="Sheet16"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView topLeftCell="A3" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="29.44140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="11" bestFit="1" width="8.77734375" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="44.7109375" customWidth="1"/>
+    <col min="2" max="2" width="11.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="23" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="30.140625" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="12" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="14.140625" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="16.7109375" customWidth="1"/>
+    <col min="8" max="8" bestFit="1" width="13.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="52.8" s="194" customFormat="1">
-[...36 lines deleted...]
-      <c r="P1" s="192"/>
+    <row r="1" ht="30" s="149" customFormat="1">
+      <c r="A1" s="163" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="174" t="s">
+        <v>67</v>
+      </c>
+      <c r="D1" s="241" t="s">
+        <v>68</v>
+      </c>
+      <c r="E1" s="164" t="s">
+        <v>69</v>
+      </c>
+      <c r="F1" s="164" t="s">
+        <v>70</v>
+      </c>
+      <c r="G1" s="164" t="s">
+        <v>71</v>
+      </c>
+      <c r="H1" s="164" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...105 lines deleted...]
-        <v>0.29513666110612091</v>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="271">
+        <v>169261</v>
+      </c>
+      <c r="D2" s="267">
+        <v>33.552324516574991</v>
+      </c>
+      <c r="E2" s="267">
+        <v>30.603623988987422</v>
+      </c>
+      <c r="F2" s="267">
+        <v>9.8315619073501868</v>
+      </c>
+      <c r="G2" s="267">
+        <v>8.1140959819450433</v>
+      </c>
+      <c r="H2" s="267">
+        <v>17.898393605142353</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="230">
+        <v>24783199</v>
+      </c>
+      <c r="D3" s="179">
+        <v>22.116325660783339</v>
+      </c>
+      <c r="E3" s="179">
+        <v>30.328978111340671</v>
+      </c>
+      <c r="F3" s="179">
+        <v>11.558745906854075</v>
+      </c>
+      <c r="G3" s="179">
+        <v>11.123410662199017</v>
+      </c>
+      <c r="H3" s="179">
+        <v>24.872539658822898</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="230">
+        <v>343103</v>
+      </c>
+      <c r="D4" s="179">
+        <v>29.578581358950519</v>
+      </c>
+      <c r="E4" s="179">
+        <v>29.315686543108043</v>
+      </c>
+      <c r="F4" s="179">
+        <v>10.537069043406792</v>
+      </c>
+      <c r="G4" s="179">
+        <v>8.7553883236229346</v>
+      </c>
+      <c r="H4" s="179">
+        <v>21.813274730911708</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...36 lines deleted...]
-      <c r="P5" s="194"/>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="230">
+        <v>173842</v>
+      </c>
+      <c r="D5" s="229">
+        <v>25.709552352135844</v>
+      </c>
+      <c r="E5" s="229">
+        <v>28.061688199629547</v>
+      </c>
+      <c r="F5" s="229">
+        <v>11.22398499787163</v>
+      </c>
+      <c r="G5" s="229">
+        <v>9.3797816408002674</v>
+      </c>
+      <c r="H5" s="229">
+        <v>25.624992809562709</v>
+      </c>
     </row>
     <row r="7">
-      <c r="C7" s="260"/>
-[...7 lines deleted...]
-      <c r="K7" s="261"/>
+      <c r="C7" s="175"/>
     </row>
     <row r="8">
-      <c r="C8" s="260"/>
-[...7 lines deleted...]
-      <c r="K8" s="262"/>
+      <c r="C8" s="170"/>
     </row>
     <row r="9">
-      <c r="C9" s="258"/>
-[...7 lines deleted...]
-      <c r="K9" s="259"/>
+      <c r="C9" s="196"/>
     </row>
     <row r="10">
-      <c r="C10" s="258"/>
-[...29 lines deleted...]
-      <c r="K12" s="186"/>
+      <c r="C10" s="196"/>
     </row>
     <row r="13">
-      <c r="C13" s="211"/>
-[...3 lines deleted...]
-      <c r="G13" s="211"/>
+      <c r="D13" s="176"/>
+      <c r="E13" s="166"/>
+      <c r="F13" s="165"/>
+      <c r="G13" s="165"/>
+      <c r="H13" s="165"/>
     </row>
     <row r="14">
-      <c r="C14" s="211"/>
-[...7 lines deleted...]
-      <c r="K14" s="211"/>
+      <c r="D14" s="176"/>
+      <c r="E14" s="167"/>
+      <c r="F14" s="167"/>
+      <c r="G14" s="167"/>
+      <c r="H14" s="167"/>
     </row>
     <row r="15">
-      <c r="C15" s="211"/>
-[...1051 lines deleted...]
-      <c r="C15" s="186"/>
       <c r="D15" s="186"/>
       <c r="E15" s="186"/>
       <c r="F15" s="186"/>
       <c r="G15" s="186"/>
       <c r="H15" s="186"/>
-      <c r="I15" s="186"/>
-[...29 lines deleted...]
-      <c r="AM15" s="186"/>
     </row>
     <row r="16">
-      <c r="C16" s="186"/>
       <c r="D16" s="186"/>
       <c r="E16" s="186"/>
       <c r="F16" s="186"/>
       <c r="G16" s="186"/>
       <c r="H16" s="186"/>
-      <c r="I16" s="186"/>
-[...224 lines deleted...]
-      <c r="AM21" s="186"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
+  <sheetPr codeName="Sheet17"/>
+  <dimension ref="A1:G18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="D4" sqref="D4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="39.140625" customWidth="1"/>
+    <col min="2" max="2" width="12.42578125" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="13.7109375" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="23.140625" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="20.7109375" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="23" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="13.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" s="149" customFormat="1">
+      <c r="A1" s="163" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="164" t="s">
+        <v>73</v>
+      </c>
+      <c r="D1" s="177" t="s">
+        <v>74</v>
+      </c>
+      <c r="E1" s="164" t="s">
+        <v>75</v>
+      </c>
+      <c r="F1" s="164" t="s">
+        <v>76</v>
+      </c>
+      <c r="G1" s="164" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="271">
+        <v>169261</v>
+      </c>
+      <c r="D2" s="267">
+        <v>71.353708178493562</v>
+      </c>
+      <c r="E2" s="272">
+        <v>12.309982807616638</v>
+      </c>
+      <c r="F2" s="272">
+        <v>16.313267675365264</v>
+      </c>
+      <c r="G2" s="272">
+        <v>0.023041338524527211</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="230">
+        <v>24783199</v>
+      </c>
+      <c r="D3" s="179">
+        <v>62.539202465347586</v>
+      </c>
+      <c r="E3" s="179">
+        <v>17.058959983333871</v>
+      </c>
+      <c r="F3" s="179">
+        <v>20.269905430691171</v>
+      </c>
+      <c r="G3" s="179">
+        <v>0.13193212062736534</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="230">
+        <v>343103</v>
+      </c>
+      <c r="D4" s="179">
+        <v>67.39113327484749</v>
+      </c>
+      <c r="E4" s="179">
+        <v>11.64023631387659</v>
+      </c>
+      <c r="F4" s="179">
+        <v>20.916168031174312</v>
+      </c>
+      <c r="G4" s="179">
+        <v>0.052462380101602139</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="230">
+        <v>173842</v>
+      </c>
+      <c r="D5" s="179">
+        <v>63.532978221603521</v>
+      </c>
+      <c r="E5" s="178">
+        <v>10.988138654640421</v>
+      </c>
+      <c r="F5" s="178">
+        <v>25.39777499108386</v>
+      </c>
+      <c r="G5" s="178">
+        <v>0.08110813267219659</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="B8" s="239"/>
+      <c r="C8" s="231"/>
+      <c r="D8" s="232"/>
+      <c r="E8" s="233"/>
+      <c r="F8" s="233"/>
+      <c r="G8" s="234"/>
+    </row>
+    <row r="9">
+      <c r="C9" s="235"/>
+      <c r="D9" s="236"/>
+      <c r="E9" s="236"/>
+      <c r="F9" s="236"/>
+      <c r="G9" s="236"/>
+    </row>
+    <row r="10">
+      <c r="C10" s="237"/>
+      <c r="D10" s="238"/>
+      <c r="E10" s="238"/>
+      <c r="F10" s="238"/>
+      <c r="G10" s="238"/>
+    </row>
+    <row r="11">
+      <c r="C11" s="237"/>
+      <c r="D11" s="238"/>
+      <c r="E11" s="238"/>
+      <c r="F11" s="238"/>
+      <c r="G11" s="238"/>
+    </row>
+    <row r="14">
+      <c r="D14" s="179"/>
+      <c r="E14" s="179"/>
+      <c r="F14" s="179"/>
+      <c r="G14" s="179"/>
+    </row>
+    <row r="15">
+      <c r="D15" s="179"/>
+      <c r="E15" s="179"/>
+      <c r="F15" s="179"/>
+      <c r="G15" s="179"/>
+    </row>
+    <row r="16">
+      <c r="D16" s="179"/>
+      <c r="E16" s="179"/>
+      <c r="F16" s="179"/>
+      <c r="G16" s="179"/>
+    </row>
+    <row r="17">
+      <c r="D17" s="179"/>
+      <c r="E17" s="179"/>
+      <c r="F17" s="179"/>
+      <c r="G17" s="179"/>
+    </row>
+    <row r="18">
+      <c r="D18" s="179"/>
+      <c r="E18" s="179"/>
+      <c r="F18" s="179"/>
+      <c r="G18" s="179"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:I12"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
+  <sheetPr codeName="Sheet20"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="D26" sqref="D26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="24.77734375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="5" bestFit="1" width="10.33203125" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="30.28515625" customWidth="1"/>
+    <col min="2" max="2" width="15.5703125" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="22.5703125" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="28.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="72" s="150" customFormat="1">
-[...16 lines deleted...]
-        <v>152</v>
+    <row r="1" ht="30">
+      <c r="A1" s="162" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="191" t="s">
+        <v>77</v>
+      </c>
+      <c r="D1" s="191" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...19 lines deleted...]
-      <c r="I2" s="285"/>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="267">
+        <v>13.66646776280419</v>
+      </c>
+      <c r="D2" s="267">
+        <v>45.484193050968628</v>
+      </c>
     </row>
     <row r="3">
-      <c r="A3" s="153" t="s">
-[...18 lines deleted...]
-      <c r="I3" s="154"/>
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="179">
+        <v>23.314008010023244</v>
+      </c>
+      <c r="D3" s="179">
+        <v>35.38019446157859</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>6</v>
-[...17 lines deleted...]
-      <c r="I4" s="151"/>
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="179">
+        <v>16.561790482741333</v>
+      </c>
+      <c r="D4" s="179">
+        <v>41.345310300405416</v>
+      </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="179">
+        <v>19.38081706377055</v>
+      </c>
+      <c r="D5" s="179">
+        <v>37.315493379045336</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="158"/>
+      <c r="B6" s="154"/>
+    </row>
+    <row r="7">
+      <c r="A7" s="150"/>
+      <c r="B7" s="155"/>
+      <c r="C7" s="180"/>
+      <c r="D7" s="180"/>
+    </row>
+    <row r="8">
+      <c r="A8" s="150"/>
+      <c r="B8" s="155"/>
+      <c r="C8" s="180"/>
+      <c r="D8" s="180"/>
+    </row>
+    <row r="9">
+      <c r="A9" s="150"/>
+      <c r="B9" s="155"/>
+      <c r="C9" s="180"/>
+      <c r="D9" s="180"/>
     </row>
     <row r="10">
-      <c r="G10" s="186"/>
+      <c r="A10" s="150"/>
+      <c r="B10" s="155"/>
+      <c r="C10" s="180"/>
+      <c r="D10" s="180"/>
     </row>
     <row r="11">
-      <c r="G11" s="186"/>
+      <c r="A11" s="150"/>
+      <c r="B11" s="155"/>
+      <c r="C11" s="180"/>
+      <c r="D11" s="180"/>
     </row>
     <row r="12">
-      <c r="G12" s="186"/>
+      <c r="A12" s="150"/>
+      <c r="B12" s="155"/>
+      <c r="C12" s="180"/>
+      <c r="D12" s="180"/>
+    </row>
+    <row r="13">
+      <c r="C13" s="179"/>
+      <c r="D13" s="179"/>
+    </row>
+    <row r="14">
+      <c r="C14" s="179"/>
+      <c r="D14" s="179"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
+  <sheetPr codeName="Sheet21"/>
+  <dimension ref="A1:V8"/>
+  <sheetViews>
+    <sheetView topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="C4" sqref="C4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="25.7109375" customWidth="1"/>
+    <col min="2" max="2" width="24" customWidth="1"/>
+    <col min="3" max="3" width="15.85546875" customWidth="1"/>
+    <col min="4" max="4" width="25.5703125" customWidth="1"/>
+    <col min="5" max="5" width="21.28515625" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" customWidth="1"/>
+    <col min="7" max="7" width="27.28515625" customWidth="1"/>
+    <col min="8" max="8" width="32.85546875" customWidth="1"/>
+    <col min="9" max="9" width="12.42578125" customWidth="1"/>
+    <col min="10" max="10" width="27.140625" customWidth="1"/>
+    <col min="11" max="11" width="25.28515625" customWidth="1"/>
+    <col min="12" max="12" width="32.140625" customWidth="1"/>
+    <col min="13" max="13" width="32.7109375" customWidth="1"/>
+    <col min="14" max="14" width="24.85546875" customWidth="1"/>
+    <col min="15" max="15" bestFit="1" width="10.28515625" customWidth="1"/>
+    <col min="16" max="16" bestFit="1" width="23.85546875" customWidth="1"/>
+    <col min="17" max="17" width="27.28515625" customWidth="1"/>
+    <col min="18" max="18" width="29.28515625" customWidth="1"/>
+    <col min="19" max="19" width="10.5703125" customWidth="1"/>
+    <col min="20" max="20" width="29.7109375" customWidth="1"/>
+    <col min="21" max="21" width="19.42578125" customWidth="1"/>
+    <col min="22" max="22" bestFit="1" width="8.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="16.9" customHeight="1" s="183" customFormat="1">
+      <c r="A1" s="250" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="208" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="251" t="s">
+        <v>79</v>
+      </c>
+      <c r="D1" s="249" t="s">
+        <v>80</v>
+      </c>
+      <c r="E1" s="249" t="s">
+        <v>81</v>
+      </c>
+      <c r="F1" s="249" t="s">
+        <v>82</v>
+      </c>
+      <c r="G1" s="252" t="s">
+        <v>83</v>
+      </c>
+      <c r="H1" s="252" t="s">
+        <v>84</v>
+      </c>
+      <c r="I1" s="249" t="s">
+        <v>85</v>
+      </c>
+      <c r="J1" s="252" t="s">
+        <v>86</v>
+      </c>
+      <c r="K1" s="249" t="s">
+        <v>87</v>
+      </c>
+      <c r="L1" s="249" t="s">
+        <v>88</v>
+      </c>
+      <c r="M1" s="249" t="s">
+        <v>89</v>
+      </c>
+      <c r="N1" s="249" t="s">
+        <v>90</v>
+      </c>
+      <c r="O1" s="249" t="s">
+        <v>91</v>
+      </c>
+      <c r="P1" s="249" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q1" s="249" t="s">
+        <v>93</v>
+      </c>
+      <c r="R1" s="252" t="s">
+        <v>94</v>
+      </c>
+      <c r="S1" s="249" t="s">
+        <v>95</v>
+      </c>
+      <c r="T1" s="249" t="s">
+        <v>96</v>
+      </c>
+      <c r="U1" s="252" t="s">
+        <v>97</v>
+      </c>
+      <c r="V1" s="252" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="273">
+        <v>20570</v>
+      </c>
+      <c r="D2" s="273">
+        <v>2040</v>
+      </c>
+      <c r="E2" s="273">
+        <v>20</v>
+      </c>
+      <c r="F2" s="273">
+        <v>1270</v>
+      </c>
+      <c r="G2" s="273">
+        <v>25</v>
+      </c>
+      <c r="H2" s="273">
+        <v>90</v>
+      </c>
+      <c r="I2" s="273">
+        <v>2900</v>
+      </c>
+      <c r="J2" s="273">
+        <v>3230</v>
+      </c>
+      <c r="K2" s="273">
+        <v>485</v>
+      </c>
+      <c r="L2" s="273">
+        <v>1620</v>
+      </c>
+      <c r="M2" s="273">
+        <v>985</v>
+      </c>
+      <c r="N2" s="273">
+        <v>335</v>
+      </c>
+      <c r="O2" s="273">
+        <v>780</v>
+      </c>
+      <c r="P2" s="273">
+        <v>2375</v>
+      </c>
+      <c r="Q2" s="273">
+        <v>1435</v>
+      </c>
+      <c r="R2" s="273">
+        <v>230</v>
+      </c>
+      <c r="S2" s="273">
+        <v>420</v>
+      </c>
+      <c r="T2" s="273">
+        <v>965</v>
+      </c>
+      <c r="U2" s="273">
+        <v>660</v>
+      </c>
+      <c r="V2" s="273">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="3" s="183" customFormat="1">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="222">
+        <v>2862960</v>
+      </c>
+      <c r="D3" s="222">
+        <v>108705</v>
+      </c>
+      <c r="E3" s="222">
+        <v>1515</v>
+      </c>
+      <c r="F3" s="222">
+        <v>128445</v>
+      </c>
+      <c r="G3" s="222">
+        <v>5555</v>
+      </c>
+      <c r="H3" s="222">
+        <v>11400</v>
+      </c>
+      <c r="I3" s="222">
+        <v>356095</v>
+      </c>
+      <c r="J3" s="222">
+        <v>465125</v>
+      </c>
+      <c r="K3" s="222">
+        <v>121885</v>
+      </c>
+      <c r="L3" s="222">
+        <v>198440</v>
+      </c>
+      <c r="M3" s="222">
+        <v>184850</v>
+      </c>
+      <c r="N3" s="222">
+        <v>65280</v>
+      </c>
+      <c r="O3" s="222">
+        <v>120335</v>
+      </c>
+      <c r="P3" s="222">
+        <v>405060</v>
+      </c>
+      <c r="Q3" s="222">
+        <v>248795</v>
+      </c>
+      <c r="R3" s="222">
+        <v>20815</v>
+      </c>
+      <c r="S3" s="222">
+        <v>69795</v>
+      </c>
+      <c r="T3" s="222">
+        <v>155725</v>
+      </c>
+      <c r="U3" s="222">
+        <v>83285</v>
+      </c>
+      <c r="V3" s="222">
+        <v>111855</v>
+      </c>
+    </row>
+    <row r="4" s="183" customFormat="1">
+      <c r="A4" s="183" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="222">
+        <v>38830</v>
+      </c>
+      <c r="D4" s="222">
+        <v>2115</v>
+      </c>
+      <c r="E4" s="222">
+        <v>25</v>
+      </c>
+      <c r="F4" s="222">
+        <v>2195</v>
+      </c>
+      <c r="G4" s="222">
+        <v>45</v>
+      </c>
+      <c r="H4" s="222">
+        <v>165</v>
+      </c>
+      <c r="I4" s="222">
+        <v>5735</v>
+      </c>
+      <c r="J4" s="222">
+        <v>6315</v>
+      </c>
+      <c r="K4" s="222">
+        <v>1125</v>
+      </c>
+      <c r="L4" s="222">
+        <v>2980</v>
+      </c>
+      <c r="M4" s="222">
+        <v>2095</v>
+      </c>
+      <c r="N4" s="222">
+        <v>800</v>
+      </c>
+      <c r="O4" s="222">
+        <v>1740</v>
+      </c>
+      <c r="P4" s="222">
+        <v>4685</v>
+      </c>
+      <c r="Q4" s="222">
+        <v>2880</v>
+      </c>
+      <c r="R4" s="222">
+        <v>310</v>
+      </c>
+      <c r="S4" s="222">
+        <v>855</v>
+      </c>
+      <c r="T4" s="222">
+        <v>2190</v>
+      </c>
+      <c r="U4" s="222">
+        <v>1120</v>
+      </c>
+      <c r="V4" s="222">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="5" s="183" customFormat="1">
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="222">
+        <v>18260</v>
+      </c>
+      <c r="D5" s="222">
+        <v>75</v>
+      </c>
+      <c r="E5" s="222">
+        <v>5</v>
+      </c>
+      <c r="F5" s="222">
+        <v>930</v>
+      </c>
+      <c r="G5" s="222">
+        <v>20</v>
+      </c>
+      <c r="H5" s="222">
+        <v>75</v>
+      </c>
+      <c r="I5" s="222">
+        <v>2835</v>
+      </c>
+      <c r="J5" s="222">
+        <v>3085</v>
+      </c>
+      <c r="K5" s="222">
+        <v>640</v>
+      </c>
+      <c r="L5" s="222">
+        <v>1360</v>
+      </c>
+      <c r="M5" s="222">
+        <v>1105</v>
+      </c>
+      <c r="N5" s="222">
+        <v>465</v>
+      </c>
+      <c r="O5" s="222">
+        <v>960</v>
+      </c>
+      <c r="P5" s="222">
+        <v>2310</v>
+      </c>
+      <c r="Q5" s="222">
+        <v>1445</v>
+      </c>
+      <c r="R5" s="222">
+        <v>80</v>
+      </c>
+      <c r="S5" s="222">
+        <v>435</v>
+      </c>
+      <c r="T5" s="222">
+        <v>1225</v>
+      </c>
+      <c r="U5" s="222">
+        <v>460</v>
+      </c>
+      <c r="V5" s="222">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="6" s="183" customFormat="1">
+      <c r="B6" s="150"/>
+    </row>
+    <row r="7">
+      <c r="C7" s="222"/>
+      <c r="D7" s="222"/>
+      <c r="E7" s="222"/>
+      <c r="F7" s="222"/>
+      <c r="G7" s="222"/>
+      <c r="H7" s="222"/>
+      <c r="I7" s="222"/>
+      <c r="J7" s="222"/>
+      <c r="K7" s="222"/>
+      <c r="L7" s="222"/>
+      <c r="M7" s="222"/>
+      <c r="N7" s="222"/>
+      <c r="O7" s="222"/>
+      <c r="P7" s="222"/>
+      <c r="Q7" s="222"/>
+      <c r="R7" s="222"/>
+      <c r="S7" s="222"/>
+      <c r="T7" s="222"/>
+      <c r="U7" s="179"/>
+      <c r="V7" s="179"/>
+    </row>
+    <row r="8">
+      <c r="A8" s="216"/>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C3:V6">
+    <sortCondition descending="1" ref="G3:G6"/>
+  </sortState>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
+  <sheetPr codeName="Sheet22"/>
+  <dimension ref="A1:K20"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="H1" sqref="H1:K1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="29.42578125" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="15.7109375" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="16" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="17.7109375" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="26.7109375" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="17.42578125" customWidth="1"/>
+    <col min="8" max="8" bestFit="1" width="16.7109375" customWidth="1"/>
+    <col min="9" max="9" bestFit="1" width="18.28515625" customWidth="1"/>
+    <col min="10" max="10" bestFit="1" width="27.42578125" customWidth="1"/>
+    <col min="11" max="11" bestFit="1" width="18.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="25.5" s="183" customFormat="1">
+      <c r="A1" s="159" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="181" t="s">
+        <v>79</v>
+      </c>
+      <c r="D1" s="190" t="s">
+        <v>99</v>
+      </c>
+      <c r="E1" s="190" t="s">
+        <v>100</v>
+      </c>
+      <c r="F1" s="190" t="s">
+        <v>101</v>
+      </c>
+      <c r="G1" s="190" t="s">
+        <v>102</v>
+      </c>
+      <c r="H1" s="182"/>
+      <c r="I1" s="182"/>
+      <c r="J1" s="182"/>
+      <c r="K1" s="182"/>
+    </row>
+    <row r="2">
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="274">
+        <v>20565</v>
+      </c>
+      <c r="D2" s="274">
+        <v>17650</v>
+      </c>
+      <c r="E2" s="274">
+        <v>2505</v>
+      </c>
+      <c r="F2" s="274">
+        <v>375</v>
+      </c>
+      <c r="G2" s="274">
+        <v>40</v>
+      </c>
+      <c r="H2" s="267"/>
+      <c r="I2" s="267"/>
+      <c r="J2" s="267"/>
+      <c r="K2" s="267"/>
+    </row>
+    <row r="3" s="183" customFormat="1">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="226">
+        <v>2862965</v>
+      </c>
+      <c r="D3" s="226">
+        <v>2419430</v>
+      </c>
+      <c r="E3" s="226">
+        <v>357235</v>
+      </c>
+      <c r="F3" s="226">
+        <v>74785</v>
+      </c>
+      <c r="G3" s="226">
+        <v>11515</v>
+      </c>
+      <c r="H3" s="202"/>
+      <c r="I3" s="202"/>
+      <c r="J3" s="202"/>
+      <c r="K3" s="202"/>
+    </row>
+    <row r="4" s="183" customFormat="1">
+      <c r="A4" s="183" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="226">
+        <v>38830</v>
+      </c>
+      <c r="D4" s="226">
+        <v>32925</v>
+      </c>
+      <c r="E4" s="226">
+        <v>4880</v>
+      </c>
+      <c r="F4" s="226">
+        <v>915</v>
+      </c>
+      <c r="G4" s="226">
+        <v>110</v>
+      </c>
+      <c r="H4" s="202"/>
+      <c r="I4" s="202"/>
+      <c r="J4" s="202"/>
+      <c r="K4" s="202"/>
+    </row>
+    <row r="5">
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="225">
+        <v>18265</v>
+      </c>
+      <c r="D5" s="225">
+        <v>15280</v>
+      </c>
+      <c r="E5" s="225">
+        <v>2375</v>
+      </c>
+      <c r="F5" s="225">
+        <v>540</v>
+      </c>
+      <c r="G5" s="225">
+        <v>70</v>
+      </c>
+      <c r="H5" s="179"/>
+      <c r="I5" s="179"/>
+      <c r="J5" s="179"/>
+      <c r="K5" s="179"/>
+    </row>
+    <row r="6">
+      <c r="H6" s="179"/>
+      <c r="I6" s="179"/>
+      <c r="J6" s="179"/>
+      <c r="K6" s="179"/>
+    </row>
+    <row r="8">
+      <c r="H8" s="202"/>
+      <c r="I8" s="202"/>
+      <c r="J8" s="202"/>
+      <c r="K8" s="202"/>
+    </row>
+    <row r="9">
+      <c r="H9" s="202"/>
+      <c r="I9" s="202"/>
+      <c r="J9" s="202"/>
+      <c r="K9" s="202"/>
+    </row>
+    <row r="10">
+      <c r="H10" s="179"/>
+      <c r="I10" s="179"/>
+      <c r="J10" s="179"/>
+      <c r="K10" s="179"/>
+    </row>
+    <row r="11">
+      <c r="H11" s="179"/>
+      <c r="I11" s="179"/>
+      <c r="J11" s="179"/>
+      <c r="K11" s="179"/>
+    </row>
+    <row r="17">
+      <c r="C17" s="228"/>
+      <c r="D17" s="228"/>
+      <c r="E17" s="228"/>
+      <c r="F17" s="228"/>
+      <c r="G17" s="228"/>
+      <c r="H17" s="196"/>
+      <c r="I17" s="196"/>
+      <c r="J17" s="196"/>
+      <c r="K17" s="196"/>
+    </row>
+    <row r="18">
+      <c r="C18" s="228"/>
+      <c r="D18" s="228"/>
+      <c r="E18" s="228"/>
+      <c r="F18" s="228"/>
+      <c r="G18" s="228"/>
+    </row>
+    <row r="19">
+      <c r="C19" s="228"/>
+      <c r="D19" s="228"/>
+      <c r="E19" s="228"/>
+      <c r="F19" s="228"/>
+      <c r="G19" s="228"/>
+    </row>
+    <row r="20">
+      <c r="C20" s="228"/>
+      <c r="D20" s="228"/>
+      <c r="E20" s="228"/>
+      <c r="F20" s="228"/>
+      <c r="G20" s="228"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
+  <sheetPr codeName="Sheet23"/>
+  <dimension ref="A1:U21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C7" sqref="C7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="31.42578125" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="14.7109375" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="23.7109375" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="19.140625" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="12.7109375" customWidth="1"/>
+    <col min="7" max="7" width="26.7109375" customWidth="1"/>
+    <col min="8" max="8" width="33.42578125" customWidth="1"/>
+    <col min="9" max="9" width="11.7109375" customWidth="1"/>
+    <col min="10" max="10" width="28.28515625" customWidth="1"/>
+    <col min="11" max="11" width="25.28515625" customWidth="1"/>
+    <col min="12" max="12" width="32.5703125" customWidth="1"/>
+    <col min="13" max="13" width="30.42578125" customWidth="1"/>
+    <col min="14" max="14" width="25.5703125" customWidth="1"/>
+    <col min="15" max="15" width="20.7109375" customWidth="1"/>
+    <col min="16" max="16" width="25.7109375" customWidth="1"/>
+    <col min="17" max="17" width="27.28515625" customWidth="1"/>
+    <col min="18" max="18" width="26" customWidth="1"/>
+    <col min="19" max="19" width="20.7109375" customWidth="1"/>
+    <col min="20" max="20" width="29" customWidth="1"/>
+    <col min="21" max="21" width="26.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" s="183" customFormat="1">
+      <c r="A1" s="159" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="184" t="s">
+        <v>103</v>
+      </c>
+      <c r="D1" s="184" t="s">
+        <v>80</v>
+      </c>
+      <c r="E1" s="184" t="s">
+        <v>81</v>
+      </c>
+      <c r="F1" s="184" t="s">
+        <v>82</v>
+      </c>
+      <c r="G1" s="184" t="s">
+        <v>104</v>
+      </c>
+      <c r="H1" s="184" t="s">
+        <v>105</v>
+      </c>
+      <c r="I1" s="184" t="s">
+        <v>85</v>
+      </c>
+      <c r="J1" s="184" t="s">
+        <v>106</v>
+      </c>
+      <c r="K1" s="184" t="s">
+        <v>87</v>
+      </c>
+      <c r="L1" s="184" t="s">
+        <v>88</v>
+      </c>
+      <c r="M1" s="184" t="s">
+        <v>89</v>
+      </c>
+      <c r="N1" s="184" t="s">
+        <v>90</v>
+      </c>
+      <c r="O1" s="184" t="s">
+        <v>91</v>
+      </c>
+      <c r="P1" s="184" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q1" s="184" t="s">
+        <v>93</v>
+      </c>
+      <c r="R1" s="184" t="s">
+        <v>107</v>
+      </c>
+      <c r="S1" s="184" t="s">
+        <v>95</v>
+      </c>
+      <c r="T1" s="184" t="s">
+        <v>96</v>
+      </c>
+      <c r="U1" s="184" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="275">
+        <v>1145040</v>
+      </c>
+      <c r="D2" s="276">
+        <v>2500</v>
+      </c>
+      <c r="E2" s="276">
+        <v>250</v>
+      </c>
+      <c r="F2" s="276">
+        <v>15000</v>
+      </c>
+      <c r="G2" s="276">
+        <v>40</v>
+      </c>
+      <c r="H2" s="276">
+        <v>1500</v>
+      </c>
+      <c r="I2" s="276">
+        <v>11000</v>
+      </c>
+      <c r="J2" s="276">
+        <v>22000</v>
+      </c>
+      <c r="K2" s="276">
+        <v>3000</v>
+      </c>
+      <c r="L2" s="276">
+        <v>17000</v>
+      </c>
+      <c r="M2" s="276">
+        <v>4000</v>
+      </c>
+      <c r="N2" s="276">
+        <v>1250</v>
+      </c>
+      <c r="O2" s="276">
+        <v>3000</v>
+      </c>
+      <c r="P2" s="276">
+        <v>12000</v>
+      </c>
+      <c r="Q2" s="276">
+        <v>6000</v>
+      </c>
+      <c r="R2" s="276">
+        <v>7000</v>
+      </c>
+      <c r="S2" s="276">
+        <v>13000</v>
+      </c>
+      <c r="T2" s="276">
+        <v>19000</v>
+      </c>
+      <c r="U2" s="277">
+        <v>7500</v>
+      </c>
+    </row>
+    <row r="3" s="183" customFormat="1">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="187">
+        <v>28795000</v>
+      </c>
+      <c r="D3" s="188">
+        <v>156000</v>
+      </c>
+      <c r="E3" s="213">
+        <v>21000</v>
+      </c>
+      <c r="F3" s="213">
+        <v>2174000</v>
+      </c>
+      <c r="G3" s="213">
+        <v>98000</v>
+      </c>
+      <c r="H3" s="213">
+        <v>204000</v>
+      </c>
+      <c r="I3" s="213">
+        <v>1364000</v>
+      </c>
+      <c r="J3" s="213">
+        <v>3939000</v>
+      </c>
+      <c r="K3" s="213">
+        <v>1443000</v>
+      </c>
+      <c r="L3" s="213">
+        <v>2269000</v>
+      </c>
+      <c r="M3" s="213">
+        <v>1339000</v>
+      </c>
+      <c r="N3" s="213">
+        <v>979000</v>
+      </c>
+      <c r="O3" s="213">
+        <v>553000</v>
+      </c>
+      <c r="P3" s="213">
+        <v>2709000</v>
+      </c>
+      <c r="Q3" s="213">
+        <v>2537000</v>
+      </c>
+      <c r="R3" s="213">
+        <v>1311000</v>
+      </c>
+      <c r="S3" s="213">
+        <v>2465000</v>
+      </c>
+      <c r="T3" s="213">
+        <v>3935000</v>
+      </c>
+      <c r="U3" s="214">
+        <v>1299000</v>
+      </c>
+    </row>
+    <row r="4" s="183" customFormat="1">
+      <c r="A4" s="183" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="187">
+        <v>334400</v>
+      </c>
+      <c r="D4" s="185">
+        <v>2500</v>
+      </c>
+      <c r="E4" s="185">
+        <v>300</v>
+      </c>
+      <c r="F4" s="185">
+        <v>28000</v>
+      </c>
+      <c r="G4" s="185">
+        <v>600</v>
+      </c>
+      <c r="H4" s="185">
+        <v>3000</v>
+      </c>
+      <c r="I4" s="185">
+        <v>21000</v>
+      </c>
+      <c r="J4" s="185">
+        <v>49000</v>
+      </c>
+      <c r="K4" s="185">
+        <v>8000</v>
+      </c>
+      <c r="L4" s="185">
+        <v>36000</v>
+      </c>
+      <c r="M4" s="185">
+        <v>12000</v>
+      </c>
+      <c r="N4" s="185">
+        <v>15000</v>
+      </c>
+      <c r="O4" s="185">
+        <v>6000</v>
+      </c>
+      <c r="P4" s="185">
+        <v>23000</v>
+      </c>
+      <c r="Q4" s="185">
+        <v>19000</v>
+      </c>
+      <c r="R4" s="185">
+        <v>12000</v>
+      </c>
+      <c r="S4" s="185">
+        <v>27000</v>
+      </c>
+      <c r="T4" s="185">
+        <v>55000</v>
+      </c>
+      <c r="U4" s="213">
+        <v>17000</v>
+      </c>
+    </row>
+    <row r="5" s="183" customFormat="1">
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="187">
+        <v>188225</v>
+      </c>
+      <c r="D5" s="185">
+        <v>75</v>
+      </c>
+      <c r="E5" s="185">
+        <v>50</v>
+      </c>
+      <c r="F5" s="185">
+        <v>13000</v>
+      </c>
+      <c r="G5" s="185">
+        <v>600</v>
+      </c>
+      <c r="H5" s="185">
+        <v>1500</v>
+      </c>
+      <c r="I5" s="185">
+        <v>10000</v>
+      </c>
+      <c r="J5" s="185">
+        <v>27000</v>
+      </c>
+      <c r="K5" s="185">
+        <v>5000</v>
+      </c>
+      <c r="L5" s="185">
+        <v>19000</v>
+      </c>
+      <c r="M5" s="185">
+        <v>8000</v>
+      </c>
+      <c r="N5" s="185">
+        <v>14000</v>
+      </c>
+      <c r="O5" s="185">
+        <v>3500</v>
+      </c>
+      <c r="P5" s="185">
+        <v>11000</v>
+      </c>
+      <c r="Q5" s="185">
+        <v>13000</v>
+      </c>
+      <c r="R5" s="185">
+        <v>5000</v>
+      </c>
+      <c r="S5" s="185">
+        <v>14000</v>
+      </c>
+      <c r="T5" s="185">
+        <v>35000</v>
+      </c>
+      <c r="U5" s="213">
+        <v>8500</v>
+      </c>
+    </row>
+    <row r="6" s="183" customFormat="1">
+      <c r="B6" s="150"/>
+      <c r="C6" s="189"/>
+      <c r="D6" s="185"/>
+      <c r="E6" s="185"/>
+      <c r="F6" s="185"/>
+      <c r="G6" s="185"/>
+      <c r="H6" s="185"/>
+      <c r="I6" s="185"/>
+      <c r="J6" s="185"/>
+      <c r="K6" s="185"/>
+      <c r="L6" s="185"/>
+      <c r="M6" s="185"/>
+      <c r="N6" s="185"/>
+      <c r="O6" s="185"/>
+      <c r="P6" s="185"/>
+      <c r="Q6" s="185"/>
+      <c r="R6" s="185"/>
+      <c r="S6" s="185"/>
+      <c r="T6" s="185"/>
+      <c r="U6" s="213"/>
+    </row>
+    <row r="7">
+      <c r="C7" s="187"/>
+      <c r="D7" s="188"/>
+      <c r="E7" s="213"/>
+      <c r="F7" s="213"/>
+      <c r="G7" s="213"/>
+      <c r="H7" s="213"/>
+      <c r="I7" s="213"/>
+      <c r="J7" s="213"/>
+      <c r="K7" s="213"/>
+      <c r="L7" s="213"/>
+      <c r="M7" s="213"/>
+      <c r="N7" s="213"/>
+      <c r="O7" s="213"/>
+      <c r="P7" s="213"/>
+      <c r="Q7" s="213"/>
+      <c r="R7" s="213"/>
+      <c r="S7" s="213"/>
+      <c r="T7" s="213"/>
+      <c r="U7" s="214"/>
+    </row>
+    <row r="18">
+      <c r="C18" s="179"/>
+      <c r="D18" s="179"/>
+      <c r="E18" s="179"/>
+      <c r="F18" s="179"/>
+      <c r="G18" s="179"/>
+      <c r="H18" s="179"/>
+      <c r="I18" s="179"/>
+      <c r="J18" s="179"/>
+      <c r="K18" s="179"/>
+      <c r="L18" s="179"/>
+      <c r="M18" s="179"/>
+      <c r="N18" s="179"/>
+      <c r="O18" s="179"/>
+      <c r="P18" s="179"/>
+      <c r="Q18" s="179"/>
+      <c r="R18" s="179"/>
+      <c r="S18" s="179"/>
+      <c r="T18" s="179"/>
+      <c r="U18" s="179"/>
+    </row>
+    <row r="19">
+      <c r="C19" s="179"/>
+      <c r="D19" s="179"/>
+      <c r="E19" s="179"/>
+      <c r="F19" s="179"/>
+      <c r="G19" s="179"/>
+      <c r="H19" s="179"/>
+      <c r="I19" s="179"/>
+      <c r="J19" s="179"/>
+      <c r="K19" s="179"/>
+      <c r="L19" s="179"/>
+      <c r="M19" s="179"/>
+      <c r="N19" s="179"/>
+      <c r="O19" s="179"/>
+      <c r="P19" s="179"/>
+      <c r="Q19" s="179"/>
+      <c r="R19" s="179"/>
+      <c r="S19" s="179"/>
+      <c r="T19" s="179"/>
+      <c r="U19" s="179"/>
+    </row>
+    <row r="20">
+      <c r="C20" s="179"/>
+      <c r="D20" s="179"/>
+      <c r="E20" s="179"/>
+      <c r="F20" s="179"/>
+      <c r="G20" s="179"/>
+      <c r="H20" s="179"/>
+      <c r="I20" s="179"/>
+      <c r="J20" s="179"/>
+      <c r="K20" s="179"/>
+      <c r="L20" s="179"/>
+      <c r="M20" s="179"/>
+      <c r="N20" s="179"/>
+      <c r="O20" s="179"/>
+      <c r="P20" s="179"/>
+      <c r="Q20" s="179"/>
+      <c r="R20" s="179"/>
+      <c r="S20" s="179"/>
+      <c r="T20" s="179"/>
+      <c r="U20" s="179"/>
+    </row>
+    <row r="21">
+      <c r="C21" s="179"/>
+      <c r="D21" s="179"/>
+      <c r="E21" s="179"/>
+      <c r="F21" s="179"/>
+      <c r="G21" s="179"/>
+      <c r="H21" s="179"/>
+      <c r="I21" s="179"/>
+      <c r="J21" s="179"/>
+      <c r="K21" s="179"/>
+      <c r="L21" s="179"/>
+      <c r="M21" s="179"/>
+      <c r="N21" s="179"/>
+      <c r="O21" s="179"/>
+      <c r="P21" s="179"/>
+      <c r="Q21" s="179"/>
+      <c r="R21" s="179"/>
+      <c r="S21" s="179"/>
+      <c r="T21" s="179"/>
+      <c r="U21" s="179"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
+  <sheetPr codeName="Sheet24"/>
+  <dimension ref="A1:F5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G1" sqref="G1:M1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="2" width="24.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="27.7109375" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="23.28515625" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="25" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="22.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" s="149" customFormat="1">
+      <c r="A1" s="163" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="164" t="s">
+        <v>109</v>
+      </c>
+      <c r="D1" s="177" t="s">
+        <v>110</v>
+      </c>
+      <c r="E1" s="177" t="s">
+        <v>111</v>
+      </c>
+      <c r="F1" s="177" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="264">
+        <v>167777</v>
+      </c>
+      <c r="D2" s="267">
+        <v>44.33861613928012</v>
+      </c>
+      <c r="E2" s="267">
+        <v>40.532373328882983</v>
+      </c>
+      <c r="F2" s="267">
+        <v>15.129010531836903</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="195">
+        <v>27773667</v>
+      </c>
+      <c r="D3" s="179">
+        <v>46.1407958841013</v>
+      </c>
+      <c r="E3" s="179">
+        <v>36.407594287063354</v>
+      </c>
+      <c r="F3" s="179">
+        <v>17.451609828835348</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="195">
+        <v>353807</v>
+      </c>
+      <c r="D4" s="179">
+        <v>44.960670648121713</v>
+      </c>
+      <c r="E4" s="179">
+        <v>39.736636075600543</v>
+      </c>
+      <c r="F4" s="179">
+        <v>15.302693276277745</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="195">
+        <v>186030</v>
+      </c>
+      <c r="D5" s="179">
+        <v>45.521690049991939</v>
+      </c>
+      <c r="E5" s="179">
+        <v>39.018975434069773</v>
+      </c>
+      <c r="F5" s="179">
+        <v>15.45933451593829</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <sheetPr codeName="Sheet25"/>
   <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="17.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="17.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.77734375" customWidth="1"/>
+    <col min="1" max="1" width="24.7109375" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="18" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="28.8" s="194" customFormat="1">
-[...10 lines deleted...]
-        <v>154</v>
+    <row r="1" ht="30" s="183" customFormat="1">
+      <c r="A1" s="159" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="192" t="s">
+        <v>113</v>
+      </c>
+      <c r="D1" s="192" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
-[...68 lines deleted...]
-    </row>
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="278">
+        <v>693</v>
+      </c>
+      <c r="D2" s="279">
+        <v>678.3</v>
+      </c>
+    </row>
+    <row r="3" s="183" customFormat="1">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="242">
+        <v>728.6</v>
+      </c>
+      <c r="D3" s="242">
+        <v>728.5</v>
+      </c>
+    </row>
+    <row r="4" s="183" customFormat="1">
+      <c r="A4" s="183" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="243">
+        <v>691.4</v>
+      </c>
+      <c r="D4" s="244">
+        <v>674.4</v>
+      </c>
+    </row>
+    <row r="5" s="183" customFormat="1">
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="245">
+        <v>689.9</v>
+      </c>
+      <c r="D5" s="246">
+        <v>670.8</v>
+      </c>
+    </row>
+    <row r="6" s="183" customFormat="1">
+      <c r="C6" s="215"/>
+      <c r="D6" s="215"/>
+    </row>
+    <row r="7" s="183" customFormat="1"/>
+    <row r="8" s="183" customFormat="1"/>
+    <row r="9" s="183" customFormat="1"/>
+    <row r="10" s="183" customFormat="1"/>
+    <row r="11" s="183" customFormat="1"/>
     <row r="22">
-      <c r="C22" s="240"/>
+      <c r="C22" s="217"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A14:C23">
     <sortCondition ref="A14"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
+  <sheetPr codeName="Sheet26"/>
+  <dimension ref="A1:T5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="T7" sqref="T7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="24.28515625" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" customWidth="1"/>
+    <col min="3" max="11" bestFit="1" width="14.85546875" customWidth="1"/>
+    <col min="12" max="20" bestFit="1" width="11.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" s="183" customFormat="1">
+      <c r="A1" s="149" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="183" t="s">
+        <v>115</v>
+      </c>
+      <c r="D1" s="183" t="s">
+        <v>116</v>
+      </c>
+      <c r="E1" s="183" t="s">
+        <v>117</v>
+      </c>
+      <c r="F1" s="183" t="s">
+        <v>118</v>
+      </c>
+      <c r="G1" s="183" t="s">
+        <v>119</v>
+      </c>
+      <c r="H1" s="183" t="s">
+        <v>120</v>
+      </c>
+      <c r="I1" s="183" t="s">
+        <v>121</v>
+      </c>
+      <c r="J1" s="183" t="s">
+        <v>122</v>
+      </c>
+      <c r="K1" s="183" t="s">
+        <v>123</v>
+      </c>
+      <c r="L1" s="183" t="s">
+        <v>124</v>
+      </c>
+      <c r="M1" s="183" t="s">
+        <v>125</v>
+      </c>
+      <c r="N1" s="183" t="s">
+        <v>126</v>
+      </c>
+      <c r="O1" s="183" t="s">
+        <v>127</v>
+      </c>
+      <c r="P1" s="183" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q1" s="183" t="s">
+        <v>129</v>
+      </c>
+      <c r="R1" s="183" t="s">
+        <v>130</v>
+      </c>
+      <c r="S1" s="183" t="s">
+        <v>131</v>
+      </c>
+      <c r="T1" s="183" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="280">
+        <v>4640</v>
+      </c>
+      <c r="D2" s="280">
+        <v>4665</v>
+      </c>
+      <c r="E2" s="264">
+        <v>4905</v>
+      </c>
+      <c r="F2" s="280">
+        <v>4910</v>
+      </c>
+      <c r="G2" s="280">
+        <v>4570</v>
+      </c>
+      <c r="H2" s="264">
+        <v>4525</v>
+      </c>
+      <c r="I2" s="280">
+        <v>4950</v>
+      </c>
+      <c r="J2" s="280">
+        <v>5080</v>
+      </c>
+      <c r="K2" s="264">
+        <v>5445</v>
+      </c>
+      <c r="L2" s="281">
+        <v>2.2</v>
+      </c>
+      <c r="M2" s="281">
+        <v>2.2</v>
+      </c>
+      <c r="N2" s="281">
+        <v>2.3</v>
+      </c>
+      <c r="O2" s="281">
+        <v>2.3</v>
+      </c>
+      <c r="P2" s="281">
+        <v>2.2</v>
+      </c>
+      <c r="Q2" s="281">
+        <v>2.1</v>
+      </c>
+      <c r="R2" s="281">
+        <v>2.4</v>
+      </c>
+      <c r="S2" s="281">
+        <v>2.4</v>
+      </c>
+      <c r="T2" s="281">
+        <v>2.6</v>
+      </c>
+    </row>
+    <row r="3" s="183" customFormat="1">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="258">
+        <v>1374495</v>
+      </c>
+      <c r="D3" s="257">
+        <v>1346585</v>
+      </c>
+      <c r="E3" s="258">
+        <v>1358310</v>
+      </c>
+      <c r="F3" s="257">
+        <v>1430350</v>
+      </c>
+      <c r="G3" s="257">
+        <v>1397185</v>
+      </c>
+      <c r="H3" s="258">
+        <v>1384015</v>
+      </c>
+      <c r="I3" s="258">
+        <v>1412495</v>
+      </c>
+      <c r="J3" s="257">
+        <v>1450500</v>
+      </c>
+      <c r="K3" s="258">
+        <v>1621015</v>
+      </c>
+      <c r="L3" s="202">
+        <v>3.7</v>
+      </c>
+      <c r="M3" s="202">
+        <v>3.6</v>
+      </c>
+      <c r="N3" s="202">
+        <v>3.6</v>
+      </c>
+      <c r="O3" s="202">
+        <v>3.8</v>
+      </c>
+      <c r="P3" s="202">
+        <v>3.7</v>
+      </c>
+      <c r="Q3" s="202">
+        <v>3.7</v>
+      </c>
+      <c r="R3" s="202">
+        <v>3.8</v>
+      </c>
+      <c r="S3" s="202">
+        <v>3.9</v>
+      </c>
+      <c r="T3" s="202">
+        <v>4.3</v>
+      </c>
+    </row>
+    <row r="4" s="183" customFormat="1">
+      <c r="A4" s="183" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="258">
+        <v>12620</v>
+      </c>
+      <c r="D4" s="258">
+        <v>12375</v>
+      </c>
+      <c r="E4" s="257">
+        <v>13095</v>
+      </c>
+      <c r="F4" s="258">
+        <v>13415</v>
+      </c>
+      <c r="G4" s="258">
+        <v>12650</v>
+      </c>
+      <c r="H4" s="257">
+        <v>12175</v>
+      </c>
+      <c r="I4" s="258">
+        <v>13385</v>
+      </c>
+      <c r="J4" s="258">
+        <v>13740</v>
+      </c>
+      <c r="K4" s="257">
+        <v>14615</v>
+      </c>
+      <c r="L4" s="202">
+        <v>2.8</v>
+      </c>
+      <c r="M4" s="202">
+        <v>2.7</v>
+      </c>
+      <c r="N4" s="202">
+        <v>2.9</v>
+      </c>
+      <c r="O4" s="202">
+        <v>2.9</v>
+      </c>
+      <c r="P4" s="202">
+        <v>2.8</v>
+      </c>
+      <c r="Q4" s="202">
+        <v>2.7</v>
+      </c>
+      <c r="R4" s="202">
+        <v>2.9</v>
+      </c>
+      <c r="S4" s="202">
+        <v>3</v>
+      </c>
+      <c r="T4" s="202">
+        <v>3.2</v>
+      </c>
+    </row>
+    <row r="5" s="183" customFormat="1">
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="258">
+        <v>7980</v>
+      </c>
+      <c r="D5" s="258">
+        <v>7705</v>
+      </c>
+      <c r="E5" s="257">
+        <v>8190</v>
+      </c>
+      <c r="F5" s="258">
+        <v>8505</v>
+      </c>
+      <c r="G5" s="258">
+        <v>8080</v>
+      </c>
+      <c r="H5" s="257">
+        <v>7650</v>
+      </c>
+      <c r="I5" s="258">
+        <v>8435</v>
+      </c>
+      <c r="J5" s="258">
+        <v>8665</v>
+      </c>
+      <c r="K5" s="257">
+        <v>9170</v>
+      </c>
+      <c r="L5" s="202">
+        <v>3.2</v>
+      </c>
+      <c r="M5" s="202">
+        <v>3.1</v>
+      </c>
+      <c r="N5" s="202">
+        <v>3.3</v>
+      </c>
+      <c r="O5" s="202">
+        <v>3.4</v>
+      </c>
+      <c r="P5" s="202">
+        <v>3.3</v>
+      </c>
+      <c r="Q5" s="202">
+        <v>3.1</v>
+      </c>
+      <c r="R5" s="202">
+        <v>3.4</v>
+      </c>
+      <c r="S5" s="202">
+        <v>3.5</v>
+      </c>
+      <c r="T5" s="202">
+        <v>3.7</v>
+      </c>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="61" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3351993F-2607-458C-970B-C9B0C4A0D3F5}">
+  <dimension ref="A1:C10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" bestFit="1" width="14.85546875" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="15.140625" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="14.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B1" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C1" s="0" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2" s="183" customFormat="1">
+      <c r="A2" s="183" t="s">
+        <v>136</v>
+      </c>
+      <c r="B2" s="183" t="s">
+        <v>137</v>
+      </c>
+      <c r="C2" s="183" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="3" s="183" customFormat="1">
+      <c r="A3" s="183" t="s">
+        <v>139</v>
+      </c>
+      <c r="B3" s="183" t="s">
+        <v>140</v>
+      </c>
+      <c r="C3" s="183" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="4" s="183" customFormat="1">
+      <c r="A4" s="183" t="s">
+        <v>142</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>143</v>
+      </c>
+      <c r="C4" s="183" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="5" s="183" customFormat="1">
+      <c r="A5" s="183" t="s">
+        <v>145</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>146</v>
+      </c>
+      <c r="C5" s="183" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="6" s="183" customFormat="1">
+      <c r="A6" s="183" t="s">
+        <v>148</v>
+      </c>
+      <c r="B6" s="183" t="s">
+        <v>149</v>
+      </c>
+      <c r="C6" s="183" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="7" s="183" customFormat="1">
+      <c r="A7" s="183" t="s">
+        <v>151</v>
+      </c>
+      <c r="B7" s="183" t="s">
+        <v>152</v>
+      </c>
+      <c r="C7" s="183" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="8" s="183" customFormat="1">
+      <c r="A8" s="183" t="s">
+        <v>154</v>
+      </c>
+      <c r="B8" s="183" t="s">
+        <v>155</v>
+      </c>
+      <c r="C8" s="183" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="9" s="183" customFormat="1">
+      <c r="A9" s="183" t="s">
+        <v>157</v>
+      </c>
+      <c r="B9" s="183" t="s">
+        <v>158</v>
+      </c>
+      <c r="C9" s="183" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="183" t="s">
+        <v>160</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>162</v>
+      </c>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="61" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A6F368F-F336-4D5B-839C-630A54EA366D}">
+  <dimension ref="A1:B21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B2" sqref="B2:B21"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="0" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="0" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="0">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" s="0">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="0">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="0">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" s="0">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="0">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" s="0">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" s="0">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="0">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" s="0">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="0">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="0">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="0">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="0">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" s="0">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" s="0">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="0">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="0">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="0">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="0">
+        <v>2023</v>
+      </c>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="61" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-  <dimension ref="A1:X14"/>
+<file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1A00-000000000000}">
+  <sheetPr codeName="Sheet27"/>
+  <dimension ref="A1:N30"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D23" sqref="D23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.21875" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="13" width="12.5546875" customWidth="1"/>
+    <col min="1" max="1" width="31.42578125" customWidth="1"/>
+    <col min="4" max="4" width="56.42578125" customWidth="1"/>
+    <col min="5" max="5" width="32.140625" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="7.28515625" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="6.140625" customWidth="1"/>
+    <col min="8" max="8" bestFit="1" width="7.28515625" customWidth="1"/>
+    <col min="9" max="9" bestFit="1" width="6.5703125" customWidth="1"/>
+    <col min="10" max="10" bestFit="1" width="6.140625" customWidth="1"/>
+    <col min="11" max="12" bestFit="1" width="7.28515625" customWidth="1"/>
+    <col min="13" max="13" bestFit="1" width="6.7109375" customWidth="1"/>
+    <col min="14" max="14" width="31.28515625" customWidth="1"/>
+    <col min="15" max="15" bestFit="1" width="6.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="61.2" s="194" customFormat="1">
-[...30 lines deleted...]
-      <c r="K1" s="209" t="s">
+    <row r="1" ht="23.25">
+      <c r="A1" s="194" t="s">
         <v>163</v>
       </c>
-      <c r="L1" s="209" t="s">
+      <c r="F1" s="261" t="s">
         <v>164</v>
       </c>
-      <c r="M1" s="209" t="s">
+      <c r="G1" s="261"/>
+      <c r="H1" s="261"/>
+      <c r="I1" s="261"/>
+      <c r="J1" s="261"/>
+      <c r="K1" s="261"/>
+      <c r="L1" s="227"/>
+      <c r="M1" s="227"/>
+      <c r="N1" s="162"/>
+    </row>
+    <row r="2">
+      <c r="A2" s="162" t="s">
         <v>165</v>
       </c>
-      <c r="N1" s="209" t="s">
+      <c r="B2" s="162" t="s">
         <v>166</v>
       </c>
-      <c r="O1" s="209" t="s">
+      <c r="C2" s="162" t="s">
         <v>167</v>
       </c>
-      <c r="P1" s="209" t="s">
+      <c r="D2" s="162" t="s">
         <v>168</v>
       </c>
-      <c r="Q1" s="209" t="s">
+      <c r="E2" s="162" t="s">
         <v>169</v>
       </c>
-      <c r="R1" s="209" t="s">
+      <c r="F2" s="223">
+        <v>43770</v>
+      </c>
+      <c r="G2" s="223">
+        <v>44013</v>
+      </c>
+      <c r="H2" s="223">
+        <v>44136</v>
+      </c>
+      <c r="I2" s="223">
+        <v>44197</v>
+      </c>
+      <c r="J2" s="223">
+        <v>44378</v>
+      </c>
+      <c r="K2" s="223">
+        <v>44501</v>
+      </c>
+      <c r="L2" s="223">
+        <v>44986</v>
+      </c>
+      <c r="M2" s="223">
+        <v>45566</v>
+      </c>
+      <c r="N2" s="162" t="s">
         <v>170</v>
-      </c>
-[...507 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>44713</v>
+        <v>173</v>
+      </c>
+      <c r="E3" s="224">
+        <v>45809</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H3" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I3" s="0" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="K3" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
+      </c>
+      <c r="M3" s="0" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>193</v>
+        <v>172</v>
+      </c>
+      <c r="D4" s="203" t="s">
+        <v>178</v>
+      </c>
+      <c r="E4" s="224" t="s">
+        <v>179</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H4" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I4" s="0" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="K4" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
+      </c>
+      <c r="M4" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>44378</v>
+        <v>181</v>
+      </c>
+      <c r="E5" s="224">
+        <v>45778</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H5" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I5" s="0" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="K5" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
+      </c>
+      <c r="M5" s="0" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>196</v>
+        <v>182</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>44378</v>
+        <v>183</v>
+      </c>
+      <c r="E6" s="224">
+        <v>45931</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I6" s="0" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="K6" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
+      </c>
+      <c r="M6" s="0" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
       <c r="B7" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D7" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E7" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F7" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I7" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J7" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K7" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L7" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M7" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="B8" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E8" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C8" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F8" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I8" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J8" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K8" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L8" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M8" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>44612</v>
+        <v>190</v>
+      </c>
+      <c r="E9" s="224">
+        <v>45748</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I9" s="0" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="J9" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K9" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
+      </c>
+      <c r="M9" s="0" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="B10" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E10" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I10" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J10" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K10" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L10" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M10" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>205</v>
+        <v>192</v>
       </c>
       <c r="B11" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D11" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E11" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C11" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F11" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I11" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J11" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K11" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L11" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M11" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>206</v>
+        <v>193</v>
       </c>
       <c r="B12" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E12" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C12" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F12" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I12" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J12" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K12" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L12" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M12" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>207</v>
+        <v>194</v>
       </c>
       <c r="B13" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E13" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F13" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I13" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K13" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L13" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M13" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>208</v>
+        <v>195</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>45200</v>
+        <v>172</v>
+      </c>
+      <c r="D14" s="203" t="s">
+        <v>196</v>
+      </c>
+      <c r="E14" s="224">
+        <v>45931</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="J14" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K14" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="L14" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
+      </c>
+      <c r="M14" s="0" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>45200</v>
+        <v>172</v>
+      </c>
+      <c r="D15" s="203" t="s">
+        <v>196</v>
+      </c>
+      <c r="E15" s="224">
+        <v>45931</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I15" s="0" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="J15" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K15" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="L15" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
+      </c>
+      <c r="M15" s="0" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>45190</v>
+        <v>172</v>
+      </c>
+      <c r="D16" s="203" t="s">
+        <v>199</v>
+      </c>
+      <c r="E16" s="224">
+        <v>45961</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I16" s="0" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="L16" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
+      </c>
+      <c r="M16" s="0" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>213</v>
+        <v>200</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>214</v>
+        <v>172</v>
+      </c>
+      <c r="D17" s="203" t="s">
+        <v>201</v>
+      </c>
+      <c r="E17" s="224" t="s">
+        <v>202</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I17" s="0" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="J17" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K17" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="L17" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
+      </c>
+      <c r="M17" s="0" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="B18" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D18" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E18" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C18" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F18" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I18" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J18" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K18" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L18" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M18" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>45260</v>
+        <v>172</v>
+      </c>
+      <c r="D19" s="203" t="s">
+        <v>205</v>
+      </c>
+      <c r="E19" s="224">
+        <v>45991</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I19" s="0" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="J19" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K19" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="L19" s="0" t="s">
-        <v>190</v>
+        <v>176</v>
+      </c>
+      <c r="M19" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="N19" s="0" t="s">
+        <v>206</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="B20" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E20" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F20" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I20" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J20" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K20" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L20" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M20" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="B21" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E21" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I21" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J21" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K21" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L21" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M21" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E22" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I22" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J22" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K22" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L22" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M22" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="B23" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E23" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F23" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I23" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J23" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K23" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L23" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M23" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="B24" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C24" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F24" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="I24" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="J24" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="K24" s="0" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="L24" s="0" t="s">
-        <v>200</v>
+        <v>187</v>
+      </c>
+      <c r="M24" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="26">
-      <c r="B26" s="222"/>
+      <c r="B26" s="203"/>
     </row>
     <row r="27">
-      <c r="B27" s="223"/>
+      <c r="B27" s="204"/>
     </row>
     <row r="28">
-      <c r="B28" s="224"/>
+      <c r="B28" s="205"/>
     </row>
     <row r="29">
-      <c r="B29" s="225"/>
+      <c r="B29" s="206"/>
     </row>
     <row r="30">
-      <c r="B30" s="222"/>
+      <c r="B30" s="203"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="F1:K1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
-[...716 lines deleted...]
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:V12"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <sheetPr codeName="Sheet3"/>
+  <dimension ref="A1:W19"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-[...3 lines deleted...]
-      <selection pane="bottomRight" activeCell="A3" sqref="A3"/>
+    <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="X1" sqref="X1:CW1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="30.21875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="13" max="22" bestFit="1" width="10.21875" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="30.28515625" customWidth="1"/>
+    <col min="2" max="2" width="13.28515625" customWidth="1"/>
+    <col min="3" max="23" bestFit="1" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
-[...6 lines deleted...]
-      <c r="C1" s="158" t="s">
+    <row r="1" s="208" customFormat="1">
+      <c r="A1" s="207" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="208" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="209" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="209" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="209" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="209" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="209" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="209" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="209" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="209" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="209" t="s">
         <v>10</v>
       </c>
-      <c r="D1" s="158" t="s">
+      <c r="L1" s="209" t="s">
         <v>11</v>
       </c>
-      <c r="E1" s="159" t="s">
+      <c r="M1" s="209" t="s">
         <v>12</v>
       </c>
-      <c r="F1" s="158" t="s">
+      <c r="N1" s="209" t="s">
         <v>13</v>
       </c>
-      <c r="G1" s="159" t="s">
+      <c r="O1" s="209" t="s">
         <v>14</v>
       </c>
-      <c r="H1" s="158" t="s">
+      <c r="P1" s="209" t="s">
         <v>15</v>
       </c>
-      <c r="I1" s="158" t="s">
+      <c r="Q1" s="209" t="s">
         <v>16</v>
       </c>
-      <c r="J1" s="158" t="s">
+      <c r="R1" s="209" t="s">
         <v>17</v>
       </c>
-      <c r="K1" s="158" t="s">
+      <c r="S1" s="209" t="s">
         <v>18</v>
       </c>
-      <c r="L1" s="158" t="s">
+      <c r="T1" s="209" t="s">
         <v>19</v>
       </c>
-      <c r="M1" s="158" t="s">
+      <c r="U1" s="209" t="s">
         <v>20</v>
       </c>
-      <c r="N1" s="158" t="s">
+      <c r="V1" s="209" t="s">
         <v>21</v>
       </c>
-      <c r="O1" s="158" t="s">
-[...5 lines deleted...]
-      <c r="Q1" s="158" t="s">
+      <c r="W1" s="209" t="s">
         <v>24</v>
       </c>
-      <c r="R1" s="158" t="s">
+    </row>
+    <row r="2">
+      <c r="A2" s="262" t="s">
         <v>25</v>
       </c>
-      <c r="S1" s="158" t="s">
+      <c r="B2" s="263" t="s">
         <v>26</v>
       </c>
-      <c r="T1" s="158" t="s">
+      <c r="C2" s="266">
+        <v>385074</v>
+      </c>
+      <c r="D2" s="266">
+        <v>386725</v>
+      </c>
+      <c r="E2" s="266">
+        <v>388291</v>
+      </c>
+      <c r="F2" s="266">
+        <v>389732</v>
+      </c>
+      <c r="G2" s="266">
+        <v>391084</v>
+      </c>
+      <c r="H2" s="266">
+        <v>392364</v>
+      </c>
+      <c r="I2" s="266">
+        <v>393573</v>
+      </c>
+      <c r="J2" s="266">
+        <v>394695</v>
+      </c>
+      <c r="K2" s="266">
+        <v>395720</v>
+      </c>
+      <c r="L2" s="266">
+        <v>396743</v>
+      </c>
+      <c r="M2" s="266">
+        <v>397733</v>
+      </c>
+      <c r="N2" s="266">
+        <v>398691</v>
+      </c>
+      <c r="O2" s="266">
+        <v>399593</v>
+      </c>
+      <c r="P2" s="266">
+        <v>400483</v>
+      </c>
+      <c r="Q2" s="266">
+        <v>401396</v>
+      </c>
+      <c r="R2" s="266">
+        <v>402320</v>
+      </c>
+      <c r="S2" s="266">
+        <v>403231</v>
+      </c>
+      <c r="T2" s="266">
+        <v>404124</v>
+      </c>
+      <c r="U2" s="266">
+        <v>405024</v>
+      </c>
+      <c r="V2" s="266">
+        <v>405927</v>
+      </c>
+      <c r="W2" s="266">
+        <v>406841</v>
+      </c>
+    </row>
+    <row r="3" s="151" customFormat="1">
+      <c r="A3" s="152" t="s">
         <v>27</v>
       </c>
-      <c r="U1" s="158" t="s">
+      <c r="B3" s="153" t="s">
         <v>28</v>
       </c>
-      <c r="V1" s="158" t="s">
+      <c r="C3" s="218">
+        <v>60717262</v>
+      </c>
+      <c r="D3" s="218">
+        <v>60976970</v>
+      </c>
+      <c r="E3" s="218">
+        <v>61219935</v>
+      </c>
+      <c r="F3" s="218">
+        <v>61456314</v>
+      </c>
+      <c r="G3" s="218">
+        <v>61685874</v>
+      </c>
+      <c r="H3" s="218">
+        <v>61908562</v>
+      </c>
+      <c r="I3" s="218">
+        <v>62124843</v>
+      </c>
+      <c r="J3" s="218">
+        <v>62335242</v>
+      </c>
+      <c r="K3" s="218">
+        <v>62540334</v>
+      </c>
+      <c r="L3" s="218">
+        <v>62740938</v>
+      </c>
+      <c r="M3" s="218">
+        <v>62937908</v>
+      </c>
+      <c r="N3" s="218">
+        <v>63131821</v>
+      </c>
+      <c r="O3" s="218">
+        <v>63323432</v>
+      </c>
+      <c r="P3" s="218">
+        <v>63513849</v>
+      </c>
+      <c r="Q3" s="218">
+        <v>63704117</v>
+      </c>
+      <c r="R3" s="218">
+        <v>63895025</v>
+      </c>
+      <c r="S3" s="218">
+        <v>64086869</v>
+      </c>
+      <c r="T3" s="218">
+        <v>64279186</v>
+      </c>
+      <c r="U3" s="218">
+        <v>64471503</v>
+      </c>
+      <c r="V3" s="218">
+        <v>64663328</v>
+      </c>
+      <c r="W3" s="218">
+        <v>64853936</v>
+      </c>
+    </row>
+    <row r="4" s="151" customFormat="1">
+      <c r="A4" s="151" t="s">
         <v>29</v>
       </c>
-    </row>
-[...199 lines deleted...]
-        <v>8.1</v>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="218">
+        <v>784814</v>
+      </c>
+      <c r="D4" s="218">
+        <v>787195</v>
+      </c>
+      <c r="E4" s="218">
+        <v>789553</v>
+      </c>
+      <c r="F4" s="218">
+        <v>791819</v>
+      </c>
+      <c r="G4" s="218">
+        <v>793981</v>
+      </c>
+      <c r="H4" s="218">
+        <v>795975</v>
+      </c>
+      <c r="I4" s="218">
+        <v>797827</v>
+      </c>
+      <c r="J4" s="218">
+        <v>799533</v>
+      </c>
+      <c r="K4" s="218">
+        <v>801083</v>
+      </c>
+      <c r="L4" s="218">
+        <v>802506</v>
+      </c>
+      <c r="M4" s="218">
+        <v>803775</v>
+      </c>
+      <c r="N4" s="218">
+        <v>804962</v>
+      </c>
+      <c r="O4" s="218">
+        <v>806098</v>
+      </c>
+      <c r="P4" s="218">
+        <v>807213</v>
+      </c>
+      <c r="Q4" s="218">
+        <v>808316</v>
+      </c>
+      <c r="R4" s="218">
+        <v>809383</v>
+      </c>
+      <c r="S4" s="218">
+        <v>810505</v>
+      </c>
+      <c r="T4" s="218">
+        <v>811705</v>
+      </c>
+      <c r="U4" s="218">
+        <v>812997</v>
+      </c>
+      <c r="V4" s="218">
+        <v>814364</v>
+      </c>
+      <c r="W4" s="218">
+        <v>815792</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="151" t="s">
-[...61 lines deleted...]
-      </c>
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="218">
+        <v>399740</v>
+      </c>
+      <c r="D5" s="218">
+        <v>400470</v>
+      </c>
+      <c r="E5" s="218">
+        <v>401262</v>
+      </c>
+      <c r="F5" s="218">
+        <v>402087</v>
+      </c>
+      <c r="G5" s="218">
+        <v>402897</v>
+      </c>
+      <c r="H5" s="218">
+        <v>403611</v>
+      </c>
+      <c r="I5" s="218">
+        <v>404254</v>
+      </c>
+      <c r="J5" s="218">
+        <v>404838</v>
+      </c>
+      <c r="K5" s="218">
+        <v>405363</v>
+      </c>
+      <c r="L5" s="218">
+        <v>405763</v>
+      </c>
+      <c r="M5" s="218">
+        <v>406042</v>
+      </c>
+      <c r="N5" s="218">
+        <v>406271</v>
+      </c>
+      <c r="O5" s="218">
+        <v>406505</v>
+      </c>
+      <c r="P5" s="218">
+        <v>406730</v>
+      </c>
+      <c r="Q5" s="218">
+        <v>406920</v>
+      </c>
+      <c r="R5" s="218">
+        <v>407063</v>
+      </c>
+      <c r="S5" s="218">
+        <v>407274</v>
+      </c>
+      <c r="T5" s="218">
+        <v>407581</v>
+      </c>
+      <c r="U5" s="218">
+        <v>407973</v>
+      </c>
+      <c r="V5" s="218">
+        <v>408437</v>
+      </c>
+      <c r="W5" s="218">
+        <v>408951</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="219"/>
+      <c r="B8" s="220"/>
     </row>
     <row r="9">
-      <c r="P9" s="186"/>
-[...1 lines deleted...]
-      <c r="T9" s="186"/>
+      <c r="A9" s="219"/>
+      <c r="B9" s="220"/>
     </row>
     <row r="10">
-      <c r="D10" s="186"/>
-[...15 lines deleted...]
-      <c r="T10" s="186"/>
+      <c r="A10" s="219"/>
+      <c r="B10" s="220"/>
     </row>
     <row r="11">
-      <c r="D11" s="186"/>
-[...15 lines deleted...]
-      <c r="T11" s="186"/>
+      <c r="A11" s="219"/>
+      <c r="B11" s="220"/>
     </row>
     <row r="12">
-      <c r="D12" s="186"/>
-[...15 lines deleted...]
-      <c r="T12" s="186"/>
+      <c r="A12" s="219"/>
+      <c r="B12" s="220"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="219"/>
+      <c r="B13" s="220"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="219"/>
+      <c r="B14" s="220"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="219"/>
+      <c r="B15" s="220"/>
+      <c r="C15" s="221"/>
+      <c r="D15" s="221"/>
+      <c r="E15" s="221"/>
+      <c r="F15" s="221"/>
+      <c r="G15" s="221"/>
+      <c r="H15" s="221"/>
+      <c r="I15" s="221"/>
+      <c r="J15" s="221"/>
+      <c r="K15" s="221"/>
+      <c r="L15" s="221"/>
+      <c r="M15" s="221"/>
+      <c r="N15" s="221"/>
+      <c r="O15" s="221"/>
+      <c r="P15" s="221"/>
+      <c r="Q15" s="221"/>
+      <c r="R15" s="221"/>
+      <c r="S15" s="221"/>
+      <c r="T15" s="221"/>
+      <c r="U15" s="221"/>
+      <c r="V15" s="221"/>
+      <c r="W15" s="221"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="219"/>
+      <c r="B16" s="220"/>
+      <c r="C16" s="221"/>
+      <c r="D16" s="221"/>
+      <c r="E16" s="221"/>
+      <c r="F16" s="221"/>
+      <c r="G16" s="221"/>
+      <c r="H16" s="221"/>
+      <c r="I16" s="221"/>
+      <c r="J16" s="221"/>
+      <c r="K16" s="221"/>
+      <c r="L16" s="221"/>
+      <c r="M16" s="221"/>
+      <c r="N16" s="221"/>
+      <c r="O16" s="221"/>
+      <c r="P16" s="221"/>
+      <c r="Q16" s="221"/>
+      <c r="R16" s="221"/>
+      <c r="S16" s="221"/>
+      <c r="T16" s="221"/>
+      <c r="U16" s="221"/>
+      <c r="V16" s="221"/>
+      <c r="W16" s="221"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="219"/>
+      <c r="B17" s="220"/>
+      <c r="C17" s="221"/>
+      <c r="D17" s="221"/>
+      <c r="E17" s="221"/>
+      <c r="F17" s="221"/>
+      <c r="G17" s="221"/>
+      <c r="H17" s="221"/>
+      <c r="I17" s="221"/>
+      <c r="J17" s="221"/>
+      <c r="K17" s="221"/>
+      <c r="L17" s="221"/>
+      <c r="M17" s="221"/>
+      <c r="N17" s="221"/>
+      <c r="O17" s="221"/>
+      <c r="P17" s="221"/>
+      <c r="Q17" s="221"/>
+      <c r="R17" s="221"/>
+      <c r="S17" s="221"/>
+      <c r="T17" s="221"/>
+      <c r="U17" s="221"/>
+      <c r="V17" s="221"/>
+      <c r="W17" s="221"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="219"/>
+      <c r="B18" s="220"/>
+      <c r="C18" s="221"/>
+      <c r="D18" s="221"/>
+      <c r="E18" s="221"/>
+      <c r="F18" s="221"/>
+      <c r="G18" s="221"/>
+      <c r="H18" s="221"/>
+      <c r="I18" s="221"/>
+      <c r="J18" s="221"/>
+      <c r="K18" s="221"/>
+      <c r="L18" s="221"/>
+      <c r="M18" s="221"/>
+      <c r="N18" s="221"/>
+      <c r="O18" s="221"/>
+      <c r="P18" s="221"/>
+      <c r="Q18" s="221"/>
+      <c r="R18" s="221"/>
+      <c r="S18" s="221"/>
+      <c r="T18" s="221"/>
+      <c r="U18" s="221"/>
+      <c r="V18" s="221"/>
+      <c r="W18" s="221"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="219"/>
+      <c r="B19" s="220"/>
+      <c r="C19" s="221"/>
+      <c r="D19" s="221"/>
+      <c r="E19" s="221"/>
+      <c r="F19" s="221"/>
+      <c r="G19" s="221"/>
+      <c r="H19" s="221"/>
+      <c r="I19" s="221"/>
+      <c r="J19" s="221"/>
+      <c r="K19" s="221"/>
+      <c r="L19" s="221"/>
+      <c r="M19" s="221"/>
+      <c r="N19" s="221"/>
+      <c r="O19" s="221"/>
+      <c r="P19" s="221"/>
+      <c r="Q19" s="221"/>
+      <c r="R19" s="221"/>
+      <c r="S19" s="221"/>
+      <c r="T19" s="221"/>
+      <c r="U19" s="221"/>
+      <c r="V19" s="221"/>
+      <c r="W19" s="221"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="66" type="noConversion"/>
+  <phoneticPr fontId="61" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:V12"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A90A401-9093-49FD-B13A-AAE4E93CC6C3}">
+  <dimension ref="A1:B22"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-[...3 lines deleted...]
-      <selection pane="bottomRight" activeCell="A3" sqref="A3"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
-[...6 lines deleted...]
-  </cols>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="167" t="s">
+      <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="150" t="s">
+      <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="158" t="s">
-[...58 lines deleted...]
-      </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
+      <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="283" t="s">
+      <c r="B2" s="0">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="285"/>
-[...123 lines deleted...]
-        <v>10.169999999999998</v>
+      <c r="B3" s="0">
+        <v>2024</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="0">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="0">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="194" t="s">
+      <c r="B6" s="0">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="C4" s="0">
-[...61 lines deleted...]
-      <c r="A5" s="151" t="s">
+      <c r="B7" s="0">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="B5" s="194" t="s">
+      <c r="B8" s="0">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="D5" s="186">
-[...59 lines deleted...]
-      <c r="F7" s="186"/>
+      <c r="B9" s="0">
+        <v>2030</v>
+      </c>
     </row>
     <row r="10">
-      <c r="J10" s="186"/>
-[...3 lines deleted...]
-      <c r="N10" s="186"/>
+      <c r="A10" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="0">
+        <v>2031</v>
+      </c>
     </row>
     <row r="11">
-      <c r="J11" s="186"/>
-[...9 lines deleted...]
-      <c r="T11" s="186"/>
+      <c r="A11" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" s="0">
+        <v>2032</v>
+      </c>
     </row>
     <row r="12">
-      <c r="J12" s="186"/>
-[...9 lines deleted...]
-      <c r="T12" s="186"/>
+      <c r="A12" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="0">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="0">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="0">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="0">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" s="0">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" s="0">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="0">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="0">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="0">
+        <v>2041</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="0">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="0">
+        <v>2043</v>
+      </c>
     </row>
   </sheetData>
-  <phoneticPr fontId="66" type="noConversion"/>
+  <phoneticPr fontId="61" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:AB5"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <sheetPr codeName="Sheet4"/>
+  <dimension ref="A1:V5"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="2" ySplit="1" topLeftCell="J2" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="C1" sqref="C1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="V5" sqref="V5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="41.88671875" customWidth="1"/>
-    <col min="2" max="2" width="14.21875" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="30.28515625" customWidth="1"/>
+    <col min="2" max="2" width="13.42578125" customWidth="1"/>
+    <col min="3" max="12" width="9.5703125" customWidth="1"/>
+    <col min="13" max="22" bestFit="1" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="28.8" s="150" customFormat="1">
-[...6 lines deleted...]
-      <c r="C1" s="170" t="s">
+    <row r="1">
+      <c r="A1" s="161" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="156" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="156" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="157" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="156" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="156" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="157" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="156" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="156" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="157" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="156" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" s="156" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" s="157" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" s="156" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" s="156" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" s="157" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" s="156" t="s">
+        <v>17</v>
+      </c>
+      <c r="S1" s="156" t="s">
+        <v>18</v>
+      </c>
+      <c r="T1" s="157" t="s">
+        <v>19</v>
+      </c>
+      <c r="U1" s="156" t="s">
+        <v>20</v>
+      </c>
+      <c r="V1" s="156" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="267">
+        <v>8.662382169246138</v>
+      </c>
+      <c r="D2" s="267">
+        <v>8.3562010103995146</v>
+      </c>
+      <c r="E2" s="267">
+        <v>8.622256268889144</v>
+      </c>
+      <c r="F2" s="267">
+        <v>8.46289389282002</v>
+      </c>
+      <c r="G2" s="267">
+        <v>8.9101520647590391</v>
+      </c>
+      <c r="H2" s="267">
+        <v>9.1187497425051856</v>
+      </c>
+      <c r="I2" s="267">
+        <v>9.19775447166547</v>
+      </c>
+      <c r="J2" s="267">
+        <v>8.98393432093479</v>
+      </c>
+      <c r="K2" s="267">
+        <v>8.8604170025990925</v>
+      </c>
+      <c r="L2" s="267">
+        <v>8.9817585280380214</v>
+      </c>
+      <c r="M2" s="267">
+        <v>8.5</v>
+      </c>
+      <c r="N2" s="267">
+        <v>8.4</v>
+      </c>
+      <c r="O2" s="267">
+        <v>8.3</v>
+      </c>
+      <c r="P2" s="267">
+        <v>8.1</v>
+      </c>
+      <c r="Q2" s="267">
+        <v>8.2</v>
+      </c>
+      <c r="R2" s="267">
+        <v>7.5</v>
+      </c>
+      <c r="S2" s="268">
+        <v>7.3</v>
+      </c>
+      <c r="T2" s="268">
+        <v>6.9</v>
+      </c>
+      <c r="U2" s="268">
+        <v>7.2</v>
+      </c>
+      <c r="V2" s="268">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="0">
+        <v>11.8</v>
+      </c>
+      <c r="D3" s="0">
+        <v>12</v>
+      </c>
+      <c r="E3" s="0">
+        <v>12.100000000000001</v>
+      </c>
+      <c r="F3" s="0">
+        <v>12.4</v>
+      </c>
+      <c r="G3" s="0">
+        <v>12.700000000000001</v>
+      </c>
+      <c r="H3" s="0">
+        <v>12.9</v>
+      </c>
+      <c r="I3" s="0">
+        <v>12.8</v>
+      </c>
+      <c r="J3" s="0">
+        <v>13</v>
+      </c>
+      <c r="K3" s="0">
+        <v>12.9</v>
+      </c>
+      <c r="L3" s="0">
+        <v>12.9</v>
+      </c>
+      <c r="M3" s="0">
+        <v>12.3</v>
+      </c>
+      <c r="N3" s="179">
+        <v>12.1</v>
+      </c>
+      <c r="O3" s="0">
+        <v>12.1</v>
+      </c>
+      <c r="P3" s="179">
+        <v>11.9</v>
+      </c>
+      <c r="Q3" s="0">
+        <v>11.6</v>
+      </c>
+      <c r="R3" s="179">
+        <v>11.1</v>
+      </c>
+      <c r="S3" s="0">
+        <v>10.8</v>
+      </c>
+      <c r="T3" s="0">
+        <v>10.3</v>
+      </c>
+      <c r="U3" s="0">
+        <v>10.5</v>
+      </c>
+      <c r="V3" s="0">
+        <v>10.1</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
         <v>30</v>
       </c>
-      <c r="D1" s="170" t="s">
+      <c r="C4" s="179">
+        <v>9.07458858730498</v>
+      </c>
+      <c r="D4" s="179">
+        <v>9.2240672566924928</v>
+      </c>
+      <c r="E4" s="179">
+        <v>9.39242487258475</v>
+      </c>
+      <c r="F4" s="179">
+        <v>9.1508139894942868</v>
+      </c>
+      <c r="G4" s="179">
+        <v>9.84040823161913</v>
+      </c>
+      <c r="H4" s="179">
+        <v>10.264794573478191</v>
+      </c>
+      <c r="I4" s="179">
+        <v>10.316009938194288</v>
+      </c>
+      <c r="J4" s="179">
+        <v>10.24147887009079</v>
+      </c>
+      <c r="K4" s="179">
+        <v>10.285266550209435</v>
+      </c>
+      <c r="L4" s="179">
+        <v>10.483438567850254</v>
+      </c>
+      <c r="M4" s="179">
+        <v>10</v>
+      </c>
+      <c r="N4" s="179">
+        <v>9.7</v>
+      </c>
+      <c r="O4" s="179">
+        <v>9.6</v>
+      </c>
+      <c r="P4" s="179">
+        <v>9.3</v>
+      </c>
+      <c r="Q4" s="179">
+        <v>9.2</v>
+      </c>
+      <c r="R4" s="179">
+        <v>8.6</v>
+      </c>
+      <c r="S4" s="0">
+        <v>8.1</v>
+      </c>
+      <c r="T4" s="0">
+        <v>8.1</v>
+      </c>
+      <c r="U4" s="0">
+        <v>8.2</v>
+      </c>
+      <c r="V4" s="0">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="150" t="s">
         <v>31</v>
       </c>
-      <c r="E1" s="170"/>
-[...114 lines deleted...]
-      <c r="AB5" s="198"/>
+      <c r="B5" s="183" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="179">
+        <v>9.49257209103457</v>
+      </c>
+      <c r="D5" s="179">
+        <v>10.108864696734059</v>
+      </c>
+      <c r="E5" s="179">
+        <v>10.175873680378595</v>
+      </c>
+      <c r="F5" s="179">
+        <v>9.8502123475209178</v>
+      </c>
+      <c r="G5" s="179">
+        <v>10.779998998503318</v>
+      </c>
+      <c r="H5" s="179">
+        <v>11.413764807604403</v>
+      </c>
+      <c r="I5" s="179">
+        <v>11.42396197826395</v>
+      </c>
+      <c r="J5" s="179">
+        <v>11.467251712328766</v>
+      </c>
+      <c r="K5" s="179">
+        <v>11.659256643325312</v>
+      </c>
+      <c r="L5" s="179">
+        <v>11.923048789408236</v>
+      </c>
+      <c r="M5" s="179">
+        <v>11.4</v>
+      </c>
+      <c r="N5" s="179">
+        <v>10.9</v>
+      </c>
+      <c r="O5" s="179">
+        <v>10.8</v>
+      </c>
+      <c r="P5" s="179">
+        <v>10.5</v>
+      </c>
+      <c r="Q5" s="179">
+        <v>10.2</v>
+      </c>
+      <c r="R5" s="179">
+        <v>9.6</v>
+      </c>
+      <c r="S5" s="0">
+        <v>8.9</v>
+      </c>
+      <c r="T5" s="0">
+        <v>9.1</v>
+      </c>
+      <c r="U5" s="0">
+        <v>9.2</v>
+      </c>
+      <c r="V5" s="0">
+        <v>8.3</v>
+      </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="61" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:AB6"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E80715E3-3EDC-41C3-BD51-A0D253D67292}">
+  <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="A22" sqref="A22:XFD22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
-[...5 lines deleted...]
-  </cols>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" ht="60" customHeight="1">
-      <c r="A1" s="174" t="s">
+    <row r="1">
+      <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="150" t="s">
+      <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="175" t="s">
-[...2 lines deleted...]
-      <c r="E1" s="150"/>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
+      <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="283" t="s">
+      <c r="B2" s="0">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="289">
-[...39 lines deleted...]
-      <c r="F3" s="186"/>
+      <c r="B3" s="0">
+        <v>2004</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="0">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="0">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="194" t="s">
+      <c r="B6" s="0">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="C4" s="186">
-[...6 lines deleted...]
-      <c r="A5" s="151" t="s">
+      <c r="B7" s="0">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="B5" s="194" t="s">
+      <c r="B8" s="0">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="C5" s="186">
-[...27 lines deleted...]
-      <c r="C6" s="186"/>
+      <c r="B9" s="0">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="0">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" s="0">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="0">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="0">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="0">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="0">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" s="0">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" s="0">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="0">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="0">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="0">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="0">
+        <v>2022</v>
+      </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="61" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:AB17"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <sheetPr codeName="Sheet5"/>
+  <dimension ref="A1:V12"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="2" ySplit="1" topLeftCell="K2" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="C1" sqref="C1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="V5" sqref="V5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="25.21875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="19" bestFit="1" width="8.5546875" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="41.42578125" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" customWidth="1"/>
+    <col min="3" max="16" width="9.5703125" customWidth="1"/>
+    <col min="17" max="17" bestFit="1" width="9" customWidth="1"/>
+    <col min="18" max="22" bestFit="1" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" s="152" customFormat="1">
-[...6 lines deleted...]
-      <c r="C1" s="158" t="s">
+    <row r="1">
+      <c r="A1" s="161" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="156" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="156" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="157" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="156" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="156" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="157" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="156" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="156" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="157" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="156" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" s="156" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" s="157" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" s="156" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" s="156" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" s="157" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" s="156" t="s">
+        <v>17</v>
+      </c>
+      <c r="S1" s="156" t="s">
+        <v>18</v>
+      </c>
+      <c r="T1" s="157" t="s">
+        <v>19</v>
+      </c>
+      <c r="U1" s="156" t="s">
+        <v>20</v>
+      </c>
+      <c r="V1" s="156" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="263" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="267">
+        <v>11.91961897970099</v>
+      </c>
+      <c r="D2" s="267">
+        <v>11.75609687451626</v>
+      </c>
+      <c r="E2" s="267">
+        <v>11.482362677149064</v>
+      </c>
+      <c r="F2" s="267">
+        <v>11.483966359649365</v>
+      </c>
+      <c r="G2" s="267">
+        <v>11.149395844866954</v>
+      </c>
+      <c r="H2" s="267">
+        <v>10.94799291374267</v>
+      </c>
+      <c r="I2" s="267">
+        <v>11.65947404467402</v>
+      </c>
+      <c r="J2" s="267">
+        <v>10.995918389753978</v>
+      </c>
+      <c r="K2" s="267">
+        <v>10.86917903125743</v>
+      </c>
+      <c r="L2" s="267">
+        <v>11.208122823367834</v>
+      </c>
+      <c r="M2" s="267">
+        <v>11.7</v>
+      </c>
+      <c r="N2" s="267">
+        <v>11.2</v>
+      </c>
+      <c r="O2" s="267">
+        <v>12.2</v>
+      </c>
+      <c r="P2" s="267">
+        <v>12.4</v>
+      </c>
+      <c r="Q2" s="267">
+        <v>12.1</v>
+      </c>
+      <c r="R2" s="267">
+        <v>12.5</v>
+      </c>
+      <c r="S2" s="267">
+        <v>12</v>
+      </c>
+      <c r="T2" s="268">
+        <v>13.1</v>
+      </c>
+      <c r="U2" s="268">
+        <v>13.2</v>
+      </c>
+      <c r="V2" s="268">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="152" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" s="0">
+        <v>10.200000000000001</v>
+      </c>
+      <c r="D3" s="0">
+        <v>9.7000000000000011</v>
+      </c>
+      <c r="E3" s="0">
+        <v>9.6000000000000014</v>
+      </c>
+      <c r="F3" s="0">
+        <v>9.3</v>
+      </c>
+      <c r="G3" s="0">
+        <v>9.3</v>
+      </c>
+      <c r="H3" s="0">
+        <v>9.3</v>
+      </c>
+      <c r="I3" s="0">
+        <v>8.9</v>
+      </c>
+      <c r="J3" s="0">
+        <v>8.9</v>
+      </c>
+      <c r="K3" s="0">
+        <v>8.6</v>
+      </c>
+      <c r="L3" s="0">
+        <v>8.8</v>
+      </c>
+      <c r="M3" s="179">
+        <v>8.9</v>
+      </c>
+      <c r="N3" s="179">
+        <v>8.7</v>
+      </c>
+      <c r="O3" s="179">
+        <v>9.1</v>
+      </c>
+      <c r="P3" s="179">
+        <v>9</v>
+      </c>
+      <c r="Q3" s="179">
+        <v>9.1</v>
+      </c>
+      <c r="R3" s="179">
+        <v>9.2</v>
+      </c>
+      <c r="S3" s="179">
+        <v>8.9</v>
+      </c>
+      <c r="T3" s="0">
+        <v>10.2</v>
+      </c>
+      <c r="U3" s="0">
+        <v>9.8</v>
+      </c>
+      <c r="V3" s="0">
+        <v>9.6</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="179">
+        <v>12.449953693809219</v>
+      </c>
+      <c r="D4" s="179">
+        <v>12.503356725029873</v>
+      </c>
+      <c r="E4" s="179">
+        <v>11.720088256649209</v>
+      </c>
+      <c r="F4" s="179">
+        <v>11.685467565821828</v>
+      </c>
+      <c r="G4" s="179">
+        <v>11.123398165615038</v>
+      </c>
+      <c r="H4" s="179">
+        <v>11.366214594021532</v>
+      </c>
+      <c r="I4" s="179">
+        <v>11.58497772119669</v>
+      </c>
+      <c r="J4" s="179">
+        <v>10.992078062315992</v>
+      </c>
+      <c r="K4" s="179">
+        <v>10.925244654103238</v>
+      </c>
+      <c r="L4" s="179">
+        <v>10.978267538419267</v>
+      </c>
+      <c r="M4" s="179">
+        <v>11.4</v>
+      </c>
+      <c r="N4" s="179">
+        <v>11</v>
+      </c>
+      <c r="O4" s="179">
+        <v>11.8</v>
+      </c>
+      <c r="P4" s="179">
+        <v>11.6</v>
+      </c>
+      <c r="Q4" s="179">
+        <v>11.5</v>
+      </c>
+      <c r="R4" s="179">
+        <v>11.6</v>
+      </c>
+      <c r="S4" s="179">
+        <v>11.2</v>
+      </c>
+      <c r="T4" s="0">
+        <v>12.3</v>
+      </c>
+      <c r="U4" s="0">
+        <v>12.5</v>
+      </c>
+      <c r="V4" s="0">
+        <v>12.2</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="150" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="183" t="s">
         <v>32</v>
       </c>
-      <c r="D1" s="169" t="s">
-[...345 lines deleted...]
-      <c r="S9" s="152"/>
+      <c r="C5" s="179">
+        <v>12.987721065303042</v>
+      </c>
+      <c r="D5" s="179">
+        <v>13.265194860346737</v>
+      </c>
+      <c r="E5" s="179">
+        <v>11.961912995995631</v>
+      </c>
+      <c r="F5" s="179">
+        <v>11.890330911752157</v>
+      </c>
+      <c r="G5" s="179">
+        <v>11.097139614201224</v>
+      </c>
+      <c r="H5" s="179">
+        <v>11.785503830288745</v>
+      </c>
+      <c r="I5" s="179">
+        <v>11.511167794891918</v>
+      </c>
+      <c r="J5" s="179">
+        <v>10.988334760273974</v>
+      </c>
+      <c r="K5" s="179">
+        <v>10.979309036187445</v>
+      </c>
+      <c r="L5" s="179">
+        <v>10.757912996227676</v>
+      </c>
+      <c r="M5" s="179">
+        <v>11.1</v>
+      </c>
+      <c r="N5" s="179">
+        <v>10.8</v>
+      </c>
+      <c r="O5" s="179">
+        <v>11.5</v>
+      </c>
+      <c r="P5" s="179">
+        <v>10.9</v>
+      </c>
+      <c r="Q5" s="179">
+        <v>11</v>
+      </c>
+      <c r="R5" s="179">
+        <v>10.7</v>
+      </c>
+      <c r="S5" s="179">
+        <v>10.5</v>
+      </c>
+      <c r="T5" s="0">
+        <v>11.6</v>
+      </c>
+      <c r="U5" s="0">
+        <v>11.9</v>
+      </c>
+      <c r="V5" s="0">
+        <v>11.4</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="E7" s="179"/>
+      <c r="F7" s="179"/>
     </row>
     <row r="10">
-      <c r="C10" s="166"/>
-[...15 lines deleted...]
-      <c r="S10" s="251"/>
+      <c r="J10" s="179"/>
+      <c r="K10" s="179"/>
+      <c r="L10" s="179"/>
+      <c r="M10" s="179"/>
     </row>
     <row r="11">
-      <c r="C11" s="211"/>
-[...15 lines deleted...]
-      <c r="S11" s="211"/>
+      <c r="J11" s="179"/>
+      <c r="K11" s="179"/>
+      <c r="L11" s="179"/>
+      <c r="M11" s="179"/>
     </row>
     <row r="12">
-      <c r="C12" s="211"/>
-[...91 lines deleted...]
-      <c r="S17" s="211"/>
+      <c r="J12" s="179"/>
+      <c r="K12" s="179"/>
+      <c r="L12" s="179"/>
+      <c r="M12" s="179"/>
     </row>
   </sheetData>
+  <phoneticPr fontId="61" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:AB10"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5A81B793-397C-4030-8998-D49CEB18F4DE}">
+  <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="A22" sqref="A22:XFD22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
-[...7 lines deleted...]
-  </cols>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="174" t="s">
+      <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="150" t="s">
+      <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="168" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="2">
-      <c r="A2" s="282" t="s">
+      <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="283" t="s">
+      <c r="B2" s="0">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="289">
-[...51 lines deleted...]
-        <v>6.0331164675588962</v>
+      <c r="B3" s="0">
+        <v>2004</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="0">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="0">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="194" t="s">
+      <c r="B6" s="0">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="C4" s="186">
-[...13 lines deleted...]
-      <c r="A5" s="151" t="s">
+      <c r="B7" s="0">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="B5" s="194" t="s">
+      <c r="B8" s="0">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="C5" s="186">
-[...50 lines deleted...]
-      <c r="F9" s="198"/>
+      <c r="B9" s="0">
+        <v>2010</v>
+      </c>
     </row>
     <row r="10">
-      <c r="C10" s="198"/>
-[...2 lines deleted...]
-      <c r="F10" s="198"/>
+      <c r="A10" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="0">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" s="0">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="0">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="0">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="0">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="0">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" s="0">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" s="0">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="0">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="0">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="0">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="0">
+        <v>2022</v>
+      </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="61" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>25</vt:i4>
+        <vt:i4>30</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="25" baseType="lpstr">
+    <vt:vector size="30" baseType="lpstr">
       <vt:lpstr>MYE-Broad Age Groups</vt:lpstr>
       <vt:lpstr>MYE</vt:lpstr>
+      <vt:lpstr>MYE Lookup</vt:lpstr>
       <vt:lpstr>Population Projections</vt:lpstr>
+      <vt:lpstr>Population Projections Lookup</vt:lpstr>
       <vt:lpstr>Birth Rate</vt:lpstr>
+      <vt:lpstr>Birth Rate Lookup</vt:lpstr>
       <vt:lpstr>Death Rate</vt:lpstr>
+      <vt:lpstr>Death Rate Lookup</vt:lpstr>
       <vt:lpstr>Ethnicity</vt:lpstr>
       <vt:lpstr>Language</vt:lpstr>
       <vt:lpstr>NINO</vt:lpstr>
+      <vt:lpstr>NINO Lookup</vt:lpstr>
       <vt:lpstr>Religion</vt:lpstr>
       <vt:lpstr>Country of birth</vt:lpstr>
       <vt:lpstr>Health</vt:lpstr>
       <vt:lpstr>Unpaid care</vt:lpstr>
       <vt:lpstr>Residents in communal est.</vt:lpstr>
-      <vt:lpstr>Residential properties</vt:lpstr>
       <vt:lpstr>Type of dwelling</vt:lpstr>
       <vt:lpstr>HH Composition</vt:lpstr>
       <vt:lpstr>Tenure</vt:lpstr>
       <vt:lpstr>Car Ownership</vt:lpstr>
       <vt:lpstr>Local Business Units</vt:lpstr>
       <vt:lpstr>Business Size Bands</vt:lpstr>
       <vt:lpstr>Employment of workers- sector</vt:lpstr>
       <vt:lpstr>Skills</vt:lpstr>
       <vt:lpstr>Earnings</vt:lpstr>
       <vt:lpstr>Claimant Count</vt:lpstr>
+      <vt:lpstr>Claimant Count Lookup</vt:lpstr>
       <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Dorset County Council - Policy and Research/GIS</Company>
+  <Company>Dorset Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Dorset Statistics Application @ https://apps.geowessex.com/stats</dc:creator>
+  <dc:creator>Dorset Insights Application @ https://gi.dorsetcouncil.gov.uk/insights/areaprofiles</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_SetDate">
+    <vt:lpwstr>2025-08-14T13:50:13Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Name">
+    <vt:lpwstr>Official – Sensitive – Dorset Council Use Only</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_SiteId">
+    <vt:lpwstr>0a4edf35-f0d2-4e23-98f6-b0900b4ea1e6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_ActionId">
+    <vt:lpwstr>391be0d7-3522-495b-8b32-9b05087ec295</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
 </file>