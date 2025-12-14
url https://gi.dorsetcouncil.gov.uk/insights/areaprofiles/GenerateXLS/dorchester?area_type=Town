--- v0 (2025-11-02)
+++ v1 (2025-12-14)
@@ -2,171 +2,152 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet19.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26626"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\GIS Users\Dorset Statistics\Data\Profile data\Mar 2023 Update\Profiles\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\GIS Users\Dorset Statistics\data loading app\excels\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BB01E72A-FCAE-4BDE-9BB7-5A55EDFD0C0D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AAB532B6-1591-4CE8-B31A-FF8E71D2E1CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-16320" windowWidth="29040" windowHeight="15840" tabRatio="945" firstSheet="3" activeTab="18" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="945" firstSheet="5" activeTab="18" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MYE-Broad Age Groups" sheetId="1" r:id="rId1"/>
     <sheet name="MYE" sheetId="2" r:id="rId2"/>
-    <sheet name="Birth Rate" sheetId="15" r:id="rId3"/>
-[...15 lines deleted...]
-    <sheet name="Metadata" sheetId="31" r:id="rId19"/>
+    <sheet name="MYE Lookup" sheetId="42" r:id="rId3"/>
+    <sheet name="Birth Rate" sheetId="15" r:id="rId4"/>
+    <sheet name="Birth Rate Lookup" sheetId="43" r:id="rId5"/>
+    <sheet name="Death Rate" sheetId="16" r:id="rId6"/>
+    <sheet name="Death Rate Lookup" sheetId="44" r:id="rId7"/>
+    <sheet name="Ethnicity" sheetId="8" r:id="rId8"/>
+    <sheet name="Religion" sheetId="14" r:id="rId9"/>
+    <sheet name="Health" sheetId="37" r:id="rId10"/>
+    <sheet name="Unpaid care" sheetId="38" r:id="rId11"/>
+    <sheet name="Residents in communal est." sheetId="40" r:id="rId12"/>
+    <sheet name="Mosaic data" sheetId="29" r:id="rId13"/>
+    <sheet name="Mosaic data Lookup" sheetId="45" r:id="rId14"/>
+    <sheet name="Type of dwelling" sheetId="39" r:id="rId15"/>
+    <sheet name="HH Composition" sheetId="12" r:id="rId16"/>
+    <sheet name="Tenure" sheetId="9" r:id="rId17"/>
+    <sheet name="Car Ownership" sheetId="17" r:id="rId18"/>
+    <sheet name="Skills" sheetId="11" r:id="rId19"/>
+    <sheet name="Metadata" sheetId="31" r:id="rId20"/>
   </sheets>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="161">
   <si>
-    <t>Name</t>
+    <t>year_id</t>
   </si>
   <si>
-    <t>Census Code</t>
+    <t>year</t>
   </si>
   <si>
-    <t>Year 2003</t>
+    <t>year_1</t>
   </si>
   <si>
-    <t>Year 2004</t>
+    <t>year_2</t>
   </si>
   <si>
-    <t>Year 2005</t>
+    <t>year_3</t>
   </si>
   <si>
-    <t>Year 2006</t>
+    <t>year_4</t>
   </si>
   <si>
-    <t>Year 2007</t>
+    <t>year_5</t>
   </si>
   <si>
-    <t>Year 2008</t>
+    <t>year_6</t>
   </si>
   <si>
-    <t>Year 2009</t>
+    <t>year_7</t>
   </si>
   <si>
-    <t>Year 2010</t>
+    <t>year_8</t>
   </si>
   <si>
-    <t>Year 2011</t>
+    <t>year_9</t>
   </si>
   <si>
-    <t>Year 2012</t>
+    <t>year_10</t>
   </si>
   <si>
-    <t>Year 2013</t>
-[...20 lines deleted...]
-    <t>Year 2020</t>
+    <t>name</t>
   </si>
   <si>
     <t>Dorchester</t>
   </si>
   <si>
     <t>Beaminster</t>
   </si>
   <si>
     <t>Blandford</t>
   </si>
   <si>
     <t>Bridport</t>
   </si>
   <si>
     <t>Chickerell</t>
   </si>
   <si>
     <t>Ferndown</t>
   </si>
   <si>
     <t>Gillingham</t>
   </si>
   <si>
     <t>Lyme Regis</t>
   </si>
@@ -182,324 +163,321 @@
   <si>
     <t>Sherborne</t>
   </si>
   <si>
     <t>Stalbridge</t>
   </si>
   <si>
     <t>Sturminster Newton</t>
   </si>
   <si>
     <t>Swanage</t>
   </si>
   <si>
     <t>Verwood</t>
   </si>
   <si>
     <t>Wareham</t>
   </si>
   <si>
     <t>Weymouth</t>
   </si>
   <si>
     <t>Wimborne</t>
   </si>
   <si>
-    <t>% white British</t>
+    <t>white_british_per</t>
   </si>
   <si>
-    <t>% BME</t>
+    <t>bme_per</t>
   </si>
   <si>
-    <t>% Christian</t>
+    <t>christian_per</t>
   </si>
   <si>
-    <t>% Non-Christian</t>
+    <t>non_christian_per</t>
   </si>
   <si>
-    <t>% No religion</t>
+    <t>no_religion_per</t>
   </si>
   <si>
-    <t>% Religion not stated</t>
+    <t>religion_not_stated_per</t>
   </si>
   <si>
-    <t>% born in United Kingdom</t>
+    <t>activity_limited_a_lot_per</t>
   </si>
   <si>
-    <t>% born in England</t>
+    <t>activity_limited_little_per</t>
   </si>
   <si>
-    <t>% born in Northern Ireland</t>
+    <t>activity_not_limited_per</t>
   </si>
   <si>
-    <t>% born in Scotland</t>
+    <t>very_good_health_per</t>
   </si>
   <si>
-    <t>% born in Wales</t>
+    <t>good_health_per</t>
   </si>
   <si>
-    <t>% born in United Kingdom not otherwise specified</t>
+    <t>bad_health_per</t>
   </si>
   <si>
-    <t>% born in Ireland</t>
+    <t>very_bad_health_per</t>
   </si>
   <si>
-    <t>% born in EU: Member countries in March 2001</t>
+    <t>no_unpaid_care_per</t>
   </si>
   <si>
-    <t>% born in EU: Accession countries April 2001 to March 2011</t>
+    <t>up_to_50_hrs_per</t>
   </si>
   <si>
-    <t>% born in other countries</t>
+    <t>more_than_50_hrs_per</t>
   </si>
   <si>
-    <t>% of people whose day-to-day activities limited a lot</t>
+    <t>in_communal_estab_per</t>
   </si>
   <si>
-    <t>% of people whose day-to-day activities limited a little</t>
+    <t>percent_group_a</t>
   </si>
   <si>
-    <t>% of people whose day-to-day activities not limited</t>
+    <t>percent_group_b</t>
   </si>
   <si>
-    <t>% of people reporting very good health</t>
+    <t>percent_group_c</t>
   </si>
   <si>
-    <t>% of people reporting good health</t>
+    <t>percent_group_d</t>
   </si>
   <si>
-    <t>% of people reporting bad health</t>
+    <t>percent_group_e</t>
   </si>
   <si>
-    <t>% of people reporting very bad health</t>
+    <t>percent_group_f</t>
   </si>
   <si>
-    <t>% Provides no unpaid care</t>
+    <t>percent_group_g</t>
   </si>
   <si>
-    <t>% Provides up to 50 hours unpaid care a week</t>
+    <t>percent_group_h</t>
   </si>
   <si>
-    <t>% Provides 50 or more hours unpaid care a week</t>
+    <t>percent_group_i</t>
   </si>
   <si>
-    <t>% of usual population in communal establishments</t>
+    <t>percent_group_j</t>
   </si>
   <si>
-    <t>A Country Living</t>
+    <t>percent_group_k</t>
   </si>
   <si>
-    <t>B Prestige Positions</t>
+    <t>percent_group_l</t>
   </si>
   <si>
-    <t>C City Prosperity</t>
+    <t>percent_group_m</t>
   </si>
   <si>
-    <t>D Domestic Success</t>
+    <t>percent_group_n</t>
   </si>
   <si>
-    <t>E Suburban Stability</t>
+    <t>percent_group_o</t>
   </si>
   <si>
-    <t>F Senior Security</t>
+    <t>group</t>
   </si>
   <si>
-    <t>G Rural Reality</t>
+    <t>percent_group_name</t>
   </si>
   <si>
-    <t>H Aspiring Homemakers</t>
+    <t>Country Living</t>
   </si>
   <si>
-    <t>I Urban Cohesion</t>
+    <t>Prestige Positions</t>
   </si>
   <si>
-    <t>J Rental Hubs</t>
+    <t>City Prosperity</t>
   </si>
   <si>
-    <t>K Modest Traditions</t>
+    <t>Domestic Success</t>
   </si>
   <si>
-    <t>L Transient Renters</t>
+    <t>Suburban Stability</t>
   </si>
   <si>
-    <t>M Family Basics</t>
+    <t>Senior Security</t>
   </si>
   <si>
-    <t>N Vintage Value</t>
+    <t>Rural Reality</t>
   </si>
   <si>
-    <t>O Municipal Challenge</t>
+    <t>Aspiring Homemakers</t>
   </si>
   <si>
-    <t>% Detached house or bungalow</t>
+    <t>Urban Cohesion</t>
   </si>
   <si>
-    <t>% Semi-detached house or bungalow</t>
+    <t>Rental Hubs</t>
   </si>
   <si>
-    <t>% House or bungalow: Terraced (including end-terrace)</t>
+    <t>Modest Traditions</t>
   </si>
   <si>
-    <t>% Flat, maisonette or apartment</t>
+    <t>Transient Renters</t>
   </si>
   <si>
-    <t>% Caravan or other mobile or temporary structure</t>
+    <t>Family Basics</t>
   </si>
   <si>
-    <t>Count of all Households</t>
+    <t>Vintage Value</t>
   </si>
   <si>
-    <t>% of households one person or couple headed by 65+</t>
+    <t>Municipal Tenants</t>
   </si>
   <si>
-    <t>% of households married with/ without dependents</t>
+    <t>detached_per</t>
   </si>
   <si>
-    <t>% of households cohabiting with/ without dependents</t>
+    <t>semi_detached_per</t>
   </si>
   <si>
-    <t>% of households lone parents</t>
+    <t>terraced_per</t>
   </si>
   <si>
-    <t>% all others</t>
+    <t>flat_maisonette_per</t>
   </si>
   <si>
-    <t>All Households</t>
+    <t>mobile_home_per</t>
   </si>
   <si>
-    <t>% of housholds owner occupied</t>
+    <t>count_of_all_households</t>
   </si>
   <si>
-    <t>% of households public rented</t>
+    <t>one_pers_or_65plus_couple_per</t>
   </si>
   <si>
-    <t xml:space="preserve">% of households privately rented  </t>
+    <t>married_per</t>
   </si>
   <si>
-    <t>% All others</t>
+    <t>cohabiting_per</t>
   </si>
   <si>
-    <t>% no cars or vans in household</t>
+    <t>lone_parents_per</t>
   </si>
   <si>
-    <t>% 2 or more cars or vans in a household</t>
+    <t>all_others_per</t>
   </si>
   <si>
-    <t>All Usual Residents Aged 16 to 74 in Employment</t>
+    <t>all_households</t>
   </si>
   <si>
-    <t>% High skill occupation</t>
+    <t>hhs_owner_occupied_per</t>
   </si>
   <si>
-    <t>% Intermediate skill occupation</t>
+    <t>hhs_public_rented_per</t>
   </si>
   <si>
-    <t>% Low skill occupation</t>
+    <t>hhs_privately_rented_per</t>
   </si>
   <si>
-    <t>Total employees</t>
+    <t>no_cars_or_vans_hh_per</t>
   </si>
   <si>
-    <t>A, B, D, E Agriculture, energy and water</t>
+    <t>two_plus_cars_or_vans_hh_per</t>
   </si>
   <si>
-    <t>C Manufacturing</t>
+    <t>residents_16_to_74_in_employ</t>
   </si>
   <si>
-    <t>F Construction</t>
+    <t>high_skill_occupation_per</t>
   </si>
   <si>
-    <t>G, I Distribution, hotels and restaurants</t>
+    <t>intermediate_skill_occu_per</t>
   </si>
   <si>
-    <t>H, J Transport and communication</t>
-[...8 lines deleted...]
-    <t>R, S, T, U Other</t>
+    <t>low_skill_occupation_per</t>
   </si>
   <si>
     <t>Dorset Statistics - Metadata</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Town</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Next Release</t>
   </si>
   <si>
     <t>Note</t>
   </si>
   <si>
     <t>Updated Feb 20</t>
   </si>
   <si>
     <t>Updated Jan 21</t>
   </si>
   <si>
     <t>Updated Nov 21</t>
   </si>
   <si>
     <t>Updated 2023</t>
   </si>
   <si>
+    <t>Updated Oct 2024</t>
+  </si>
+  <si>
     <t>Population</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
-    <t>Office for National Statistics &amp; Dorset County Council</t>
+    <t>Office for National Statistics 2022</t>
   </si>
   <si>
-    <t>2011-2014 uses best-fit wards where required. 2015 onwards uses actual ward boundaries. Otherwise coa data used.</t>
+    <t>Uses 2021 Census boundaries. All Census OAs except Chickerell and Weymouth that uses LSOA (comprised of COAs).</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>JR</t>
   </si>
   <si>
     <t>Birth rate</t>
   </si>
   <si>
     <t>Office for National Statistics</t>
   </si>
   <si>
     <t>Built up of OAs (will sit within LSOAs). Where built up of wards, Best fit wards made up of OAs</t>
+  </si>
+  <si>
+    <t>n/a</t>
   </si>
   <si>
     <t>Death rate</t>
   </si>
   <si>
     <t>Ethnicity</t>
   </si>
   <si>
     <t>Census 2021</t>
   </si>
   <si>
     <t>Built up of Oas</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Language</t>
   </si>
   <si>
     <t>Religion</t>
   </si>
   <si>
     <t>MOSAIC</t>
   </si>
@@ -536,115 +514,100 @@
   <si>
     <t>Type of dwelling</t>
   </si>
   <si>
     <t>Residents in communal establishments</t>
   </si>
   <si>
     <t>Employment</t>
   </si>
   <si>
     <t>Fully available</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Partially Available</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>Not available</t>
   </si>
   <si>
-    <t>% Main Language not English</t>
+    <t>census_code</t>
   </si>
   <si>
-    <t>All Persons</t>
+    <t>all_persons</t>
   </si>
   <si>
-    <t>All Males</t>
+    <t>all_males</t>
   </si>
   <si>
-    <t>Males 0 to 15</t>
+    <t>males_0_to_15</t>
   </si>
   <si>
-    <t>Males 16 to 64</t>
+    <t>males_16_to_64</t>
   </si>
   <si>
-    <t>Males 65+</t>
+    <t>males_65_plus</t>
   </si>
   <si>
-    <t>All Females</t>
+    <t>all_females</t>
   </si>
   <si>
-    <t>Females 0 to 15</t>
+    <t>females_0_to_15</t>
   </si>
   <si>
-    <t>Females 16 to 64</t>
+    <t>females_16_to_64</t>
   </si>
   <si>
-    <t>Females 65+</t>
+    <t>females_65_plus</t>
   </si>
   <si>
-    <t>OA</t>
+    <t>2021 Output Area</t>
   </si>
   <si>
-    <t>Ward</t>
-[...14 lines deleted...]
-    <t>COA</t>
+    <t>2021 Lower Super Output Area</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="44" formatCode="_-&quot;£&quot;* #,##0.00_-;\-&quot;£&quot;* #,##0.00_-;_-&quot;£&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
     <numFmt numFmtId="168" formatCode="_(* #,##0.00_);_(* \(\ #,##0.00\ \);_(* &quot;-&quot;??_);_(\ @_ \)"/>
   </numFmts>
-  <fonts count="91">
+  <fonts count="88">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -851,88 +814,78 @@
       <color indexed="62"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color indexed="62"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="62"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="53"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...2 lines deleted...]
-    <font>
       <b/>
       <sz val="18"/>
       <color indexed="62"/>
       <name val="Cambria"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color indexed="43"/>
       <name val="Cambria"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
-      <family val="2"/>
-[...4 lines deleted...]
-      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1170,63 +1123,62 @@
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <name val="arial"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="79">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
@@ -1891,1678 +1843,1573 @@
         <color rgb="FF3F3F3F"/>
       </left>
       <right style="thin">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="thin">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="629">
+  <cellStyleXfs count="628">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="47" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="47" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="47" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="63" fillId="48" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="47" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="47" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="48" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="48" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="63" fillId="49" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="48" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="4" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="48" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="49" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="49" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="63" fillId="50" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="49" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="6" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="49" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="50" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="50" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="63" fillId="51" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="50" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="5" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="50" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="51" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="51" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="63" fillId="52" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="51" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="7" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="51" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="52" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="52" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="63" fillId="53" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="52" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="9" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="52" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="53" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="10" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="53" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="63" fillId="54" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="53" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="10" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="53" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="54" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="11" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="54" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="63" fillId="55" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="54" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="11" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="54" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="55" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="12" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="55" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="63" fillId="56" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="55" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="12" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="55" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="56" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="56" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="63" fillId="57" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="56" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="5" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="56" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="57" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="10" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="57" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="63" fillId="58" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="57" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="10" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="57" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="58" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="13" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="58" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="59" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="58" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="13" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="58" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="59" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="59" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="60" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="59" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="14" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="59" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="60" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="11" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="60" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="61" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="60" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="11" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="60" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="61" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="12" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="61" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="62" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="61" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="12" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="61" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="62" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="17" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="62" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="63" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="62" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="62" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="63" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="63" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="64" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="63" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="63" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="64" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="19" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="64" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="64" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="19" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="64" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="65" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="22" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="23" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="65" borderId="0"/>
-    <xf numFmtId="0" fontId="51" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="23" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="23" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="23" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="65" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="66" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="26" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="27" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="66" borderId="0"/>
-    <xf numFmtId="0" fontId="51" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="27" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="27" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="27" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="66" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="67" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="29" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="25" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="26" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="67" borderId="0"/>
-    <xf numFmtId="0" fontId="51" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="26" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="28" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="26" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="26" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="67" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="68" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="25" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="23" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="68" borderId="0"/>
-    <xf numFmtId="0" fontId="51" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="23" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="23" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="23" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="68" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="69" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="22" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="31" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="69" borderId="0"/>
-    <xf numFmtId="0" fontId="51" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="31" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="31" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="31" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="69" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="70" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="33" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="34" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="70" borderId="0"/>
-    <xf numFmtId="0" fontId="51" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="49" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="34" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="32" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="34" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="34" borderId="0"/>
-    <xf numFmtId="0" fontId="64" fillId="70" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="65" fillId="71" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="63" fillId="71" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0"/>
     <xf numFmtId="0" fontId="34" fillId="35" borderId="0"/>
-    <xf numFmtId="0" fontId="65" fillId="71" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="66" fillId="72" borderId="15"/>
+    <xf numFmtId="0" fontId="63" fillId="71" borderId="0"/>
+    <xf numFmtId="0" fontId="50" fillId="4" borderId="0"/>
+    <xf numFmtId="0" fontId="63" fillId="71" borderId="0"/>
+    <xf numFmtId="0" fontId="64" fillId="72" borderId="15"/>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="1"/>
     <xf numFmtId="0" fontId="35" fillId="36" borderId="1"/>
-    <xf numFmtId="0" fontId="66" fillId="72" borderId="15"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="66" fillId="72" borderId="15"/>
+    <xf numFmtId="0" fontId="64" fillId="72" borderId="15"/>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="1"/>
+    <xf numFmtId="0" fontId="64" fillId="72" borderId="15"/>
     <xf numFmtId="0" fontId="2" fillId="37" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="37" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="37" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="73" borderId="16"/>
+    <xf numFmtId="0" fontId="65" fillId="73" borderId="16"/>
     <xf numFmtId="0" fontId="17" fillId="38" borderId="2"/>
     <xf numFmtId="0" fontId="17" fillId="26" borderId="2"/>
-    <xf numFmtId="0" fontId="67" fillId="73" borderId="16"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="67" fillId="73" borderId="16"/>
+    <xf numFmtId="0" fontId="65" fillId="73" borderId="16"/>
+    <xf numFmtId="0" fontId="52" fillId="38" borderId="2"/>
+    <xf numFmtId="0" fontId="65" fillId="73" borderId="16"/>
     <xf numFmtId="0" fontId="2" fillId="39" borderId="3">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="39" borderId="3">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="39" borderId="3">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="168" fontId="30" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="44" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="168" fontId="45" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="43" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="43" fillId="0" borderId="0"/>
+    <xf numFmtId="168" fontId="44" fillId="0" borderId="0"/>
     <xf numFmtId="168" fontId="30" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="44" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="43" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="31" fillId="0" borderId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="31" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="31" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="40" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="41" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="42" borderId="0"/>
-    <xf numFmtId="0" fontId="68" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="68" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="68" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="43" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="39" borderId="0">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="39" borderId="0">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="39" borderId="0">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="69" fillId="74" borderId="0"/>
+    <xf numFmtId="0" fontId="67" fillId="74" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="6" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="29" borderId="0"/>
-    <xf numFmtId="0" fontId="69" fillId="74" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="69" fillId="74" borderId="0"/>
+    <xf numFmtId="0" fontId="67" fillId="74" borderId="0"/>
+    <xf numFmtId="0" fontId="54" fillId="6" borderId="0"/>
+    <xf numFmtId="0" fontId="67" fillId="74" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="70" fillId="0" borderId="17"/>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="17"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="4"/>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="5"/>
-    <xf numFmtId="0" fontId="70" fillId="0" borderId="17"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="71" fillId="0" borderId="18"/>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="17"/>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="17"/>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="18"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="6"/>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="6"/>
-    <xf numFmtId="0" fontId="71" fillId="0" borderId="18"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="19"/>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="18"/>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="18"/>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="19"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="7"/>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="8"/>
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="19"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="19"/>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="19"/>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="74" fillId="75" borderId="15"/>
+    <xf numFmtId="0" fontId="72" fillId="75" borderId="15"/>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="1"/>
     <xf numFmtId="0" fontId="23" fillId="33" borderId="1"/>
-    <xf numFmtId="0" fontId="74" fillId="75" borderId="15"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="20"/>
+    <xf numFmtId="0" fontId="72" fillId="75" borderId="15"/>
+    <xf numFmtId="0" fontId="55" fillId="9" borderId="1"/>
+    <xf numFmtId="0" fontId="72" fillId="75" borderId="15"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="20"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="9"/>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="9"/>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="20"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="76" fillId="76" borderId="0"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="20"/>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="9"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="20"/>
+    <xf numFmtId="0" fontId="74" fillId="76" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="44" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="45" borderId="0"/>
-    <xf numFmtId="0" fontId="76" fillId="76" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="76" fillId="76" borderId="0"/>
+    <xf numFmtId="0" fontId="74" fillId="76" borderId="0"/>
+    <xf numFmtId="0" fontId="57" fillId="44" borderId="0"/>
+    <xf numFmtId="0" fontId="74" fillId="76" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="83" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="47" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="31" fillId="77" borderId="21"/>
     <xf numFmtId="0" fontId="7" fillId="46" borderId="10"/>
     <xf numFmtId="0" fontId="1" fillId="46" borderId="10"/>
     <xf numFmtId="0" fontId="31" fillId="77" borderId="21"/>
     <xf numFmtId="0" fontId="3" fillId="24" borderId="10"/>
     <xf numFmtId="0" fontId="2" fillId="24" borderId="10"/>
     <xf numFmtId="0" fontId="2" fillId="24" borderId="10"/>
     <xf numFmtId="0" fontId="2" fillId="46" borderId="10"/>
     <xf numFmtId="0" fontId="31" fillId="77" borderId="21"/>
-    <xf numFmtId="0" fontId="79" fillId="72" borderId="22"/>
+    <xf numFmtId="0" fontId="77" fillId="72" borderId="22"/>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="11"/>
     <xf numFmtId="0" fontId="26" fillId="36" borderId="11"/>
-    <xf numFmtId="0" fontId="79" fillId="72" borderId="22"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="79" fillId="72" borderId="22"/>
+    <xf numFmtId="0" fontId="77" fillId="72" borderId="22"/>
+    <xf numFmtId="0" fontId="58" fillId="3" borderId="11"/>
+    <xf numFmtId="0" fontId="77" fillId="72" borderId="22"/>
     <xf numFmtId="9" fontId="31" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="30" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="30" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="31" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="39" borderId="12">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="39" borderId="12">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="39" borderId="12">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="37" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="80" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="42" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="23"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="23"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="13"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14"/>
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="23"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="23"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="13"/>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="23"/>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="748">
+  <cellXfs count="708">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="47" applyFill="1" borderId="0" applyBorder="1" xfId="1" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="47" applyFill="1" borderId="0" applyBorder="1" xfId="1" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="2" applyFill="1" borderId="0" applyBorder="1" xfId="2" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="0" applyBorder="1" xfId="3" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="3" applyFill="1" borderId="0" applyBorder="1" xfId="4" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="47" applyFill="1" borderId="0" applyBorder="1" xfId="5" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="48" applyFill="1" borderId="0" applyBorder="1" xfId="8" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="47" applyFill="1" borderId="0" applyBorder="1" xfId="5" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="2" applyFill="1" borderId="0" applyBorder="1" xfId="6" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="47" applyFill="1" borderId="0" applyBorder="1" xfId="7" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="48" applyFill="1" borderId="0" applyBorder="1" xfId="8" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="9" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="10" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="11" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="48" applyFill="1" borderId="0" applyBorder="1" xfId="12" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="49" applyFill="1" borderId="0" applyBorder="1" xfId="15" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="48" applyFill="1" borderId="0" applyBorder="1" xfId="12" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="13" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="48" applyFill="1" borderId="0" applyBorder="1" xfId="14" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="49" applyFill="1" borderId="0" applyBorder="1" xfId="15" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="6" applyFill="1" borderId="0" applyBorder="1" xfId="16" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="6" applyFill="1" borderId="0" applyBorder="1" xfId="17" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="18" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="49" applyFill="1" borderId="0" applyBorder="1" xfId="19" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="50" applyFill="1" borderId="0" applyBorder="1" xfId="22" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="49" applyFill="1" borderId="0" applyBorder="1" xfId="19" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="6" applyFill="1" borderId="0" applyBorder="1" xfId="20" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="49" applyFill="1" borderId="0" applyBorder="1" xfId="21" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="50" applyFill="1" borderId="0" applyBorder="1" xfId="22" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="23" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="24" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="3" applyFill="1" borderId="0" applyBorder="1" xfId="25" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="50" applyFill="1" borderId="0" applyBorder="1" xfId="26" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="51" applyFill="1" borderId="0" applyBorder="1" xfId="29" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="50" applyFill="1" borderId="0" applyBorder="1" xfId="26" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="27" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="50" applyFill="1" borderId="0" applyBorder="1" xfId="28" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="51" applyFill="1" borderId="0" applyBorder="1" xfId="29" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="7" applyFill="1" borderId="0" applyBorder="1" xfId="30" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="7" applyFill="1" borderId="0" applyBorder="1" xfId="31" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="8" applyFill="1" borderId="0" applyBorder="1" xfId="32" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="51" applyFill="1" borderId="0" applyBorder="1" xfId="33" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="52" applyFill="1" borderId="0" applyBorder="1" xfId="36" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="51" applyFill="1" borderId="0" applyBorder="1" xfId="33" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="7" applyFill="1" borderId="0" applyBorder="1" xfId="34" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="51" applyFill="1" borderId="0" applyBorder="1" xfId="35" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="52" applyFill="1" borderId="0" applyBorder="1" xfId="36" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="9" applyFill="1" borderId="0" applyBorder="1" xfId="37" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="9" applyFill="1" borderId="0" applyBorder="1" xfId="38" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="39" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="52" applyFill="1" borderId="0" applyBorder="1" xfId="40" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="53" applyFill="1" borderId="0" applyBorder="1" xfId="43" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="52" applyFill="1" borderId="0" applyBorder="1" xfId="40" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="9" applyFill="1" borderId="0" applyBorder="1" xfId="41" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="52" applyFill="1" borderId="0" applyBorder="1" xfId="42" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="53" applyFill="1" borderId="0" applyBorder="1" xfId="43" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="44" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="45" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="3" applyFill="1" borderId="0" applyBorder="1" xfId="46" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="53" applyFill="1" borderId="0" applyBorder="1" xfId="47" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="54" applyFill="1" borderId="0" applyBorder="1" xfId="50" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="53" applyFill="1" borderId="0" applyBorder="1" xfId="47" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="48" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="53" applyFill="1" borderId="0" applyBorder="1" xfId="49" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="54" applyFill="1" borderId="0" applyBorder="1" xfId="50" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="51" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="52" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="53" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="54" applyFill="1" borderId="0" applyBorder="1" xfId="54" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="55" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="54" applyFill="1" borderId="0" applyBorder="1" xfId="54" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="55" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="54" applyFill="1" borderId="0" applyBorder="1" xfId="56" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="55" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="58" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="59" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="55" applyFill="1" borderId="0" applyBorder="1" xfId="60" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="56" applyFill="1" borderId="0" applyBorder="1" xfId="63" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="55" applyFill="1" borderId="0" applyBorder="1" xfId="60" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="61" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="55" applyFill="1" borderId="0" applyBorder="1" xfId="62" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="56" applyFill="1" borderId="0" applyBorder="1" xfId="63" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="64" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="65" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="3" applyFill="1" borderId="0" applyBorder="1" xfId="66" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="56" applyFill="1" borderId="0" applyBorder="1" xfId="67" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="70" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="56" applyFill="1" borderId="0" applyBorder="1" xfId="67" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="68" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="56" applyFill="1" borderId="0" applyBorder="1" xfId="69" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="70" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="71" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="72" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="73" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="58" applyFill="1" borderId="0" applyBorder="1" xfId="76" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="73" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="74" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="75" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="58" applyFill="1" borderId="0" applyBorder="1" xfId="76" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="13" applyFill="1" borderId="0" applyBorder="1" xfId="77" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="13" applyFill="1" borderId="0" applyBorder="1" xfId="78" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="79" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="58" applyFill="1" borderId="0" applyBorder="1" xfId="80" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="59" applyFill="1" borderId="0" applyBorder="1" xfId="83" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="58" applyFill="1" borderId="0" applyBorder="1" xfId="80" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="13" applyFill="1" borderId="0" applyBorder="1" xfId="81" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="58" applyFill="1" borderId="0" applyBorder="1" xfId="82" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="59" applyFill="1" borderId="0" applyBorder="1" xfId="83" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="14" applyFill="1" borderId="0" applyBorder="1" xfId="84" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="85" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="59" applyFill="1" borderId="0" applyBorder="1" xfId="86" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="60" applyFill="1" borderId="0" applyBorder="1" xfId="89" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="59" applyFill="1" borderId="0" applyBorder="1" xfId="86" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="14" applyFill="1" borderId="0" applyBorder="1" xfId="87" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="59" applyFill="1" borderId="0" applyBorder="1" xfId="88" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="60" applyFill="1" borderId="0" applyBorder="1" xfId="89" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="90" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="91" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="60" applyFill="1" borderId="0" applyBorder="1" xfId="92" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="61" applyFill="1" borderId="0" applyBorder="1" xfId="95" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="60" applyFill="1" borderId="0" applyBorder="1" xfId="92" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="93" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="60" applyFill="1" borderId="0" applyBorder="1" xfId="94" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="61" applyFill="1" borderId="0" applyBorder="1" xfId="95" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="96" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="61" applyFill="1" borderId="0" applyBorder="1" xfId="97" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="62" applyFill="1" borderId="0" applyBorder="1" xfId="100" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="61" applyFill="1" borderId="0" applyBorder="1" xfId="97" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="98" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="61" applyFill="1" borderId="0" applyBorder="1" xfId="99" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="62" applyFill="1" borderId="0" applyBorder="1" xfId="100" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="17" applyFill="1" borderId="0" applyBorder="1" xfId="102" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="62" applyFill="1" borderId="0" applyBorder="1" xfId="103" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="63" applyFill="1" borderId="0" applyBorder="1" xfId="106" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="62" applyFill="1" borderId="0" applyBorder="1" xfId="103" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="104" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="62" applyFill="1" borderId="0" applyBorder="1" xfId="105" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="63" applyFill="1" borderId="0" applyBorder="1" xfId="106" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="107" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="108" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="63" applyFill="1" borderId="0" applyBorder="1" xfId="109" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="64" applyFill="1" borderId="0" applyBorder="1" xfId="112" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="63" applyFill="1" borderId="0" applyBorder="1" xfId="109" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="110" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="63" applyFill="1" borderId="0" applyBorder="1" xfId="111" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="64" applyFill="1" borderId="0" applyBorder="1" xfId="112" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="19" applyFill="1" borderId="0" applyBorder="1" xfId="113" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="114" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="64" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="118" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="64" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="19" applyFill="1" borderId="0" applyBorder="1" xfId="116" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="64" applyFill="1" borderId="0" applyBorder="1" xfId="117" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="118" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="21" applyFill="1" borderId="0" applyBorder="1" xfId="119" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="21" applyFill="1" borderId="0" applyBorder="1" xfId="120" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="22" applyFill="1" borderId="0" applyBorder="1" xfId="121" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="122" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="123" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="124" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="125" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="126" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="127" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="128" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="129" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="130" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="131" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="132" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="133" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="134" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="51" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="135" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="134" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="135" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="136" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="137" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="138" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="139" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="140" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="141" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="142" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="143" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="144" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="145" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="146" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="147" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="148" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="149" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="150" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="154" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="150" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="151" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="152" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="153" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="154" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="24" applyFill="1" borderId="0" applyBorder="1" xfId="155" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="25" applyFill="1" borderId="0" applyBorder="1" xfId="156" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="157" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="158" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="159" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="160" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="161" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="162" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="163" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="164" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="165" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="166" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="167" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="168" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="27" applyFill="1" borderId="0" applyBorder="1" xfId="169" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="170" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="51" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="171" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="170" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="171" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="172" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="173" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="174" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="175" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="176" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="177" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="178" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="179" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="180" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="181" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="27" applyFill="1" borderId="0" applyBorder="1" xfId="182" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="183" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="27" applyFill="1" borderId="0" applyBorder="1" xfId="184" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="27" applyFill="1" borderId="0" applyBorder="1" xfId="185" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="186" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="190" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="186" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="187" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="188" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="189" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="190" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="24" applyFill="1" borderId="0" applyBorder="1" xfId="191" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="29" applyFill="1" borderId="0" applyBorder="1" xfId="192" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="25" applyFill="1" borderId="0" applyBorder="1" xfId="193" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="194" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="195" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="196" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="197" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="198" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="199" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="200" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="201" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="202" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="203" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="204" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="205" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="206" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="51" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="207" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="206" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="207" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="208" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="209" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="210" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="211" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="212" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="213" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="214" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="215" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="216" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="217" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="218" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="219" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="220" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="221" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="222" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="226" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="222" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="223" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="224" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="225" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="226" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="21" applyFill="1" borderId="0" applyBorder="1" xfId="227" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="25" applyFill="1" borderId="0" applyBorder="1" xfId="228" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="25" applyFill="1" borderId="0" applyBorder="1" xfId="229" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="230" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="231" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="232" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="233" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="234" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="235" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="236" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="237" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="238" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="239" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="240" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="241" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="242" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="51" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="243" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="242" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="243" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="244" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="245" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="246" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="247" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="248" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="249" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="250" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="251" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="252" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="253" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="254" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="255" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="256" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="257" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="258" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="262" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="258" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="259" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="260" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="261" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="262" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="30" applyFill="1" borderId="0" applyBorder="1" xfId="263" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="21" applyFill="1" borderId="0" applyBorder="1" xfId="264" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="22" applyFill="1" borderId="0" applyBorder="1" xfId="265" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="266" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="267" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="268" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="269" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="270" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="271" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="272" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="273" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="274" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="275" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="276" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="31" applyFill="1" borderId="0" applyBorder="1" xfId="277" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="278" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="51" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="279" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="278" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="279" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="280" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="281" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="282" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="283" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="284" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="285" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="286" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="287" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="288" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="289" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="31" applyFill="1" borderId="0" applyBorder="1" xfId="290" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="291" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="31" applyFill="1" borderId="0" applyBorder="1" xfId="292" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="31" applyFill="1" borderId="0" applyBorder="1" xfId="293" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="294" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="298" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="294" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="295" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="296" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="297" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="298" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="24" applyFill="1" borderId="0" applyBorder="1" xfId="299" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="33" applyFill="1" borderId="0" applyBorder="1" xfId="300" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="33" applyFill="1" borderId="0" applyBorder="1" xfId="301" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="302" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="303" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="304" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="305" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="306" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="307" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="308" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="309" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="310" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="311" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="312" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="34" applyFill="1" borderId="0" applyBorder="1" xfId="313" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="314" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="51" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="315" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="314" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="315" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="316" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="317" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="318" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="319" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="320" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="321" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="322" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="323" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="324" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="325" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="34" applyFill="1" borderId="0" applyBorder="1" xfId="326" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="327" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="34" applyFill="1" borderId="0" applyBorder="1" xfId="328" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="34" applyFill="1" borderId="0" applyBorder="1" xfId="329" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="330" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="65" applyFont="1" fillId="71" applyFill="1" borderId="0" applyBorder="1" xfId="334" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="330" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="331" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="332" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="333" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="71" applyFill="1" borderId="0" applyBorder="1" xfId="334" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="15" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="335" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="34" applyFont="1" fillId="35" applyFill="1" borderId="0" applyBorder="1" xfId="336" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="65" applyFont="1" fillId="71" applyFill="1" borderId="0" applyBorder="1" xfId="337" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="66" applyFont="1" fillId="72" applyFill="1" borderId="15" applyBorder="1" xfId="340" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="71" applyFill="1" borderId="0" applyBorder="1" xfId="337" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="50" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="338" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="71" applyFill="1" borderId="0" applyBorder="1" xfId="339" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="72" applyFill="1" borderId="15" applyBorder="1" xfId="340" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="16" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="341" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="35" applyFont="1" fillId="36" applyFill="1" borderId="1" applyBorder="1" xfId="342" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="66" applyFont="1" fillId="72" applyFill="1" borderId="15" applyBorder="1" xfId="343" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="66" applyFont="1" fillId="72" applyFill="1" borderId="15" applyBorder="1" xfId="345" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="72" applyFill="1" borderId="15" applyBorder="1" xfId="343" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="51" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="344" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="72" applyFill="1" borderId="15" applyBorder="1" xfId="345" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="346">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="347">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="348">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="67" applyFont="1" fillId="73" applyFill="1" borderId="16" applyBorder="1" xfId="349" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="65" applyFont="1" fillId="73" applyFill="1" borderId="16" applyBorder="1" xfId="349" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="17" applyFont="1" fillId="38" applyFill="1" borderId="2" applyBorder="1" xfId="350" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="17" applyFont="1" fillId="26" applyFill="1" borderId="2" applyBorder="1" xfId="351" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="67" applyFont="1" fillId="73" applyFill="1" borderId="16" applyBorder="1" xfId="352" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="67" applyFont="1" fillId="73" applyFill="1" borderId="16" applyBorder="1" xfId="354" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="65" applyFont="1" fillId="73" applyFill="1" borderId="16" applyBorder="1" xfId="352" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="52" applyFont="1" fillId="38" applyFill="1" borderId="2" applyBorder="1" xfId="353" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="65" applyFont="1" fillId="73" applyFill="1" borderId="16" applyBorder="1" xfId="354" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="39" applyFill="1" borderId="3" applyBorder="1" xfId="355" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="39" applyFill="1" borderId="3" applyBorder="1" xfId="356" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="39" applyFill="1" borderId="3" applyBorder="1" xfId="357" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="359" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="360" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="361" applyProtection="1"/>
     <xf numFmtId="168" applyNumberFormat="1" fontId="30" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="362" applyProtection="1"/>
-    <xf numFmtId="43" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="363" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="168" applyNumberFormat="1" fontId="45" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="365" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="363" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="364" applyProtection="1"/>
+    <xf numFmtId="168" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="365" applyProtection="1"/>
     <xf numFmtId="168" applyNumberFormat="1" fontId="30" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="366" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="367" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="368" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="369" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="370" applyProtection="1"/>
-    <xf numFmtId="43" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="371" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="371" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="372" applyProtection="1"/>
     <xf numFmtId="165" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="373" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="374" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="375" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="376" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="377" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="378" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="379" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="380" applyProtection="1"/>
     <xf numFmtId="44" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="381" applyProtection="1"/>
     <xf numFmtId="44" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="382" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="383" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="40" applyFill="1" borderId="0" applyBorder="1" xfId="384" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="41" applyFill="1" borderId="0" applyBorder="1" xfId="385" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="42" applyFill="1" borderId="0" applyBorder="1" xfId="386" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="387" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="66" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="387" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="18" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="388" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="389" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="391" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="66" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="389" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="53" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="390" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="66" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="391" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="43" applyFill="1" borderId="0" applyBorder="1" xfId="392">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="39" applyFill="1" borderId="0" applyBorder="1" xfId="393" applyAlignment="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="9" applyFont="1" fillId="39" applyFill="1" borderId="0" applyBorder="1" xfId="394" applyAlignment="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="39" applyFill="1" borderId="0" applyBorder="1" xfId="395" applyAlignment="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="396">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="69" applyFont="1" fillId="74" applyFill="1" borderId="0" applyBorder="1" xfId="397" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="67" applyFont="1" fillId="74" applyFill="1" borderId="0" applyBorder="1" xfId="397" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="19" applyFont="1" fillId="6" applyFill="1" borderId="0" applyBorder="1" xfId="398" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="19" applyFont="1" fillId="29" applyFill="1" borderId="0" applyBorder="1" xfId="399" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="69" applyFont="1" fillId="74" applyFill="1" borderId="0" applyBorder="1" xfId="400" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="69" applyFont="1" fillId="74" applyFill="1" borderId="0" applyBorder="1" xfId="402" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="67" applyFont="1" fillId="74" applyFill="1" borderId="0" applyBorder="1" xfId="400" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="54" applyFont="1" fillId="6" applyFill="1" borderId="0" applyBorder="1" xfId="401" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="67" applyFont="1" fillId="74" applyFill="1" borderId="0" applyBorder="1" xfId="402" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="403">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="0" applyFill="1" borderId="17" applyBorder="1" xfId="404" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="17" applyBorder="1" xfId="404" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="20" applyFont="1" fillId="0" applyFill="1" borderId="4" applyBorder="1" xfId="405" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="36" applyFont="1" fillId="0" applyFill="1" borderId="5" applyBorder="1" xfId="406" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="0" applyFill="1" borderId="17" applyBorder="1" xfId="407" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="71" applyFont="1" fillId="0" applyFill="1" borderId="18" applyBorder="1" xfId="409" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="17" applyBorder="1" xfId="407" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="17" applyBorder="1" xfId="408" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="69" applyFont="1" fillId="0" applyFill="1" borderId="18" applyBorder="1" xfId="409" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="21" applyFont="1" fillId="0" applyFill="1" borderId="6" applyBorder="1" xfId="410" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="0" applyFill="1" borderId="6" applyBorder="1" xfId="411" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="71" applyFont="1" fillId="0" applyFill="1" borderId="18" applyBorder="1" xfId="412" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="0" applyFill="1" borderId="19" applyBorder="1" xfId="414" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="69" applyFont="1" fillId="0" applyFill="1" borderId="18" applyBorder="1" xfId="412" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="69" applyFont="1" fillId="0" applyFill="1" borderId="18" applyBorder="1" xfId="413" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="0" applyFill="1" borderId="19" applyBorder="1" xfId="414" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="22" applyFont="1" fillId="0" applyFill="1" borderId="7" applyBorder="1" xfId="415" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="0" applyFill="1" borderId="8" applyBorder="1" xfId="416" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="0" applyFill="1" borderId="19" applyBorder="1" xfId="417" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="419" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="0" applyFill="1" borderId="19" applyBorder="1" xfId="417" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="0" applyFill="1" borderId="19" applyBorder="1" xfId="418" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="419" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="22" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="420" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="421" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="422" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="423" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="422" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="423" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="424" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="425" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="426" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="427" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="428" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="429" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="430" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="431" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="432" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="433" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="434" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="435" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="436" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="437" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="438" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="439" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="440" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="441" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="442" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="443" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="444" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="445" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="446" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="447" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="448" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="449" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="450" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="451" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="452" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="71" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="452" applyAlignment="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="453" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="453" applyAlignment="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="454" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="454" applyAlignment="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="455" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="71" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="455" applyAlignment="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="74" applyFont="1" fillId="75" applyFill="1" borderId="15" applyBorder="1" xfId="456" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="75" applyFill="1" borderId="15" applyBorder="1" xfId="456" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="23" applyFont="1" fillId="9" applyFill="1" borderId="1" applyBorder="1" xfId="457" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="23" applyFont="1" fillId="33" applyFill="1" borderId="1" applyBorder="1" xfId="458" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="74" applyFont="1" fillId="75" applyFill="1" borderId="15" applyBorder="1" xfId="459" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="0" applyFill="1" borderId="20" applyBorder="1" xfId="462" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="75" applyFill="1" borderId="15" applyBorder="1" xfId="459" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="55" applyFont="1" fillId="9" applyFill="1" borderId="1" applyBorder="1" xfId="460" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="75" applyFill="1" borderId="15" applyBorder="1" xfId="461" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="20" applyBorder="1" xfId="462" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="24" applyFont="1" fillId="0" applyFill="1" borderId="9" applyBorder="1" xfId="463" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="0" applyFill="1" borderId="9" applyBorder="1" xfId="464" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="0" applyFill="1" borderId="20" applyBorder="1" xfId="465" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="76" applyFont="1" fillId="76" applyFill="1" borderId="0" applyBorder="1" xfId="468" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="20" applyBorder="1" xfId="465" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="56" applyFont="1" fillId="0" applyFill="1" borderId="9" applyBorder="1" xfId="466" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="20" applyBorder="1" xfId="467" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="74" applyFont="1" fillId="76" applyFill="1" borderId="0" applyBorder="1" xfId="468" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="25" applyFont="1" fillId="44" applyFill="1" borderId="0" applyBorder="1" xfId="469" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="25" applyFont="1" fillId="45" applyFill="1" borderId="0" applyBorder="1" xfId="470" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="76" applyFont="1" fillId="76" applyFill="1" borderId="0" applyBorder="1" xfId="471" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="76" applyFont="1" fillId="76" applyFill="1" borderId="0" applyBorder="1" xfId="473" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="74" applyFont="1" fillId="76" applyFill="1" borderId="0" applyBorder="1" xfId="471" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="57" applyFont="1" fillId="44" applyFill="1" borderId="0" applyBorder="1" xfId="472" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="74" applyFont="1" fillId="76" applyFill="1" borderId="0" applyBorder="1" xfId="473" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="474" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="475" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="476" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="477" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="477" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="478" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="479" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="480" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="83" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="484" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="480" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="481" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="482" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="483" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="484" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="487" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="488" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="488" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="489" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="490" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="45" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="490" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="491" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="492" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="493" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="494" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="495" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="496" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="497" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="498" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="498" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="499" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="500" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="501" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="502" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="502" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="503" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="504" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="505" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="505" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="506" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="507" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="508" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="509" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="509" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="510" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="511" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="511" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="512" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="513" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="514" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="515" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="516" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="516" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="517" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="519" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="520" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="521" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="523" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="521" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="522" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="523" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="524" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="525" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="526" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="527" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="527" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="528" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="529" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="530" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="531" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="531" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="532">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="78" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="533" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="76" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="533" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="534" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="535" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="535" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="536" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="537" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="40" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="538" applyProtection="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="24" applyFill="1" borderId="10" applyBorder="1" xfId="543" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="31" applyFont="1" fillId="77" applyFill="1" borderId="21" applyBorder="1" xfId="538" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="46" applyFill="1" borderId="10" applyBorder="1" xfId="539" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="46" applyFill="1" borderId="10" applyBorder="1" xfId="540" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="31" applyFont="1" fillId="77" applyFill="1" borderId="21" applyBorder="1" xfId="541" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="24" applyFill="1" borderId="10" applyBorder="1" xfId="542" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="24" applyFill="1" borderId="10" applyBorder="1" xfId="543" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="24" applyFill="1" borderId="10" applyBorder="1" xfId="544" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="24" applyFill="1" borderId="10" applyBorder="1" xfId="545" applyProtection="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="9" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="555" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="46" applyFill="1" borderId="10" applyBorder="1" xfId="545" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="31" applyFont="1" fillId="77" applyFill="1" borderId="21" applyBorder="1" xfId="546" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="72" applyFill="1" borderId="22" applyBorder="1" xfId="547" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="26" applyFont="1" fillId="3" applyFill="1" borderId="11" applyBorder="1" xfId="548" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="26" applyFont="1" fillId="36" applyFill="1" borderId="11" applyBorder="1" xfId="549" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="72" applyFill="1" borderId="22" applyBorder="1" xfId="550" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="58" applyFont="1" fillId="3" applyFill="1" borderId="11" applyBorder="1" xfId="551" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="72" applyFill="1" borderId="22" applyBorder="1" xfId="552" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="553" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="554" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="555" applyProtection="1"/>
     <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="556" applyProtection="1"/>
-    <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="557" applyProtection="1"/>
-    <xf numFmtId="9" applyNumberFormat="1" fontId="30" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="558" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="30" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="557" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="558" applyProtection="1"/>
     <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="559" applyProtection="1"/>
     <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="560" applyProtection="1"/>
-    <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="561" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="565" applyProtection="1">
+    <xf numFmtId="9" applyNumberFormat="1" fontId="30" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="561" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="562" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="563" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="564" applyProtection="1">
       <alignment textRotation="90"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="566" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="39" applyFill="1" borderId="12" applyBorder="1" xfId="567" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="565" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="39" applyFill="1" borderId="12" applyBorder="1" xfId="566" applyAlignment="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="39" applyFill="1" borderId="12" applyBorder="1" xfId="568" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="39" applyFill="1" borderId="12" applyBorder="1" xfId="567" applyAlignment="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="39" applyFill="1" borderId="12" applyBorder="1" xfId="569" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="39" applyFill="1" borderId="12" applyBorder="1" xfId="568" applyAlignment="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="41" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="570" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="571" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="40" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="569" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="570" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="571" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="572" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="573" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="574" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="575" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="576" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="577" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="578" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="579" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="580" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="581" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="582" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="583" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="582" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="583" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="584" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="585" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="586" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="587" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="586" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="587" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="588" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="589" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="590" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="591" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="592" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="593" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="594" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="595" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="597">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="595" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="596">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="80" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="598" applyProtection="1"/>
-[...15 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="614" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="78" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="597" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="27" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="598" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="41" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="599" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="78" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="600" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="79" applyFont="1" fillId="0" applyFill="1" borderId="23" applyBorder="1" xfId="601" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="28" applyFont="1" fillId="0" applyFill="1" borderId="13" applyBorder="1" xfId="602" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="13" applyBorder="1" xfId="603" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="14" applyBorder="1" xfId="604" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="79" applyFont="1" fillId="0" applyFill="1" borderId="23" applyBorder="1" xfId="605" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="13" applyBorder="1" xfId="606" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="79" applyFont="1" fillId="0" applyFill="1" borderId="23" applyBorder="1" xfId="607" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="80" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="608" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="29" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="609" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="80" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="610" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="611" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="80" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="612" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="613" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="614" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="615" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="616" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="617" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="620" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="617" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="618" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="619" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="620" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="621" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="622" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="623" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="624" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="625" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="626" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="627" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="628" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="627" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
     <xf numFmtId="167" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="167" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="167" applyNumberFormat="1" fontId="33" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="42" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="32" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="32" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="566" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="565" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="42" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1"/>
     <xf numFmtId="166" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="500" applyProtection="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="370" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="553" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="370" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="370" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="520" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="425" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="425" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="397" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="334" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="468" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="79" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="484" applyProtection="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="167" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="476" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="84" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="86" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="82" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="82" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="397" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="82" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="468" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="83" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="484" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="84" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...7 lines deleted...]
-    <xf numFmtId="167" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="167" applyNumberFormat="1" fontId="83" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="17" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="566" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="565" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="84" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="334" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="87" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="82" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="334" applyProtection="1"/>
+    <xf numFmtId="167" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="166" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="42" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="166" applyNumberFormat="1" fontId="84" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="167" applyNumberFormat="1" fontId="42" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="82" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="167" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="88" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="79" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="89" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="509" applyProtection="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="90" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="370" applyProtection="1"/>
+    <xf numFmtId="164" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="370" applyProtection="1"/>
+    <xf numFmtId="164" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="370" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="86" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="90" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="87" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="42" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="475" applyProtection="1"/>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="10" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
     <xf numFmtId="166" applyNumberFormat="1" fontId="0" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="43" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="43" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="42" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="167" applyNumberFormat="1" fontId="42" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="167" applyNumberFormat="1" fontId="2" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="167" applyNumberFormat="1" fontId="2" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="167" applyNumberFormat="1" fontId="85" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="2" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="484" applyProtection="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="166" applyNumberFormat="1" fontId="84" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="79" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="82" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="82" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="2" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" applyNumberFormat="1" fontId="0" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="10" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="167" applyNumberFormat="1" fontId="6" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="6" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="500" applyProtection="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="82" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
   </cellXfs>
-  <cellStyles count="629">
+  <cellStyles count="628">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 2" xfId="2"/>
     <cellStyle name="20% - Accent1 2 2" xfId="3"/>
     <cellStyle name="20% - Accent1 2 3" xfId="4"/>
     <cellStyle name="20% - Accent1 2 4" xfId="5"/>
     <cellStyle name="20% - Accent1 2 5" xfId="6"/>
     <cellStyle name="20% - Accent1 3" xfId="7"/>
     <cellStyle name="20% - Accent2" xfId="8" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent2 2" xfId="9"/>
     <cellStyle name="20% - Accent2 2 2" xfId="10"/>
     <cellStyle name="20% - Accent2 2 3" xfId="11"/>
     <cellStyle name="20% - Accent2 2 4" xfId="12"/>
     <cellStyle name="20% - Accent2 2 5" xfId="13"/>
     <cellStyle name="20% - Accent2 3" xfId="14"/>
     <cellStyle name="20% - Accent3" xfId="15" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent3 2" xfId="16"/>
     <cellStyle name="20% - Accent3 2 2" xfId="17"/>
     <cellStyle name="20% - Accent3 2 3" xfId="18"/>
     <cellStyle name="20% - Accent3 2 4" xfId="19"/>
     <cellStyle name="20% - Accent3 2 5" xfId="20"/>
     <cellStyle name="20% - Accent3 3" xfId="21"/>
     <cellStyle name="20% - Accent4" xfId="22" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent4 2" xfId="23"/>
     <cellStyle name="20% - Accent4 2 2" xfId="24"/>
     <cellStyle name="20% - Accent4 2 3" xfId="25"/>
@@ -4057,156 +3904,155 @@
     <cellStyle name="Normal 4 4" xfId="513"/>
     <cellStyle name="Normal 4 5" xfId="514"/>
     <cellStyle name="Normal 4 6" xfId="515"/>
     <cellStyle name="Normal 4 7" xfId="516"/>
     <cellStyle name="Normal 4 8" xfId="517"/>
     <cellStyle name="Normal 4 9" xfId="518"/>
     <cellStyle name="Normal 5" xfId="519"/>
     <cellStyle name="Normal 5 2" xfId="520"/>
     <cellStyle name="Normal 5 3" xfId="521"/>
     <cellStyle name="Normal 5 4" xfId="522"/>
     <cellStyle name="Normal 5 4 2" xfId="523"/>
     <cellStyle name="Normal 6" xfId="524"/>
     <cellStyle name="Normal 6 2" xfId="525"/>
     <cellStyle name="Normal 6 2 2" xfId="526"/>
     <cellStyle name="Normal 6 2 3" xfId="527"/>
     <cellStyle name="Normal 6 3" xfId="528"/>
     <cellStyle name="Normal 6 4" xfId="529"/>
     <cellStyle name="Normal 6 5" xfId="530"/>
     <cellStyle name="Normal 6 6" xfId="531"/>
     <cellStyle name="Normal 7" xfId="532"/>
     <cellStyle name="Normal 7 2" xfId="533"/>
     <cellStyle name="Normal 7 3" xfId="534"/>
     <cellStyle name="Normal 7 4" xfId="535"/>
     <cellStyle name="Normal 8" xfId="536"/>
     <cellStyle name="Normal 9" xfId="537"/>
-    <cellStyle name="Normal_New template" xfId="538"/>
-[...89 lines deleted...]
-    <cellStyle name="Warnings_Parish &amp; Wards Statistics for Census Explorer" xfId="628"/>
+    <cellStyle name="Note" xfId="538" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Note 2" xfId="539"/>
+    <cellStyle name="Note 2 2" xfId="540"/>
+    <cellStyle name="Note 2 3" xfId="541"/>
+    <cellStyle name="Note 2 4" xfId="542"/>
+    <cellStyle name="Note 2 4 2" xfId="543"/>
+    <cellStyle name="Note 2 5" xfId="544"/>
+    <cellStyle name="Note 2 6" xfId="545"/>
+    <cellStyle name="Note 3" xfId="546"/>
+    <cellStyle name="Output" xfId="547" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Output 2" xfId="548"/>
+    <cellStyle name="Output 2 2" xfId="549"/>
+    <cellStyle name="Output 2 3" xfId="550"/>
+    <cellStyle name="Output 2 4" xfId="551"/>
+    <cellStyle name="Output 3" xfId="552"/>
+    <cellStyle name="Percent" xfId="553" builtinId="5"/>
+    <cellStyle name="Percent 2" xfId="554"/>
+    <cellStyle name="Percent 2 2" xfId="555"/>
+    <cellStyle name="Percent 3" xfId="556"/>
+    <cellStyle name="Percent 3 2" xfId="557"/>
+    <cellStyle name="Percent 4" xfId="558"/>
+    <cellStyle name="Percent 5" xfId="559"/>
+    <cellStyle name="Percent 6" xfId="560"/>
+    <cellStyle name="Percent 7" xfId="561"/>
+    <cellStyle name="Percent 7 2" xfId="562"/>
+    <cellStyle name="Percent 8" xfId="563"/>
+    <cellStyle name="Row_CategoryHeadings" xfId="564"/>
+    <cellStyle name="Row_Headings 2" xfId="565"/>
+    <cellStyle name="rowfield" xfId="566"/>
+    <cellStyle name="rowfield 2" xfId="567"/>
+    <cellStyle name="rowfield 2 2" xfId="568"/>
+    <cellStyle name="Sheet Title" xfId="569"/>
+    <cellStyle name="Source" xfId="570"/>
+    <cellStyle name="Source 10" xfId="571"/>
+    <cellStyle name="Source 11" xfId="572"/>
+    <cellStyle name="Source 12" xfId="573"/>
+    <cellStyle name="Source 13" xfId="574"/>
+    <cellStyle name="Source 14" xfId="575"/>
+    <cellStyle name="Source 15" xfId="576"/>
+    <cellStyle name="Source 16" xfId="577"/>
+    <cellStyle name="Source 17" xfId="578"/>
+    <cellStyle name="Source 18" xfId="579"/>
+    <cellStyle name="Source 19" xfId="580"/>
+    <cellStyle name="Source 2" xfId="581"/>
+    <cellStyle name="Source 2 2" xfId="582"/>
+    <cellStyle name="Source 2 2 2" xfId="583"/>
+    <cellStyle name="Source 20" xfId="584"/>
+    <cellStyle name="Source 3" xfId="585"/>
+    <cellStyle name="Source 3 2" xfId="586"/>
+    <cellStyle name="Source 3 2 2" xfId="587"/>
+    <cellStyle name="Source 4" xfId="588"/>
+    <cellStyle name="Source 5" xfId="589"/>
+    <cellStyle name="Source 6" xfId="590"/>
+    <cellStyle name="Source 7" xfId="591"/>
+    <cellStyle name="Source 8" xfId="592"/>
+    <cellStyle name="Source 9" xfId="593"/>
+    <cellStyle name="Source_Working file for Nat,Cty,LA,Wd,Psh,OAforCenExpl" xfId="594"/>
+    <cellStyle name="Table_Name" xfId="595"/>
+    <cellStyle name="Test" xfId="596"/>
+    <cellStyle name="Title" xfId="597" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Title 2" xfId="598"/>
+    <cellStyle name="Title 2 2" xfId="599"/>
+    <cellStyle name="Title 2 3" xfId="600"/>
+    <cellStyle name="Total" xfId="601" builtinId="25" customBuiltin="1"/>
+    <cellStyle name="Total 2" xfId="602"/>
+    <cellStyle name="Total 2 2" xfId="603"/>
+    <cellStyle name="Total 2 3" xfId="604"/>
+    <cellStyle name="Total 2 4" xfId="605"/>
+    <cellStyle name="Total 2 5" xfId="606"/>
+    <cellStyle name="Total 3" xfId="607"/>
+    <cellStyle name="Warning Text" xfId="608" builtinId="11" customBuiltin="1"/>
+    <cellStyle name="Warning Text 2" xfId="609"/>
+    <cellStyle name="Warning Text 2 2" xfId="610"/>
+    <cellStyle name="Warning Text 2 3" xfId="611"/>
+    <cellStyle name="Warning Text 3" xfId="612"/>
+    <cellStyle name="Warnings" xfId="613"/>
+    <cellStyle name="Warnings 10" xfId="614"/>
+    <cellStyle name="Warnings 11" xfId="615"/>
+    <cellStyle name="Warnings 2" xfId="616"/>
+    <cellStyle name="Warnings 2 2" xfId="617"/>
+    <cellStyle name="Warnings 2 2 2" xfId="618"/>
+    <cellStyle name="Warnings 3" xfId="619"/>
+    <cellStyle name="Warnings 3 2" xfId="620"/>
+    <cellStyle name="Warnings 4" xfId="621"/>
+    <cellStyle name="Warnings 5" xfId="622"/>
+    <cellStyle name="Warnings 6" xfId="623"/>
+    <cellStyle name="Warnings 7" xfId="624"/>
+    <cellStyle name="Warnings 8" xfId="625"/>
+    <cellStyle name="Warnings 9" xfId="626"/>
+    <cellStyle name="Warnings_Parish &amp; Wards Statistics for Census Explorer" xfId="627"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4452,979 +4298,980 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:V61"/>
+  <sheetPr codeName="Sheet1"/>
+  <dimension ref="A1:V41"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="O25" sqref="O25"/>
+      <selection pane="bottomRight" activeCell="C6" sqref="C6:K6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="29.81640625" customWidth="1" style="644"/>
-[...11 lines deleted...]
-    <col min="14" max="16384" width="9.1796875" customWidth="1" style="644"/>
+    <col min="1" max="1" bestFit="1" width="25.5703125" customWidth="1" style="639"/>
+    <col min="2" max="2" bestFit="1" width="28.28515625" customWidth="1" style="639"/>
+    <col min="3" max="3" bestFit="1" width="10.85546875" customWidth="1" style="639"/>
+    <col min="4" max="4" bestFit="1" width="9.28515625" customWidth="1" style="639"/>
+    <col min="5" max="5" width="14.28515625" customWidth="1" style="639"/>
+    <col min="6" max="7" width="14.7109375" customWidth="1" style="639"/>
+    <col min="8" max="8" bestFit="1" width="11.28515625" customWidth="1" style="639"/>
+    <col min="9" max="9" width="15.5703125" customWidth="1" style="639"/>
+    <col min="10" max="10" width="16.7109375" customWidth="1" style="639"/>
+    <col min="11" max="11" bestFit="1" width="15.140625" customWidth="1" style="639"/>
+    <col min="12" max="12" width="9.140625" customWidth="1" style="639"/>
+    <col min="13" max="13" width="19.5703125" customWidth="1" style="639"/>
+    <col min="14" max="16384" width="9.140625" customWidth="1" style="639"/>
   </cols>
   <sheetData>
-    <row r="1" ht="29" s="643" customFormat="1">
-[...6 lines deleted...]
-      <c r="C1" s="655" t="s">
+    <row r="1" ht="15.6" customHeight="1" s="638" customFormat="1">
+      <c r="A1" s="685" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="685" t="s">
+        <v>149</v>
+      </c>
+      <c r="C1" s="686" t="s">
+        <v>150</v>
+      </c>
+      <c r="D1" s="686" t="s">
+        <v>151</v>
+      </c>
+      <c r="E1" s="686" t="s">
+        <v>152</v>
+      </c>
+      <c r="F1" s="686" t="s">
+        <v>153</v>
+      </c>
+      <c r="G1" s="686" t="s">
+        <v>154</v>
+      </c>
+      <c r="H1" s="686" t="s">
+        <v>155</v>
+      </c>
+      <c r="I1" s="686" t="s">
+        <v>156</v>
+      </c>
+      <c r="J1" s="686" t="s">
+        <v>157</v>
+      </c>
+      <c r="K1" s="686" t="s">
         <v>158</v>
       </c>
-      <c r="D1" s="655" t="s">
+    </row>
+    <row r="2">
+      <c r="A2" s="692" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="692" t="s">
         <v>159</v>
       </c>
-      <c r="E1" s="655" t="s">
-[...65 lines deleted...]
-      <c r="V2" s="714"/>
+      <c r="C2" s="693">
+        <v>21695</v>
+      </c>
+      <c r="D2" s="692">
+        <v>10197</v>
+      </c>
+      <c r="E2" s="692">
+        <v>1735</v>
+      </c>
+      <c r="F2" s="692">
+        <v>5840</v>
+      </c>
+      <c r="G2" s="692">
+        <v>2622</v>
+      </c>
+      <c r="H2" s="692">
+        <v>11498</v>
+      </c>
+      <c r="I2" s="692">
+        <v>1690</v>
+      </c>
+      <c r="J2" s="692">
+        <v>6357</v>
+      </c>
+      <c r="K2" s="692">
+        <v>3451</v>
+      </c>
+      <c r="L2" s="692"/>
+      <c r="M2" s="694"/>
+      <c r="N2" s="694"/>
+      <c r="O2" s="694"/>
+      <c r="P2" s="694"/>
+      <c r="Q2" s="694"/>
+      <c r="R2" s="694"/>
+      <c r="S2" s="694"/>
+      <c r="T2" s="694"/>
+      <c r="U2" s="694"/>
+      <c r="V2" s="694"/>
     </row>
     <row r="3">
-      <c r="A3" s="644" t="s">
-[...30 lines deleted...]
-        <v>627</v>
+      <c r="A3" s="639" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C3" s="628">
+        <v>3169</v>
+      </c>
+      <c r="D3" s="639">
+        <v>1505</v>
+      </c>
+      <c r="E3" s="639">
+        <v>223</v>
+      </c>
+      <c r="F3" s="639">
+        <v>726</v>
+      </c>
+      <c r="G3" s="639">
+        <v>556</v>
+      </c>
+      <c r="H3" s="639">
+        <v>1664</v>
+      </c>
+      <c r="I3" s="639">
+        <v>177</v>
+      </c>
+      <c r="J3" s="639">
+        <v>818</v>
+      </c>
+      <c r="K3" s="639">
+        <v>669</v>
       </c>
       <c r="M3" s="475"/>
       <c r="N3" s="475"/>
       <c r="O3" s="475"/>
       <c r="P3" s="475"/>
       <c r="Q3" s="475"/>
       <c r="R3" s="475"/>
       <c r="S3" s="475"/>
       <c r="T3" s="475"/>
       <c r="U3" s="475"/>
       <c r="V3" s="475"/>
     </row>
     <row r="4">
-      <c r="A4" s="644" t="s">
-[...30 lines deleted...]
-        <v>1424</v>
+      <c r="A4" s="639" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C4" s="639">
+        <v>12521</v>
+      </c>
+      <c r="D4" s="639">
+        <v>6206</v>
+      </c>
+      <c r="E4" s="639">
+        <v>1150</v>
+      </c>
+      <c r="F4" s="639">
+        <v>3688</v>
+      </c>
+      <c r="G4" s="639">
+        <v>1368</v>
+      </c>
+      <c r="H4" s="639">
+        <v>6315</v>
+      </c>
+      <c r="I4" s="639">
+        <v>1061</v>
+      </c>
+      <c r="J4" s="639">
+        <v>3595</v>
+      </c>
+      <c r="K4" s="639">
+        <v>1659</v>
       </c>
       <c r="M4" s="475"/>
       <c r="N4" s="475"/>
       <c r="O4" s="475"/>
       <c r="P4" s="475"/>
       <c r="Q4" s="475"/>
       <c r="R4" s="475"/>
       <c r="S4" s="475"/>
       <c r="T4" s="475"/>
       <c r="U4" s="475"/>
       <c r="V4" s="475"/>
     </row>
     <row r="5">
-      <c r="A5" s="644" t="s">
-[...30 lines deleted...]
-        <v>2580</v>
+      <c r="A5" s="639" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C5" s="639">
+        <v>13944</v>
+      </c>
+      <c r="D5" s="639">
+        <v>6527</v>
+      </c>
+      <c r="E5" s="639">
+        <v>932</v>
+      </c>
+      <c r="F5" s="639">
+        <v>3413</v>
+      </c>
+      <c r="G5" s="639">
+        <v>2182</v>
+      </c>
+      <c r="H5" s="639">
+        <v>7417</v>
+      </c>
+      <c r="I5" s="639">
+        <v>900</v>
+      </c>
+      <c r="J5" s="639">
+        <v>3811</v>
+      </c>
+      <c r="K5" s="639">
+        <v>2706</v>
       </c>
       <c r="M5" s="475"/>
       <c r="N5" s="475"/>
       <c r="O5" s="475"/>
       <c r="P5" s="475"/>
       <c r="Q5" s="475"/>
       <c r="R5" s="475"/>
       <c r="S5" s="475"/>
       <c r="T5" s="475"/>
       <c r="U5" s="475"/>
       <c r="V5" s="475"/>
     </row>
     <row r="6">
-      <c r="A6" s="644" t="s">
-[...30 lines deleted...]
-        <v>855</v>
+      <c r="A6" s="639" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="639" t="s">
+        <v>160</v>
+      </c>
+      <c r="C6" s="639">
+        <v>6490</v>
+      </c>
+      <c r="D6" s="639">
+        <v>3168</v>
+      </c>
+      <c r="E6" s="639">
+        <v>541</v>
+      </c>
+      <c r="F6" s="639">
+        <v>1821</v>
+      </c>
+      <c r="G6" s="639">
+        <v>806</v>
+      </c>
+      <c r="H6" s="639">
+        <v>3322</v>
+      </c>
+      <c r="I6" s="639">
+        <v>502</v>
+      </c>
+      <c r="J6" s="639">
+        <v>1887</v>
+      </c>
+      <c r="K6" s="639">
+        <v>933</v>
       </c>
       <c r="M6" s="475"/>
       <c r="N6" s="475"/>
       <c r="O6" s="475"/>
       <c r="P6" s="475"/>
       <c r="Q6" s="475"/>
       <c r="R6" s="475"/>
       <c r="S6" s="475"/>
       <c r="T6" s="475"/>
       <c r="U6" s="475"/>
       <c r="V6" s="475"/>
     </row>
     <row r="7">
-      <c r="A7" s="644" t="s">
-[...30 lines deleted...]
-        <v>4318</v>
+      <c r="A7" s="639" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C7" s="628">
+        <v>21246</v>
+      </c>
+      <c r="D7" s="639">
+        <v>10088</v>
+      </c>
+      <c r="E7" s="639">
+        <v>1424</v>
+      </c>
+      <c r="F7" s="639">
+        <v>5078</v>
+      </c>
+      <c r="G7" s="639">
+        <v>3586</v>
+      </c>
+      <c r="H7" s="639">
+        <v>11158</v>
+      </c>
+      <c r="I7" s="639">
+        <v>1391</v>
+      </c>
+      <c r="J7" s="639">
+        <v>5359</v>
+      </c>
+      <c r="K7" s="639">
+        <v>4408</v>
       </c>
       <c r="M7" s="475"/>
       <c r="N7" s="475"/>
       <c r="O7" s="475"/>
       <c r="P7" s="475"/>
       <c r="Q7" s="475"/>
       <c r="R7" s="475"/>
       <c r="S7" s="475"/>
       <c r="T7" s="475"/>
       <c r="U7" s="475"/>
       <c r="V7" s="475"/>
     </row>
     <row r="8">
-      <c r="A8" s="644" t="s">
-[...30 lines deleted...]
-        <v>1742</v>
+      <c r="A8" s="639" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C8" s="628">
+        <v>11477</v>
+      </c>
+      <c r="D8" s="639">
+        <v>5528</v>
+      </c>
+      <c r="E8" s="639">
+        <v>984</v>
+      </c>
+      <c r="F8" s="639">
+        <v>3141</v>
+      </c>
+      <c r="G8" s="639">
+        <v>1403</v>
+      </c>
+      <c r="H8" s="639">
+        <v>5949</v>
+      </c>
+      <c r="I8" s="639">
+        <v>924</v>
+      </c>
+      <c r="J8" s="639">
+        <v>3290</v>
+      </c>
+      <c r="K8" s="639">
+        <v>1735</v>
       </c>
       <c r="M8" s="475"/>
       <c r="N8" s="475"/>
       <c r="O8" s="475"/>
       <c r="P8" s="475"/>
       <c r="Q8" s="475"/>
       <c r="R8" s="475"/>
       <c r="S8" s="475"/>
       <c r="T8" s="475"/>
       <c r="U8" s="475"/>
       <c r="V8" s="475"/>
     </row>
     <row r="9">
-      <c r="A9" s="644" t="s">
-[...30 lines deleted...]
-        <v>757</v>
+      <c r="A9" s="639" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C9" s="628">
+        <v>3578</v>
+      </c>
+      <c r="D9" s="639">
+        <v>1709</v>
+      </c>
+      <c r="E9" s="639">
+        <v>193</v>
+      </c>
+      <c r="F9" s="639">
+        <v>851</v>
+      </c>
+      <c r="G9" s="639">
+        <v>665</v>
+      </c>
+      <c r="H9" s="639">
+        <v>1869</v>
+      </c>
+      <c r="I9" s="639">
+        <v>196</v>
+      </c>
+      <c r="J9" s="639">
+        <v>889</v>
+      </c>
+      <c r="K9" s="639">
+        <v>784</v>
       </c>
       <c r="M9" s="475"/>
       <c r="N9" s="475"/>
       <c r="O9" s="475"/>
       <c r="P9" s="475"/>
       <c r="Q9" s="475"/>
       <c r="R9" s="475"/>
       <c r="S9" s="475"/>
       <c r="T9" s="475"/>
       <c r="U9" s="475"/>
       <c r="V9" s="475"/>
     </row>
     <row r="10">
-      <c r="A10" s="644" t="s">
-[...30 lines deleted...]
-        <v>1158</v>
+      <c r="A10" s="639" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C10" s="628">
+        <v>8701</v>
+      </c>
+      <c r="D10" s="639">
+        <v>4249</v>
+      </c>
+      <c r="E10" s="639">
+        <v>839</v>
+      </c>
+      <c r="F10" s="639">
+        <v>2419</v>
+      </c>
+      <c r="G10" s="639">
+        <v>991</v>
+      </c>
+      <c r="H10" s="639">
+        <v>4452</v>
+      </c>
+      <c r="I10" s="639">
+        <v>673</v>
+      </c>
+      <c r="J10" s="639">
+        <v>2581</v>
+      </c>
+      <c r="K10" s="639">
+        <v>1198</v>
       </c>
       <c r="M10" s="475"/>
       <c r="N10" s="475"/>
       <c r="O10" s="475"/>
       <c r="P10" s="475"/>
       <c r="Q10" s="475"/>
       <c r="R10" s="475"/>
       <c r="S10" s="475"/>
       <c r="T10" s="475"/>
       <c r="U10" s="475"/>
       <c r="V10" s="475"/>
     </row>
     <row r="11">
-      <c r="A11" s="644" t="s">
-[...30 lines deleted...]
-        <v>1491</v>
+      <c r="A11" s="639" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C11" s="628">
+        <v>13322</v>
+      </c>
+      <c r="D11" s="639">
+        <v>6979</v>
+      </c>
+      <c r="E11" s="639">
+        <v>1158</v>
+      </c>
+      <c r="F11" s="639">
+        <v>4337</v>
+      </c>
+      <c r="G11" s="639">
+        <v>1484</v>
+      </c>
+      <c r="H11" s="639">
+        <v>6343</v>
+      </c>
+      <c r="I11" s="639">
+        <v>1002</v>
+      </c>
+      <c r="J11" s="639">
+        <v>3756</v>
+      </c>
+      <c r="K11" s="639">
+        <v>1585</v>
       </c>
       <c r="M11" s="475"/>
       <c r="N11" s="475"/>
       <c r="O11" s="475"/>
       <c r="P11" s="475"/>
       <c r="Q11" s="475"/>
       <c r="R11" s="475"/>
       <c r="S11" s="475"/>
       <c r="T11" s="475"/>
       <c r="U11" s="475"/>
       <c r="V11" s="475"/>
     </row>
     <row r="12">
-      <c r="A12" s="644" t="s">
-[...30 lines deleted...]
-        <v>1177</v>
+      <c r="A12" s="639" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C12" s="628">
+        <v>9236</v>
+      </c>
+      <c r="D12" s="639">
+        <v>4477</v>
+      </c>
+      <c r="E12" s="639">
+        <v>831</v>
+      </c>
+      <c r="F12" s="639">
+        <v>2652</v>
+      </c>
+      <c r="G12" s="639">
+        <v>994</v>
+      </c>
+      <c r="H12" s="639">
+        <v>4759</v>
+      </c>
+      <c r="I12" s="639">
+        <v>809</v>
+      </c>
+      <c r="J12" s="639">
+        <v>2744</v>
+      </c>
+      <c r="K12" s="639">
+        <v>1206</v>
       </c>
       <c r="M12" s="475"/>
       <c r="N12" s="475"/>
       <c r="O12" s="475"/>
       <c r="P12" s="475"/>
       <c r="Q12" s="475"/>
       <c r="R12" s="475"/>
       <c r="S12" s="475"/>
       <c r="T12" s="475"/>
       <c r="U12" s="475"/>
       <c r="V12" s="475"/>
     </row>
     <row r="13">
-      <c r="A13" s="644" t="s">
-[...30 lines deleted...]
-        <v>1829</v>
+      <c r="A13" s="639" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C13" s="628">
+        <v>10594</v>
+      </c>
+      <c r="D13" s="639">
+        <v>4873</v>
+      </c>
+      <c r="E13" s="639">
+        <v>912</v>
+      </c>
+      <c r="F13" s="639">
+        <v>2517</v>
+      </c>
+      <c r="G13" s="639">
+        <v>1444</v>
+      </c>
+      <c r="H13" s="639">
+        <v>5721</v>
+      </c>
+      <c r="I13" s="639">
+        <v>868</v>
+      </c>
+      <c r="J13" s="639">
+        <v>2761</v>
+      </c>
+      <c r="K13" s="639">
+        <v>2092</v>
       </c>
       <c r="M13" s="475"/>
       <c r="N13" s="475"/>
       <c r="O13" s="475"/>
       <c r="P13" s="475"/>
       <c r="Q13" s="475"/>
       <c r="R13" s="475"/>
       <c r="S13" s="475"/>
       <c r="T13" s="475"/>
       <c r="U13" s="475"/>
       <c r="V13" s="475"/>
     </row>
     <row r="14">
-      <c r="A14" s="644" t="s">
-[...30 lines deleted...]
-        <v>642</v>
+      <c r="A14" s="639" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C14" s="628">
+        <v>2504</v>
+      </c>
+      <c r="D14" s="639">
+        <v>1224</v>
+      </c>
+      <c r="E14" s="639">
+        <v>186</v>
+      </c>
+      <c r="F14" s="639">
+        <v>651</v>
+      </c>
+      <c r="G14" s="639">
+        <v>387</v>
+      </c>
+      <c r="H14" s="639">
+        <v>1280</v>
+      </c>
+      <c r="I14" s="639">
+        <v>169</v>
+      </c>
+      <c r="J14" s="639">
+        <v>661</v>
+      </c>
+      <c r="K14" s="639">
+        <v>450</v>
       </c>
       <c r="M14" s="475"/>
       <c r="N14" s="475"/>
       <c r="O14" s="475"/>
       <c r="P14" s="475"/>
       <c r="Q14" s="475"/>
       <c r="R14" s="475"/>
       <c r="S14" s="475"/>
       <c r="T14" s="475"/>
       <c r="U14" s="475"/>
       <c r="V14" s="475"/>
     </row>
     <row r="15">
-      <c r="A15" s="644" t="s">
-[...30 lines deleted...]
-        <v>675</v>
+      <c r="A15" s="639" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C15" s="639">
+        <v>3721</v>
+      </c>
+      <c r="D15" s="639">
+        <v>1785</v>
+      </c>
+      <c r="E15" s="639">
+        <v>261</v>
+      </c>
+      <c r="F15" s="639">
+        <v>1036</v>
+      </c>
+      <c r="G15" s="639">
+        <v>488</v>
+      </c>
+      <c r="H15" s="639">
+        <v>1936</v>
+      </c>
+      <c r="I15" s="639">
+        <v>260</v>
+      </c>
+      <c r="J15" s="639">
+        <v>1084</v>
+      </c>
+      <c r="K15" s="639">
+        <v>592</v>
       </c>
       <c r="M15" s="475"/>
       <c r="N15" s="475"/>
       <c r="O15" s="475"/>
       <c r="P15" s="475"/>
       <c r="Q15" s="475"/>
       <c r="R15" s="475"/>
       <c r="S15" s="475"/>
       <c r="T15" s="475"/>
       <c r="U15" s="475"/>
       <c r="V15" s="475"/>
     </row>
     <row r="16">
-      <c r="A16" s="644" t="s">
-[...30 lines deleted...]
-        <v>1830</v>
+      <c r="A16" s="639" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C16" s="628">
+        <v>9331</v>
+      </c>
+      <c r="D16" s="639">
+        <v>4481</v>
+      </c>
+      <c r="E16" s="639">
+        <v>601</v>
+      </c>
+      <c r="F16" s="639">
+        <v>2259</v>
+      </c>
+      <c r="G16" s="639">
+        <v>1621</v>
+      </c>
+      <c r="H16" s="639">
+        <v>4850</v>
+      </c>
+      <c r="I16" s="639">
+        <v>564</v>
+      </c>
+      <c r="J16" s="639">
+        <v>2531</v>
+      </c>
+      <c r="K16" s="639">
+        <v>1755</v>
       </c>
       <c r="M16" s="475"/>
       <c r="N16" s="475"/>
       <c r="O16" s="475"/>
       <c r="P16" s="475"/>
       <c r="Q16" s="475"/>
       <c r="R16" s="475"/>
       <c r="S16" s="475"/>
       <c r="T16" s="475"/>
       <c r="U16" s="475"/>
       <c r="V16" s="475"/>
     </row>
     <row r="17">
-      <c r="A17" s="644" t="s">
-[...30 lines deleted...]
-        <v>1997</v>
+      <c r="A17" s="639" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C17" s="628">
+        <v>13832</v>
+      </c>
+      <c r="D17" s="639">
+        <v>6635</v>
+      </c>
+      <c r="E17" s="639">
+        <v>1122</v>
+      </c>
+      <c r="F17" s="639">
+        <v>3725</v>
+      </c>
+      <c r="G17" s="639">
+        <v>1788</v>
+      </c>
+      <c r="H17" s="639">
+        <v>7197</v>
+      </c>
+      <c r="I17" s="639">
+        <v>1114</v>
+      </c>
+      <c r="J17" s="639">
+        <v>4064</v>
+      </c>
+      <c r="K17" s="639">
+        <v>2019</v>
       </c>
       <c r="M17" s="475"/>
       <c r="N17" s="475"/>
       <c r="O17" s="475"/>
       <c r="P17" s="475"/>
       <c r="Q17" s="475"/>
       <c r="R17" s="475"/>
       <c r="S17" s="475"/>
       <c r="T17" s="475"/>
       <c r="U17" s="475"/>
       <c r="V17" s="475"/>
     </row>
     <row r="18">
-      <c r="A18" s="644" t="s">
-[...30 lines deleted...]
-        <v>1055</v>
+      <c r="A18" s="639" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C18" s="628">
+        <v>5908</v>
+      </c>
+      <c r="D18" s="639">
+        <v>2766</v>
+      </c>
+      <c r="E18" s="639">
+        <v>460</v>
+      </c>
+      <c r="F18" s="639">
+        <v>1479</v>
+      </c>
+      <c r="G18" s="639">
+        <v>827</v>
+      </c>
+      <c r="H18" s="639">
+        <v>3142</v>
+      </c>
+      <c r="I18" s="639">
+        <v>431</v>
+      </c>
+      <c r="J18" s="639">
+        <v>1636</v>
+      </c>
+      <c r="K18" s="639">
+        <v>1075</v>
       </c>
       <c r="M18" s="475"/>
       <c r="N18" s="475"/>
       <c r="O18" s="475"/>
       <c r="P18" s="475"/>
       <c r="Q18" s="475"/>
       <c r="R18" s="475"/>
       <c r="S18" s="475"/>
       <c r="T18" s="475"/>
       <c r="U18" s="475"/>
       <c r="V18" s="475"/>
     </row>
     <row r="19">
-      <c r="A19" s="644" t="s">
-[...30 lines deleted...]
-        <v>7762</v>
+      <c r="A19" s="639" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" s="639" t="s">
+        <v>160</v>
+      </c>
+      <c r="C19" s="628">
+        <v>53628</v>
+      </c>
+      <c r="D19" s="639">
+        <v>26265</v>
+      </c>
+      <c r="E19" s="639">
+        <v>3971</v>
+      </c>
+      <c r="F19" s="639">
+        <v>15341</v>
+      </c>
+      <c r="G19" s="639">
+        <v>6953</v>
+      </c>
+      <c r="H19" s="639">
+        <v>27363</v>
+      </c>
+      <c r="I19" s="639">
+        <v>3966</v>
+      </c>
+      <c r="J19" s="639">
+        <v>15419</v>
+      </c>
+      <c r="K19" s="639">
+        <v>7978</v>
       </c>
       <c r="M19" s="475"/>
       <c r="N19" s="475"/>
       <c r="O19" s="475"/>
       <c r="P19" s="475"/>
       <c r="Q19" s="475"/>
       <c r="R19" s="475"/>
       <c r="S19" s="475"/>
       <c r="T19" s="475"/>
       <c r="U19" s="475"/>
       <c r="V19" s="475"/>
     </row>
     <row r="20">
-      <c r="A20" s="644" t="s">
-[...30 lines deleted...]
-        <v>1310</v>
+      <c r="A20" s="639" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" s="628">
+        <v>8390</v>
+      </c>
+      <c r="D20" s="639">
+        <v>3882</v>
+      </c>
+      <c r="E20" s="639">
+        <v>776</v>
+      </c>
+      <c r="F20" s="639">
+        <v>2110</v>
+      </c>
+      <c r="G20" s="639">
+        <v>996</v>
+      </c>
+      <c r="H20" s="639">
+        <v>4508</v>
+      </c>
+      <c r="I20" s="639">
+        <v>683</v>
+      </c>
+      <c r="J20" s="639">
+        <v>2508</v>
+      </c>
+      <c r="K20" s="639">
+        <v>1317</v>
       </c>
       <c r="M20" s="475"/>
       <c r="N20" s="475"/>
       <c r="O20" s="475"/>
       <c r="P20" s="475"/>
       <c r="Q20" s="475"/>
       <c r="R20" s="475"/>
       <c r="S20" s="475"/>
       <c r="T20" s="475"/>
       <c r="U20" s="475"/>
       <c r="V20" s="475"/>
     </row>
     <row r="21">
-      <c r="A21" s="659"/>
-[...9 lines deleted...]
-      <c r="K21" s="666"/>
+      <c r="A21" s="648"/>
+      <c r="B21" s="628"/>
+      <c r="C21" s="672"/>
+      <c r="D21" s="654"/>
+      <c r="E21" s="654"/>
+      <c r="F21" s="654"/>
+      <c r="G21" s="654"/>
+      <c r="H21" s="654"/>
+      <c r="I21" s="654"/>
+      <c r="J21" s="654"/>
+      <c r="K21" s="654"/>
       <c r="M21" s="475"/>
       <c r="N21" s="475"/>
       <c r="O21" s="475"/>
       <c r="P21" s="475"/>
       <c r="Q21" s="475"/>
       <c r="R21" s="475"/>
       <c r="S21" s="475"/>
       <c r="T21" s="475"/>
       <c r="U21" s="475"/>
       <c r="V21" s="475"/>
     </row>
     <row r="22">
       <c r="M22" s="475"/>
       <c r="N22" s="475"/>
       <c r="O22" s="475"/>
       <c r="P22" s="475"/>
       <c r="Q22" s="475"/>
       <c r="R22" s="475"/>
       <c r="S22" s="475"/>
       <c r="T22" s="475"/>
       <c r="U22" s="475"/>
       <c r="V22" s="475"/>
     </row>
     <row r="23">
       <c r="M23" s="475"/>
@@ -5587,24337 +5434,14959 @@
       <c r="N36" s="475"/>
       <c r="O36" s="475"/>
       <c r="P36" s="475"/>
       <c r="Q36" s="475"/>
       <c r="R36" s="475"/>
       <c r="S36" s="475"/>
       <c r="T36" s="475"/>
       <c r="U36" s="475"/>
       <c r="V36" s="475"/>
     </row>
     <row r="37">
       <c r="N37" s="475"/>
     </row>
     <row r="38">
       <c r="N38" s="475"/>
     </row>
     <row r="39">
       <c r="N39" s="475"/>
     </row>
     <row r="40">
       <c r="N40" s="475"/>
     </row>
     <row r="41">
       <c r="N41" s="475"/>
     </row>
-    <row r="61">
-[...9 lines deleted...]
-    </row>
+    <row r="42"/>
+    <row r="43"/>
+    <row r="44"/>
+    <row r="45"/>
+    <row r="46"/>
+    <row r="47"/>
+    <row r="48"/>
+    <row r="49"/>
+    <row r="50"/>
+    <row r="51"/>
+    <row r="52"/>
+    <row r="53"/>
+    <row r="54"/>
+    <row r="55"/>
+    <row r="56"/>
+    <row r="57"/>
+    <row r="58"/>
+    <row r="59"/>
+    <row r="60"/>
+    <row r="61"/>
+    <row r="62"/>
+    <row r="63"/>
+    <row r="64"/>
+    <row r="65"/>
+    <row r="66"/>
+    <row r="67"/>
+    <row r="68"/>
+    <row r="69"/>
+    <row r="70"/>
+    <row r="71"/>
+    <row r="72"/>
+    <row r="73"/>
+    <row r="74"/>
+    <row r="75"/>
+    <row r="76"/>
+    <row r="77"/>
+    <row r="78"/>
+    <row r="79"/>
+    <row r="80"/>
+    <row r="81"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <sheetPr codeName="Sheet10"/>
   <dimension ref="A1:H98"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="H2" sqref="H2"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6:H6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="30.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="34.453125" customWidth="1"/>
+    <col min="1" max="1" width="24.85546875" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="24.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="24.140625" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="23" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="21.5703125" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="16.42578125" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="15.28515625" customWidth="1"/>
+    <col min="8" max="8" bestFit="1" width="20.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="104">
-[...13 lines deleted...]
-        <v>64</v>
+    <row r="1" ht="25.5">
+      <c r="A1" s="659" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="660" t="s">
+        <v>38</v>
+      </c>
+      <c r="C1" s="660" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1" s="660" t="s">
+        <v>40</v>
+      </c>
+      <c r="E1" s="660" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="660" t="s">
+        <v>42</v>
+      </c>
+      <c r="G1" s="660" t="s">
+        <v>43</v>
+      </c>
+      <c r="H1" s="660" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="720" t="s">
-[...14 lines deleted...]
-      <c r="H2" s="721"/>
+      <c r="A2" s="698" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="700">
+        <v>8.1384997423042691</v>
+      </c>
+      <c r="C2" s="700">
+        <v>13.081572412500586</v>
+      </c>
+      <c r="D2" s="700">
+        <v>78.779927845195147</v>
+      </c>
+      <c r="E2" s="695">
+        <v>44.941506785212916</v>
+      </c>
+      <c r="F2" s="695">
+        <v>35.44688816097333</v>
+      </c>
+      <c r="G2" s="695">
+        <v>4.1787552643893306</v>
+      </c>
+      <c r="H2" s="695">
+        <v>1.2540945250350961</v>
+      </c>
     </row>
     <row r="3" ht="15" customHeight="1">
       <c r="A3" s="0" t="s">
-        <v>21</v>
-[...11 lines deleted...]
-      <c r="H3" s="672"/>
+        <v>14</v>
+      </c>
+      <c r="B3" s="674">
+        <v>8.28600066822586</v>
+      </c>
+      <c r="C3" s="674">
+        <v>13.564984964918143</v>
+      </c>
+      <c r="D3" s="674">
+        <v>78.149014366856</v>
+      </c>
+      <c r="E3" s="661">
+        <v>38.710754843019373</v>
+      </c>
+      <c r="F3" s="661">
+        <v>38.176352705410821</v>
+      </c>
+      <c r="G3" s="661">
+        <v>4.2418169672678685</v>
+      </c>
+      <c r="H3" s="661">
+        <v>0.66800267201068808</v>
+      </c>
     </row>
     <row r="4" ht="15" customHeight="1">
       <c r="A4" s="0" t="s">
-        <v>22</v>
-[...11 lines deleted...]
-      <c r="H4" s="672"/>
+        <v>15</v>
+      </c>
+      <c r="B4" s="674">
+        <v>7.544102105519876</v>
+      </c>
+      <c r="C4" s="674">
+        <v>12.494919112267295</v>
+      </c>
+      <c r="D4" s="674">
+        <v>79.960978782212834</v>
+      </c>
+      <c r="E4" s="661">
+        <v>45.379175810777859</v>
+      </c>
+      <c r="F4" s="661">
+        <v>35.861172071852394</v>
+      </c>
+      <c r="G4" s="661">
+        <v>4.015280825814842</v>
+      </c>
+      <c r="H4" s="661">
+        <v>0.93473136633341458</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>23</v>
-[...11 lines deleted...]
-      <c r="H5" s="672"/>
+        <v>16</v>
+      </c>
+      <c r="B5" s="674">
+        <v>9.105960264900661</v>
+      </c>
+      <c r="C5" s="674">
+        <v>13.496976677224302</v>
+      </c>
+      <c r="D5" s="674">
+        <v>77.397063057875044</v>
+      </c>
+      <c r="E5" s="661">
+        <v>39.657529318656017</v>
+      </c>
+      <c r="F5" s="661">
+        <v>38.268940211526008</v>
+      </c>
+      <c r="G5" s="661">
+        <v>4.71976401179941</v>
+      </c>
+      <c r="H5" s="661">
+        <v>1.5037053025397511</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>24</v>
-[...11 lines deleted...]
-      <c r="H6" s="672"/>
+        <v>17</v>
+      </c>
+      <c r="B6" s="674">
+        <v>8.4764631043257</v>
+      </c>
+      <c r="C6" s="674">
+        <v>11.927480916030534</v>
+      </c>
+      <c r="D6" s="674">
+        <v>79.596055979643765</v>
+      </c>
+      <c r="E6" s="661">
+        <v>43.827553293032132</v>
+      </c>
+      <c r="F6" s="661">
+        <v>35.650652243079861</v>
+      </c>
+      <c r="G6" s="661">
+        <v>4.5497931912185807</v>
+      </c>
+      <c r="H6" s="661">
+        <v>1.1772192173083043</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>25</v>
-[...11 lines deleted...]
-      <c r="H7" s="672"/>
+        <v>18</v>
+      </c>
+      <c r="B7" s="674">
+        <v>8.53618187833814</v>
+      </c>
+      <c r="C7" s="674">
+        <v>12.2796237651841</v>
+      </c>
+      <c r="D7" s="674">
+        <v>79.184194356477761</v>
+      </c>
+      <c r="E7" s="661">
+        <v>42.9030429030429</v>
+      </c>
+      <c r="F7" s="661">
+        <v>35.928935928935928</v>
+      </c>
+      <c r="G7" s="661">
+        <v>4.2099792099792106</v>
+      </c>
+      <c r="H7" s="661">
+        <v>1.3230013230013229</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-      <c r="H8" s="672"/>
+        <v>19</v>
+      </c>
+      <c r="B8" s="674">
+        <v>7.3069078655670836</v>
+      </c>
+      <c r="C8" s="674">
+        <v>11.918063314711359</v>
+      </c>
+      <c r="D8" s="674">
+        <v>80.775028819721555</v>
+      </c>
+      <c r="E8" s="661">
+        <v>44.092602448110696</v>
+      </c>
+      <c r="F8" s="661">
+        <v>36.792620188043287</v>
+      </c>
+      <c r="G8" s="661">
+        <v>3.8318254390633313</v>
+      </c>
+      <c r="H8" s="661">
+        <v>1.0200461238247294</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
-[...11 lines deleted...]
-      <c r="H9" s="672"/>
+        <v>20</v>
+      </c>
+      <c r="B9" s="674">
+        <v>8.5157501334757075</v>
+      </c>
+      <c r="C9" s="674">
+        <v>13.160704751735183</v>
+      </c>
+      <c r="D9" s="674">
+        <v>78.323545114789113</v>
+      </c>
+      <c r="E9" s="661">
+        <v>43.159303882195452</v>
+      </c>
+      <c r="F9" s="661">
+        <v>36.010709504685408</v>
+      </c>
+      <c r="G9" s="661">
+        <v>3.8018741633199467</v>
+      </c>
+      <c r="H9" s="661">
+        <v>1.3386880856760375</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
-[...11 lines deleted...]
-      <c r="H10" s="672"/>
+        <v>21</v>
+      </c>
+      <c r="B10" s="674">
+        <v>7.2180451127819554</v>
+      </c>
+      <c r="C10" s="674">
+        <v>10.873337189126662</v>
+      </c>
+      <c r="D10" s="674">
+        <v>81.908617698091376</v>
+      </c>
+      <c r="E10" s="661">
+        <v>46.290079870355363</v>
+      </c>
+      <c r="F10" s="661">
+        <v>35.814330362310457</v>
+      </c>
+      <c r="G10" s="661">
+        <v>3.7388586641972448</v>
+      </c>
+      <c r="H10" s="661">
+        <v>0.87973145039935174</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>29</v>
-[...11 lines deleted...]
-      <c r="H11" s="672"/>
+        <v>22</v>
+      </c>
+      <c r="B11" s="674">
+        <v>8.998302207130731</v>
+      </c>
+      <c r="C11" s="674">
+        <v>14.696980881375952</v>
+      </c>
+      <c r="D11" s="674">
+        <v>76.304716911493315</v>
+      </c>
+      <c r="E11" s="661">
+        <v>40.657720100280194</v>
+      </c>
+      <c r="F11" s="661">
+        <v>37.332251880253651</v>
+      </c>
+      <c r="G11" s="661">
+        <v>5.058250995428403</v>
+      </c>
+      <c r="H11" s="661">
+        <v>1.4673352012977436</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>30</v>
-[...11 lines deleted...]
-      <c r="H12" s="672"/>
+        <v>23</v>
+      </c>
+      <c r="B12" s="674">
+        <v>6.7125081859855928</v>
+      </c>
+      <c r="C12" s="674">
+        <v>11.580440951757257</v>
+      </c>
+      <c r="D12" s="674">
+        <v>81.707050862257148</v>
+      </c>
+      <c r="E12" s="661">
+        <v>46.306601200218225</v>
+      </c>
+      <c r="F12" s="661">
+        <v>36.279323513366066</v>
+      </c>
+      <c r="G12" s="661">
+        <v>3.4260774686306603</v>
+      </c>
+      <c r="H12" s="661">
+        <v>0.93835242771412986</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>31</v>
-[...11 lines deleted...]
-      <c r="H13" s="672"/>
+        <v>24</v>
+      </c>
+      <c r="B13" s="674">
+        <v>7.5601042773003764</v>
+      </c>
+      <c r="C13" s="674">
+        <v>12.127063821569953</v>
+      </c>
+      <c r="D13" s="674">
+        <v>80.31283190112967</v>
+      </c>
+      <c r="E13" s="661">
+        <v>45.658884815743775</v>
+      </c>
+      <c r="F13" s="661">
+        <v>35.037622998263551</v>
+      </c>
+      <c r="G13" s="661">
+        <v>3.8877098205672387</v>
+      </c>
+      <c r="H13" s="661">
+        <v>1.0418676442214934</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>32</v>
-[...11 lines deleted...]
-      <c r="H14" s="672"/>
+        <v>25</v>
+      </c>
+      <c r="B14" s="674">
+        <v>8.5376162299239216</v>
+      </c>
+      <c r="C14" s="674">
+        <v>13.736263736263737</v>
+      </c>
+      <c r="D14" s="674">
+        <v>77.726120033812336</v>
+      </c>
+      <c r="E14" s="661">
+        <v>40.0590966652596</v>
+      </c>
+      <c r="F14" s="661">
+        <v>37.3575348248206</v>
+      </c>
+      <c r="G14" s="661">
+        <v>5.318699873364289</v>
+      </c>
+      <c r="H14" s="661">
+        <v>1.0552975939214857</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>33</v>
-[...11 lines deleted...]
-      <c r="H15" s="672"/>
+        <v>26</v>
+      </c>
+      <c r="B15" s="674">
+        <v>8.215962441314554</v>
+      </c>
+      <c r="C15" s="674">
+        <v>12.832550860719874</v>
+      </c>
+      <c r="D15" s="674">
+        <v>78.951486697965564</v>
+      </c>
+      <c r="E15" s="661">
+        <v>41.995299033690259</v>
+      </c>
+      <c r="F15" s="661">
+        <v>36.536954818490472</v>
+      </c>
+      <c r="G15" s="661">
+        <v>5.1449464612170281</v>
+      </c>
+      <c r="H15" s="661">
+        <v>0.86184382345259858</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>34</v>
-[...11 lines deleted...]
-      <c r="H16" s="672"/>
+        <v>27</v>
+      </c>
+      <c r="B16" s="674">
+        <v>9.6486572550684642</v>
+      </c>
+      <c r="C16" s="674">
+        <v>12.833032586774229</v>
+      </c>
+      <c r="D16" s="674">
+        <v>77.5183101581573</v>
+      </c>
+      <c r="E16" s="661">
+        <v>40.01272939429299</v>
+      </c>
+      <c r="F16" s="661">
+        <v>36.8622043067784</v>
+      </c>
+      <c r="G16" s="661">
+        <v>4.9856794314203885</v>
+      </c>
+      <c r="H16" s="661">
+        <v>1.4426646865386656</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>35</v>
-[...11 lines deleted...]
-      <c r="H17" s="672"/>
+        <v>28</v>
+      </c>
+      <c r="B17" s="674">
+        <v>5.9304106791159095</v>
+      </c>
+      <c r="C17" s="674">
+        <v>10.328980961412212</v>
+      </c>
+      <c r="D17" s="674">
+        <v>83.740608359471878</v>
+      </c>
+      <c r="E17" s="661">
+        <v>48.398628438024367</v>
+      </c>
+      <c r="F17" s="661">
+        <v>35.536587145254252</v>
+      </c>
+      <c r="G17" s="661">
+        <v>3.2027431239512656</v>
+      </c>
+      <c r="H17" s="661">
+        <v>1.0213759393010871</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>36</v>
-[...11 lines deleted...]
-      <c r="H18" s="672"/>
+        <v>29</v>
+      </c>
+      <c r="B18" s="674">
+        <v>8.0869860686374437</v>
+      </c>
+      <c r="C18" s="674">
+        <v>12.793068297655456</v>
+      </c>
+      <c r="D18" s="674">
+        <v>79.1199456337071</v>
+      </c>
+      <c r="E18" s="661">
+        <v>42.022090059473236</v>
+      </c>
+      <c r="F18" s="661">
+        <v>36.584536958368737</v>
+      </c>
+      <c r="G18" s="661">
+        <v>4.655904842820731</v>
+      </c>
+      <c r="H18" s="661">
+        <v>1.3423959218351742</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>37</v>
-[...11 lines deleted...]
-      <c r="H19" s="672"/>
+        <v>30</v>
+      </c>
+      <c r="B19" s="674">
+        <v>9.3706136657122</v>
+      </c>
+      <c r="C19" s="674">
+        <v>13.203451050848727</v>
+      </c>
+      <c r="D19" s="674">
+        <v>77.425935283439074</v>
+      </c>
+      <c r="E19" s="661">
+        <v>41.466199898908584</v>
+      </c>
+      <c r="F19" s="661">
+        <v>36.295561338150776</v>
+      </c>
+      <c r="G19" s="661">
+        <v>4.9141659022408595</v>
+      </c>
+      <c r="H19" s="661">
+        <v>1.3291648726060992</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-      <c r="H20" s="672"/>
+        <v>31</v>
+      </c>
+      <c r="B20" s="674">
+        <v>8.083083083083082</v>
+      </c>
+      <c r="C20" s="674">
+        <v>12.65015015015015</v>
+      </c>
+      <c r="D20" s="674">
+        <v>79.266766766766779</v>
+      </c>
+      <c r="E20" s="661">
+        <v>46.760070052539405</v>
+      </c>
+      <c r="F20" s="661">
+        <v>33.312484363272453</v>
+      </c>
+      <c r="G20" s="661">
+        <v>4.12809607205404</v>
+      </c>
+      <c r="H20" s="661">
+        <v>1.0632974731048286</v>
+      </c>
     </row>
     <row r="21">
-      <c r="A21" s="671"/>
-[...2 lines deleted...]
-      <c r="E21" s="673"/>
+      <c r="A21" s="659"/>
+      <c r="B21" s="662"/>
+      <c r="C21" s="662"/>
+      <c r="D21" s="662"/>
+      <c r="E21" s="662"/>
+      <c r="F21" s="662"/>
+      <c r="G21" s="662"/>
+      <c r="H21" s="662"/>
     </row>
     <row r="22">
-      <c r="A22" s="671"/>
-[...2 lines deleted...]
-      <c r="E22" s="673"/>
+      <c r="A22" s="659"/>
     </row>
     <row r="23">
-      <c r="A23" s="671"/>
-[...2 lines deleted...]
-      <c r="E23" s="673"/>
+      <c r="A23" s="659"/>
+      <c r="B23" s="662"/>
+      <c r="C23" s="662"/>
+      <c r="D23" s="662"/>
+      <c r="E23" s="662"/>
+      <c r="F23" s="662"/>
+      <c r="G23" s="662"/>
+      <c r="H23" s="662"/>
     </row>
     <row r="24">
-      <c r="A24" s="671"/>
-[...2 lines deleted...]
-      <c r="E24" s="673"/>
+      <c r="A24" s="659"/>
+      <c r="B24" s="662"/>
+      <c r="C24" s="662"/>
+      <c r="D24" s="662"/>
+      <c r="E24" s="662"/>
+      <c r="F24" s="662"/>
+      <c r="G24" s="662"/>
+      <c r="H24" s="662"/>
     </row>
     <row r="25">
-      <c r="A25" s="671"/>
-[...2 lines deleted...]
-      <c r="E25" s="673"/>
+      <c r="A25" s="659"/>
+      <c r="B25" s="662"/>
+      <c r="C25" s="662"/>
+      <c r="D25" s="662"/>
+      <c r="E25" s="662"/>
+      <c r="F25" s="662"/>
+      <c r="G25" s="662"/>
+      <c r="H25" s="662"/>
     </row>
     <row r="26">
-      <c r="A26" s="671"/>
-[...2 lines deleted...]
-      <c r="E26" s="673"/>
+      <c r="A26" s="659"/>
+      <c r="B26" s="662"/>
+      <c r="C26" s="662"/>
+      <c r="D26" s="662"/>
+      <c r="E26" s="662"/>
+      <c r="F26" s="662"/>
+      <c r="G26" s="662"/>
+      <c r="H26" s="662"/>
     </row>
     <row r="27">
-      <c r="A27" s="671"/>
-[...2 lines deleted...]
-      <c r="E27" s="673"/>
+      <c r="A27" s="659"/>
+      <c r="B27" s="662"/>
+      <c r="C27" s="662"/>
+      <c r="D27" s="662"/>
+      <c r="E27" s="662"/>
+      <c r="F27" s="662"/>
+      <c r="G27" s="662"/>
+      <c r="H27" s="662"/>
     </row>
     <row r="28">
-      <c r="A28" s="671"/>
-[...2 lines deleted...]
-      <c r="E28" s="673"/>
+      <c r="A28" s="659"/>
+      <c r="B28" s="662"/>
+      <c r="C28" s="662"/>
+      <c r="D28" s="662"/>
+      <c r="E28" s="662"/>
+      <c r="F28" s="662"/>
+      <c r="G28" s="662"/>
+      <c r="H28" s="662"/>
     </row>
     <row r="29">
-      <c r="A29" s="671"/>
-[...2 lines deleted...]
-      <c r="E29" s="673"/>
+      <c r="A29" s="659"/>
+      <c r="B29" s="662"/>
+      <c r="C29" s="662"/>
+      <c r="D29" s="662"/>
+      <c r="E29" s="662"/>
+      <c r="F29" s="662"/>
+      <c r="G29" s="662"/>
+      <c r="H29" s="662"/>
     </row>
     <row r="30">
-      <c r="A30" s="671"/>
-[...2 lines deleted...]
-      <c r="E30" s="673"/>
+      <c r="A30" s="659"/>
+      <c r="B30" s="662"/>
+      <c r="C30" s="662"/>
+      <c r="D30" s="662"/>
+      <c r="E30" s="662"/>
+      <c r="F30" s="662"/>
+      <c r="G30" s="662"/>
+      <c r="H30" s="662"/>
     </row>
     <row r="31">
-      <c r="A31" s="671"/>
-[...2 lines deleted...]
-      <c r="E31" s="673"/>
+      <c r="A31" s="659"/>
+      <c r="B31" s="662"/>
+      <c r="C31" s="662"/>
+      <c r="D31" s="662"/>
+      <c r="E31" s="662"/>
+      <c r="F31" s="662"/>
+      <c r="G31" s="662"/>
+      <c r="H31" s="662"/>
     </row>
     <row r="32">
-      <c r="A32" s="671"/>
-[...2 lines deleted...]
-      <c r="E32" s="673"/>
+      <c r="A32" s="659"/>
+      <c r="B32" s="662"/>
+      <c r="C32" s="662"/>
+      <c r="D32" s="662"/>
+      <c r="E32" s="662"/>
+      <c r="F32" s="662"/>
+      <c r="G32" s="662"/>
+      <c r="H32" s="662"/>
     </row>
     <row r="33">
-      <c r="A33" s="671"/>
-[...2 lines deleted...]
-      <c r="E33" s="673"/>
+      <c r="A33" s="659"/>
+      <c r="B33" s="662"/>
+      <c r="C33" s="662"/>
+      <c r="D33" s="662"/>
+      <c r="E33" s="662"/>
+      <c r="F33" s="662"/>
+      <c r="G33" s="662"/>
+      <c r="H33" s="662"/>
     </row>
     <row r="34">
-      <c r="A34" s="671"/>
-[...2 lines deleted...]
-      <c r="E34" s="673"/>
+      <c r="A34" s="659"/>
+      <c r="B34" s="662"/>
+      <c r="C34" s="662"/>
+      <c r="D34" s="662"/>
+      <c r="E34" s="662"/>
+      <c r="F34" s="662"/>
+      <c r="G34" s="662"/>
+      <c r="H34" s="662"/>
     </row>
     <row r="35">
-      <c r="A35" s="671"/>
-[...2 lines deleted...]
-      <c r="E35" s="673"/>
+      <c r="A35" s="659"/>
+      <c r="B35" s="662"/>
+      <c r="C35" s="662"/>
+      <c r="D35" s="662"/>
+      <c r="E35" s="662"/>
+      <c r="F35" s="662"/>
+      <c r="G35" s="662"/>
+      <c r="H35" s="662"/>
     </row>
     <row r="36">
-      <c r="A36" s="671"/>
-[...2 lines deleted...]
-      <c r="E36" s="673"/>
+      <c r="A36" s="659"/>
+      <c r="B36" s="662"/>
+      <c r="C36" s="662"/>
+      <c r="D36" s="662"/>
+      <c r="E36" s="662"/>
+      <c r="F36" s="662"/>
+      <c r="G36" s="662"/>
+      <c r="H36" s="662"/>
     </row>
     <row r="37">
-      <c r="A37" s="671"/>
-[...2 lines deleted...]
-      <c r="E37" s="673"/>
+      <c r="A37" s="659"/>
+      <c r="B37" s="662"/>
+      <c r="C37" s="662"/>
+      <c r="D37" s="662"/>
+      <c r="E37" s="662"/>
+      <c r="F37" s="662"/>
+      <c r="G37" s="662"/>
+      <c r="H37" s="662"/>
     </row>
     <row r="38">
-      <c r="A38" s="671"/>
-[...2 lines deleted...]
-      <c r="E38" s="673"/>
+      <c r="A38" s="659"/>
+      <c r="B38" s="662"/>
+      <c r="C38" s="662"/>
+      <c r="D38" s="662"/>
+      <c r="E38" s="662"/>
+      <c r="F38" s="662"/>
+      <c r="G38" s="662"/>
+      <c r="H38" s="662"/>
     </row>
     <row r="39">
-      <c r="A39" s="671"/>
-[...2 lines deleted...]
-      <c r="E39" s="673"/>
+      <c r="A39" s="659"/>
+      <c r="B39" s="662"/>
+      <c r="C39" s="662"/>
+      <c r="D39" s="662"/>
+      <c r="E39" s="662"/>
+      <c r="F39" s="662"/>
+      <c r="G39" s="662"/>
+      <c r="H39" s="662"/>
     </row>
     <row r="40">
-      <c r="A40" s="671"/>
-[...2 lines deleted...]
-      <c r="E40" s="673"/>
+      <c r="A40" s="659"/>
+      <c r="B40" s="662"/>
+      <c r="C40" s="662"/>
+      <c r="D40" s="662"/>
+      <c r="E40" s="662"/>
+      <c r="F40" s="662"/>
+      <c r="G40" s="662"/>
+      <c r="H40" s="662"/>
     </row>
     <row r="41">
-      <c r="A41" s="671"/>
-[...2 lines deleted...]
-      <c r="E41" s="673"/>
+      <c r="A41" s="659"/>
+      <c r="B41" s="662"/>
+      <c r="C41" s="662"/>
+      <c r="D41" s="662"/>
+      <c r="E41" s="662"/>
+      <c r="F41" s="662"/>
+      <c r="G41" s="662"/>
+      <c r="H41" s="662"/>
     </row>
     <row r="42">
-      <c r="A42" s="671"/>
-[...2 lines deleted...]
-      <c r="E42" s="673"/>
+      <c r="A42" s="659"/>
+      <c r="B42" s="662"/>
+      <c r="C42" s="662"/>
+      <c r="D42" s="662"/>
+      <c r="E42" s="662"/>
+      <c r="F42" s="662"/>
+      <c r="G42" s="662"/>
+      <c r="H42" s="662"/>
     </row>
     <row r="43">
-      <c r="A43" s="671"/>
-[...2 lines deleted...]
-      <c r="E43" s="673"/>
+      <c r="A43" s="659"/>
+      <c r="B43" s="662"/>
+      <c r="C43" s="662"/>
+      <c r="D43" s="662"/>
+      <c r="E43" s="662"/>
+      <c r="F43" s="662"/>
+      <c r="G43" s="662"/>
+      <c r="H43" s="662"/>
     </row>
     <row r="44">
-      <c r="A44" s="671"/>
-[...2 lines deleted...]
-      <c r="E44" s="673"/>
+      <c r="A44" s="659"/>
+      <c r="B44" s="662"/>
+      <c r="C44" s="662"/>
+      <c r="D44" s="662"/>
+      <c r="E44" s="662"/>
+      <c r="F44" s="662"/>
+      <c r="G44" s="662"/>
+      <c r="H44" s="662"/>
     </row>
     <row r="45">
-      <c r="A45" s="671"/>
-[...2 lines deleted...]
-      <c r="E45" s="673"/>
+      <c r="A45" s="659"/>
+      <c r="B45" s="662"/>
+      <c r="C45" s="662"/>
+      <c r="D45" s="662"/>
+      <c r="E45" s="662"/>
+      <c r="F45" s="662"/>
+      <c r="G45" s="662"/>
+      <c r="H45" s="662"/>
     </row>
     <row r="46">
-      <c r="A46" s="671"/>
-[...2 lines deleted...]
-      <c r="E46" s="673"/>
+      <c r="A46" s="659"/>
+      <c r="B46" s="662"/>
+      <c r="C46" s="662"/>
+      <c r="D46" s="662"/>
+      <c r="E46" s="662"/>
+      <c r="F46" s="662"/>
+      <c r="G46" s="662"/>
+      <c r="H46" s="662"/>
     </row>
     <row r="47">
-      <c r="A47" s="671"/>
-[...2 lines deleted...]
-      <c r="E47" s="673"/>
+      <c r="A47" s="659"/>
+      <c r="B47" s="662"/>
+      <c r="C47" s="662"/>
+      <c r="D47" s="662"/>
+      <c r="E47" s="662"/>
+      <c r="F47" s="662"/>
+      <c r="G47" s="662"/>
+      <c r="H47" s="662"/>
     </row>
     <row r="48">
-      <c r="A48" s="671"/>
-[...2 lines deleted...]
-      <c r="E48" s="673"/>
+      <c r="A48" s="659"/>
+      <c r="B48" s="662"/>
+      <c r="C48" s="662"/>
+      <c r="D48" s="662"/>
+      <c r="E48" s="662"/>
+      <c r="F48" s="662"/>
+      <c r="G48" s="662"/>
+      <c r="H48" s="662"/>
     </row>
     <row r="49">
-      <c r="A49" s="671"/>
-[...2 lines deleted...]
-      <c r="E49" s="673"/>
+      <c r="A49" s="659"/>
+      <c r="B49" s="662"/>
+      <c r="C49" s="662"/>
+      <c r="D49" s="662"/>
+      <c r="E49" s="662"/>
+      <c r="F49" s="662"/>
+      <c r="G49" s="662"/>
+      <c r="H49" s="662"/>
     </row>
     <row r="50">
-      <c r="A50" s="671"/>
-[...2 lines deleted...]
-      <c r="E50" s="673"/>
+      <c r="A50" s="659"/>
+      <c r="B50" s="662"/>
+      <c r="C50" s="662"/>
+      <c r="D50" s="662"/>
+      <c r="E50" s="662"/>
+      <c r="F50" s="662"/>
+      <c r="G50" s="662"/>
+      <c r="H50" s="662"/>
     </row>
     <row r="51">
-      <c r="A51" s="671"/>
-[...2 lines deleted...]
-      <c r="E51" s="673"/>
+      <c r="A51" s="659"/>
+      <c r="B51" s="662"/>
+      <c r="C51" s="662"/>
+      <c r="D51" s="662"/>
+      <c r="E51" s="662"/>
+      <c r="F51" s="662"/>
+      <c r="G51" s="662"/>
+      <c r="H51" s="662"/>
     </row>
     <row r="52">
-      <c r="A52" s="671"/>
-[...2 lines deleted...]
-      <c r="E52" s="673"/>
+      <c r="A52" s="659"/>
+      <c r="B52" s="662"/>
+      <c r="C52" s="662"/>
+      <c r="D52" s="662"/>
+      <c r="E52" s="662"/>
+      <c r="F52" s="662"/>
+      <c r="G52" s="662"/>
+      <c r="H52" s="662"/>
     </row>
     <row r="53">
-      <c r="A53" s="671"/>
-[...2 lines deleted...]
-      <c r="E53" s="673"/>
+      <c r="A53" s="659"/>
+      <c r="B53" s="662"/>
+      <c r="C53" s="662"/>
+      <c r="D53" s="662"/>
+      <c r="E53" s="662"/>
+      <c r="F53" s="662"/>
+      <c r="G53" s="662"/>
+      <c r="H53" s="662"/>
     </row>
     <row r="54">
-      <c r="A54" s="671"/>
-[...2 lines deleted...]
-      <c r="E54" s="673"/>
+      <c r="A54" s="659"/>
+      <c r="B54" s="662"/>
+      <c r="C54" s="662"/>
+      <c r="D54" s="662"/>
+      <c r="E54" s="662"/>
+      <c r="F54" s="662"/>
+      <c r="G54" s="662"/>
+      <c r="H54" s="662"/>
     </row>
     <row r="55">
-      <c r="A55" s="671"/>
-[...2 lines deleted...]
-      <c r="E55" s="673"/>
+      <c r="A55" s="659"/>
+      <c r="B55" s="662"/>
+      <c r="C55" s="662"/>
+      <c r="D55" s="662"/>
+      <c r="E55" s="662"/>
+      <c r="F55" s="662"/>
+      <c r="G55" s="662"/>
+      <c r="H55" s="662"/>
     </row>
     <row r="56">
-      <c r="A56" s="671"/>
-[...2 lines deleted...]
-      <c r="E56" s="673"/>
+      <c r="A56" s="659"/>
+      <c r="B56" s="662"/>
+      <c r="C56" s="662"/>
+      <c r="D56" s="662"/>
+      <c r="E56" s="662"/>
+      <c r="F56" s="662"/>
+      <c r="G56" s="662"/>
+      <c r="H56" s="662"/>
     </row>
     <row r="57">
-      <c r="A57" s="671"/>
-[...2 lines deleted...]
-      <c r="E57" s="673"/>
+      <c r="A57" s="659"/>
+      <c r="B57" s="662"/>
+      <c r="C57" s="662"/>
+      <c r="D57" s="662"/>
+      <c r="E57" s="662"/>
+      <c r="F57" s="662"/>
+      <c r="G57" s="662"/>
+      <c r="H57" s="662"/>
     </row>
     <row r="58">
-      <c r="A58" s="671"/>
-[...2 lines deleted...]
-      <c r="E58" s="673"/>
+      <c r="A58" s="659"/>
+      <c r="B58" s="662"/>
+      <c r="C58" s="662"/>
+      <c r="D58" s="662"/>
+      <c r="E58" s="662"/>
+      <c r="F58" s="662"/>
+      <c r="G58" s="662"/>
+      <c r="H58" s="662"/>
     </row>
     <row r="59">
-      <c r="A59" s="671"/>
-[...2 lines deleted...]
-      <c r="E59" s="673"/>
+      <c r="A59" s="659"/>
+      <c r="B59" s="662"/>
+      <c r="C59" s="662"/>
+      <c r="D59" s="662"/>
+      <c r="E59" s="662"/>
+      <c r="F59" s="662"/>
+      <c r="G59" s="662"/>
+      <c r="H59" s="662"/>
     </row>
     <row r="60">
-      <c r="A60" s="671"/>
-[...2 lines deleted...]
-      <c r="E60" s="673"/>
+      <c r="A60" s="659"/>
+      <c r="B60" s="662"/>
+      <c r="C60" s="662"/>
+      <c r="D60" s="662"/>
+      <c r="E60" s="662"/>
+      <c r="F60" s="662"/>
+      <c r="G60" s="662"/>
+      <c r="H60" s="662"/>
     </row>
     <row r="61">
-      <c r="A61" s="671"/>
-[...2 lines deleted...]
-      <c r="E61" s="673"/>
+      <c r="A61" s="659"/>
+      <c r="B61" s="662"/>
+      <c r="C61" s="662"/>
+      <c r="D61" s="662"/>
+      <c r="E61" s="662"/>
+      <c r="F61" s="662"/>
+      <c r="G61" s="662"/>
+      <c r="H61" s="662"/>
     </row>
     <row r="62">
-      <c r="A62" s="671"/>
-[...2 lines deleted...]
-      <c r="E62" s="673"/>
+      <c r="A62" s="659"/>
+      <c r="B62" s="662"/>
+      <c r="C62" s="662"/>
+      <c r="D62" s="662"/>
+      <c r="E62" s="662"/>
+      <c r="F62" s="662"/>
+      <c r="G62" s="662"/>
+      <c r="H62" s="662"/>
     </row>
     <row r="63">
-      <c r="A63" s="671"/>
-[...2 lines deleted...]
-      <c r="E63" s="673"/>
+      <c r="A63" s="659"/>
+      <c r="B63" s="662"/>
+      <c r="C63" s="662"/>
+      <c r="D63" s="662"/>
+      <c r="E63" s="662"/>
+      <c r="F63" s="662"/>
+      <c r="G63" s="662"/>
+      <c r="H63" s="662"/>
     </row>
     <row r="64">
-      <c r="A64" s="671"/>
-[...2 lines deleted...]
-      <c r="E64" s="673"/>
+      <c r="A64" s="659"/>
+      <c r="B64" s="662"/>
+      <c r="C64" s="662"/>
+      <c r="D64" s="662"/>
+      <c r="E64" s="662"/>
+      <c r="F64" s="662"/>
+      <c r="G64" s="662"/>
+      <c r="H64" s="662"/>
     </row>
     <row r="65">
-      <c r="A65" s="671"/>
-[...2 lines deleted...]
-      <c r="E65" s="673"/>
+      <c r="A65" s="659"/>
+      <c r="B65" s="662"/>
+      <c r="C65" s="662"/>
+      <c r="D65" s="662"/>
+      <c r="E65" s="662"/>
+      <c r="F65" s="662"/>
+      <c r="G65" s="662"/>
+      <c r="H65" s="662"/>
     </row>
     <row r="66">
-      <c r="A66" s="671"/>
-[...2 lines deleted...]
-      <c r="E66" s="673"/>
+      <c r="A66" s="659"/>
+      <c r="B66" s="662"/>
+      <c r="C66" s="662"/>
+      <c r="D66" s="662"/>
+      <c r="E66" s="662"/>
+      <c r="F66" s="662"/>
+      <c r="G66" s="662"/>
+      <c r="H66" s="662"/>
     </row>
     <row r="67">
-      <c r="A67" s="671"/>
-[...2 lines deleted...]
-      <c r="E67" s="673"/>
+      <c r="A67" s="659"/>
+      <c r="B67" s="662"/>
+      <c r="C67" s="662"/>
+      <c r="D67" s="662"/>
+      <c r="E67" s="662"/>
+      <c r="F67" s="662"/>
+      <c r="G67" s="662"/>
+      <c r="H67" s="662"/>
     </row>
     <row r="68">
-      <c r="A68" s="671"/>
-[...2 lines deleted...]
-      <c r="E68" s="673"/>
+      <c r="A68" s="659"/>
+      <c r="B68" s="662"/>
+      <c r="C68" s="662"/>
+      <c r="D68" s="662"/>
+      <c r="E68" s="662"/>
+      <c r="F68" s="662"/>
+      <c r="G68" s="662"/>
+      <c r="H68" s="662"/>
     </row>
     <row r="69">
-      <c r="A69" s="671"/>
-[...2 lines deleted...]
-      <c r="E69" s="673"/>
+      <c r="A69" s="659"/>
+      <c r="B69" s="662"/>
+      <c r="C69" s="662"/>
+      <c r="D69" s="662"/>
+      <c r="E69" s="662"/>
+      <c r="F69" s="662"/>
+      <c r="G69" s="662"/>
+      <c r="H69" s="662"/>
     </row>
     <row r="70">
-      <c r="A70" s="671"/>
-[...2 lines deleted...]
-      <c r="E70" s="673"/>
+      <c r="A70" s="659"/>
+      <c r="B70" s="662"/>
+      <c r="C70" s="662"/>
+      <c r="D70" s="662"/>
+      <c r="E70" s="662"/>
+      <c r="F70" s="662"/>
+      <c r="G70" s="662"/>
+      <c r="H70" s="662"/>
     </row>
     <row r="71">
-      <c r="A71" s="671"/>
-[...2 lines deleted...]
-      <c r="E71" s="673"/>
+      <c r="A71" s="659"/>
+      <c r="B71" s="662"/>
+      <c r="C71" s="662"/>
+      <c r="D71" s="662"/>
+      <c r="E71" s="662"/>
+      <c r="F71" s="662"/>
+      <c r="G71" s="662"/>
+      <c r="H71" s="662"/>
     </row>
     <row r="72">
-      <c r="A72" s="671"/>
-[...2 lines deleted...]
-      <c r="E72" s="673"/>
+      <c r="A72" s="659"/>
+      <c r="B72" s="662"/>
+      <c r="C72" s="662"/>
+      <c r="D72" s="662"/>
+      <c r="E72" s="662"/>
+      <c r="F72" s="662"/>
+      <c r="G72" s="662"/>
+      <c r="H72" s="662"/>
     </row>
     <row r="73">
-      <c r="A73" s="671"/>
-[...2 lines deleted...]
-      <c r="E73" s="673"/>
+      <c r="A73" s="659"/>
+      <c r="B73" s="662"/>
+      <c r="C73" s="662"/>
+      <c r="D73" s="662"/>
+      <c r="E73" s="662"/>
+      <c r="F73" s="662"/>
+      <c r="G73" s="662"/>
+      <c r="H73" s="662"/>
     </row>
     <row r="74">
-      <c r="A74" s="671"/>
-[...2 lines deleted...]
-      <c r="E74" s="673"/>
+      <c r="A74" s="659"/>
+      <c r="B74" s="662"/>
+      <c r="C74" s="662"/>
+      <c r="D74" s="662"/>
+      <c r="E74" s="662"/>
+      <c r="F74" s="662"/>
+      <c r="G74" s="662"/>
+      <c r="H74" s="662"/>
     </row>
     <row r="75">
-      <c r="A75" s="671"/>
-[...2 lines deleted...]
-      <c r="E75" s="673"/>
+      <c r="A75" s="659"/>
+      <c r="B75" s="662"/>
+      <c r="C75" s="662"/>
+      <c r="D75" s="662"/>
+      <c r="E75" s="662"/>
+      <c r="F75" s="662"/>
+      <c r="G75" s="662"/>
+      <c r="H75" s="662"/>
     </row>
     <row r="76">
-      <c r="A76" s="671"/>
-[...2 lines deleted...]
-      <c r="E76" s="673"/>
+      <c r="A76" s="659"/>
+      <c r="B76" s="662"/>
+      <c r="C76" s="662"/>
+      <c r="D76" s="662"/>
+      <c r="E76" s="662"/>
+      <c r="F76" s="662"/>
+      <c r="G76" s="662"/>
+      <c r="H76" s="662"/>
     </row>
     <row r="77">
-      <c r="A77" s="671"/>
-[...2 lines deleted...]
-      <c r="E77" s="673"/>
+      <c r="A77" s="659"/>
+      <c r="B77" s="662"/>
+      <c r="C77" s="662"/>
+      <c r="D77" s="662"/>
+      <c r="E77" s="662"/>
+      <c r="F77" s="662"/>
+      <c r="G77" s="662"/>
+      <c r="H77" s="662"/>
     </row>
     <row r="78">
-      <c r="A78" s="671"/>
-[...2 lines deleted...]
-      <c r="E78" s="673"/>
+      <c r="A78" s="659"/>
+      <c r="B78" s="662"/>
+      <c r="C78" s="662"/>
+      <c r="D78" s="662"/>
+      <c r="E78" s="662"/>
+      <c r="F78" s="662"/>
+      <c r="G78" s="662"/>
+      <c r="H78" s="662"/>
     </row>
     <row r="79">
-      <c r="A79" s="671"/>
-[...2 lines deleted...]
-      <c r="E79" s="673"/>
+      <c r="A79" s="659"/>
+      <c r="B79" s="662"/>
+      <c r="C79" s="662"/>
+      <c r="D79" s="662"/>
+      <c r="E79" s="662"/>
+      <c r="F79" s="662"/>
+      <c r="G79" s="662"/>
+      <c r="H79" s="662"/>
     </row>
     <row r="80">
-      <c r="A80" s="671"/>
-[...2 lines deleted...]
-      <c r="E80" s="673"/>
+      <c r="A80" s="659"/>
+      <c r="B80" s="662"/>
+      <c r="C80" s="662"/>
+      <c r="D80" s="662"/>
+      <c r="E80" s="662"/>
+      <c r="F80" s="662"/>
+      <c r="G80" s="662"/>
+      <c r="H80" s="662"/>
     </row>
     <row r="81">
-      <c r="A81" s="671"/>
-[...2 lines deleted...]
-      <c r="E81" s="673"/>
+      <c r="A81" s="659"/>
+      <c r="B81" s="662"/>
+      <c r="C81" s="662"/>
+      <c r="D81" s="662"/>
+      <c r="E81" s="662"/>
+      <c r="F81" s="662"/>
+      <c r="G81" s="662"/>
+      <c r="H81" s="662"/>
     </row>
     <row r="82">
-      <c r="A82" s="671"/>
-[...2 lines deleted...]
-      <c r="E82" s="673"/>
+      <c r="A82" s="659"/>
+      <c r="B82" s="662"/>
+      <c r="C82" s="662"/>
+      <c r="D82" s="662"/>
+      <c r="E82" s="662"/>
+      <c r="F82" s="662"/>
+      <c r="G82" s="662"/>
+      <c r="H82" s="662"/>
     </row>
     <row r="83">
-      <c r="A83" s="671"/>
-[...2 lines deleted...]
-      <c r="E83" s="673"/>
+      <c r="A83" s="659"/>
+      <c r="B83" s="662"/>
+      <c r="C83" s="662"/>
+      <c r="D83" s="662"/>
+      <c r="E83" s="662"/>
+      <c r="F83" s="662"/>
+      <c r="G83" s="662"/>
+      <c r="H83" s="662"/>
     </row>
     <row r="84">
-      <c r="A84" s="671"/>
-[...2 lines deleted...]
-      <c r="E84" s="673"/>
+      <c r="A84" s="659"/>
+      <c r="B84" s="662"/>
+      <c r="C84" s="662"/>
+      <c r="D84" s="662"/>
+      <c r="E84" s="662"/>
+      <c r="F84" s="662"/>
+      <c r="G84" s="662"/>
+      <c r="H84" s="662"/>
     </row>
     <row r="85">
-      <c r="A85" s="671"/>
-[...2 lines deleted...]
-      <c r="E85" s="673"/>
+      <c r="A85" s="659"/>
+      <c r="B85" s="662"/>
+      <c r="C85" s="662"/>
+      <c r="D85" s="662"/>
+      <c r="E85" s="662"/>
+      <c r="F85" s="662"/>
+      <c r="G85" s="662"/>
+      <c r="H85" s="662"/>
     </row>
     <row r="86">
-      <c r="A86" s="671"/>
-[...2 lines deleted...]
-      <c r="E86" s="673"/>
+      <c r="A86" s="659"/>
+      <c r="B86" s="662"/>
+      <c r="C86" s="662"/>
+      <c r="D86" s="662"/>
+      <c r="E86" s="662"/>
+      <c r="F86" s="662"/>
+      <c r="G86" s="662"/>
+      <c r="H86" s="662"/>
     </row>
     <row r="87">
-      <c r="A87" s="671"/>
-[...2 lines deleted...]
-      <c r="E87" s="673"/>
+      <c r="A87" s="659"/>
+      <c r="B87" s="662"/>
+      <c r="C87" s="662"/>
+      <c r="D87" s="662"/>
+      <c r="E87" s="662"/>
+      <c r="F87" s="662"/>
+      <c r="G87" s="662"/>
+      <c r="H87" s="662"/>
     </row>
     <row r="88">
-      <c r="A88" s="671"/>
-[...2 lines deleted...]
-      <c r="E88" s="673"/>
+      <c r="A88" s="659"/>
+      <c r="B88" s="662"/>
+      <c r="C88" s="662"/>
+      <c r="D88" s="662"/>
+      <c r="E88" s="662"/>
+      <c r="F88" s="662"/>
+      <c r="G88" s="662"/>
+      <c r="H88" s="662"/>
     </row>
     <row r="89">
-      <c r="A89" s="671"/>
-[...2 lines deleted...]
-      <c r="E89" s="673"/>
+      <c r="A89" s="659"/>
+      <c r="B89" s="662"/>
+      <c r="C89" s="662"/>
+      <c r="D89" s="662"/>
+      <c r="E89" s="662"/>
+      <c r="F89" s="662"/>
+      <c r="G89" s="662"/>
+      <c r="H89" s="662"/>
     </row>
     <row r="90">
-      <c r="A90" s="671"/>
-[...2 lines deleted...]
-      <c r="E90" s="673"/>
+      <c r="A90" s="659"/>
+      <c r="B90" s="662"/>
+      <c r="C90" s="662"/>
+      <c r="D90" s="662"/>
+      <c r="E90" s="662"/>
+      <c r="F90" s="662"/>
+      <c r="G90" s="662"/>
+      <c r="H90" s="662"/>
     </row>
     <row r="91">
-      <c r="A91" s="671"/>
-[...2 lines deleted...]
-      <c r="E91" s="673"/>
+      <c r="A91" s="659"/>
+      <c r="B91" s="662"/>
+      <c r="C91" s="662"/>
+      <c r="D91" s="662"/>
+      <c r="E91" s="662"/>
+      <c r="F91" s="662"/>
+      <c r="G91" s="662"/>
+      <c r="H91" s="662"/>
     </row>
     <row r="92">
-      <c r="A92" s="671"/>
-[...2 lines deleted...]
-      <c r="E92" s="673"/>
+      <c r="A92" s="659"/>
+      <c r="B92" s="662"/>
+      <c r="C92" s="662"/>
+      <c r="D92" s="662"/>
+      <c r="E92" s="662"/>
+      <c r="F92" s="662"/>
+      <c r="G92" s="662"/>
+      <c r="H92" s="662"/>
     </row>
     <row r="93">
-      <c r="A93" s="671"/>
-[...2 lines deleted...]
-      <c r="E93" s="673"/>
+      <c r="A93" s="659"/>
+      <c r="B93" s="662"/>
+      <c r="C93" s="662"/>
+      <c r="D93" s="662"/>
+      <c r="E93" s="662"/>
+      <c r="F93" s="662"/>
+      <c r="G93" s="662"/>
+      <c r="H93" s="662"/>
     </row>
     <row r="94">
-      <c r="A94" s="671"/>
-[...2 lines deleted...]
-      <c r="E94" s="673"/>
+      <c r="A94" s="659"/>
+      <c r="B94" s="662"/>
+      <c r="C94" s="662"/>
+      <c r="D94" s="662"/>
+      <c r="E94" s="662"/>
+      <c r="F94" s="662"/>
+      <c r="G94" s="662"/>
+      <c r="H94" s="662"/>
     </row>
     <row r="95">
-      <c r="A95" s="671"/>
-[...2 lines deleted...]
-      <c r="E95" s="673"/>
+      <c r="A95" s="659"/>
+      <c r="B95" s="662"/>
+      <c r="C95" s="662"/>
+      <c r="D95" s="662"/>
+      <c r="E95" s="662"/>
+      <c r="F95" s="662"/>
+      <c r="G95" s="662"/>
+      <c r="H95" s="662"/>
     </row>
     <row r="96">
-      <c r="A96" s="671"/>
-[...2 lines deleted...]
-      <c r="E96" s="673"/>
+      <c r="A96" s="659"/>
+      <c r="B96" s="662"/>
+      <c r="C96" s="662"/>
+      <c r="D96" s="662"/>
+      <c r="E96" s="662"/>
+      <c r="F96" s="662"/>
+      <c r="G96" s="662"/>
+      <c r="H96" s="662"/>
     </row>
     <row r="97">
-      <c r="A97" s="671"/>
-[...2 lines deleted...]
-      <c r="E97" s="673"/>
+      <c r="A97" s="659"/>
+      <c r="B97" s="662"/>
+      <c r="C97" s="662"/>
+      <c r="D97" s="662"/>
+      <c r="E97" s="662"/>
+      <c r="F97" s="662"/>
+      <c r="G97" s="662"/>
+      <c r="H97" s="662"/>
     </row>
     <row r="98">
-      <c r="A98" s="671"/>
-[...2 lines deleted...]
-      <c r="E98" s="673"/>
+      <c r="A98" s="659"/>
+      <c r="B98" s="662"/>
+      <c r="C98" s="662"/>
+      <c r="D98" s="662"/>
+      <c r="E98" s="662"/>
+      <c r="F98" s="662"/>
+      <c r="G98" s="662"/>
+      <c r="H98" s="662"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A20">
     <sortCondition ref="A2:A20"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
-  <dimension ref="A1:M98"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <sheetPr codeName="Sheet11"/>
+  <dimension ref="A1:D98"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G21" sqref="G21"/>
+      <selection activeCell="B6" sqref="B6:D6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="26.1796875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14" max="14" bestFit="1" width="10" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="30.42578125" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="19" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="16.85546875" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="21.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="43.5">
-      <c r="A1" s="630" t="s">
+    <row r="1" ht="25.5">
+      <c r="A1" s="659" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="660" t="s">
+        <v>45</v>
+      </c>
+      <c r="C1" s="660" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1" s="660" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="698" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="699">
+        <v>90.29558578839189</v>
+      </c>
+      <c r="C2" s="699">
+        <v>6.9394147009885483</v>
+      </c>
+      <c r="D2" s="699">
+        <v>2.7649995106195555</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="A3" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="681">
+        <v>89.139486467730748</v>
+      </c>
+      <c r="C3" s="681">
+        <v>7.1478140180430261</v>
+      </c>
+      <c r="D3" s="681">
+        <v>3.7126995142262316</v>
+      </c>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="A4" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="681">
+        <v>91.263049803183293</v>
+      </c>
+      <c r="C4" s="681">
+        <v>6.2211192880369675</v>
+      </c>
+      <c r="D4" s="681">
+        <v>2.5158309087797361</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="681">
+        <v>90.203685741998058</v>
+      </c>
+      <c r="C5" s="681">
+        <v>6.7895247332686717</v>
+      </c>
+      <c r="D5" s="681">
+        <v>3.0067895247332688</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="681">
+        <v>89.858686616791346</v>
+      </c>
+      <c r="C6" s="681">
+        <v>6.8827930174563594</v>
+      </c>
+      <c r="D6" s="681">
+        <v>3.2585203657522861</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="681">
+        <v>88.992756460454189</v>
+      </c>
+      <c r="C7" s="681">
+        <v>7.7036021926389973</v>
+      </c>
+      <c r="D7" s="681">
+        <v>3.3036413469068124</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="681">
+        <v>91.187881027156848</v>
+      </c>
+      <c r="C8" s="681">
+        <v>6.0964345095141326</v>
+      </c>
+      <c r="D8" s="681">
+        <v>2.7156844633290227</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="681">
+        <v>90.9514669591445</v>
+      </c>
+      <c r="C9" s="681">
+        <v>5.9775157663833287</v>
+      </c>
+      <c r="D9" s="681">
+        <v>3.0710172744721689</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="681">
+        <v>90.20343908936789</v>
+      </c>
+      <c r="C10" s="681">
+        <v>6.84185032695568</v>
+      </c>
+      <c r="D10" s="681">
+        <v>2.9547105836764351</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="681">
+        <v>89.4069434779247</v>
+      </c>
+      <c r="C11" s="681">
+        <v>6.7579061316013291</v>
+      </c>
+      <c r="D11" s="681">
+        <v>3.8351503904739812</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="681">
+        <v>91.619596541786734</v>
+      </c>
+      <c r="C12" s="681">
+        <v>5.9596541786743513</v>
+      </c>
+      <c r="D12" s="681">
+        <v>2.4207492795389052</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="681">
+        <v>91.982741320489666</v>
+      </c>
+      <c r="C13" s="681">
+        <v>5.629139072847682</v>
+      </c>
+      <c r="D13" s="681">
+        <v>2.3881196066626531</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="681">
+        <v>90.065645514223192</v>
+      </c>
+      <c r="C14" s="681">
+        <v>6.7396061269146612</v>
+      </c>
+      <c r="D14" s="681">
+        <v>3.1947483588621441</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" s="681">
+        <v>91.013384321223711</v>
+      </c>
+      <c r="C15" s="681">
+        <v>6.2824364927615406</v>
+      </c>
+      <c r="D15" s="681">
+        <v>2.70417918601475</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="681">
+        <v>89.702818291479332</v>
+      </c>
+      <c r="C16" s="681">
+        <v>7.0512117556749647</v>
+      </c>
+      <c r="D16" s="681">
+        <v>3.2459699528457064</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" s="681">
+        <v>90.779220779220779</v>
+      </c>
+      <c r="C17" s="681">
+        <v>6.4323911382734913</v>
+      </c>
+      <c r="D17" s="681">
+        <v>2.7883880825057297</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" s="681">
+        <v>89.712153518123671</v>
+      </c>
+      <c r="C18" s="681">
+        <v>7.2316986496090969</v>
+      </c>
+      <c r="D18" s="681">
+        <v>3.0561478322672353</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" s="681">
+        <v>89.883480768481348</v>
+      </c>
+      <c r="C19" s="681">
+        <v>6.9560812127352794</v>
+      </c>
+      <c r="D19" s="681">
+        <v>3.1604380187833678</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" s="681">
+        <v>90.7964135021097</v>
+      </c>
+      <c r="C20" s="681">
+        <v>6.6323839662447259</v>
+      </c>
+      <c r="D20" s="681">
+        <v>2.5712025316455698</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="659"/>
+      <c r="B21" s="667"/>
+      <c r="C21" s="661"/>
+      <c r="D21" s="661"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="659"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="659"/>
+      <c r="B23" s="667"/>
+      <c r="C23" s="661"/>
+      <c r="D23" s="661"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="659"/>
+      <c r="B24" s="667"/>
+      <c r="C24" s="661"/>
+      <c r="D24" s="661"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="659"/>
+      <c r="B25" s="667"/>
+      <c r="C25" s="661"/>
+      <c r="D25" s="661"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="659"/>
+      <c r="B26" s="667"/>
+      <c r="C26" s="661"/>
+      <c r="D26" s="661"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="659"/>
+      <c r="B27" s="667"/>
+      <c r="C27" s="661"/>
+      <c r="D27" s="661"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="659"/>
+      <c r="B28" s="667"/>
+      <c r="C28" s="661"/>
+      <c r="D28" s="661"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="659"/>
+      <c r="B29" s="667"/>
+      <c r="C29" s="661"/>
+      <c r="D29" s="661"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="659"/>
+      <c r="B30" s="667"/>
+      <c r="C30" s="661"/>
+      <c r="D30" s="661"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="659"/>
+      <c r="B31" s="667"/>
+      <c r="C31" s="661"/>
+      <c r="D31" s="661"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="659"/>
+      <c r="B32" s="667"/>
+      <c r="C32" s="661"/>
+      <c r="D32" s="661"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="659"/>
+      <c r="B33" s="667"/>
+      <c r="C33" s="661"/>
+      <c r="D33" s="661"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="659"/>
+      <c r="B34" s="667"/>
+      <c r="C34" s="661"/>
+      <c r="D34" s="661"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="659"/>
+      <c r="B35" s="667"/>
+      <c r="C35" s="661"/>
+      <c r="D35" s="661"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="659"/>
+      <c r="B36" s="667"/>
+      <c r="C36" s="661"/>
+      <c r="D36" s="661"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="659"/>
+      <c r="B37" s="667"/>
+      <c r="C37" s="661"/>
+      <c r="D37" s="661"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="659"/>
+      <c r="B38" s="667"/>
+      <c r="C38" s="661"/>
+      <c r="D38" s="661"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="659"/>
+      <c r="B39" s="667"/>
+      <c r="C39" s="661"/>
+      <c r="D39" s="661"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="659"/>
+      <c r="B40" s="667"/>
+      <c r="C40" s="661"/>
+      <c r="D40" s="661"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="659"/>
+      <c r="B41" s="667"/>
+      <c r="C41" s="661"/>
+      <c r="D41" s="661"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="659"/>
+      <c r="B42" s="667"/>
+      <c r="C42" s="661"/>
+      <c r="D42" s="661"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="659"/>
+      <c r="B43" s="667"/>
+      <c r="C43" s="661"/>
+      <c r="D43" s="661"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="659"/>
+      <c r="B44" s="667"/>
+      <c r="C44" s="661"/>
+      <c r="D44" s="661"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="659"/>
+      <c r="B45" s="667"/>
+      <c r="C45" s="661"/>
+      <c r="D45" s="661"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="659"/>
+      <c r="B46" s="667"/>
+      <c r="C46" s="661"/>
+      <c r="D46" s="661"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="659"/>
+      <c r="B47" s="667"/>
+      <c r="C47" s="661"/>
+      <c r="D47" s="661"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="659"/>
+      <c r="B48" s="667"/>
+      <c r="C48" s="661"/>
+      <c r="D48" s="661"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="659"/>
+      <c r="B49" s="667"/>
+      <c r="C49" s="661"/>
+      <c r="D49" s="661"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="659"/>
+      <c r="B50" s="667"/>
+      <c r="C50" s="661"/>
+      <c r="D50" s="661"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="659"/>
+      <c r="B51" s="667"/>
+      <c r="C51" s="661"/>
+      <c r="D51" s="661"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="659"/>
+      <c r="B52" s="667"/>
+      <c r="C52" s="661"/>
+      <c r="D52" s="661"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="659"/>
+      <c r="B53" s="667"/>
+      <c r="C53" s="661"/>
+      <c r="D53" s="661"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="659"/>
+      <c r="B54" s="667"/>
+      <c r="C54" s="661"/>
+      <c r="D54" s="661"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="659"/>
+      <c r="B55" s="667"/>
+      <c r="C55" s="661"/>
+      <c r="D55" s="661"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="659"/>
+      <c r="B56" s="667"/>
+      <c r="C56" s="661"/>
+      <c r="D56" s="661"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="659"/>
+      <c r="B57" s="667"/>
+      <c r="C57" s="661"/>
+      <c r="D57" s="661"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="659"/>
+      <c r="B58" s="667"/>
+      <c r="C58" s="661"/>
+      <c r="D58" s="661"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="659"/>
+      <c r="B59" s="667"/>
+      <c r="C59" s="661"/>
+      <c r="D59" s="661"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="659"/>
+      <c r="B60" s="667"/>
+      <c r="C60" s="661"/>
+      <c r="D60" s="661"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="659"/>
+      <c r="B61" s="667"/>
+      <c r="C61" s="661"/>
+      <c r="D61" s="661"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="659"/>
+      <c r="B62" s="667"/>
+      <c r="C62" s="661"/>
+      <c r="D62" s="661"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="659"/>
+      <c r="B63" s="667"/>
+      <c r="C63" s="661"/>
+      <c r="D63" s="661"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="659"/>
+      <c r="B64" s="667"/>
+      <c r="C64" s="661"/>
+      <c r="D64" s="661"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="659"/>
+      <c r="B65" s="667"/>
+      <c r="C65" s="661"/>
+      <c r="D65" s="661"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="659"/>
+      <c r="B66" s="667"/>
+      <c r="C66" s="661"/>
+      <c r="D66" s="661"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="659"/>
+      <c r="B67" s="667"/>
+      <c r="C67" s="661"/>
+      <c r="D67" s="661"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="659"/>
+      <c r="B68" s="667"/>
+      <c r="C68" s="661"/>
+      <c r="D68" s="661"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="659"/>
+      <c r="B69" s="667"/>
+      <c r="C69" s="661"/>
+      <c r="D69" s="661"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="659"/>
+      <c r="B70" s="667"/>
+      <c r="C70" s="661"/>
+      <c r="D70" s="661"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="659"/>
+      <c r="B71" s="667"/>
+      <c r="C71" s="661"/>
+      <c r="D71" s="661"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="659"/>
+      <c r="B72" s="667"/>
+      <c r="C72" s="661"/>
+      <c r="D72" s="661"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="659"/>
+      <c r="B73" s="667"/>
+      <c r="C73" s="661"/>
+      <c r="D73" s="661"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="659"/>
+      <c r="B74" s="667"/>
+      <c r="C74" s="661"/>
+      <c r="D74" s="661"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="659"/>
+      <c r="B75" s="667"/>
+      <c r="C75" s="661"/>
+      <c r="D75" s="661"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="659"/>
+      <c r="B76" s="667"/>
+      <c r="C76" s="661"/>
+      <c r="D76" s="661"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="659"/>
+      <c r="B77" s="667"/>
+      <c r="C77" s="661"/>
+      <c r="D77" s="661"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="659"/>
+      <c r="B78" s="667"/>
+      <c r="C78" s="661"/>
+      <c r="D78" s="661"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="659"/>
+      <c r="B79" s="667"/>
+      <c r="C79" s="661"/>
+      <c r="D79" s="661"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="659"/>
+      <c r="B80" s="667"/>
+      <c r="C80" s="661"/>
+      <c r="D80" s="661"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="659"/>
+      <c r="B81" s="667"/>
+      <c r="C81" s="661"/>
+      <c r="D81" s="661"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="659"/>
+      <c r="B82" s="667"/>
+      <c r="C82" s="661"/>
+      <c r="D82" s="661"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="659"/>
+      <c r="B83" s="667"/>
+      <c r="C83" s="661"/>
+      <c r="D83" s="661"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="659"/>
+      <c r="B84" s="667"/>
+      <c r="C84" s="661"/>
+      <c r="D84" s="661"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="659"/>
+      <c r="B85" s="667"/>
+      <c r="C85" s="661"/>
+      <c r="D85" s="661"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="659"/>
+      <c r="B86" s="667"/>
+      <c r="C86" s="661"/>
+      <c r="D86" s="661"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="659"/>
+      <c r="B87" s="667"/>
+      <c r="C87" s="661"/>
+      <c r="D87" s="661"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="659"/>
+      <c r="B88" s="667"/>
+      <c r="C88" s="661"/>
+      <c r="D88" s="661"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="659"/>
+      <c r="B89" s="667"/>
+      <c r="C89" s="661"/>
+      <c r="D89" s="661"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="659"/>
+      <c r="B90" s="667"/>
+      <c r="C90" s="661"/>
+      <c r="D90" s="661"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="659"/>
+      <c r="B91" s="667"/>
+      <c r="C91" s="661"/>
+      <c r="D91" s="661"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="659"/>
+      <c r="B92" s="667"/>
+      <c r="C92" s="661"/>
+      <c r="D92" s="661"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="659"/>
+      <c r="B93" s="667"/>
+      <c r="C93" s="661"/>
+      <c r="D93" s="661"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="659"/>
+      <c r="B94" s="667"/>
+      <c r="C94" s="661"/>
+      <c r="D94" s="661"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="659"/>
+      <c r="B95" s="667"/>
+      <c r="C95" s="661"/>
+      <c r="D95" s="661"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="659"/>
+      <c r="B96" s="667"/>
+      <c r="C96" s="661"/>
+      <c r="D96" s="661"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="659"/>
+      <c r="B97" s="667"/>
+      <c r="C97" s="661"/>
+      <c r="D97" s="661"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="659"/>
+      <c r="B98" s="667"/>
+      <c r="C98" s="661"/>
+      <c r="D98" s="661"/>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A20">
+    <sortCondition ref="A2:A20"/>
+  </sortState>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+  <sheetPr codeName="Sheet12"/>
+  <dimension ref="A1:C98"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C6" sqref="C6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" bestFit="1" width="26.140625" customWidth="1"/>
+    <col min="2" max="2" width="22.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30">
+      <c r="A1" s="659" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="668" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="701" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="695">
+        <v>1.4561288510160129</v>
+      </c>
+      <c r="C2" s="695"/>
+    </row>
+    <row r="3">
+      <c r="A3" s="663" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="661">
         <v>0</v>
       </c>
-      <c r="B1" s="630" t="s">
-[...9 lines deleted...]
-      <c r="A2" s="728" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" s="663" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="661">
+        <v>0.93427573320334723</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="659" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="661">
+        <v>0.74122049510650545</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="659" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="661">
+        <v>1.0330578512396695</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="659" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="661">
+        <v>1.3135513135513135</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="659" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="661">
+        <v>0.93035619351408827</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="659" t="s">
         <v>20</v>
       </c>
-      <c r="B2" s="720"/>
-[...15 lines deleted...]
-      <c r="A3" s="676" t="s">
+      <c r="B9" s="661">
+        <v>2.1384656508954825</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="659" t="s">
         <v>21</v>
       </c>
-      <c r="C3" s="673">
-[...9 lines deleted...]
-      <c r="A4" s="676" t="s">
+      <c r="B10" s="661">
+        <v>0.38159111933395007</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="659" t="s">
         <v>22</v>
       </c>
-      <c r="C4" s="673">
-[...9 lines deleted...]
-      <c r="A5" s="671" t="s">
+      <c r="B11" s="661">
+        <v>7.26454753300391</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="659" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="673">
-[...9 lines deleted...]
-      <c r="A6" s="671" t="s">
+      <c r="B12" s="661">
+        <v>1.1240859980355777</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="659" t="s">
         <v>24</v>
       </c>
-      <c r="C6" s="673">
-[...9 lines deleted...]
-      <c r="A7" s="671" t="s">
+      <c r="B13" s="661">
+        <v>10.609132155613477</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="659" t="s">
         <v>25</v>
       </c>
-      <c r="C7" s="673">
-[...9 lines deleted...]
-      <c r="A8" s="671" t="s">
+      <c r="B14" s="661">
+        <v>0.88719898605830161</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="659" t="s">
         <v>26</v>
       </c>
-      <c r="C8" s="673">
-[...9 lines deleted...]
-      <c r="A9" s="671" t="s">
+      <c r="B15" s="661">
+        <v>1.8262457605009133</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="659" t="s">
         <v>27</v>
       </c>
-      <c r="C9" s="673">
-[...9 lines deleted...]
-      <c r="A10" s="671" t="s">
+      <c r="B16" s="661">
+        <v>1.940203562340967</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="659" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="673">
-[...9 lines deleted...]
-      <c r="A11" s="671" t="s">
+      <c r="B17" s="661">
+        <v>0.16051364365971108</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="659" t="s">
         <v>29</v>
       </c>
-      <c r="C11" s="673">
-[...9 lines deleted...]
-      <c r="A12" s="671" t="s">
+      <c r="B18" s="661">
+        <v>0.47651463580667119</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="659" t="s">
         <v>30</v>
       </c>
-      <c r="C12" s="673">
-[...9 lines deleted...]
-      <c r="A13" s="671" t="s">
+      <c r="B19" s="661">
+        <v>1.037025944367489</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="659" t="s">
         <v>31</v>
       </c>
-      <c r="C13" s="673">
-[...91 lines deleted...]
-      <c r="C20" s="673">
+      <c r="B20" s="661">
         <v>1.0770194113963683</v>
       </c>
-      <c r="F20" s="631"/>
-[...3 lines deleted...]
-      <c r="M20" s="683"/>
     </row>
     <row r="21">
-      <c r="A21" s="671"/>
-[...5 lines deleted...]
-      <c r="M21" s="683"/>
+      <c r="A21" s="659"/>
+      <c r="B21" s="661"/>
     </row>
     <row r="22">
-      <c r="A22" s="671"/>
-[...5 lines deleted...]
-      <c r="M22" s="683"/>
+      <c r="A22" s="659"/>
+      <c r="B22" s="661"/>
     </row>
     <row r="23">
-      <c r="A23" s="671"/>
-[...5 lines deleted...]
-      <c r="M23" s="683"/>
+      <c r="A23" s="659"/>
+      <c r="B23" s="661"/>
     </row>
     <row r="24">
-      <c r="A24" s="671"/>
-[...5 lines deleted...]
-      <c r="M24" s="683"/>
+      <c r="A24" s="659"/>
+      <c r="B24" s="661"/>
     </row>
     <row r="25">
-      <c r="A25" s="671"/>
-[...5 lines deleted...]
-      <c r="M25" s="683"/>
+      <c r="A25" s="659"/>
+      <c r="B25" s="661"/>
     </row>
     <row r="26">
-      <c r="A26" s="671"/>
-[...5 lines deleted...]
-      <c r="M26" s="683"/>
+      <c r="A26" s="659"/>
+      <c r="B26" s="661"/>
     </row>
     <row r="27">
-      <c r="A27" s="671"/>
-[...5 lines deleted...]
-      <c r="M27" s="683"/>
+      <c r="A27" s="659"/>
+      <c r="B27" s="661"/>
     </row>
     <row r="28">
-      <c r="A28" s="671"/>
-[...5 lines deleted...]
-      <c r="M28" s="683"/>
+      <c r="A28" s="659"/>
+      <c r="B28" s="661"/>
     </row>
     <row r="29">
-      <c r="A29" s="671"/>
-[...5 lines deleted...]
-      <c r="M29" s="683"/>
+      <c r="A29" s="659"/>
+      <c r="B29" s="661"/>
     </row>
     <row r="30">
-      <c r="A30" s="671"/>
-[...5 lines deleted...]
-      <c r="M30" s="683"/>
+      <c r="A30" s="659"/>
+      <c r="B30" s="661"/>
     </row>
     <row r="31">
-      <c r="A31" s="671"/>
-[...5 lines deleted...]
-      <c r="M31" s="683"/>
+      <c r="A31" s="659"/>
+      <c r="B31" s="661"/>
     </row>
     <row r="32">
-      <c r="A32" s="671"/>
-[...5 lines deleted...]
-      <c r="M32" s="683"/>
+      <c r="A32" s="659"/>
+      <c r="B32" s="661"/>
     </row>
     <row r="33">
-      <c r="A33" s="671"/>
-[...5 lines deleted...]
-      <c r="M33" s="683"/>
+      <c r="A33" s="659"/>
+      <c r="B33" s="661"/>
     </row>
     <row r="34">
-      <c r="A34" s="671"/>
-[...5 lines deleted...]
-      <c r="M34" s="683"/>
+      <c r="A34" s="659"/>
+      <c r="B34" s="661"/>
     </row>
     <row r="35">
-      <c r="A35" s="671"/>
-[...5 lines deleted...]
-      <c r="M35" s="683"/>
+      <c r="A35" s="659"/>
+      <c r="B35" s="661"/>
     </row>
     <row r="36">
-      <c r="A36" s="671"/>
-[...5 lines deleted...]
-      <c r="M36" s="683"/>
+      <c r="A36" s="659"/>
+      <c r="B36" s="661"/>
     </row>
     <row r="37">
-      <c r="A37" s="671"/>
-[...5 lines deleted...]
-      <c r="M37" s="683"/>
+      <c r="A37" s="659"/>
+      <c r="B37" s="661"/>
     </row>
     <row r="38">
-      <c r="A38" s="671"/>
-[...5 lines deleted...]
-      <c r="M38" s="683"/>
+      <c r="A38" s="659"/>
+      <c r="B38" s="661"/>
     </row>
     <row r="39">
-      <c r="A39" s="671"/>
-[...5 lines deleted...]
-      <c r="M39" s="683"/>
+      <c r="A39" s="659"/>
+      <c r="B39" s="661"/>
     </row>
     <row r="40">
-      <c r="A40" s="671"/>
-[...5 lines deleted...]
-      <c r="M40" s="683"/>
+      <c r="A40" s="659"/>
+      <c r="B40" s="661"/>
     </row>
     <row r="41">
-      <c r="A41" s="671"/>
-[...5 lines deleted...]
-      <c r="M41" s="683"/>
+      <c r="A41" s="659"/>
+      <c r="B41" s="661"/>
     </row>
     <row r="42">
-      <c r="A42" s="671"/>
-[...5 lines deleted...]
-      <c r="M42" s="683"/>
+      <c r="A42" s="659"/>
+      <c r="B42" s="661"/>
     </row>
     <row r="43">
-      <c r="A43" s="671"/>
-[...5 lines deleted...]
-      <c r="M43" s="683"/>
+      <c r="A43" s="659"/>
+      <c r="B43" s="661"/>
     </row>
     <row r="44">
-      <c r="A44" s="671"/>
-[...5 lines deleted...]
-      <c r="M44" s="683"/>
+      <c r="A44" s="659"/>
+      <c r="B44" s="661"/>
     </row>
     <row r="45">
-      <c r="A45" s="671"/>
-[...5 lines deleted...]
-      <c r="M45" s="683"/>
+      <c r="A45" s="659"/>
+      <c r="B45" s="661"/>
     </row>
     <row r="46">
-      <c r="A46" s="671"/>
-[...5 lines deleted...]
-      <c r="M46" s="683"/>
+      <c r="A46" s="659"/>
+      <c r="B46" s="661"/>
     </row>
     <row r="47">
-      <c r="A47" s="671"/>
-[...5 lines deleted...]
-      <c r="M47" s="683"/>
+      <c r="A47" s="659"/>
+      <c r="B47" s="661"/>
     </row>
     <row r="48">
-      <c r="A48" s="671"/>
-[...5 lines deleted...]
-      <c r="M48" s="683"/>
+      <c r="A48" s="659"/>
+      <c r="B48" s="661"/>
     </row>
     <row r="49">
-      <c r="A49" s="671"/>
-[...5 lines deleted...]
-      <c r="M49" s="683"/>
+      <c r="A49" s="659"/>
+      <c r="B49" s="661"/>
     </row>
     <row r="50">
-      <c r="A50" s="671"/>
-[...5 lines deleted...]
-      <c r="M50" s="683"/>
+      <c r="A50" s="659"/>
+      <c r="B50" s="661"/>
     </row>
     <row r="51">
-      <c r="A51" s="671"/>
-[...5 lines deleted...]
-      <c r="M51" s="683"/>
+      <c r="A51" s="659"/>
+      <c r="B51" s="661"/>
     </row>
     <row r="52">
-      <c r="A52" s="671"/>
-[...5 lines deleted...]
-      <c r="M52" s="683"/>
+      <c r="A52" s="659"/>
+      <c r="B52" s="661"/>
     </row>
     <row r="53">
-      <c r="A53" s="671"/>
-[...5 lines deleted...]
-      <c r="M53" s="683"/>
+      <c r="A53" s="659"/>
+      <c r="B53" s="661"/>
     </row>
     <row r="54">
-      <c r="A54" s="671"/>
-[...5 lines deleted...]
-      <c r="M54" s="683"/>
+      <c r="A54" s="659"/>
+      <c r="B54" s="661"/>
     </row>
     <row r="55">
-      <c r="A55" s="671"/>
-[...5 lines deleted...]
-      <c r="M55" s="683"/>
+      <c r="A55" s="659"/>
+      <c r="B55" s="661"/>
     </row>
     <row r="56">
-      <c r="A56" s="671"/>
-[...5 lines deleted...]
-      <c r="M56" s="683"/>
+      <c r="A56" s="659"/>
+      <c r="B56" s="661"/>
     </row>
     <row r="57">
-      <c r="A57" s="671"/>
-[...5 lines deleted...]
-      <c r="M57" s="683"/>
+      <c r="A57" s="659"/>
+      <c r="B57" s="661"/>
     </row>
     <row r="58">
-      <c r="A58" s="671"/>
-[...5 lines deleted...]
-      <c r="M58" s="683"/>
+      <c r="A58" s="659"/>
+      <c r="B58" s="661"/>
     </row>
     <row r="59">
-      <c r="A59" s="671"/>
-[...5 lines deleted...]
-      <c r="M59" s="683"/>
+      <c r="A59" s="659"/>
+      <c r="B59" s="661"/>
     </row>
     <row r="60">
-      <c r="A60" s="671"/>
-[...5 lines deleted...]
-      <c r="M60" s="683"/>
+      <c r="A60" s="659"/>
+      <c r="B60" s="661"/>
     </row>
     <row r="61">
-      <c r="A61" s="671"/>
-[...5 lines deleted...]
-      <c r="M61" s="683"/>
+      <c r="A61" s="659"/>
+      <c r="B61" s="661"/>
     </row>
     <row r="62">
-      <c r="A62" s="671"/>
-[...5 lines deleted...]
-      <c r="M62" s="683"/>
+      <c r="A62" s="659"/>
+      <c r="B62" s="661"/>
     </row>
     <row r="63">
-      <c r="A63" s="671"/>
-[...5 lines deleted...]
-      <c r="M63" s="683"/>
+      <c r="A63" s="659"/>
+      <c r="B63" s="661"/>
     </row>
     <row r="64">
-      <c r="A64" s="671"/>
-[...5 lines deleted...]
-      <c r="M64" s="683"/>
+      <c r="A64" s="659"/>
+      <c r="B64" s="661"/>
     </row>
     <row r="65">
-      <c r="A65" s="671"/>
-[...5 lines deleted...]
-      <c r="M65" s="683"/>
+      <c r="A65" s="659"/>
+      <c r="B65" s="661"/>
     </row>
     <row r="66">
-      <c r="A66" s="671"/>
-[...5 lines deleted...]
-      <c r="M66" s="683"/>
+      <c r="A66" s="659"/>
+      <c r="B66" s="661"/>
     </row>
     <row r="67">
-      <c r="A67" s="671"/>
-[...5 lines deleted...]
-      <c r="M67" s="683"/>
+      <c r="A67" s="659"/>
+      <c r="B67" s="661"/>
     </row>
     <row r="68">
-      <c r="A68" s="671"/>
-[...5 lines deleted...]
-      <c r="M68" s="683"/>
+      <c r="A68" s="659"/>
+      <c r="B68" s="661"/>
     </row>
     <row r="69">
-      <c r="A69" s="671"/>
-[...5 lines deleted...]
-      <c r="M69" s="683"/>
+      <c r="A69" s="659"/>
+      <c r="B69" s="661"/>
     </row>
     <row r="70">
-      <c r="A70" s="671"/>
-[...5 lines deleted...]
-      <c r="M70" s="683"/>
+      <c r="A70" s="659"/>
+      <c r="B70" s="661"/>
     </row>
     <row r="71">
-      <c r="A71" s="671"/>
-[...5 lines deleted...]
-      <c r="M71" s="683"/>
+      <c r="A71" s="659"/>
+      <c r="B71" s="661"/>
     </row>
     <row r="72">
-      <c r="A72" s="671"/>
-[...5 lines deleted...]
-      <c r="M72" s="683"/>
+      <c r="A72" s="659"/>
+      <c r="B72" s="661"/>
     </row>
     <row r="73">
-      <c r="A73" s="671"/>
-[...5 lines deleted...]
-      <c r="M73" s="683"/>
+      <c r="A73" s="659"/>
+      <c r="B73" s="661"/>
     </row>
     <row r="74">
-      <c r="A74" s="671"/>
-[...5 lines deleted...]
-      <c r="M74" s="683"/>
+      <c r="A74" s="659"/>
+      <c r="B74" s="661"/>
     </row>
     <row r="75">
-      <c r="A75" s="671"/>
-[...5 lines deleted...]
-      <c r="M75" s="683"/>
+      <c r="A75" s="659"/>
+      <c r="B75" s="661"/>
     </row>
     <row r="76">
-      <c r="A76" s="671"/>
-[...5 lines deleted...]
-      <c r="M76" s="683"/>
+      <c r="A76" s="659"/>
+      <c r="B76" s="661"/>
     </row>
     <row r="77">
-      <c r="A77" s="671"/>
-[...5 lines deleted...]
-      <c r="M77" s="683"/>
+      <c r="A77" s="659"/>
+      <c r="B77" s="661"/>
     </row>
     <row r="78">
-      <c r="A78" s="671"/>
-[...5 lines deleted...]
-      <c r="M78" s="683"/>
+      <c r="A78" s="659"/>
+      <c r="B78" s="661"/>
     </row>
     <row r="79">
-      <c r="A79" s="671"/>
-[...5 lines deleted...]
-      <c r="M79" s="683"/>
+      <c r="A79" s="659"/>
+      <c r="B79" s="661"/>
     </row>
     <row r="80">
-      <c r="A80" s="671"/>
-[...5 lines deleted...]
-      <c r="M80" s="683"/>
+      <c r="A80" s="659"/>
+      <c r="B80" s="661"/>
     </row>
     <row r="81">
-      <c r="A81" s="671"/>
-[...5 lines deleted...]
-      <c r="M81" s="683"/>
+      <c r="A81" s="659"/>
+      <c r="B81" s="661"/>
     </row>
     <row r="82">
-      <c r="A82" s="671"/>
-[...5 lines deleted...]
-      <c r="M82" s="683"/>
+      <c r="A82" s="659"/>
+      <c r="B82" s="661"/>
     </row>
     <row r="83">
-      <c r="A83" s="671"/>
-[...5 lines deleted...]
-      <c r="M83" s="683"/>
+      <c r="A83" s="659"/>
+      <c r="B83" s="661"/>
     </row>
     <row r="84">
-      <c r="A84" s="671"/>
-[...5 lines deleted...]
-      <c r="M84" s="683"/>
+      <c r="A84" s="659"/>
+      <c r="B84" s="661"/>
     </row>
     <row r="85">
-      <c r="A85" s="671"/>
-[...5 lines deleted...]
-      <c r="M85" s="683"/>
+      <c r="A85" s="659"/>
+      <c r="B85" s="661"/>
     </row>
     <row r="86">
-      <c r="A86" s="671"/>
-[...5 lines deleted...]
-      <c r="M86" s="683"/>
+      <c r="A86" s="659"/>
+      <c r="B86" s="661"/>
     </row>
     <row r="87">
-      <c r="A87" s="671"/>
-[...5 lines deleted...]
-      <c r="M87" s="683"/>
+      <c r="A87" s="659"/>
+      <c r="B87" s="661"/>
     </row>
     <row r="88">
-      <c r="A88" s="671"/>
-[...5 lines deleted...]
-      <c r="M88" s="683"/>
+      <c r="A88" s="659"/>
+      <c r="B88" s="661"/>
     </row>
     <row r="89">
-      <c r="A89" s="671"/>
-[...5 lines deleted...]
-      <c r="M89" s="683"/>
+      <c r="A89" s="659"/>
+      <c r="B89" s="661"/>
     </row>
     <row r="90">
-      <c r="A90" s="671"/>
-[...5 lines deleted...]
-      <c r="M90" s="683"/>
+      <c r="A90" s="659"/>
+      <c r="B90" s="661"/>
     </row>
     <row r="91">
-      <c r="A91" s="671"/>
-[...5 lines deleted...]
-      <c r="M91" s="683"/>
+      <c r="A91" s="659"/>
+      <c r="B91" s="661"/>
     </row>
     <row r="92">
-      <c r="A92" s="671"/>
-[...5 lines deleted...]
-      <c r="M92" s="683"/>
+      <c r="A92" s="659"/>
+      <c r="B92" s="661"/>
     </row>
     <row r="93">
-      <c r="A93" s="671"/>
-[...5 lines deleted...]
-      <c r="M93" s="683"/>
+      <c r="A93" s="659"/>
+      <c r="B93" s="661"/>
     </row>
     <row r="94">
-      <c r="A94" s="671"/>
-[...5 lines deleted...]
-      <c r="M94" s="683"/>
+      <c r="A94" s="659"/>
+      <c r="B94" s="661"/>
     </row>
     <row r="95">
-      <c r="A95" s="671"/>
-[...5 lines deleted...]
-      <c r="M95" s="683"/>
+      <c r="A95" s="659"/>
+      <c r="B95" s="661"/>
     </row>
     <row r="96">
-      <c r="A96" s="671"/>
-[...5 lines deleted...]
-      <c r="M96" s="683"/>
+      <c r="A96" s="659"/>
+      <c r="B96" s="661"/>
     </row>
     <row r="97">
-      <c r="A97" s="671"/>
-[...5 lines deleted...]
-      <c r="M97" s="683"/>
+      <c r="A97" s="659"/>
+      <c r="B97" s="661"/>
     </row>
     <row r="98">
-      <c r="A98" s="671"/>
-[...5 lines deleted...]
-      <c r="M98" s="683"/>
+      <c r="A98" s="659"/>
+      <c r="B98" s="661"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A20">
     <sortCondition ref="A2:A20"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
+  <sheetPr codeName="Sheet13"/>
+  <dimension ref="A1:P75"/>
+  <sheetViews>
+    <sheetView topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="B22" sqref="B22:P22"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" bestFit="1" width="36.5703125" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="15.42578125" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="18.7109375" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="15.7109375" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="18.42578125" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="18.85546875" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="15.85546875" customWidth="1"/>
+    <col min="8" max="8" bestFit="1" width="14.140625" customWidth="1"/>
+    <col min="9" max="9" bestFit="1" width="22.5703125" customWidth="1"/>
+    <col min="10" max="10" bestFit="1" width="16.28515625" customWidth="1"/>
+    <col min="11" max="11" bestFit="1" width="12.7109375" customWidth="1"/>
+    <col min="12" max="12" bestFit="1" width="19" customWidth="1"/>
+    <col min="13" max="13" bestFit="1" width="18.140625" customWidth="1"/>
+    <col min="14" max="14" bestFit="1" width="15" customWidth="1"/>
+    <col min="15" max="15" bestFit="1" width="15.42578125" customWidth="1"/>
+    <col min="16" max="16" bestFit="1" width="21.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="664" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C1" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="D1" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="E1" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="F1" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G1" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="I1" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="J1" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="K1" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="L1" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="M1" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="N1" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="O1" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="P1" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="702" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="703">
+        <v>0</v>
+      </c>
+      <c r="C2" s="703">
+        <v>8.50390770375884</v>
+      </c>
+      <c r="D2" s="703">
+        <v>0.25120952735392632</v>
+      </c>
+      <c r="E2" s="703">
+        <v>13.890956457015257</v>
+      </c>
+      <c r="F2" s="703">
+        <v>9.7599553405284709</v>
+      </c>
+      <c r="G2" s="703">
+        <v>13.425753628582063</v>
+      </c>
+      <c r="H2" s="703">
+        <v>0.018608113137327877</v>
+      </c>
+      <c r="I2" s="703">
+        <v>14.132861927800523</v>
+      </c>
+      <c r="J2" s="703">
+        <v>3.088946780796427</v>
+      </c>
+      <c r="K2" s="703">
+        <v>9.6110904354298476</v>
+      </c>
+      <c r="L2" s="703">
+        <v>3.8983997022701895</v>
+      </c>
+      <c r="M2" s="703">
+        <v>3.2564197990323782</v>
+      </c>
+      <c r="N2" s="703">
+        <v>5.4893933755117228</v>
+      </c>
+      <c r="O2" s="703">
+        <v>13.500186081131375</v>
+      </c>
+      <c r="P2" s="703">
+        <v>1.172311127651656</v>
+      </c>
+    </row>
+    <row r="3" s="664" customFormat="1">
+      <c r="A3" s="664" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="680">
+        <v>25.323475046210721</v>
+      </c>
+      <c r="C3" s="680">
+        <v>0.86260012322858892</v>
+      </c>
+      <c r="D3" s="680">
+        <v>0</v>
+      </c>
+      <c r="E3" s="680">
+        <v>0.49291435613062234</v>
+      </c>
+      <c r="F3" s="680">
+        <v>0.43130006161429446</v>
+      </c>
+      <c r="G3" s="680">
+        <v>6.40788662969809</v>
+      </c>
+      <c r="H3" s="680">
+        <v>55.144793592113373</v>
+      </c>
+      <c r="I3" s="680">
+        <v>0.73937153419593349</v>
+      </c>
+      <c r="J3" s="680">
+        <v>0</v>
+      </c>
+      <c r="K3" s="680">
+        <v>0.061614294516327793</v>
+      </c>
+      <c r="L3" s="680">
+        <v>0.12322858903265559</v>
+      </c>
+      <c r="M3" s="680">
+        <v>1.1706715958102278</v>
+      </c>
+      <c r="N3" s="680">
+        <v>0.18484288354898337</v>
+      </c>
+      <c r="O3" s="680">
+        <v>6.2230437461491066</v>
+      </c>
+      <c r="P3" s="680">
+        <v>2.7726432532347505</v>
+      </c>
+    </row>
+    <row r="4" s="664" customFormat="1">
+      <c r="A4" s="664" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="680">
+        <v>0.098911968348170121</v>
+      </c>
+      <c r="C4" s="680">
+        <v>7.5370919881305634</v>
+      </c>
+      <c r="D4" s="680">
+        <v>0</v>
+      </c>
+      <c r="E4" s="680">
+        <v>7.4975272007912954</v>
+      </c>
+      <c r="F4" s="680">
+        <v>14.540059347181009</v>
+      </c>
+      <c r="G4" s="680">
+        <v>11.909000989119683</v>
+      </c>
+      <c r="H4" s="680">
+        <v>0.71216617210682487</v>
+      </c>
+      <c r="I4" s="680">
+        <v>19.0108803165183</v>
+      </c>
+      <c r="J4" s="680">
+        <v>1.1671612265084075</v>
+      </c>
+      <c r="K4" s="680">
+        <v>8.0712166172106823</v>
+      </c>
+      <c r="L4" s="680">
+        <v>5.4203758654797225</v>
+      </c>
+      <c r="M4" s="680">
+        <v>6.1127596439169141</v>
+      </c>
+      <c r="N4" s="680">
+        <v>5.123639960435213</v>
+      </c>
+      <c r="O4" s="680">
+        <v>11.078140454995054</v>
+      </c>
+      <c r="P4" s="680">
+        <v>1.7210682492581602</v>
+      </c>
+    </row>
+    <row r="5" s="664" customFormat="1">
+      <c r="A5" s="664" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="680">
+        <v>5.1174934725848571</v>
+      </c>
+      <c r="C5" s="680">
+        <v>6.4099216710182771</v>
+      </c>
+      <c r="D5" s="680">
+        <v>0.026109660574412531</v>
+      </c>
+      <c r="E5" s="680">
+        <v>4.6344647519582249</v>
+      </c>
+      <c r="F5" s="680">
+        <v>9.5039164490861623</v>
+      </c>
+      <c r="G5" s="680">
+        <v>18.446475195822455</v>
+      </c>
+      <c r="H5" s="680">
+        <v>9.778067885117494</v>
+      </c>
+      <c r="I5" s="680">
+        <v>6.8146214099216715</v>
+      </c>
+      <c r="J5" s="680">
+        <v>0.52219321148825071</v>
+      </c>
+      <c r="K5" s="680">
+        <v>7.2976501305483028</v>
+      </c>
+      <c r="L5" s="680">
+        <v>6.3838120104438634</v>
+      </c>
+      <c r="M5" s="680">
+        <v>4.7258485639686683</v>
+      </c>
+      <c r="N5" s="680">
+        <v>4.7127937336814618</v>
+      </c>
+      <c r="O5" s="680">
+        <v>12.898172323759791</v>
+      </c>
+      <c r="P5" s="680">
+        <v>2.7284595300261096</v>
+      </c>
+    </row>
+    <row r="6" s="664" customFormat="1">
+      <c r="A6" s="664" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="680">
+        <v>5.2065255119750091</v>
+      </c>
+      <c r="C6" s="680">
+        <v>2.8809441166261713</v>
+      </c>
+      <c r="D6" s="680">
+        <v>0</v>
+      </c>
+      <c r="E6" s="680">
+        <v>8.19160013884068</v>
+      </c>
+      <c r="F6" s="680">
+        <v>16.487330787920861</v>
+      </c>
+      <c r="G6" s="680">
+        <v>17.112113849357861</v>
+      </c>
+      <c r="H6" s="680">
+        <v>15.341895175286361</v>
+      </c>
+      <c r="I6" s="680">
+        <v>13.884068031933355</v>
+      </c>
+      <c r="J6" s="680">
+        <v>0</v>
+      </c>
+      <c r="K6" s="680">
+        <v>0.27768136063866711</v>
+      </c>
+      <c r="L6" s="680">
+        <v>6.108989934050677</v>
+      </c>
+      <c r="M6" s="680">
+        <v>3.6445678583825059</v>
+      </c>
+      <c r="N6" s="680">
+        <v>3.4363068379035058</v>
+      </c>
+      <c r="O6" s="680">
+        <v>6.6990628254078448</v>
+      </c>
+      <c r="P6" s="680">
+        <v>0.72891357167650128</v>
+      </c>
+    </row>
+    <row r="7" s="664" customFormat="1">
+      <c r="A7" s="664" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="680">
+        <v>2.3889107353519465</v>
+      </c>
+      <c r="C7" s="680">
+        <v>28.7947306331105</v>
+      </c>
+      <c r="D7" s="680">
+        <v>0</v>
+      </c>
+      <c r="E7" s="680">
+        <v>8.81832481321274</v>
+      </c>
+      <c r="F7" s="680">
+        <v>6.3311049941014552</v>
+      </c>
+      <c r="G7" s="680">
+        <v>29.512386944553676</v>
+      </c>
+      <c r="H7" s="680">
+        <v>2.5363743609909553</v>
+      </c>
+      <c r="I7" s="680">
+        <v>4.4632324026740067</v>
+      </c>
+      <c r="J7" s="680">
+        <v>0</v>
+      </c>
+      <c r="K7" s="680">
+        <v>1.7793944160440425</v>
+      </c>
+      <c r="L7" s="680">
+        <v>1.730239874164373</v>
+      </c>
+      <c r="M7" s="680">
+        <v>1.0027526543452614</v>
+      </c>
+      <c r="N7" s="680">
+        <v>3.9421942587495082</v>
+      </c>
+      <c r="O7" s="680">
+        <v>8.3759339362957146</v>
+      </c>
+      <c r="P7" s="680">
+        <v>0.32441997640581988</v>
+      </c>
+    </row>
+    <row r="8" s="664" customFormat="1">
+      <c r="A8" s="664" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="680">
+        <v>11.537741150028095</v>
+      </c>
+      <c r="C8" s="680">
+        <v>4.1768121371043261</v>
+      </c>
+      <c r="D8" s="680">
+        <v>0</v>
+      </c>
+      <c r="E8" s="680">
+        <v>5.8063307735531</v>
+      </c>
+      <c r="F8" s="680">
+        <v>6.3120434538303059</v>
+      </c>
+      <c r="G8" s="680">
+        <v>13.29837048136355</v>
+      </c>
+      <c r="H8" s="680">
+        <v>35.006555534744329</v>
+      </c>
+      <c r="I8" s="680">
+        <v>8.2412436785914966</v>
+      </c>
+      <c r="J8" s="680">
+        <v>0</v>
+      </c>
+      <c r="K8" s="680">
+        <v>2.772054691889867</v>
+      </c>
+      <c r="L8" s="680">
+        <v>2.3599925079602921</v>
+      </c>
+      <c r="M8" s="680">
+        <v>3.5212586626709119</v>
+      </c>
+      <c r="N8" s="680">
+        <v>1.0863457576325155</v>
+      </c>
+      <c r="O8" s="680">
+        <v>5.3006180932758946</v>
+      </c>
+      <c r="P8" s="680">
+        <v>0.58063307735531</v>
+      </c>
+    </row>
+    <row r="9" s="664" customFormat="1">
+      <c r="A9" s="664" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="680">
+        <v>29.303599374021911</v>
+      </c>
+      <c r="C9" s="680">
+        <v>5.516431924882629</v>
+      </c>
+      <c r="D9" s="680">
+        <v>0</v>
+      </c>
+      <c r="E9" s="680">
+        <v>0.1564945226917058</v>
+      </c>
+      <c r="F9" s="680">
+        <v>0.54773082942097029</v>
+      </c>
+      <c r="G9" s="680">
+        <v>2.2691705790297343</v>
+      </c>
+      <c r="H9" s="680">
+        <v>52.464788732394361</v>
+      </c>
+      <c r="I9" s="680">
+        <v>1.2519561815336464</v>
+      </c>
+      <c r="J9" s="680">
+        <v>0</v>
+      </c>
+      <c r="K9" s="680">
+        <v>2.699530516431925</v>
+      </c>
+      <c r="L9" s="680">
+        <v>0.11737089201877934</v>
+      </c>
+      <c r="M9" s="680">
+        <v>0.27386541471048514</v>
+      </c>
+      <c r="N9" s="680">
+        <v>0.11737089201877934</v>
+      </c>
+      <c r="O9" s="680">
+        <v>5.0860719874804383</v>
+      </c>
+      <c r="P9" s="680">
+        <v>0.19561815336463223</v>
+      </c>
+    </row>
+    <row r="10" s="664" customFormat="1">
+      <c r="A10" s="664" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="680">
+        <v>6.5476190476190483</v>
+      </c>
+      <c r="C10" s="680">
+        <v>5.8747412008281579</v>
+      </c>
+      <c r="D10" s="680">
+        <v>0</v>
+      </c>
+      <c r="E10" s="680">
+        <v>6.004140786749482</v>
+      </c>
+      <c r="F10" s="680">
+        <v>23.473084886128365</v>
+      </c>
+      <c r="G10" s="680">
+        <v>18.271221532091097</v>
+      </c>
+      <c r="H10" s="680">
+        <v>3.002070393374741</v>
+      </c>
+      <c r="I10" s="680">
+        <v>18.685300207039337</v>
+      </c>
+      <c r="J10" s="680">
+        <v>0</v>
+      </c>
+      <c r="K10" s="680">
+        <v>0.56935817805383016</v>
+      </c>
+      <c r="L10" s="680">
+        <v>4.7360248447204967</v>
+      </c>
+      <c r="M10" s="680">
+        <v>2.691511387163561</v>
+      </c>
+      <c r="N10" s="680">
+        <v>5.7453416149068319</v>
+      </c>
+      <c r="O10" s="680">
+        <v>4.3737060041407867</v>
+      </c>
+      <c r="P10" s="680">
+        <v>0.025879917184265012</v>
+      </c>
+    </row>
+    <row r="11" s="664" customFormat="1">
+      <c r="A11" s="664" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="680">
+        <v>1.1950286806883366</v>
+      </c>
+      <c r="C11" s="680">
+        <v>0.22307202039515617</v>
+      </c>
+      <c r="D11" s="680">
+        <v>0</v>
+      </c>
+      <c r="E11" s="680">
+        <v>0.95602294455066927</v>
+      </c>
+      <c r="F11" s="680">
+        <v>5.0669216061185471</v>
+      </c>
+      <c r="G11" s="680">
+        <v>3.6966220522625872</v>
+      </c>
+      <c r="H11" s="680">
+        <v>53.505417463352458</v>
+      </c>
+      <c r="I11" s="680">
+        <v>4.0152963671128106</v>
+      </c>
+      <c r="J11" s="680">
+        <v>0</v>
+      </c>
+      <c r="K11" s="680">
+        <v>4.0471637985978335</v>
+      </c>
+      <c r="L11" s="680">
+        <v>6.9152326322498405</v>
+      </c>
+      <c r="M11" s="680">
+        <v>7.7119184193753982</v>
+      </c>
+      <c r="N11" s="680">
+        <v>5.1306564690885921</v>
+      </c>
+      <c r="O11" s="680">
+        <v>3.7444231994901211</v>
+      </c>
+      <c r="P11" s="680">
+        <v>3.7922243467176551</v>
+      </c>
+    </row>
+    <row r="12" s="664" customFormat="1">
+      <c r="A12" s="664" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="680">
+        <v>1.7031070195627158</v>
+      </c>
+      <c r="C12" s="680">
+        <v>7.2036823935558116</v>
+      </c>
+      <c r="D12" s="680">
+        <v>0.046029919447640961</v>
+      </c>
+      <c r="E12" s="680">
+        <v>5.9148446490218642</v>
+      </c>
+      <c r="F12" s="680">
+        <v>11.001150747986191</v>
+      </c>
+      <c r="G12" s="680">
+        <v>14.729574223245109</v>
+      </c>
+      <c r="H12" s="680">
+        <v>6.2370540851553509</v>
+      </c>
+      <c r="I12" s="680">
+        <v>23.337169159953969</v>
+      </c>
+      <c r="J12" s="680">
+        <v>0.11507479861910241</v>
+      </c>
+      <c r="K12" s="680">
+        <v>3.1530494821634067</v>
+      </c>
+      <c r="L12" s="680">
+        <v>6.973532796317607</v>
+      </c>
+      <c r="M12" s="680">
+        <v>5.2013808975834293</v>
+      </c>
+      <c r="N12" s="680">
+        <v>4.7640966628308394</v>
+      </c>
+      <c r="O12" s="680">
+        <v>9.2980437284234743</v>
+      </c>
+      <c r="P12" s="680">
+        <v>0.32220943613348679</v>
+      </c>
+    </row>
+    <row r="13" s="664" customFormat="1">
+      <c r="A13" s="664" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="680">
+        <v>0.40056078509913878</v>
+      </c>
+      <c r="C13" s="680">
+        <v>11.97676747446425</v>
+      </c>
+      <c r="D13" s="680">
+        <v>0.14019627478469859</v>
+      </c>
+      <c r="E13" s="680">
+        <v>7.9311035449629479</v>
+      </c>
+      <c r="F13" s="680">
+        <v>7.1099539355097132</v>
+      </c>
+      <c r="G13" s="680">
+        <v>19.967955137192071</v>
+      </c>
+      <c r="H13" s="680">
+        <v>1.4820749048668136</v>
+      </c>
+      <c r="I13" s="680">
+        <v>9.9539355097135989</v>
+      </c>
+      <c r="J13" s="680">
+        <v>1.6823552974163829</v>
+      </c>
+      <c r="K13" s="680">
+        <v>3.865411576206689</v>
+      </c>
+      <c r="L13" s="680">
+        <v>5.0670939315041057</v>
+      </c>
+      <c r="M13" s="680">
+        <v>4.64650510715001</v>
+      </c>
+      <c r="N13" s="680">
+        <v>7.1099539355097132</v>
+      </c>
+      <c r="O13" s="680">
+        <v>17.464450230322452</v>
+      </c>
+      <c r="P13" s="680">
+        <v>1.1616262767875025</v>
+      </c>
+    </row>
+    <row r="14" s="664" customFormat="1">
+      <c r="A14" s="664" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="680">
+        <v>41.148608644168142</v>
+      </c>
+      <c r="C14" s="680">
+        <v>0.41444641799881587</v>
+      </c>
+      <c r="D14" s="680">
+        <v>0</v>
+      </c>
+      <c r="E14" s="680">
+        <v>1.4209591474245116</v>
+      </c>
+      <c r="F14" s="680">
+        <v>1.9538188277087036</v>
+      </c>
+      <c r="G14" s="680">
+        <v>0.82889283599763175</v>
+      </c>
+      <c r="H14" s="680">
+        <v>50.858496151568978</v>
+      </c>
+      <c r="I14" s="680">
+        <v>0.41444641799881587</v>
+      </c>
+      <c r="J14" s="680">
+        <v>0</v>
+      </c>
+      <c r="K14" s="680">
+        <v>0</v>
+      </c>
+      <c r="L14" s="680">
+        <v>0</v>
+      </c>
+      <c r="M14" s="680">
+        <v>0</v>
+      </c>
+      <c r="N14" s="680">
+        <v>0</v>
+      </c>
+      <c r="O14" s="680">
+        <v>2.9603315571343991</v>
+      </c>
+      <c r="P14" s="680">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" s="664" customFormat="1">
+      <c r="A15" s="664" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" s="680">
+        <v>23.48993288590604</v>
+      </c>
+      <c r="C15" s="680">
+        <v>0.28763183125599234</v>
+      </c>
+      <c r="D15" s="680">
+        <v>0</v>
+      </c>
+      <c r="E15" s="680">
+        <v>1.5819750719079577</v>
+      </c>
+      <c r="F15" s="680">
+        <v>0.7190795781399808</v>
+      </c>
+      <c r="G15" s="680">
+        <v>4.88974113135187</v>
+      </c>
+      <c r="H15" s="680">
+        <v>56.088207094918509</v>
+      </c>
+      <c r="I15" s="680">
+        <v>2.4448705656759349</v>
+      </c>
+      <c r="J15" s="680">
+        <v>0</v>
+      </c>
+      <c r="K15" s="680">
+        <v>1.1505273250239694</v>
+      </c>
+      <c r="L15" s="680">
+        <v>0.047938638542665384</v>
+      </c>
+      <c r="M15" s="680">
+        <v>1.2464046021093003</v>
+      </c>
+      <c r="N15" s="680">
+        <v>1.4381591562799616</v>
+      </c>
+      <c r="O15" s="680">
+        <v>6.375838926174497</v>
+      </c>
+      <c r="P15" s="680">
+        <v>0.23969319271332695</v>
+      </c>
+    </row>
+    <row r="16" s="664" customFormat="1">
+      <c r="A16" s="664" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="680">
+        <v>2.6888815572418343</v>
+      </c>
+      <c r="C16" s="680">
+        <v>11.448366875618609</v>
+      </c>
+      <c r="D16" s="680">
+        <v>0.049488617617947872</v>
+      </c>
+      <c r="E16" s="680">
+        <v>7.6047509072913231</v>
+      </c>
+      <c r="F16" s="680">
+        <v>9.3863411415374465</v>
+      </c>
+      <c r="G16" s="680">
+        <v>19.894424282415045</v>
+      </c>
+      <c r="H16" s="680">
+        <v>4.9158693500494888</v>
+      </c>
+      <c r="I16" s="680">
+        <v>5.8231606730452</v>
+      </c>
+      <c r="J16" s="680">
+        <v>2.3754536456614979</v>
+      </c>
+      <c r="K16" s="680">
+        <v>12.30616958099637</v>
+      </c>
+      <c r="L16" s="680">
+        <v>2.3754536456614979</v>
+      </c>
+      <c r="M16" s="680">
+        <v>1.4846585285384362</v>
+      </c>
+      <c r="N16" s="680">
+        <v>3.7611349389640383</v>
+      </c>
+      <c r="O16" s="680">
+        <v>15.819861431870669</v>
+      </c>
+      <c r="P16" s="680">
+        <v>0.065984823490597158</v>
+      </c>
+    </row>
+    <row r="17" s="664" customFormat="1">
+      <c r="A17" s="664" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" s="680">
+        <v>8.0836351662825159</v>
+      </c>
+      <c r="C17" s="680">
+        <v>26.983865656898253</v>
+      </c>
+      <c r="D17" s="680">
+        <v>0</v>
+      </c>
+      <c r="E17" s="680">
+        <v>12.808692788936451</v>
+      </c>
+      <c r="F17" s="680">
+        <v>6.2561738557787292</v>
+      </c>
+      <c r="G17" s="680">
+        <v>21.172209417188014</v>
+      </c>
+      <c r="H17" s="680">
+        <v>9.3348699374382615</v>
+      </c>
+      <c r="I17" s="680">
+        <v>8.7092525518603878</v>
+      </c>
+      <c r="J17" s="680">
+        <v>0</v>
+      </c>
+      <c r="K17" s="680">
+        <v>0.016463615409944024</v>
+      </c>
+      <c r="L17" s="680">
+        <v>0.9878169245966415</v>
+      </c>
+      <c r="M17" s="680">
+        <v>0.9878169245966415</v>
+      </c>
+      <c r="N17" s="680">
+        <v>3.1116233124794208</v>
+      </c>
+      <c r="O17" s="680">
+        <v>1.43233454066513</v>
+      </c>
+      <c r="P17" s="680">
+        <v>0.11524530786960817</v>
+      </c>
+    </row>
+    <row r="18" s="664" customFormat="1">
+      <c r="A18" s="664" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" s="680">
+        <v>4.10958904109589</v>
+      </c>
+      <c r="C18" s="680">
+        <v>7.3170731707317067</v>
+      </c>
+      <c r="D18" s="680">
+        <v>0</v>
+      </c>
+      <c r="E18" s="680">
+        <v>3.9759438690277316</v>
+      </c>
+      <c r="F18" s="680">
+        <v>14.968259271633814</v>
+      </c>
+      <c r="G18" s="680">
+        <v>21.182759772803209</v>
+      </c>
+      <c r="H18" s="680">
+        <v>17.774807885065151</v>
+      </c>
+      <c r="I18" s="680">
+        <v>9.3217507517540934</v>
+      </c>
+      <c r="J18" s="680">
+        <v>0.10023387905111927</v>
+      </c>
+      <c r="K18" s="680">
+        <v>3.942532576010692</v>
+      </c>
+      <c r="L18" s="680">
+        <v>2.472435683260942</v>
+      </c>
+      <c r="M18" s="680">
+        <v>2.9401937854994986</v>
+      </c>
+      <c r="N18" s="680">
+        <v>2.104911460073505</v>
+      </c>
+      <c r="O18" s="680">
+        <v>8.9542265285666556</v>
+      </c>
+      <c r="P18" s="680">
+        <v>0.835282325425994</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" s="661">
+        <v>2.19580202927736</v>
+      </c>
+      <c r="C19" s="661">
+        <v>7.26512276353497</v>
+      </c>
+      <c r="D19" s="661">
+        <v>0.0503446673379289</v>
+      </c>
+      <c r="E19" s="661">
+        <v>6.01037874680505</v>
+      </c>
+      <c r="F19" s="661">
+        <v>10.955774146076989</v>
+      </c>
+      <c r="G19" s="661">
+        <v>14.933002865773371</v>
+      </c>
+      <c r="H19" s="661">
+        <v>3.8842847184571294</v>
+      </c>
+      <c r="I19" s="661">
+        <v>9.5035241267136552</v>
+      </c>
+      <c r="J19" s="661">
+        <v>1.3321973510959646</v>
+      </c>
+      <c r="K19" s="661">
+        <v>7.1683060955774147</v>
+      </c>
+      <c r="L19" s="661">
+        <v>7.7220974362946322</v>
+      </c>
+      <c r="M19" s="661">
+        <v>8.67477344899698</v>
+      </c>
+      <c r="N19" s="661">
+        <v>7.7608241034776553</v>
+      </c>
+      <c r="O19" s="661">
+        <v>9.4725427929672374</v>
+      </c>
+      <c r="P19" s="661">
+        <v>3.0555340407404539</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" s="661">
+        <v>0.024533856722276742</v>
+      </c>
+      <c r="C20" s="661">
+        <v>9.9852796859666348</v>
+      </c>
+      <c r="D20" s="661">
+        <v>0.049067713444553483</v>
+      </c>
+      <c r="E20" s="661">
+        <v>11.015701668302256</v>
+      </c>
+      <c r="F20" s="661">
+        <v>7.2129538763493626</v>
+      </c>
+      <c r="G20" s="661">
+        <v>19.528949950932287</v>
+      </c>
+      <c r="H20" s="661">
+        <v>0.44160942100098138</v>
+      </c>
+      <c r="I20" s="661">
+        <v>13.61629048086359</v>
+      </c>
+      <c r="J20" s="661">
+        <v>1.7909715407262024</v>
+      </c>
+      <c r="K20" s="661">
+        <v>8.979391560353287</v>
+      </c>
+      <c r="L20" s="661">
+        <v>2.845927379784102</v>
+      </c>
+      <c r="M20" s="661">
+        <v>2.4288518155053973</v>
+      </c>
+      <c r="N20" s="661">
+        <v>5.6182531894013739</v>
+      </c>
+      <c r="O20" s="661">
+        <v>15.775269872423944</v>
+      </c>
+      <c r="P20" s="661">
+        <v>0.662414131501472</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="659"/>
+      <c r="C21" s="645"/>
+      <c r="D21" s="645"/>
+      <c r="E21" s="645"/>
+      <c r="F21" s="645"/>
+      <c r="G21" s="645"/>
+      <c r="H21" s="645"/>
+      <c r="I21" s="645"/>
+      <c r="J21" s="645"/>
+      <c r="K21" s="645"/>
+      <c r="L21" s="645"/>
+      <c r="M21" s="645"/>
+      <c r="N21" s="645"/>
+      <c r="O21" s="645"/>
+      <c r="P21" s="645"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="659"/>
+      <c r="B22" s="680"/>
+      <c r="C22" s="680"/>
+      <c r="D22" s="680"/>
+      <c r="E22" s="680"/>
+      <c r="F22" s="680"/>
+      <c r="G22" s="680"/>
+      <c r="H22" s="680"/>
+      <c r="I22" s="680"/>
+      <c r="J22" s="680"/>
+      <c r="K22" s="680"/>
+      <c r="L22" s="680"/>
+      <c r="M22" s="680"/>
+      <c r="N22" s="680"/>
+      <c r="O22" s="680"/>
+      <c r="P22" s="680"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="659"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="659"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="659"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="659"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="659"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="659"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="659"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="659"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="659"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="659"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="659"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="659"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="659"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="659"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="659"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="659"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="659"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="659"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="659"/>
+      <c r="B41" s="678"/>
+      <c r="C41" s="678"/>
+      <c r="D41" s="678"/>
+      <c r="E41" s="678"/>
+      <c r="F41" s="678"/>
+      <c r="G41" s="678"/>
+      <c r="H41" s="678"/>
+      <c r="I41" s="678"/>
+      <c r="J41" s="678"/>
+      <c r="K41" s="678"/>
+      <c r="L41" s="678"/>
+      <c r="M41" s="678"/>
+      <c r="N41" s="678"/>
+      <c r="O41" s="678"/>
+      <c r="P41" s="678"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="659"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="659"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="659"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="659"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="659"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="659"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="659"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="659"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="659"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="659"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="659"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="659"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="659"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="659"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="659"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="659"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="659"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="659"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="659"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="659"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="659"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="659"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="659"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="659"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="659"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="659"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="659"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="659"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="659"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="659"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="659"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="659"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="659"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="659"/>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="0" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A0B65FB2-D583-47AD-82A1-602B1105D7CF}">
+  <sheetPr codeName="Sheet23"/>
+  <dimension ref="A1:B16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C1" sqref="C1:C16"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" bestFit="1" width="15" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="18.7109375" customWidth="1"/>
+    <col min="3" max="3" width="21.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B1" s="0" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" s="0" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" s="0" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" s="0" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" s="0" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>80</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:Z75"/>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+  <sheetPr codeName="Sheet14"/>
+  <dimension ref="A1:F98"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C16" sqref="C16"/>
+      <selection activeCell="I26" sqref="I26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="36.54296875" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="17" max="17" bestFit="1" width="21.453125" customWidth="1"/>
+    <col min="1" max="1" width="22.42578125" customWidth="1"/>
+    <col min="2" max="2" width="15.7109375" customWidth="1"/>
+    <col min="3" max="3" width="18" customWidth="1"/>
+    <col min="4" max="4" width="15.7109375" customWidth="1"/>
+    <col min="5" max="5" width="18.5703125" customWidth="1"/>
+    <col min="6" max="6" width="17" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" s="645" customFormat="1">
-      <c r="A1" s="646" t="s">
+    <row r="1" ht="25.5">
+      <c r="A1" s="659" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="660" t="s">
+        <v>81</v>
+      </c>
+      <c r="C1" s="660" t="s">
+        <v>82</v>
+      </c>
+      <c r="D1" s="660" t="s">
+        <v>83</v>
+      </c>
+      <c r="E1" s="660" t="s">
+        <v>84</v>
+      </c>
+      <c r="F1" s="660" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="698" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="695">
+        <v>16.693306693306692</v>
+      </c>
+      <c r="C2" s="695">
+        <v>20.919080919080919</v>
+      </c>
+      <c r="D2" s="695">
+        <v>30.419580419580424</v>
+      </c>
+      <c r="E2" s="695">
+        <v>31.3986013986014</v>
+      </c>
+      <c r="F2" s="695">
+        <v>0.56943056943056947</v>
+      </c>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="A3" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="661">
+        <v>37.213997308209962</v>
+      </c>
+      <c r="C3" s="661">
+        <v>27.456258411843876</v>
+      </c>
+      <c r="D3" s="661">
+        <v>19.717362045760432</v>
+      </c>
+      <c r="E3" s="661">
+        <v>15.545087483176312</v>
+      </c>
+      <c r="F3" s="661">
+        <v>0.067294751009421269</v>
+      </c>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="A4" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="661">
+        <v>25.035714285714285</v>
+      </c>
+      <c r="C4" s="661">
+        <v>24.642857142857146</v>
+      </c>
+      <c r="D4" s="661">
+        <v>29.017857142857146</v>
+      </c>
+      <c r="E4" s="661">
+        <v>21.25</v>
+      </c>
+      <c r="F4" s="661">
+        <v>0.053571428571428575</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="661">
+        <v>31.197080291970803</v>
+      </c>
+      <c r="C5" s="661">
+        <v>22.729927007299271</v>
+      </c>
+      <c r="D5" s="661">
+        <v>23.474452554744527</v>
+      </c>
+      <c r="E5" s="661">
+        <v>22.452554744525546</v>
+      </c>
+      <c r="F5" s="661">
+        <v>0.145985401459854</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="661">
+        <v>35.773232866881955</v>
+      </c>
+      <c r="C6" s="661">
+        <v>24.686042339433083</v>
+      </c>
+      <c r="D6" s="661">
+        <v>26.193039110154288</v>
+      </c>
+      <c r="E6" s="661">
+        <v>9.2931467527807676</v>
+      </c>
+      <c r="F6" s="661">
+        <v>4.05453893074991</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="661">
+        <v>62.004589069670423</v>
+      </c>
+      <c r="C7" s="661">
+        <v>11.034626616604088</v>
+      </c>
+      <c r="D7" s="661">
+        <v>7.7909887359199</v>
+      </c>
+      <c r="E7" s="661">
+        <v>17.292448894451397</v>
+      </c>
+      <c r="F7" s="661">
+        <v>1.877346683354193</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="661">
+        <v>36.32966168371361</v>
+      </c>
+      <c r="C8" s="661">
+        <v>31.490952006294254</v>
+      </c>
+      <c r="D8" s="661">
+        <v>20.239968528717544</v>
+      </c>
+      <c r="E8" s="661">
+        <v>11.801730920535011</v>
+      </c>
+      <c r="F8" s="661">
+        <v>0.13768686073957515</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="661">
+        <v>42.168021680216796</v>
+      </c>
+      <c r="C9" s="661">
+        <v>22.222222222222221</v>
+      </c>
+      <c r="D9" s="661">
+        <v>13.495934959349592</v>
+      </c>
+      <c r="E9" s="661">
+        <v>22.113821138211382</v>
+      </c>
+      <c r="F9" s="661">
         <v>0</v>
       </c>
-      <c r="B1" s="646" t="s">
-[...54 lines deleted...]
-      <c r="C2" s="733">
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="661">
+        <v>38.052858683926644</v>
+      </c>
+      <c r="C10" s="661">
+        <v>25.161812297734627</v>
+      </c>
+      <c r="D10" s="661">
+        <v>21.035598705501616</v>
+      </c>
+      <c r="E10" s="661">
+        <v>11.27292340884574</v>
+      </c>
+      <c r="F10" s="661">
+        <v>4.47680690399137</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="661">
+        <v>13.78827646544182</v>
+      </c>
+      <c r="C11" s="661">
+        <v>19.912510936132982</v>
+      </c>
+      <c r="D11" s="661">
+        <v>46.036745406824146</v>
+      </c>
+      <c r="E11" s="661">
+        <v>19.632545931758528</v>
+      </c>
+      <c r="F11" s="661">
+        <v>0.62992125984251968</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="661">
+        <v>26.999515269025693</v>
+      </c>
+      <c r="C12" s="661">
+        <v>26.490547746000971</v>
+      </c>
+      <c r="D12" s="661">
+        <v>29.617062530295684</v>
+      </c>
+      <c r="E12" s="661">
+        <v>16.747455162384878</v>
+      </c>
+      <c r="F12" s="661">
+        <v>0.1454192922927775</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="661">
+        <v>23.358908780903668</v>
+      </c>
+      <c r="C13" s="661">
+        <v>27.173913043478258</v>
+      </c>
+      <c r="D13" s="661">
+        <v>32.651321398124466</v>
+      </c>
+      <c r="E13" s="661">
+        <v>15.366581415174766</v>
+      </c>
+      <c r="F13" s="661">
+        <v>1.4492753623188406</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="661">
+        <v>30.825022665457841</v>
+      </c>
+      <c r="C14" s="661">
+        <v>47.506799637352678</v>
+      </c>
+      <c r="D14" s="661">
+        <v>17.1350861287398</v>
+      </c>
+      <c r="E14" s="661">
+        <v>4.5330915684496826</v>
+      </c>
+      <c r="F14" s="661">
         <v>0</v>
       </c>
-      <c r="D2" s="733">
-[...302 lines deleted...]
-      <c r="A8" s="677" t="s">
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="C8" s="700">
-[...46 lines deleted...]
-      <c r="A9" s="677" t="s">
+      <c r="B15" s="661">
+        <v>28.14269535673839</v>
+      </c>
+      <c r="C15" s="661">
+        <v>31.653454133635332</v>
+      </c>
+      <c r="D15" s="661">
+        <v>21.177802944507363</v>
+      </c>
+      <c r="E15" s="661">
+        <v>18.969422423556061</v>
+      </c>
+      <c r="F15" s="661">
+        <v>0.056625141562853913</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="C9" s="700">
-[...46 lines deleted...]
-      <c r="A10" s="677" t="s">
+      <c r="B16" s="661">
+        <v>33.73974728441587</v>
+      </c>
+      <c r="C16" s="661">
+        <v>18.5768122367546</v>
+      </c>
+      <c r="D16" s="661">
+        <v>13.877189093327422</v>
+      </c>
+      <c r="E16" s="661">
+        <v>32.2101529594325</v>
+      </c>
+      <c r="F16" s="661">
+        <v>1.5960984260696076</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="700">
-[...46 lines deleted...]
-      <c r="A11" s="677" t="s">
+      <c r="B17" s="661">
+        <v>67.314974182444061</v>
+      </c>
+      <c r="C17" s="661">
+        <v>12.547332185886404</v>
+      </c>
+      <c r="D17" s="661">
+        <v>10.774526678141136</v>
+      </c>
+      <c r="E17" s="661">
+        <v>8.3648881239242687</v>
+      </c>
+      <c r="F17" s="661">
+        <v>0.998278829604131</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="C11" s="700">
-[...392 lines deleted...]
-        <v>0.835282325425994</v>
+      <c r="B18" s="661">
+        <v>29.480189022173754</v>
+      </c>
+      <c r="C18" s="661">
+        <v>27.444565612504547</v>
+      </c>
+      <c r="D18" s="661">
+        <v>26.717557251908396</v>
+      </c>
+      <c r="E18" s="661">
+        <v>15.267175572519085</v>
+      </c>
+      <c r="F18" s="661">
+        <v>1.0905125408942202</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>37</v>
-[...44 lines deleted...]
-        <v>3.0555340407404539</v>
+        <v>30</v>
+      </c>
+      <c r="B19" s="661">
+        <v>26.18351603735282</v>
+      </c>
+      <c r="C19" s="661">
+        <v>23.195290296386521</v>
+      </c>
+      <c r="D19" s="661">
+        <v>24.96142915144133</v>
+      </c>
+      <c r="E19" s="661">
+        <v>25.542021924482338</v>
+      </c>
+      <c r="F19" s="661">
+        <v>0.1177425903369874</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>38</v>
-[...44 lines deleted...]
-        <v>0.662414131501472</v>
+        <v>31</v>
+      </c>
+      <c r="B20" s="661">
+        <v>23.606811145510836</v>
+      </c>
+      <c r="C20" s="661">
+        <v>20.356037151702786</v>
+      </c>
+      <c r="D20" s="661">
+        <v>21.95562435500516</v>
+      </c>
+      <c r="E20" s="661">
+        <v>34.055727554179569</v>
+      </c>
+      <c r="F20" s="661">
+        <v>0.025799793601651185</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="671"/>
-[...13 lines deleted...]
-      <c r="Q21" s="654"/>
+      <c r="A21" s="659"/>
+      <c r="B21" s="662"/>
+      <c r="C21" s="662"/>
+      <c r="D21" s="662"/>
+      <c r="E21" s="662"/>
+      <c r="F21" s="662"/>
     </row>
     <row r="22">
-      <c r="A22" s="671"/>
+      <c r="A22" s="659"/>
     </row>
     <row r="23">
-      <c r="A23" s="671"/>
+      <c r="A23" s="659"/>
+      <c r="B23" s="662"/>
+      <c r="C23" s="662"/>
+      <c r="D23" s="662"/>
+      <c r="E23" s="662"/>
+      <c r="F23" s="662"/>
     </row>
     <row r="24">
-      <c r="A24" s="671"/>
+      <c r="A24" s="659"/>
+      <c r="B24" s="662"/>
+      <c r="C24" s="662"/>
+      <c r="D24" s="662"/>
+      <c r="E24" s="662"/>
+      <c r="F24" s="662"/>
     </row>
     <row r="25">
-      <c r="A25" s="671"/>
+      <c r="A25" s="659"/>
+      <c r="B25" s="662"/>
+      <c r="C25" s="662"/>
+      <c r="D25" s="662"/>
+      <c r="E25" s="662"/>
+      <c r="F25" s="662"/>
     </row>
     <row r="26">
-      <c r="A26" s="671"/>
+      <c r="A26" s="659"/>
+      <c r="B26" s="662"/>
+      <c r="C26" s="662"/>
+      <c r="D26" s="662"/>
+      <c r="E26" s="662"/>
+      <c r="F26" s="662"/>
     </row>
     <row r="27">
-      <c r="A27" s="671"/>
+      <c r="A27" s="659"/>
+      <c r="B27" s="662"/>
+      <c r="C27" s="662"/>
+      <c r="D27" s="662"/>
+      <c r="E27" s="662"/>
+      <c r="F27" s="662"/>
     </row>
     <row r="28">
-      <c r="A28" s="671"/>
+      <c r="A28" s="659"/>
+      <c r="B28" s="662"/>
+      <c r="C28" s="662"/>
+      <c r="D28" s="662"/>
+      <c r="E28" s="662"/>
+      <c r="F28" s="662"/>
     </row>
     <row r="29">
-      <c r="A29" s="671"/>
+      <c r="A29" s="659"/>
+      <c r="B29" s="662"/>
+      <c r="C29" s="662"/>
+      <c r="D29" s="662"/>
+      <c r="E29" s="662"/>
+      <c r="F29" s="662"/>
     </row>
     <row r="30">
-      <c r="A30" s="671"/>
+      <c r="A30" s="659"/>
+      <c r="B30" s="662"/>
+      <c r="C30" s="662"/>
+      <c r="D30" s="662"/>
+      <c r="E30" s="662"/>
+      <c r="F30" s="662"/>
     </row>
     <row r="31">
-      <c r="A31" s="671"/>
+      <c r="A31" s="659"/>
+      <c r="B31" s="662"/>
+      <c r="C31" s="662"/>
+      <c r="D31" s="662"/>
+      <c r="E31" s="662"/>
+      <c r="F31" s="662"/>
     </row>
     <row r="32">
-      <c r="A32" s="671"/>
+      <c r="A32" s="659"/>
+      <c r="B32" s="662"/>
+      <c r="C32" s="662"/>
+      <c r="D32" s="662"/>
+      <c r="E32" s="662"/>
+      <c r="F32" s="662"/>
     </row>
     <row r="33">
-      <c r="A33" s="671"/>
+      <c r="A33" s="659"/>
+      <c r="B33" s="662"/>
+      <c r="C33" s="662"/>
+      <c r="D33" s="662"/>
+      <c r="E33" s="662"/>
+      <c r="F33" s="662"/>
     </row>
     <row r="34">
-      <c r="A34" s="671"/>
+      <c r="A34" s="659"/>
+      <c r="B34" s="662"/>
+      <c r="C34" s="662"/>
+      <c r="D34" s="662"/>
+      <c r="E34" s="662"/>
+      <c r="F34" s="662"/>
     </row>
     <row r="35">
-      <c r="A35" s="671"/>
+      <c r="A35" s="659"/>
+      <c r="B35" s="662"/>
+      <c r="C35" s="662"/>
+      <c r="D35" s="662"/>
+      <c r="E35" s="662"/>
+      <c r="F35" s="662"/>
     </row>
     <row r="36">
-      <c r="A36" s="671"/>
+      <c r="A36" s="659"/>
+      <c r="B36" s="662"/>
+      <c r="C36" s="662"/>
+      <c r="D36" s="662"/>
+      <c r="E36" s="662"/>
+      <c r="F36" s="662"/>
     </row>
     <row r="37">
-      <c r="A37" s="671"/>
+      <c r="A37" s="659"/>
+      <c r="B37" s="662"/>
+      <c r="C37" s="662"/>
+      <c r="D37" s="662"/>
+      <c r="E37" s="662"/>
+      <c r="F37" s="662"/>
     </row>
     <row r="38">
-      <c r="A38" s="671"/>
+      <c r="A38" s="659"/>
+      <c r="B38" s="662"/>
+      <c r="C38" s="662"/>
+      <c r="D38" s="662"/>
+      <c r="E38" s="662"/>
+      <c r="F38" s="662"/>
     </row>
     <row r="39">
-      <c r="A39" s="671"/>
+      <c r="A39" s="659"/>
+      <c r="B39" s="662"/>
+      <c r="C39" s="662"/>
+      <c r="D39" s="662"/>
+      <c r="E39" s="662"/>
+      <c r="F39" s="662"/>
     </row>
     <row r="40">
-      <c r="A40" s="671"/>
+      <c r="A40" s="659"/>
+      <c r="B40" s="662"/>
+      <c r="C40" s="662"/>
+      <c r="D40" s="662"/>
+      <c r="E40" s="662"/>
+      <c r="F40" s="662"/>
     </row>
     <row r="41">
-      <c r="A41" s="671"/>
-[...14 lines deleted...]
-      <c r="Q41" s="697"/>
+      <c r="A41" s="659"/>
+      <c r="B41" s="662"/>
+      <c r="C41" s="662"/>
+      <c r="D41" s="662"/>
+      <c r="E41" s="662"/>
+      <c r="F41" s="662"/>
     </row>
     <row r="42">
-      <c r="A42" s="671"/>
+      <c r="A42" s="659"/>
+      <c r="B42" s="662"/>
+      <c r="C42" s="662"/>
+      <c r="D42" s="662"/>
+      <c r="E42" s="662"/>
+      <c r="F42" s="662"/>
     </row>
     <row r="43">
-      <c r="A43" s="671"/>
+      <c r="A43" s="659"/>
+      <c r="B43" s="662"/>
+      <c r="C43" s="662"/>
+      <c r="D43" s="662"/>
+      <c r="E43" s="662"/>
+      <c r="F43" s="662"/>
     </row>
     <row r="44">
-      <c r="A44" s="671"/>
+      <c r="A44" s="659"/>
+      <c r="B44" s="662"/>
+      <c r="C44" s="662"/>
+      <c r="D44" s="662"/>
+      <c r="E44" s="662"/>
+      <c r="F44" s="662"/>
     </row>
     <row r="45">
-      <c r="A45" s="671"/>
+      <c r="A45" s="659"/>
+      <c r="B45" s="662"/>
+      <c r="C45" s="662"/>
+      <c r="D45" s="662"/>
+      <c r="E45" s="662"/>
+      <c r="F45" s="662"/>
     </row>
     <row r="46">
-      <c r="A46" s="671"/>
+      <c r="A46" s="659"/>
+      <c r="B46" s="662"/>
+      <c r="C46" s="662"/>
+      <c r="D46" s="662"/>
+      <c r="E46" s="662"/>
+      <c r="F46" s="662"/>
     </row>
     <row r="47">
-      <c r="A47" s="671"/>
+      <c r="A47" s="659"/>
+      <c r="B47" s="662"/>
+      <c r="C47" s="662"/>
+      <c r="D47" s="662"/>
+      <c r="E47" s="662"/>
+      <c r="F47" s="662"/>
     </row>
     <row r="48">
-      <c r="A48" s="671"/>
+      <c r="A48" s="659"/>
+      <c r="B48" s="662"/>
+      <c r="C48" s="662"/>
+      <c r="D48" s="662"/>
+      <c r="E48" s="662"/>
+      <c r="F48" s="662"/>
     </row>
     <row r="49">
-      <c r="A49" s="671"/>
+      <c r="A49" s="659"/>
+      <c r="B49" s="662"/>
+      <c r="C49" s="662"/>
+      <c r="D49" s="662"/>
+      <c r="E49" s="662"/>
+      <c r="F49" s="662"/>
     </row>
     <row r="50">
-      <c r="A50" s="671"/>
+      <c r="A50" s="659"/>
+      <c r="B50" s="662"/>
+      <c r="C50" s="662"/>
+      <c r="D50" s="662"/>
+      <c r="E50" s="662"/>
+      <c r="F50" s="662"/>
     </row>
     <row r="51">
-      <c r="A51" s="671"/>
+      <c r="A51" s="659"/>
+      <c r="B51" s="662"/>
+      <c r="C51" s="662"/>
+      <c r="D51" s="662"/>
+      <c r="E51" s="662"/>
+      <c r="F51" s="662"/>
     </row>
     <row r="52">
-      <c r="A52" s="671"/>
+      <c r="A52" s="659"/>
+      <c r="B52" s="662"/>
+      <c r="C52" s="662"/>
+      <c r="D52" s="662"/>
+      <c r="E52" s="662"/>
+      <c r="F52" s="662"/>
     </row>
     <row r="53">
-      <c r="A53" s="671"/>
+      <c r="A53" s="659"/>
+      <c r="B53" s="662"/>
+      <c r="C53" s="662"/>
+      <c r="D53" s="662"/>
+      <c r="E53" s="662"/>
+      <c r="F53" s="662"/>
     </row>
     <row r="54">
-      <c r="A54" s="671"/>
+      <c r="A54" s="659"/>
+      <c r="B54" s="662"/>
+      <c r="C54" s="662"/>
+      <c r="D54" s="662"/>
+      <c r="E54" s="662"/>
+      <c r="F54" s="662"/>
     </row>
     <row r="55">
-      <c r="A55" s="671"/>
+      <c r="A55" s="659"/>
+      <c r="B55" s="662"/>
+      <c r="C55" s="662"/>
+      <c r="D55" s="662"/>
+      <c r="E55" s="662"/>
+      <c r="F55" s="662"/>
     </row>
     <row r="56">
-      <c r="A56" s="671"/>
+      <c r="A56" s="659"/>
+      <c r="B56" s="662"/>
+      <c r="C56" s="662"/>
+      <c r="D56" s="662"/>
+      <c r="E56" s="662"/>
+      <c r="F56" s="662"/>
     </row>
     <row r="57">
-      <c r="A57" s="671"/>
+      <c r="A57" s="659"/>
+      <c r="B57" s="662"/>
+      <c r="C57" s="662"/>
+      <c r="D57" s="662"/>
+      <c r="E57" s="662"/>
+      <c r="F57" s="662"/>
     </row>
     <row r="58">
-      <c r="A58" s="671"/>
+      <c r="A58" s="659"/>
+      <c r="B58" s="662"/>
+      <c r="C58" s="662"/>
+      <c r="D58" s="662"/>
+      <c r="E58" s="662"/>
+      <c r="F58" s="662"/>
     </row>
     <row r="59">
-      <c r="A59" s="671"/>
+      <c r="A59" s="659"/>
+      <c r="B59" s="662"/>
+      <c r="C59" s="662"/>
+      <c r="D59" s="662"/>
+      <c r="E59" s="662"/>
+      <c r="F59" s="662"/>
     </row>
     <row r="60">
-      <c r="A60" s="671"/>
+      <c r="A60" s="659"/>
+      <c r="B60" s="662"/>
+      <c r="C60" s="662"/>
+      <c r="D60" s="662"/>
+      <c r="E60" s="662"/>
+      <c r="F60" s="662"/>
     </row>
     <row r="61">
-      <c r="A61" s="671"/>
+      <c r="A61" s="659"/>
+      <c r="B61" s="662"/>
+      <c r="C61" s="662"/>
+      <c r="D61" s="662"/>
+      <c r="E61" s="662"/>
+      <c r="F61" s="662"/>
     </row>
     <row r="62">
-      <c r="A62" s="671"/>
+      <c r="A62" s="659"/>
+      <c r="B62" s="662"/>
+      <c r="C62" s="662"/>
+      <c r="D62" s="662"/>
+      <c r="E62" s="662"/>
+      <c r="F62" s="662"/>
     </row>
     <row r="63">
-      <c r="A63" s="671"/>
+      <c r="A63" s="659"/>
+      <c r="B63" s="662"/>
+      <c r="C63" s="662"/>
+      <c r="D63" s="662"/>
+      <c r="E63" s="662"/>
+      <c r="F63" s="662"/>
     </row>
     <row r="64">
-      <c r="A64" s="671"/>
+      <c r="A64" s="659"/>
+      <c r="B64" s="662"/>
+      <c r="C64" s="662"/>
+      <c r="D64" s="662"/>
+      <c r="E64" s="662"/>
+      <c r="F64" s="662"/>
     </row>
     <row r="65">
-      <c r="A65" s="671"/>
+      <c r="A65" s="659"/>
+      <c r="B65" s="662"/>
+      <c r="C65" s="662"/>
+      <c r="D65" s="662"/>
+      <c r="E65" s="662"/>
+      <c r="F65" s="662"/>
     </row>
     <row r="66">
-      <c r="A66" s="671"/>
+      <c r="A66" s="659"/>
+      <c r="B66" s="662"/>
+      <c r="C66" s="662"/>
+      <c r="D66" s="662"/>
+      <c r="E66" s="662"/>
+      <c r="F66" s="662"/>
     </row>
     <row r="67">
-      <c r="A67" s="671"/>
+      <c r="A67" s="659"/>
+      <c r="B67" s="662"/>
+      <c r="C67" s="662"/>
+      <c r="D67" s="662"/>
+      <c r="E67" s="662"/>
+      <c r="F67" s="662"/>
     </row>
     <row r="68">
-      <c r="A68" s="671"/>
+      <c r="A68" s="659"/>
+      <c r="B68" s="662"/>
+      <c r="C68" s="662"/>
+      <c r="D68" s="662"/>
+      <c r="E68" s="662"/>
+      <c r="F68" s="662"/>
     </row>
     <row r="69">
-      <c r="A69" s="671"/>
+      <c r="A69" s="659"/>
+      <c r="B69" s="662"/>
+      <c r="C69" s="662"/>
+      <c r="D69" s="662"/>
+      <c r="E69" s="662"/>
+      <c r="F69" s="662"/>
     </row>
     <row r="70">
-      <c r="A70" s="671"/>
+      <c r="A70" s="659"/>
+      <c r="B70" s="662"/>
+      <c r="C70" s="662"/>
+      <c r="D70" s="662"/>
+      <c r="E70" s="662"/>
+      <c r="F70" s="662"/>
     </row>
     <row r="71">
-      <c r="A71" s="671"/>
+      <c r="A71" s="659"/>
+      <c r="B71" s="662"/>
+      <c r="C71" s="662"/>
+      <c r="D71" s="662"/>
+      <c r="E71" s="662"/>
+      <c r="F71" s="662"/>
     </row>
     <row r="72">
-      <c r="A72" s="671"/>
+      <c r="A72" s="659"/>
+      <c r="B72" s="662"/>
+      <c r="C72" s="662"/>
+      <c r="D72" s="662"/>
+      <c r="E72" s="662"/>
+      <c r="F72" s="662"/>
     </row>
     <row r="73">
-      <c r="A73" s="671"/>
+      <c r="A73" s="659"/>
+      <c r="B73" s="662"/>
+      <c r="C73" s="662"/>
+      <c r="D73" s="662"/>
+      <c r="E73" s="662"/>
+      <c r="F73" s="662"/>
     </row>
     <row r="74">
-      <c r="A74" s="671"/>
+      <c r="A74" s="659"/>
+      <c r="B74" s="662"/>
+      <c r="C74" s="662"/>
+      <c r="D74" s="662"/>
+      <c r="E74" s="662"/>
+      <c r="F74" s="662"/>
     </row>
     <row r="75">
-      <c r="A75" s="671"/>
-[...906 lines deleted...]
-      <c r="G75" s="675"/>
+      <c r="A75" s="659"/>
+      <c r="B75" s="662"/>
+      <c r="C75" s="662"/>
+      <c r="D75" s="662"/>
+      <c r="E75" s="662"/>
+      <c r="F75" s="662"/>
     </row>
     <row r="76">
-      <c r="A76" s="671"/>
-[...4 lines deleted...]
-      <c r="G76" s="675"/>
+      <c r="A76" s="659"/>
+      <c r="B76" s="662"/>
+      <c r="C76" s="662"/>
+      <c r="D76" s="662"/>
+      <c r="E76" s="662"/>
+      <c r="F76" s="662"/>
     </row>
     <row r="77">
-      <c r="A77" s="671"/>
-[...4 lines deleted...]
-      <c r="G77" s="675"/>
+      <c r="A77" s="659"/>
+      <c r="B77" s="662"/>
+      <c r="C77" s="662"/>
+      <c r="D77" s="662"/>
+      <c r="E77" s="662"/>
+      <c r="F77" s="662"/>
     </row>
     <row r="78">
-      <c r="A78" s="671"/>
-[...4 lines deleted...]
-      <c r="G78" s="675"/>
+      <c r="A78" s="659"/>
+      <c r="B78" s="662"/>
+      <c r="C78" s="662"/>
+      <c r="D78" s="662"/>
+      <c r="E78" s="662"/>
+      <c r="F78" s="662"/>
     </row>
     <row r="79">
-      <c r="A79" s="671"/>
-[...4 lines deleted...]
-      <c r="G79" s="675"/>
+      <c r="A79" s="659"/>
+      <c r="B79" s="662"/>
+      <c r="C79" s="662"/>
+      <c r="D79" s="662"/>
+      <c r="E79" s="662"/>
+      <c r="F79" s="662"/>
     </row>
     <row r="80">
-      <c r="A80" s="671"/>
-[...4 lines deleted...]
-      <c r="G80" s="675"/>
+      <c r="A80" s="659"/>
+      <c r="B80" s="662"/>
+      <c r="C80" s="662"/>
+      <c r="D80" s="662"/>
+      <c r="E80" s="662"/>
+      <c r="F80" s="662"/>
     </row>
     <row r="81">
-      <c r="A81" s="671"/>
-[...4 lines deleted...]
-      <c r="G81" s="675"/>
+      <c r="A81" s="659"/>
+      <c r="B81" s="662"/>
+      <c r="C81" s="662"/>
+      <c r="D81" s="662"/>
+      <c r="E81" s="662"/>
+      <c r="F81" s="662"/>
     </row>
     <row r="82">
-      <c r="A82" s="671"/>
-[...4 lines deleted...]
-      <c r="G82" s="675"/>
+      <c r="A82" s="659"/>
+      <c r="B82" s="662"/>
+      <c r="C82" s="662"/>
+      <c r="D82" s="662"/>
+      <c r="E82" s="662"/>
+      <c r="F82" s="662"/>
     </row>
     <row r="83">
-      <c r="A83" s="671"/>
-[...4 lines deleted...]
-      <c r="G83" s="675"/>
+      <c r="A83" s="659"/>
+      <c r="B83" s="662"/>
+      <c r="C83" s="662"/>
+      <c r="D83" s="662"/>
+      <c r="E83" s="662"/>
+      <c r="F83" s="662"/>
     </row>
     <row r="84">
-      <c r="A84" s="671"/>
-[...4 lines deleted...]
-      <c r="G84" s="675"/>
+      <c r="A84" s="659"/>
+      <c r="B84" s="662"/>
+      <c r="C84" s="662"/>
+      <c r="D84" s="662"/>
+      <c r="E84" s="662"/>
+      <c r="F84" s="662"/>
     </row>
     <row r="85">
-      <c r="A85" s="671"/>
-[...4 lines deleted...]
-      <c r="G85" s="675"/>
+      <c r="A85" s="659"/>
+      <c r="B85" s="662"/>
+      <c r="C85" s="662"/>
+      <c r="D85" s="662"/>
+      <c r="E85" s="662"/>
+      <c r="F85" s="662"/>
     </row>
     <row r="86">
-      <c r="A86" s="671"/>
-[...4 lines deleted...]
-      <c r="G86" s="675"/>
+      <c r="A86" s="659"/>
+      <c r="B86" s="662"/>
+      <c r="C86" s="662"/>
+      <c r="D86" s="662"/>
+      <c r="E86" s="662"/>
+      <c r="F86" s="662"/>
     </row>
     <row r="87">
-      <c r="A87" s="671"/>
-[...4 lines deleted...]
-      <c r="G87" s="675"/>
+      <c r="A87" s="659"/>
+      <c r="B87" s="662"/>
+      <c r="C87" s="662"/>
+      <c r="D87" s="662"/>
+      <c r="E87" s="662"/>
+      <c r="F87" s="662"/>
     </row>
     <row r="88">
-      <c r="A88" s="671"/>
-[...4 lines deleted...]
-      <c r="G88" s="675"/>
+      <c r="A88" s="659"/>
+      <c r="B88" s="662"/>
+      <c r="C88" s="662"/>
+      <c r="D88" s="662"/>
+      <c r="E88" s="662"/>
+      <c r="F88" s="662"/>
     </row>
     <row r="89">
-      <c r="A89" s="671"/>
-[...4 lines deleted...]
-      <c r="G89" s="675"/>
+      <c r="A89" s="659"/>
+      <c r="B89" s="662"/>
+      <c r="C89" s="662"/>
+      <c r="D89" s="662"/>
+      <c r="E89" s="662"/>
+      <c r="F89" s="662"/>
     </row>
     <row r="90">
-      <c r="A90" s="671"/>
-[...4 lines deleted...]
-      <c r="G90" s="675"/>
+      <c r="A90" s="659"/>
+      <c r="B90" s="662"/>
+      <c r="C90" s="662"/>
+      <c r="D90" s="662"/>
+      <c r="E90" s="662"/>
+      <c r="F90" s="662"/>
     </row>
     <row r="91">
-      <c r="A91" s="671"/>
-[...4 lines deleted...]
-      <c r="G91" s="675"/>
+      <c r="A91" s="659"/>
+      <c r="B91" s="662"/>
+      <c r="C91" s="662"/>
+      <c r="D91" s="662"/>
+      <c r="E91" s="662"/>
+      <c r="F91" s="662"/>
     </row>
     <row r="92">
-      <c r="A92" s="671"/>
-[...4 lines deleted...]
-      <c r="G92" s="675"/>
+      <c r="A92" s="659"/>
+      <c r="B92" s="662"/>
+      <c r="C92" s="662"/>
+      <c r="D92" s="662"/>
+      <c r="E92" s="662"/>
+      <c r="F92" s="662"/>
     </row>
     <row r="93">
-      <c r="A93" s="671"/>
-[...4 lines deleted...]
-      <c r="G93" s="675"/>
+      <c r="A93" s="659"/>
+      <c r="B93" s="662"/>
+      <c r="C93" s="662"/>
+      <c r="D93" s="662"/>
+      <c r="E93" s="662"/>
+      <c r="F93" s="662"/>
     </row>
     <row r="94">
-      <c r="A94" s="671"/>
-[...4 lines deleted...]
-      <c r="G94" s="675"/>
+      <c r="A94" s="659"/>
+      <c r="B94" s="662"/>
+      <c r="C94" s="662"/>
+      <c r="D94" s="662"/>
+      <c r="E94" s="662"/>
+      <c r="F94" s="662"/>
     </row>
     <row r="95">
-      <c r="A95" s="671"/>
-[...4 lines deleted...]
-      <c r="G95" s="675"/>
+      <c r="A95" s="659"/>
+      <c r="B95" s="662"/>
+      <c r="C95" s="662"/>
+      <c r="D95" s="662"/>
+      <c r="E95" s="662"/>
+      <c r="F95" s="662"/>
     </row>
     <row r="96">
-      <c r="A96" s="671"/>
-[...4 lines deleted...]
-      <c r="G96" s="675"/>
+      <c r="A96" s="659"/>
+      <c r="B96" s="662"/>
+      <c r="C96" s="662"/>
+      <c r="D96" s="662"/>
+      <c r="E96" s="662"/>
+      <c r="F96" s="662"/>
     </row>
     <row r="97">
-      <c r="A97" s="671"/>
-[...4 lines deleted...]
-      <c r="G97" s="675"/>
+      <c r="A97" s="659"/>
+      <c r="B97" s="662"/>
+      <c r="C97" s="662"/>
+      <c r="D97" s="662"/>
+      <c r="E97" s="662"/>
+      <c r="F97" s="662"/>
     </row>
     <row r="98">
-      <c r="A98" s="671"/>
-[...4 lines deleted...]
-      <c r="G98" s="675"/>
+      <c r="A98" s="659"/>
+      <c r="B98" s="662"/>
+      <c r="C98" s="662"/>
+      <c r="D98" s="662"/>
+      <c r="E98" s="662"/>
+      <c r="F98" s="662"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A20">
     <sortCondition ref="A2:A20"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
-  <dimension ref="A1:J98"/>
+  <sheetPr codeName="Sheet15"/>
+  <dimension ref="A1:G98"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="J15" sqref="J15"/>
+      <selection activeCell="B6" sqref="B6:G6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="1"/>
-    <col min="2" max="2" width="10.453125" customWidth="1" style="644"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="50" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="23" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="30.140625" customWidth="1" style="639"/>
+    <col min="4" max="4" width="13.28515625" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="14.140625" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="16.7109375" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="13.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="87" s="630" customFormat="1">
-[...6 lines deleted...]
-      <c r="C1" s="663" t="s">
+    <row r="1" ht="30" s="629" customFormat="1">
+      <c r="A1" s="643" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="652" t="s">
         <v>86</v>
       </c>
-      <c r="D1" s="664" t="s">
+      <c r="C1" s="653" t="s">
         <v>87</v>
       </c>
-      <c r="E1" s="638" t="s">
+      <c r="D1" s="635" t="s">
         <v>88</v>
       </c>
-      <c r="F1" s="638" t="s">
+      <c r="E1" s="635" t="s">
         <v>89</v>
       </c>
-      <c r="G1" s="638" t="s">
+      <c r="F1" s="635" t="s">
         <v>90</v>
       </c>
-      <c r="H1" s="638" t="s">
+      <c r="G1" s="635" t="s">
         <v>91</v>
       </c>
-      <c r="I1" s="638"/>
     </row>
     <row r="2">
-      <c r="A2" s="720" t="s">
-[...3 lines deleted...]
-      <c r="C2" s="734">
+      <c r="A2" s="698" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="704">
         <v>10019</v>
       </c>
-      <c r="D2" s="735">
+      <c r="C2" s="705">
         <v>32.358518814252918</v>
       </c>
-      <c r="E2" s="735">
+      <c r="D2" s="705">
         <v>27.527697374987525</v>
       </c>
-      <c r="F2" s="735">
+      <c r="E2" s="705">
         <v>9.49196526599461</v>
       </c>
-      <c r="G2" s="735">
+      <c r="F2" s="705">
         <v>9.45204112186845</v>
       </c>
-      <c r="H2" s="735">
+      <c r="G2" s="705">
         <v>21.169777422896495</v>
       </c>
-      <c r="I2" s="720"/>
-      <c r="J2" s="721"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="C3" s="703">
+        <v>14</v>
+      </c>
+      <c r="B3" s="682">
         <v>1501</v>
       </c>
-      <c r="D3" s="704">
+      <c r="C3" s="683">
         <v>44.237175216522317</v>
       </c>
-      <c r="E3" s="704">
+      <c r="D3" s="683">
         <v>23.917388407728183</v>
       </c>
-      <c r="F3" s="704">
+      <c r="E3" s="683">
         <v>8.794137241838774</v>
       </c>
-      <c r="G3" s="704">
+      <c r="F3" s="683">
         <v>8.5942704863424382</v>
       </c>
-      <c r="H3" s="704">
+      <c r="G3" s="683">
         <v>14.457028647568288</v>
       </c>
-      <c r="J3" s="672"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="C4" s="703">
+        <v>15</v>
+      </c>
+      <c r="B4" s="682">
         <v>5587</v>
       </c>
-      <c r="D4" s="704">
+      <c r="C4" s="683">
         <v>27.868265616609989</v>
       </c>
-      <c r="E4" s="704">
+      <c r="D4" s="683">
         <v>29.837121890102026</v>
       </c>
-      <c r="F4" s="704">
+      <c r="E4" s="683">
         <v>11.938428494719885</v>
       </c>
-      <c r="G4" s="704">
+      <c r="F4" s="683">
         <v>9.1462323250402733</v>
       </c>
-      <c r="H4" s="704">
+      <c r="G4" s="683">
         <v>21.209951673527833</v>
       </c>
-      <c r="J4" s="672"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="C5" s="703">
+        <v>16</v>
+      </c>
+      <c r="B5" s="682">
         <v>6845</v>
       </c>
-      <c r="D5" s="704">
+      <c r="C5" s="683">
         <v>37.472607742878012</v>
       </c>
-      <c r="E5" s="704">
+      <c r="D5" s="683">
         <v>25.23009495982469</v>
       </c>
-      <c r="F5" s="704">
+      <c r="E5" s="683">
         <v>9.4959824689554431</v>
       </c>
-      <c r="G5" s="704">
+      <c r="F5" s="683">
         <v>8.7655222790357925</v>
       </c>
-      <c r="H5" s="704">
+      <c r="G5" s="683">
         <v>19.035792549306063</v>
       </c>
-      <c r="J5" s="672"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-      <c r="C6" s="703">
+        <v>17</v>
+      </c>
+      <c r="B6" s="682">
         <v>2767</v>
       </c>
-      <c r="D6" s="704">
+      <c r="C6" s="683">
         <v>30.466208890495121</v>
       </c>
-      <c r="E6" s="704">
+      <c r="D6" s="683">
         <v>31.767256956993133</v>
       </c>
-      <c r="F6" s="704">
+      <c r="E6" s="683">
         <v>11.528731478135164</v>
       </c>
-      <c r="G6" s="704">
+      <c r="F6" s="683">
         <v>8.52909288037586</v>
       </c>
-      <c r="H6" s="704">
+      <c r="G6" s="683">
         <v>17.708709794000725</v>
       </c>
-      <c r="J6" s="672"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="C7" s="703">
+        <v>18</v>
+      </c>
+      <c r="B7" s="682">
         <v>9538</v>
       </c>
-      <c r="D7" s="704">
+      <c r="C7" s="683">
         <v>41.402809813378063</v>
       </c>
-      <c r="E7" s="704">
+      <c r="D7" s="683">
         <v>29.817571817991194</v>
       </c>
-      <c r="F7" s="704">
+      <c r="E7" s="683">
         <v>7.7374711679597405</v>
       </c>
-      <c r="G7" s="704">
+      <c r="F7" s="683">
         <v>6.6680645837701817</v>
       </c>
-      <c r="H7" s="704">
+      <c r="G7" s="683">
         <v>14.374082616900818</v>
       </c>
-      <c r="J7" s="672"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="C8" s="703">
+        <v>19</v>
+      </c>
+      <c r="B8" s="682">
         <v>5078</v>
       </c>
-      <c r="D8" s="704">
+      <c r="C8" s="683">
         <v>32.000787711697519</v>
       </c>
-      <c r="E8" s="704">
+      <c r="D8" s="683">
         <v>30.228436392280429</v>
       </c>
-      <c r="F8" s="704">
+      <c r="E8" s="683">
         <v>10.338716029933044</v>
       </c>
-      <c r="G8" s="704">
+      <c r="F8" s="683">
         <v>8.861756597085467</v>
       </c>
-      <c r="H8" s="704">
+      <c r="G8" s="683">
         <v>18.570303269003542</v>
       </c>
-      <c r="J8" s="672"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="C9" s="703">
+        <v>20</v>
+      </c>
+      <c r="B9" s="682">
         <v>1831</v>
       </c>
-      <c r="D9" s="704">
+      <c r="C9" s="683">
         <v>43.091206990715456</v>
       </c>
-      <c r="E9" s="704">
+      <c r="D9" s="683">
         <v>24.849808847624249</v>
       </c>
-      <c r="F9" s="704">
+      <c r="E9" s="683">
         <v>7.0999453850355</v>
       </c>
-      <c r="G9" s="704">
+      <c r="F9" s="683">
         <v>7.2091753140360453</v>
       </c>
-      <c r="H9" s="704">
+      <c r="G9" s="683">
         <v>17.749863462588749</v>
       </c>
-      <c r="J9" s="672"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="C10" s="703">
+        <v>21</v>
+      </c>
+      <c r="B10" s="682">
         <v>3702</v>
       </c>
-      <c r="D10" s="704">
+      <c r="C10" s="683">
         <v>28.714208535926527</v>
       </c>
-      <c r="E10" s="704">
+      <c r="D10" s="683">
         <v>32.766072393300917</v>
       </c>
-      <c r="F10" s="704">
+      <c r="E10" s="683">
         <v>11.939492166396542</v>
       </c>
-      <c r="G10" s="704">
+      <c r="F10" s="683">
         <v>9.37331172339276</v>
       </c>
-      <c r="H10" s="704">
+      <c r="G10" s="683">
         <v>17.206915180983252</v>
       </c>
-      <c r="J10" s="672"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="C11" s="703">
+        <v>22</v>
+      </c>
+      <c r="B11" s="682">
         <v>5703</v>
       </c>
-      <c r="D11" s="704">
+      <c r="C11" s="683">
         <v>25.951253726109062</v>
       </c>
-      <c r="E11" s="704">
+      <c r="D11" s="683">
         <v>28.09047869542346</v>
       </c>
-      <c r="F11" s="704">
+      <c r="E11" s="683">
         <v>11.853410485709276</v>
       </c>
-      <c r="G11" s="704">
+      <c r="F11" s="683">
         <v>11.415044713308785</v>
       </c>
-      <c r="H11" s="704">
+      <c r="G11" s="683">
         <v>22.68981237944941</v>
       </c>
-      <c r="J11" s="672"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="C12" s="703">
+        <v>23</v>
+      </c>
+      <c r="B12" s="682">
         <v>4128</v>
       </c>
-      <c r="D12" s="704">
+      <c r="C12" s="683">
         <v>28.512596899224807</v>
       </c>
-      <c r="E12" s="704">
+      <c r="D12" s="683">
         <v>26.719961240310074</v>
       </c>
-      <c r="F12" s="704">
+      <c r="E12" s="683">
         <v>13.299418604651162</v>
       </c>
-      <c r="G12" s="704">
+      <c r="F12" s="683">
         <v>10.271317829457365</v>
       </c>
-      <c r="H12" s="704">
+      <c r="G12" s="683">
         <v>21.196705426356587</v>
       </c>
-      <c r="J12" s="672"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="C13" s="703">
+        <v>24</v>
+      </c>
+      <c r="B13" s="682">
         <v>4713</v>
       </c>
-      <c r="D13" s="704">
+      <c r="C13" s="683">
         <v>40.886908550816891</v>
       </c>
-      <c r="E13" s="704">
+      <c r="D13" s="683">
         <v>21.960534691279442</v>
       </c>
-      <c r="F13" s="704">
+      <c r="E13" s="683">
         <v>8.7205601527689378</v>
       </c>
-      <c r="G13" s="704">
+      <c r="F13" s="683">
         <v>9.5904943772544016</v>
       </c>
-      <c r="H13" s="704">
+      <c r="G13" s="683">
         <v>18.84150222788033</v>
       </c>
-      <c r="J13" s="672"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="C14" s="703">
+        <v>25</v>
+      </c>
+      <c r="B14" s="682">
         <v>1100</v>
       </c>
-      <c r="D14" s="704">
+      <c r="C14" s="683">
         <v>40</v>
       </c>
-      <c r="E14" s="704">
+      <c r="D14" s="683">
         <v>30.272727272727273</v>
       </c>
-      <c r="F14" s="704">
+      <c r="E14" s="683">
         <v>8.09090909090909</v>
       </c>
-      <c r="G14" s="704">
+      <c r="F14" s="683">
         <v>6.6363636363636358</v>
       </c>
-      <c r="H14" s="704">
+      <c r="G14" s="683">
         <v>15</v>
       </c>
-      <c r="J14" s="672"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="C15" s="703">
+        <v>26</v>
+      </c>
+      <c r="B15" s="682">
         <v>1757</v>
       </c>
-      <c r="D15" s="704">
+      <c r="C15" s="683">
         <v>33.4092202618099</v>
       </c>
-      <c r="E15" s="704">
+      <c r="D15" s="683">
         <v>27.148548662492882</v>
       </c>
-      <c r="F15" s="704">
+      <c r="E15" s="683">
         <v>10.244735344336938</v>
       </c>
-      <c r="G15" s="704">
+      <c r="F15" s="683">
         <v>8.2527034718269778</v>
       </c>
-      <c r="H15" s="704">
+      <c r="G15" s="683">
         <v>20.944792259533294</v>
       </c>
-      <c r="J15" s="672"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="C16" s="703">
+        <v>27</v>
+      </c>
+      <c r="B16" s="682">
         <v>4513</v>
       </c>
-      <c r="D16" s="704">
+      <c r="C16" s="683">
         <v>38.355860846443605</v>
       </c>
-      <c r="E16" s="704">
+      <c r="D16" s="683">
         <v>26.700642588078882</v>
       </c>
-      <c r="F16" s="704">
+      <c r="E16" s="683">
         <v>8.10990471969865</v>
       </c>
-      <c r="G16" s="704">
+      <c r="F16" s="683">
         <v>8.1320629293153122</v>
       </c>
-      <c r="H16" s="704">
+      <c r="G16" s="683">
         <v>18.701528916463552</v>
       </c>
-      <c r="J16" s="672"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="C17" s="703">
+        <v>28</v>
+      </c>
+      <c r="B17" s="682">
         <v>5835</v>
       </c>
-      <c r="D17" s="704">
+      <c r="C17" s="683">
         <v>32.699228791773777</v>
       </c>
-      <c r="E17" s="704">
+      <c r="D17" s="683">
         <v>35.458440445586973</v>
       </c>
-      <c r="F17" s="704">
+      <c r="E17" s="683">
         <v>10.985432733504712</v>
       </c>
-      <c r="G17" s="704">
+      <c r="F17" s="683">
         <v>7.7292202227934865</v>
       </c>
-      <c r="H17" s="704">
+      <c r="G17" s="683">
         <v>13.127677806341046</v>
       </c>
-      <c r="J17" s="672"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="C18" s="703">
+        <v>29</v>
+      </c>
+      <c r="B18" s="682">
         <v>2753</v>
       </c>
-      <c r="D18" s="704">
+      <c r="C18" s="683">
         <v>36.7235742826008</v>
       </c>
-      <c r="E18" s="704">
+      <c r="D18" s="683">
         <v>25.499455139847438</v>
       </c>
-      <c r="F18" s="704">
+      <c r="E18" s="683">
         <v>9.4805666545586629</v>
       </c>
-      <c r="G18" s="704">
+      <c r="F18" s="683">
         <v>9.4079186342172179</v>
       </c>
-      <c r="H18" s="704">
+      <c r="G18" s="683">
         <v>18.888485288775879</v>
       </c>
-      <c r="J18" s="672"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="C19" s="703">
+        <v>30</v>
+      </c>
+      <c r="B19" s="682">
         <v>24633</v>
       </c>
-      <c r="D19" s="704">
+      <c r="C19" s="683">
         <v>30.07347866682905</v>
       </c>
-      <c r="E19" s="704">
+      <c r="D19" s="683">
         <v>26.31835342832785</v>
       </c>
-      <c r="F19" s="704">
+      <c r="E19" s="683">
         <v>11.216660577274389</v>
       </c>
-      <c r="G19" s="704">
+      <c r="F19" s="683">
         <v>9.34518735030244</v>
       </c>
-      <c r="H19" s="704">
+      <c r="G19" s="683">
         <v>23.046319977266268</v>
       </c>
-      <c r="J19" s="672"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="C20" s="703">
+        <v>31</v>
+      </c>
+      <c r="B20" s="682">
         <v>3886</v>
       </c>
-      <c r="D20" s="704">
+      <c r="C20" s="683">
         <v>34.225424601132268</v>
       </c>
-      <c r="E20" s="704">
+      <c r="D20" s="683">
         <v>23.417395779722082</v>
       </c>
-      <c r="F20" s="704">
+      <c r="E20" s="683">
         <v>9.1868244981986624</v>
       </c>
-      <c r="G20" s="704">
+      <c r="F20" s="683">
         <v>11.16829644879053</v>
       </c>
-      <c r="H20" s="704">
+      <c r="G20" s="683">
         <v>22.002058672156462</v>
       </c>
-      <c r="J20" s="672"/>
     </row>
     <row r="21">
-      <c r="A21" s="671"/>
-[...5 lines deleted...]
-      <c r="H21" s="637"/>
+      <c r="A21" s="659"/>
+      <c r="B21" s="631"/>
+      <c r="C21" s="671"/>
+      <c r="D21" s="633"/>
+      <c r="E21" s="634"/>
+      <c r="F21" s="634"/>
+      <c r="G21" s="634"/>
     </row>
     <row r="22">
-      <c r="A22" s="671"/>
-[...5 lines deleted...]
-      <c r="H22" s="637"/>
+      <c r="A22" s="659"/>
     </row>
     <row r="23">
-      <c r="A23" s="671"/>
-[...5 lines deleted...]
-      <c r="H23" s="637"/>
+      <c r="A23" s="659"/>
+      <c r="B23" s="631"/>
+      <c r="C23" s="671"/>
+      <c r="D23" s="633"/>
+      <c r="E23" s="634"/>
+      <c r="F23" s="634"/>
+      <c r="G23" s="634"/>
     </row>
     <row r="24">
-      <c r="A24" s="671"/>
-[...5 lines deleted...]
-      <c r="H24" s="637"/>
+      <c r="A24" s="659"/>
+      <c r="B24" s="631"/>
+      <c r="C24" s="671"/>
+      <c r="D24" s="633"/>
+      <c r="E24" s="634"/>
+      <c r="F24" s="634"/>
+      <c r="G24" s="634"/>
     </row>
     <row r="25">
-      <c r="A25" s="671"/>
-[...5 lines deleted...]
-      <c r="H25" s="637"/>
+      <c r="A25" s="659"/>
+      <c r="B25" s="631"/>
+      <c r="C25" s="671"/>
+      <c r="D25" s="633"/>
+      <c r="E25" s="634"/>
+      <c r="F25" s="634"/>
+      <c r="G25" s="634"/>
     </row>
     <row r="26">
-      <c r="A26" s="671"/>
-[...5 lines deleted...]
-      <c r="H26" s="637"/>
+      <c r="A26" s="659"/>
+      <c r="B26" s="631"/>
+      <c r="C26" s="671"/>
+      <c r="D26" s="633"/>
+      <c r="E26" s="634"/>
+      <c r="F26" s="634"/>
+      <c r="G26" s="634"/>
     </row>
     <row r="27">
-      <c r="A27" s="671"/>
-[...5 lines deleted...]
-      <c r="H27" s="637"/>
+      <c r="A27" s="659"/>
+      <c r="B27" s="631"/>
+      <c r="C27" s="671"/>
+      <c r="D27" s="633"/>
+      <c r="E27" s="634"/>
+      <c r="F27" s="634"/>
+      <c r="G27" s="634"/>
     </row>
     <row r="28">
-      <c r="A28" s="671"/>
-[...5 lines deleted...]
-      <c r="H28" s="637"/>
+      <c r="A28" s="659"/>
+      <c r="B28" s="631"/>
+      <c r="C28" s="671"/>
+      <c r="D28" s="633"/>
+      <c r="E28" s="634"/>
+      <c r="F28" s="634"/>
+      <c r="G28" s="634"/>
     </row>
     <row r="29">
-      <c r="A29" s="671"/>
-[...5 lines deleted...]
-      <c r="H29" s="637"/>
+      <c r="A29" s="659"/>
+      <c r="B29" s="631"/>
+      <c r="C29" s="671"/>
+      <c r="D29" s="633"/>
+      <c r="E29" s="634"/>
+      <c r="F29" s="634"/>
+      <c r="G29" s="634"/>
     </row>
     <row r="30">
-      <c r="A30" s="671"/>
-[...5 lines deleted...]
-      <c r="H30" s="637"/>
+      <c r="A30" s="659"/>
+      <c r="B30" s="631"/>
+      <c r="C30" s="671"/>
+      <c r="D30" s="633"/>
+      <c r="E30" s="634"/>
+      <c r="F30" s="634"/>
+      <c r="G30" s="634"/>
     </row>
     <row r="31">
-      <c r="A31" s="671"/>
-[...5 lines deleted...]
-      <c r="H31" s="637"/>
+      <c r="A31" s="659"/>
+      <c r="B31" s="631"/>
+      <c r="C31" s="671"/>
+      <c r="D31" s="633"/>
+      <c r="E31" s="634"/>
+      <c r="F31" s="634"/>
+      <c r="G31" s="634"/>
     </row>
     <row r="32">
-      <c r="A32" s="671"/>
-[...5 lines deleted...]
-      <c r="H32" s="637"/>
+      <c r="A32" s="659"/>
+      <c r="B32" s="631"/>
+      <c r="C32" s="671"/>
+      <c r="D32" s="633"/>
+      <c r="E32" s="634"/>
+      <c r="F32" s="634"/>
+      <c r="G32" s="634"/>
     </row>
     <row r="33">
-      <c r="A33" s="671"/>
-[...5 lines deleted...]
-      <c r="H33" s="637"/>
+      <c r="A33" s="659"/>
+      <c r="B33" s="631"/>
+      <c r="C33" s="671"/>
+      <c r="D33" s="633"/>
+      <c r="E33" s="634"/>
+      <c r="F33" s="634"/>
+      <c r="G33" s="634"/>
     </row>
     <row r="34">
-      <c r="A34" s="671"/>
-[...5 lines deleted...]
-      <c r="H34" s="637"/>
+      <c r="A34" s="659"/>
+      <c r="B34" s="631"/>
+      <c r="C34" s="671"/>
+      <c r="D34" s="633"/>
+      <c r="E34" s="634"/>
+      <c r="F34" s="634"/>
+      <c r="G34" s="634"/>
     </row>
     <row r="35">
-      <c r="A35" s="671"/>
-[...5 lines deleted...]
-      <c r="H35" s="637"/>
+      <c r="A35" s="659"/>
+      <c r="B35" s="631"/>
+      <c r="C35" s="671"/>
+      <c r="D35" s="633"/>
+      <c r="E35" s="634"/>
+      <c r="F35" s="634"/>
+      <c r="G35" s="634"/>
     </row>
     <row r="36">
-      <c r="A36" s="671"/>
-[...5 lines deleted...]
-      <c r="H36" s="637"/>
+      <c r="A36" s="659"/>
+      <c r="B36" s="631"/>
+      <c r="C36" s="671"/>
+      <c r="D36" s="633"/>
+      <c r="E36" s="634"/>
+      <c r="F36" s="634"/>
+      <c r="G36" s="634"/>
     </row>
     <row r="37">
-      <c r="A37" s="671"/>
-[...5 lines deleted...]
-      <c r="H37" s="637"/>
+      <c r="A37" s="659"/>
+      <c r="B37" s="631"/>
+      <c r="C37" s="671"/>
+      <c r="D37" s="633"/>
+      <c r="E37" s="634"/>
+      <c r="F37" s="634"/>
+      <c r="G37" s="634"/>
     </row>
     <row r="38">
-      <c r="A38" s="671"/>
-[...5 lines deleted...]
-      <c r="H38" s="637"/>
+      <c r="A38" s="659"/>
+      <c r="B38" s="631"/>
+      <c r="C38" s="671"/>
+      <c r="D38" s="633"/>
+      <c r="E38" s="634"/>
+      <c r="F38" s="634"/>
+      <c r="G38" s="634"/>
     </row>
     <row r="39">
-      <c r="A39" s="671"/>
-[...5 lines deleted...]
-      <c r="H39" s="637"/>
+      <c r="A39" s="659"/>
+      <c r="B39" s="631"/>
+      <c r="C39" s="671"/>
+      <c r="D39" s="633"/>
+      <c r="E39" s="634"/>
+      <c r="F39" s="634"/>
+      <c r="G39" s="634"/>
     </row>
     <row r="40">
-      <c r="A40" s="671"/>
-[...5 lines deleted...]
-      <c r="H40" s="637"/>
+      <c r="A40" s="659"/>
+      <c r="B40" s="631"/>
+      <c r="C40" s="671"/>
+      <c r="D40" s="633"/>
+      <c r="E40" s="634"/>
+      <c r="F40" s="634"/>
+      <c r="G40" s="634"/>
     </row>
     <row r="41">
-      <c r="A41" s="671"/>
-[...5 lines deleted...]
-      <c r="H41" s="637"/>
+      <c r="A41" s="659"/>
+      <c r="B41" s="631"/>
+      <c r="C41" s="671"/>
+      <c r="D41" s="633"/>
+      <c r="E41" s="634"/>
+      <c r="F41" s="634"/>
+      <c r="G41" s="634"/>
     </row>
     <row r="42">
-      <c r="A42" s="671"/>
-[...5 lines deleted...]
-      <c r="H42" s="637"/>
+      <c r="A42" s="659"/>
+      <c r="B42" s="631"/>
+      <c r="C42" s="671"/>
+      <c r="D42" s="633"/>
+      <c r="E42" s="634"/>
+      <c r="F42" s="634"/>
+      <c r="G42" s="634"/>
     </row>
     <row r="43">
-      <c r="A43" s="671"/>
-[...5 lines deleted...]
-      <c r="H43" s="637"/>
+      <c r="A43" s="659"/>
+      <c r="B43" s="631"/>
+      <c r="C43" s="671"/>
+      <c r="D43" s="633"/>
+      <c r="E43" s="634"/>
+      <c r="F43" s="634"/>
+      <c r="G43" s="634"/>
     </row>
     <row r="44">
-      <c r="A44" s="671"/>
-[...5 lines deleted...]
-      <c r="H44" s="637"/>
+      <c r="A44" s="659"/>
+      <c r="B44" s="631"/>
+      <c r="C44" s="671"/>
+      <c r="D44" s="633"/>
+      <c r="E44" s="634"/>
+      <c r="F44" s="634"/>
+      <c r="G44" s="634"/>
     </row>
     <row r="45">
-      <c r="A45" s="671"/>
-[...5 lines deleted...]
-      <c r="H45" s="637"/>
+      <c r="A45" s="659"/>
+      <c r="B45" s="631"/>
+      <c r="C45" s="671"/>
+      <c r="D45" s="633"/>
+      <c r="E45" s="634"/>
+      <c r="F45" s="634"/>
+      <c r="G45" s="634"/>
     </row>
     <row r="46">
-      <c r="A46" s="671"/>
-[...5 lines deleted...]
-      <c r="H46" s="637"/>
+      <c r="A46" s="659"/>
+      <c r="B46" s="631"/>
+      <c r="C46" s="671"/>
+      <c r="D46" s="633"/>
+      <c r="E46" s="634"/>
+      <c r="F46" s="634"/>
+      <c r="G46" s="634"/>
     </row>
     <row r="47">
-      <c r="A47" s="671"/>
-[...5 lines deleted...]
-      <c r="H47" s="637"/>
+      <c r="A47" s="659"/>
+      <c r="B47" s="631"/>
+      <c r="C47" s="671"/>
+      <c r="D47" s="633"/>
+      <c r="E47" s="634"/>
+      <c r="F47" s="634"/>
+      <c r="G47" s="634"/>
     </row>
     <row r="48">
-      <c r="A48" s="671"/>
-[...5 lines deleted...]
-      <c r="H48" s="637"/>
+      <c r="A48" s="659"/>
+      <c r="B48" s="631"/>
+      <c r="C48" s="671"/>
+      <c r="D48" s="633"/>
+      <c r="E48" s="634"/>
+      <c r="F48" s="634"/>
+      <c r="G48" s="634"/>
     </row>
     <row r="49">
-      <c r="A49" s="671"/>
-[...5 lines deleted...]
-      <c r="H49" s="637"/>
+      <c r="A49" s="659"/>
+      <c r="B49" s="631"/>
+      <c r="C49" s="671"/>
+      <c r="D49" s="633"/>
+      <c r="E49" s="634"/>
+      <c r="F49" s="634"/>
+      <c r="G49" s="634"/>
     </row>
     <row r="50">
-      <c r="A50" s="671"/>
-[...5 lines deleted...]
-      <c r="H50" s="637"/>
+      <c r="A50" s="659"/>
+      <c r="B50" s="631"/>
+      <c r="C50" s="671"/>
+      <c r="D50" s="633"/>
+      <c r="E50" s="634"/>
+      <c r="F50" s="634"/>
+      <c r="G50" s="634"/>
     </row>
     <row r="51">
-      <c r="A51" s="671"/>
-[...5 lines deleted...]
-      <c r="H51" s="637"/>
+      <c r="A51" s="659"/>
+      <c r="B51" s="631"/>
+      <c r="C51" s="671"/>
+      <c r="D51" s="633"/>
+      <c r="E51" s="634"/>
+      <c r="F51" s="634"/>
+      <c r="G51" s="634"/>
     </row>
     <row r="52">
-      <c r="A52" s="671"/>
-[...5 lines deleted...]
-      <c r="H52" s="637"/>
+      <c r="A52" s="659"/>
+      <c r="B52" s="631"/>
+      <c r="C52" s="671"/>
+      <c r="D52" s="633"/>
+      <c r="E52" s="634"/>
+      <c r="F52" s="634"/>
+      <c r="G52" s="634"/>
     </row>
     <row r="53">
-      <c r="A53" s="671"/>
-[...5 lines deleted...]
-      <c r="H53" s="637"/>
+      <c r="A53" s="659"/>
+      <c r="B53" s="631"/>
+      <c r="C53" s="671"/>
+      <c r="D53" s="633"/>
+      <c r="E53" s="634"/>
+      <c r="F53" s="634"/>
+      <c r="G53" s="634"/>
     </row>
     <row r="54">
-      <c r="A54" s="671"/>
-[...5 lines deleted...]
-      <c r="H54" s="637"/>
+      <c r="A54" s="659"/>
+      <c r="B54" s="631"/>
+      <c r="C54" s="671"/>
+      <c r="D54" s="633"/>
+      <c r="E54" s="634"/>
+      <c r="F54" s="634"/>
+      <c r="G54" s="634"/>
     </row>
     <row r="55">
-      <c r="A55" s="671"/>
-[...5 lines deleted...]
-      <c r="H55" s="637"/>
+      <c r="A55" s="659"/>
+      <c r="B55" s="631"/>
+      <c r="C55" s="671"/>
+      <c r="D55" s="633"/>
+      <c r="E55" s="634"/>
+      <c r="F55" s="634"/>
+      <c r="G55" s="634"/>
     </row>
     <row r="56">
-      <c r="A56" s="671"/>
-[...5 lines deleted...]
-      <c r="H56" s="637"/>
+      <c r="A56" s="659"/>
+      <c r="B56" s="631"/>
+      <c r="C56" s="671"/>
+      <c r="D56" s="633"/>
+      <c r="E56" s="634"/>
+      <c r="F56" s="634"/>
+      <c r="G56" s="634"/>
     </row>
     <row r="57">
-      <c r="A57" s="671"/>
-[...5 lines deleted...]
-      <c r="H57" s="637"/>
+      <c r="A57" s="659"/>
+      <c r="B57" s="631"/>
+      <c r="C57" s="671"/>
+      <c r="D57" s="633"/>
+      <c r="E57" s="634"/>
+      <c r="F57" s="634"/>
+      <c r="G57" s="634"/>
     </row>
     <row r="58">
-      <c r="A58" s="671"/>
-[...5 lines deleted...]
-      <c r="H58" s="637"/>
+      <c r="A58" s="659"/>
+      <c r="B58" s="631"/>
+      <c r="C58" s="671"/>
+      <c r="D58" s="633"/>
+      <c r="E58" s="634"/>
+      <c r="F58" s="634"/>
+      <c r="G58" s="634"/>
     </row>
     <row r="59">
-      <c r="A59" s="671"/>
-[...5 lines deleted...]
-      <c r="H59" s="637"/>
+      <c r="A59" s="659"/>
+      <c r="B59" s="631"/>
+      <c r="C59" s="671"/>
+      <c r="D59" s="633"/>
+      <c r="E59" s="634"/>
+      <c r="F59" s="634"/>
+      <c r="G59" s="634"/>
     </row>
     <row r="60">
-      <c r="A60" s="671"/>
-[...5 lines deleted...]
-      <c r="H60" s="637"/>
+      <c r="A60" s="659"/>
+      <c r="B60" s="631"/>
+      <c r="C60" s="671"/>
+      <c r="D60" s="633"/>
+      <c r="E60" s="634"/>
+      <c r="F60" s="634"/>
+      <c r="G60" s="634"/>
     </row>
     <row r="61">
-      <c r="A61" s="671"/>
-[...5 lines deleted...]
-      <c r="H61" s="637"/>
+      <c r="A61" s="659"/>
+      <c r="B61" s="631"/>
+      <c r="C61" s="671"/>
+      <c r="D61" s="633"/>
+      <c r="E61" s="634"/>
+      <c r="F61" s="634"/>
+      <c r="G61" s="634"/>
     </row>
     <row r="62">
-      <c r="A62" s="671"/>
-[...5 lines deleted...]
-      <c r="H62" s="637"/>
+      <c r="A62" s="659"/>
+      <c r="B62" s="631"/>
+      <c r="C62" s="671"/>
+      <c r="D62" s="633"/>
+      <c r="E62" s="634"/>
+      <c r="F62" s="634"/>
+      <c r="G62" s="634"/>
     </row>
     <row r="63">
-      <c r="A63" s="671"/>
-[...5 lines deleted...]
-      <c r="H63" s="637"/>
+      <c r="A63" s="659"/>
+      <c r="B63" s="631"/>
+      <c r="C63" s="671"/>
+      <c r="D63" s="633"/>
+      <c r="E63" s="634"/>
+      <c r="F63" s="634"/>
+      <c r="G63" s="634"/>
     </row>
     <row r="64">
-      <c r="A64" s="671"/>
-[...5 lines deleted...]
-      <c r="H64" s="637"/>
+      <c r="A64" s="659"/>
+      <c r="B64" s="631"/>
+      <c r="C64" s="671"/>
+      <c r="D64" s="633"/>
+      <c r="E64" s="634"/>
+      <c r="F64" s="634"/>
+      <c r="G64" s="634"/>
     </row>
     <row r="65">
-      <c r="A65" s="671"/>
-[...5 lines deleted...]
-      <c r="H65" s="637"/>
+      <c r="A65" s="659"/>
+      <c r="B65" s="631"/>
+      <c r="C65" s="671"/>
+      <c r="D65" s="633"/>
+      <c r="E65" s="634"/>
+      <c r="F65" s="634"/>
+      <c r="G65" s="634"/>
     </row>
     <row r="66">
-      <c r="A66" s="671"/>
-[...5 lines deleted...]
-      <c r="H66" s="637"/>
+      <c r="A66" s="659"/>
+      <c r="B66" s="631"/>
+      <c r="C66" s="671"/>
+      <c r="D66" s="633"/>
+      <c r="E66" s="634"/>
+      <c r="F66" s="634"/>
+      <c r="G66" s="634"/>
     </row>
     <row r="67">
-      <c r="A67" s="671"/>
-[...5 lines deleted...]
-      <c r="H67" s="637"/>
+      <c r="A67" s="659"/>
+      <c r="B67" s="631"/>
+      <c r="C67" s="671"/>
+      <c r="D67" s="633"/>
+      <c r="E67" s="634"/>
+      <c r="F67" s="634"/>
+      <c r="G67" s="634"/>
     </row>
     <row r="68">
-      <c r="A68" s="671"/>
-[...5 lines deleted...]
-      <c r="H68" s="637"/>
+      <c r="A68" s="659"/>
+      <c r="B68" s="631"/>
+      <c r="C68" s="671"/>
+      <c r="D68" s="633"/>
+      <c r="E68" s="634"/>
+      <c r="F68" s="634"/>
+      <c r="G68" s="634"/>
     </row>
     <row r="69">
-      <c r="A69" s="671"/>
-[...5 lines deleted...]
-      <c r="H69" s="637"/>
+      <c r="A69" s="659"/>
+      <c r="B69" s="631"/>
+      <c r="C69" s="671"/>
+      <c r="D69" s="633"/>
+      <c r="E69" s="634"/>
+      <c r="F69" s="634"/>
+      <c r="G69" s="634"/>
     </row>
     <row r="70">
-      <c r="A70" s="671"/>
-[...5 lines deleted...]
-      <c r="H70" s="637"/>
+      <c r="A70" s="659"/>
+      <c r="B70" s="631"/>
+      <c r="C70" s="671"/>
+      <c r="D70" s="633"/>
+      <c r="E70" s="634"/>
+      <c r="F70" s="634"/>
+      <c r="G70" s="634"/>
     </row>
     <row r="71">
-      <c r="A71" s="671"/>
-[...5 lines deleted...]
-      <c r="H71" s="637"/>
+      <c r="A71" s="659"/>
+      <c r="B71" s="631"/>
+      <c r="C71" s="671"/>
+      <c r="D71" s="633"/>
+      <c r="E71" s="634"/>
+      <c r="F71" s="634"/>
+      <c r="G71" s="634"/>
     </row>
     <row r="72">
-      <c r="A72" s="671"/>
-[...5 lines deleted...]
-      <c r="H72" s="637"/>
+      <c r="A72" s="659"/>
+      <c r="B72" s="631"/>
+      <c r="C72" s="671"/>
+      <c r="D72" s="633"/>
+      <c r="E72" s="634"/>
+      <c r="F72" s="634"/>
+      <c r="G72" s="634"/>
     </row>
     <row r="73">
-      <c r="A73" s="671"/>
-[...5 lines deleted...]
-      <c r="H73" s="637"/>
+      <c r="A73" s="659"/>
+      <c r="B73" s="631"/>
+      <c r="C73" s="671"/>
+      <c r="D73" s="633"/>
+      <c r="E73" s="634"/>
+      <c r="F73" s="634"/>
+      <c r="G73" s="634"/>
     </row>
     <row r="74">
-      <c r="A74" s="671"/>
-[...5 lines deleted...]
-      <c r="H74" s="637"/>
+      <c r="A74" s="659"/>
+      <c r="B74" s="631"/>
+      <c r="C74" s="671"/>
+      <c r="D74" s="633"/>
+      <c r="E74" s="634"/>
+      <c r="F74" s="634"/>
+      <c r="G74" s="634"/>
     </row>
     <row r="75">
-      <c r="A75" s="671"/>
-[...5 lines deleted...]
-      <c r="H75" s="637"/>
+      <c r="A75" s="659"/>
+      <c r="B75" s="631"/>
+      <c r="C75" s="671"/>
+      <c r="D75" s="633"/>
+      <c r="E75" s="634"/>
+      <c r="F75" s="634"/>
+      <c r="G75" s="634"/>
     </row>
     <row r="76">
-      <c r="A76" s="671"/>
-[...5 lines deleted...]
-      <c r="H76" s="637"/>
+      <c r="A76" s="659"/>
+      <c r="B76" s="631"/>
+      <c r="C76" s="671"/>
+      <c r="D76" s="633"/>
+      <c r="E76" s="634"/>
+      <c r="F76" s="634"/>
+      <c r="G76" s="634"/>
     </row>
     <row r="77">
-      <c r="A77" s="671"/>
-[...5 lines deleted...]
-      <c r="H77" s="637"/>
+      <c r="A77" s="659"/>
+      <c r="B77" s="631"/>
+      <c r="C77" s="671"/>
+      <c r="D77" s="633"/>
+      <c r="E77" s="634"/>
+      <c r="F77" s="634"/>
+      <c r="G77" s="634"/>
     </row>
     <row r="78">
-      <c r="A78" s="671"/>
-[...5 lines deleted...]
-      <c r="H78" s="637"/>
+      <c r="A78" s="659"/>
+      <c r="B78" s="631"/>
+      <c r="C78" s="671"/>
+      <c r="D78" s="633"/>
+      <c r="E78" s="634"/>
+      <c r="F78" s="634"/>
+      <c r="G78" s="634"/>
     </row>
     <row r="79">
-      <c r="A79" s="671"/>
-[...5 lines deleted...]
-      <c r="H79" s="637"/>
+      <c r="A79" s="659"/>
+      <c r="B79" s="631"/>
+      <c r="C79" s="671"/>
+      <c r="D79" s="633"/>
+      <c r="E79" s="634"/>
+      <c r="F79" s="634"/>
+      <c r="G79" s="634"/>
     </row>
     <row r="80">
-      <c r="A80" s="671"/>
-[...5 lines deleted...]
-      <c r="H80" s="637"/>
+      <c r="A80" s="659"/>
+      <c r="B80" s="631"/>
+      <c r="C80" s="671"/>
+      <c r="D80" s="633"/>
+      <c r="E80" s="634"/>
+      <c r="F80" s="634"/>
+      <c r="G80" s="634"/>
     </row>
     <row r="81">
-      <c r="A81" s="671"/>
-[...5 lines deleted...]
-      <c r="H81" s="637"/>
+      <c r="A81" s="659"/>
+      <c r="B81" s="631"/>
+      <c r="C81" s="671"/>
+      <c r="D81" s="633"/>
+      <c r="E81" s="634"/>
+      <c r="F81" s="634"/>
+      <c r="G81" s="634"/>
     </row>
     <row r="82">
-      <c r="A82" s="671"/>
-[...5 lines deleted...]
-      <c r="H82" s="637"/>
+      <c r="A82" s="659"/>
+      <c r="B82" s="631"/>
+      <c r="C82" s="671"/>
+      <c r="D82" s="633"/>
+      <c r="E82" s="634"/>
+      <c r="F82" s="634"/>
+      <c r="G82" s="634"/>
     </row>
     <row r="83">
-      <c r="A83" s="671"/>
-[...5 lines deleted...]
-      <c r="H83" s="637"/>
+      <c r="A83" s="659"/>
+      <c r="B83" s="631"/>
+      <c r="C83" s="671"/>
+      <c r="D83" s="633"/>
+      <c r="E83" s="634"/>
+      <c r="F83" s="634"/>
+      <c r="G83" s="634"/>
     </row>
     <row r="84">
-      <c r="A84" s="671"/>
-[...5 lines deleted...]
-      <c r="H84" s="637"/>
+      <c r="A84" s="659"/>
+      <c r="B84" s="631"/>
+      <c r="C84" s="671"/>
+      <c r="D84" s="633"/>
+      <c r="E84" s="634"/>
+      <c r="F84" s="634"/>
+      <c r="G84" s="634"/>
     </row>
     <row r="85">
-      <c r="A85" s="671"/>
-[...5 lines deleted...]
-      <c r="H85" s="637"/>
+      <c r="A85" s="659"/>
+      <c r="B85" s="631"/>
+      <c r="C85" s="671"/>
+      <c r="D85" s="633"/>
+      <c r="E85" s="634"/>
+      <c r="F85" s="634"/>
+      <c r="G85" s="634"/>
     </row>
     <row r="86">
-      <c r="A86" s="671"/>
-[...5 lines deleted...]
-      <c r="H86" s="637"/>
+      <c r="A86" s="659"/>
+      <c r="B86" s="631"/>
+      <c r="C86" s="671"/>
+      <c r="D86" s="633"/>
+      <c r="E86" s="634"/>
+      <c r="F86" s="634"/>
+      <c r="G86" s="634"/>
     </row>
     <row r="87">
-      <c r="A87" s="671"/>
-[...5 lines deleted...]
-      <c r="H87" s="637"/>
+      <c r="A87" s="659"/>
+      <c r="B87" s="631"/>
+      <c r="C87" s="671"/>
+      <c r="D87" s="633"/>
+      <c r="E87" s="634"/>
+      <c r="F87" s="634"/>
+      <c r="G87" s="634"/>
     </row>
     <row r="88">
-      <c r="A88" s="671"/>
-[...5 lines deleted...]
-      <c r="H88" s="637"/>
+      <c r="A88" s="659"/>
+      <c r="B88" s="631"/>
+      <c r="C88" s="671"/>
+      <c r="D88" s="633"/>
+      <c r="E88" s="634"/>
+      <c r="F88" s="634"/>
+      <c r="G88" s="634"/>
     </row>
     <row r="89">
-      <c r="A89" s="671"/>
-[...5 lines deleted...]
-      <c r="H89" s="637"/>
+      <c r="A89" s="659"/>
+      <c r="B89" s="631"/>
+      <c r="C89" s="671"/>
+      <c r="D89" s="633"/>
+      <c r="E89" s="634"/>
+      <c r="F89" s="634"/>
+      <c r="G89" s="634"/>
     </row>
     <row r="90">
-      <c r="A90" s="671"/>
-[...5 lines deleted...]
-      <c r="H90" s="637"/>
+      <c r="A90" s="659"/>
+      <c r="B90" s="631"/>
+      <c r="C90" s="671"/>
+      <c r="D90" s="633"/>
+      <c r="E90" s="634"/>
+      <c r="F90" s="634"/>
+      <c r="G90" s="634"/>
     </row>
     <row r="91">
-      <c r="A91" s="671"/>
-[...5 lines deleted...]
-      <c r="H91" s="637"/>
+      <c r="A91" s="659"/>
+      <c r="B91" s="631"/>
+      <c r="C91" s="671"/>
+      <c r="D91" s="633"/>
+      <c r="E91" s="634"/>
+      <c r="F91" s="634"/>
+      <c r="G91" s="634"/>
     </row>
     <row r="92">
-      <c r="A92" s="671"/>
-[...5 lines deleted...]
-      <c r="H92" s="637"/>
+      <c r="A92" s="659"/>
+      <c r="B92" s="631"/>
+      <c r="C92" s="671"/>
+      <c r="D92" s="633"/>
+      <c r="E92" s="634"/>
+      <c r="F92" s="634"/>
+      <c r="G92" s="634"/>
     </row>
     <row r="93">
-      <c r="A93" s="671"/>
-[...5 lines deleted...]
-      <c r="H93" s="637"/>
+      <c r="A93" s="659"/>
+      <c r="B93" s="631"/>
+      <c r="C93" s="671"/>
+      <c r="D93" s="633"/>
+      <c r="E93" s="634"/>
+      <c r="F93" s="634"/>
+      <c r="G93" s="634"/>
     </row>
     <row r="94">
-      <c r="A94" s="671"/>
-[...5 lines deleted...]
-      <c r="H94" s="637"/>
+      <c r="A94" s="659"/>
+      <c r="B94" s="631"/>
+      <c r="C94" s="671"/>
+      <c r="D94" s="633"/>
+      <c r="E94" s="634"/>
+      <c r="F94" s="634"/>
+      <c r="G94" s="634"/>
     </row>
     <row r="95">
-      <c r="A95" s="671"/>
-[...5 lines deleted...]
-      <c r="H95" s="637"/>
+      <c r="A95" s="659"/>
+      <c r="B95" s="631"/>
+      <c r="C95" s="671"/>
+      <c r="D95" s="633"/>
+      <c r="E95" s="634"/>
+      <c r="F95" s="634"/>
+      <c r="G95" s="634"/>
     </row>
     <row r="96">
-      <c r="A96" s="671"/>
-[...5 lines deleted...]
-      <c r="H96" s="637"/>
+      <c r="A96" s="659"/>
+      <c r="B96" s="631"/>
+      <c r="C96" s="671"/>
+      <c r="D96" s="633"/>
+      <c r="E96" s="634"/>
+      <c r="F96" s="634"/>
+      <c r="G96" s="634"/>
     </row>
     <row r="97">
-      <c r="A97" s="671"/>
-[...5 lines deleted...]
-      <c r="H97" s="637"/>
+      <c r="A97" s="659"/>
+      <c r="B97" s="631"/>
+      <c r="C97" s="671"/>
+      <c r="D97" s="633"/>
+      <c r="E97" s="634"/>
+      <c r="F97" s="634"/>
+      <c r="G97" s="634"/>
     </row>
     <row r="98">
-      <c r="A98" s="671"/>
-[...5 lines deleted...]
-      <c r="H98" s="637"/>
+      <c r="A98" s="659"/>
+      <c r="B98" s="631"/>
+      <c r="C98" s="671"/>
+      <c r="D98" s="633"/>
+      <c r="E98" s="634"/>
+      <c r="F98" s="634"/>
+      <c r="G98" s="634"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A20">
     <sortCondition ref="A2:A20"/>
   </sortState>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
-  <dimension ref="A1:Y98"/>
+  <sheetPr codeName="Sheet16"/>
+  <dimension ref="A1:J98"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H13" sqref="H13"/>
+      <selection activeCell="B6" sqref="B6:F6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.453125" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="13.453125" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="23.7109375" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="13.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="23.140625" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="20.7109375" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="23" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="13.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="58" s="630" customFormat="1">
-      <c r="A1" s="651" t="s">
+    <row r="1" ht="30" s="629" customFormat="1">
+      <c r="A1" s="643" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="635" t="s">
+        <v>92</v>
+      </c>
+      <c r="C1" s="644" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1" s="635" t="s">
+        <v>94</v>
+      </c>
+      <c r="E1" s="635" t="s">
+        <v>95</v>
+      </c>
+      <c r="F1" s="635" t="s">
+        <v>91</v>
+      </c>
+      <c r="G1" s="635"/>
+      <c r="H1" s="635"/>
+      <c r="I1" s="636"/>
+      <c r="J1" s="636"/>
+    </row>
+    <row r="2">
+      <c r="A2" s="698" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="704">
+        <v>10031</v>
+      </c>
+      <c r="C2" s="695">
+        <v>64.490080749676011</v>
+      </c>
+      <c r="D2" s="695">
+        <v>17.695145050343932</v>
+      </c>
+      <c r="E2" s="695">
+        <v>17.814774199980064</v>
+      </c>
+      <c r="F2" s="695">
         <v>0</v>
       </c>
-      <c r="B1" s="630" t="s">
-[...70 lines deleted...]
-      <c r="Y2" s="740"/>
+      <c r="G2" s="698"/>
+      <c r="H2" s="698"/>
+      <c r="I2" s="706"/>
+      <c r="J2" s="706"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="C3" s="703">
+        <v>14</v>
+      </c>
+      <c r="B3" s="682">
         <v>1488</v>
       </c>
-      <c r="D3" s="673">
+      <c r="C3" s="661">
         <v>65.7258064516129</v>
       </c>
-      <c r="E3" s="673">
+      <c r="D3" s="661">
         <v>18.75</v>
       </c>
-      <c r="F3" s="673">
+      <c r="E3" s="661">
         <v>15.524193548387096</v>
       </c>
-      <c r="G3" s="673">
+      <c r="F3" s="661">
         <v>0</v>
       </c>
-      <c r="H3" s="673"/>
-[...6 lines deleted...]
-      <c r="Y3" s="632"/>
+      <c r="I3" s="630"/>
+      <c r="J3" s="630"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="C4" s="703">
+        <v>15</v>
+      </c>
+      <c r="B4" s="682">
         <v>5576</v>
       </c>
-      <c r="D4" s="673">
+      <c r="C4" s="661">
         <v>63.450502152080347</v>
       </c>
-      <c r="E4" s="673">
+      <c r="D4" s="661">
         <v>19.440459110473459</v>
       </c>
-      <c r="F4" s="673">
+      <c r="E4" s="661">
         <v>16.911764705882355</v>
       </c>
-      <c r="G4" s="673">
+      <c r="F4" s="661">
         <v>0.19727403156384504</v>
       </c>
-      <c r="H4" s="673"/>
-[...6 lines deleted...]
-      <c r="Y4" s="632"/>
+      <c r="I4" s="630"/>
+      <c r="J4" s="630"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="C5" s="703">
+        <v>16</v>
+      </c>
+      <c r="B5" s="682">
         <v>6855</v>
       </c>
-      <c r="D5" s="673">
+      <c r="C5" s="661">
         <v>66.856309263311459</v>
       </c>
-      <c r="E5" s="673">
+      <c r="D5" s="661">
         <v>17.067833698030636</v>
       </c>
-      <c r="F5" s="673">
+      <c r="E5" s="661">
         <v>16.075857038657915</v>
       </c>
-      <c r="G5" s="673">
+      <c r="F5" s="661">
         <v>0</v>
       </c>
-      <c r="H5" s="673"/>
-[...6 lines deleted...]
-      <c r="Y5" s="632"/>
+      <c r="I5" s="630"/>
+      <c r="J5" s="630"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-      <c r="C6" s="703">
+        <v>17</v>
+      </c>
+      <c r="B6" s="682">
         <v>2769</v>
       </c>
-      <c r="D6" s="673">
+      <c r="C6" s="661">
         <v>74.250631997110872</v>
       </c>
-      <c r="E6" s="673">
+      <c r="D6" s="661">
         <v>12.062116287468399</v>
       </c>
-      <c r="F6" s="673">
+      <c r="E6" s="661">
         <v>13.687251715420729</v>
       </c>
-      <c r="G6" s="673">
+      <c r="F6" s="661">
         <v>0</v>
       </c>
-      <c r="H6" s="673"/>
-[...6 lines deleted...]
-      <c r="Y6" s="632"/>
+      <c r="I6" s="630"/>
+      <c r="J6" s="630"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="C7" s="703">
+        <v>18</v>
+      </c>
+      <c r="B7" s="682">
         <v>9564</v>
       </c>
-      <c r="D7" s="673">
+      <c r="C7" s="661">
         <v>82.204098703471345</v>
       </c>
-      <c r="E7" s="673">
+      <c r="D7" s="661">
         <v>7.2354663320786283</v>
       </c>
-      <c r="F7" s="673">
+      <c r="E7" s="661">
         <v>10.560434964450021</v>
       </c>
-      <c r="G7" s="673">
+      <c r="F7" s="661">
         <v>0</v>
       </c>
-      <c r="J7" s="634"/>
-[...5 lines deleted...]
-      <c r="Y7" s="632"/>
+      <c r="I7" s="630"/>
+      <c r="J7" s="630"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="C8" s="703">
+        <v>19</v>
+      </c>
+      <c r="B8" s="682">
         <v>5077</v>
       </c>
-      <c r="D8" s="673">
+      <c r="C8" s="661">
         <v>70.8489265314162</v>
       </c>
-      <c r="E8" s="673">
+      <c r="D8" s="661">
         <v>10.281662399054561</v>
       </c>
-      <c r="F8" s="673">
+      <c r="E8" s="661">
         <v>18.869411069529249</v>
       </c>
-      <c r="G8" s="673">
+      <c r="F8" s="661">
         <v>0</v>
       </c>
-      <c r="J8" s="634"/>
-[...5 lines deleted...]
-      <c r="Y8" s="632"/>
+      <c r="I8" s="630"/>
+      <c r="J8" s="630"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="C9" s="703">
+        <v>20</v>
+      </c>
+      <c r="B9" s="682">
         <v>1840</v>
       </c>
-      <c r="D9" s="673">
+      <c r="C9" s="661">
         <v>71.684782608695656</v>
       </c>
-      <c r="E9" s="673">
+      <c r="D9" s="661">
         <v>16.358695652173914</v>
       </c>
-      <c r="F9" s="673">
+      <c r="E9" s="661">
         <v>11.956521739130436</v>
       </c>
-      <c r="G9" s="673">
+      <c r="F9" s="661">
         <v>0</v>
       </c>
-      <c r="J9" s="634"/>
-[...5 lines deleted...]
-      <c r="Y9" s="632"/>
+      <c r="I9" s="630"/>
+      <c r="J9" s="630"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="C10" s="703">
+        <v>21</v>
+      </c>
+      <c r="B10" s="682">
         <v>3693</v>
       </c>
-      <c r="D10" s="673">
+      <c r="C10" s="661">
         <v>77.173030056864334</v>
       </c>
-      <c r="E10" s="673">
+      <c r="D10" s="661">
         <v>8.0693203357703762</v>
       </c>
-      <c r="F10" s="673">
+      <c r="E10" s="661">
         <v>14.757649607365286</v>
       </c>
-      <c r="G10" s="673">
+      <c r="F10" s="661">
         <v>0</v>
       </c>
-      <c r="J10" s="634"/>
-[...5 lines deleted...]
-      <c r="Y10" s="632"/>
+      <c r="I10" s="630"/>
+      <c r="J10" s="630"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="C11" s="703">
+        <v>22</v>
+      </c>
+      <c r="B11" s="682">
         <v>5734</v>
       </c>
-      <c r="D11" s="673">
+      <c r="C11" s="661">
         <v>65.992326473665855</v>
       </c>
-      <c r="E11" s="673">
+      <c r="D11" s="661">
         <v>12.835716777118938</v>
       </c>
-      <c r="F11" s="673">
+      <c r="E11" s="661">
         <v>21.1545169166376</v>
       </c>
-      <c r="G11" s="673">
+      <c r="F11" s="661">
         <v>0.017439832577607256</v>
       </c>
-      <c r="J11" s="634"/>
-[...5 lines deleted...]
-      <c r="Y11" s="632"/>
+      <c r="I11" s="630"/>
+      <c r="J11" s="630"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="C12" s="703">
+        <v>23</v>
+      </c>
+      <c r="B12" s="682">
         <v>4128</v>
       </c>
-      <c r="D12" s="673">
+      <c r="C12" s="661">
         <v>65.092054263565885</v>
       </c>
-      <c r="E12" s="673">
+      <c r="D12" s="661">
         <v>15.818798449612403</v>
       </c>
-      <c r="F12" s="673">
+      <c r="E12" s="661">
         <v>19.064922480620154</v>
       </c>
-      <c r="G12" s="673">
+      <c r="F12" s="661">
         <v>0.024224806201550389</v>
       </c>
-      <c r="J12" s="634"/>
-[...5 lines deleted...]
-      <c r="Y12" s="632"/>
+      <c r="I12" s="630"/>
+      <c r="J12" s="630"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="C13" s="703">
+        <v>24</v>
+      </c>
+      <c r="B13" s="682">
         <v>4699</v>
       </c>
-      <c r="D13" s="673">
+      <c r="C13" s="661">
         <v>61.693977442008944</v>
       </c>
-      <c r="E13" s="673">
+      <c r="D13" s="661">
         <v>18.982762289848903</v>
       </c>
-      <c r="F13" s="673">
+      <c r="E13" s="661">
         <v>19.32326026814216</v>
       </c>
-      <c r="G13" s="673">
+      <c r="F13" s="661">
         <v>0</v>
       </c>
-      <c r="J13" s="634"/>
-[...5 lines deleted...]
-      <c r="Y13" s="632"/>
+      <c r="I13" s="630"/>
+      <c r="J13" s="630"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="C14" s="703">
+        <v>25</v>
+      </c>
+      <c r="B14" s="682">
         <v>1094</v>
       </c>
-      <c r="D14" s="673">
+      <c r="C14" s="661">
         <v>73.583180987202923</v>
       </c>
-      <c r="E14" s="673">
+      <c r="D14" s="661">
         <v>16.179159049360145</v>
       </c>
-      <c r="F14" s="673">
+      <c r="E14" s="661">
         <v>10.237659963436929</v>
       </c>
-      <c r="G14" s="673">
+      <c r="F14" s="661">
         <v>0</v>
       </c>
-      <c r="J14" s="634"/>
-[...5 lines deleted...]
-      <c r="Y14" s="632"/>
+      <c r="I14" s="630"/>
+      <c r="J14" s="630"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="C15" s="703">
+        <v>26</v>
+      </c>
+      <c r="B15" s="682">
         <v>1759</v>
       </c>
-      <c r="D15" s="673">
+      <c r="C15" s="661">
         <v>62.876634451392832</v>
       </c>
-      <c r="E15" s="673">
+      <c r="D15" s="661">
         <v>18.305855599772595</v>
       </c>
-      <c r="F15" s="673">
+      <c r="E15" s="661">
         <v>18.817509948834566</v>
       </c>
-      <c r="G15" s="673">
+      <c r="F15" s="661">
         <v>0</v>
       </c>
-      <c r="J15" s="634"/>
-[...5 lines deleted...]
-      <c r="Y15" s="632"/>
+      <c r="I15" s="630"/>
+      <c r="J15" s="630"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="C16" s="703">
+        <v>27</v>
+      </c>
+      <c r="B16" s="682">
         <v>4509</v>
       </c>
-      <c r="D16" s="673">
+      <c r="C16" s="661">
         <v>70.370370370370367</v>
       </c>
-      <c r="E16" s="673">
+      <c r="D16" s="661">
         <v>12.042581503659349</v>
       </c>
-      <c r="F16" s="673">
+      <c r="E16" s="661">
         <v>17.542692392991793</v>
       </c>
-      <c r="G16" s="673">
+      <c r="F16" s="661">
         <v>0.044355732978487467</v>
       </c>
-      <c r="J16" s="634"/>
-[...5 lines deleted...]
-      <c r="Y16" s="632"/>
+      <c r="I16" s="630"/>
+      <c r="J16" s="630"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="C17" s="703">
+        <v>28</v>
+      </c>
+      <c r="B17" s="682">
         <v>5810</v>
       </c>
-      <c r="D17" s="673">
+      <c r="C17" s="661">
         <v>83.012048192771076</v>
       </c>
-      <c r="E17" s="673">
+      <c r="D17" s="661">
         <v>6.1617900172117039</v>
       </c>
-      <c r="F17" s="673">
+      <c r="E17" s="661">
         <v>10.791738382099828</v>
       </c>
-      <c r="G17" s="673">
+      <c r="F17" s="661">
         <v>0.034423407917383825</v>
       </c>
-      <c r="J17" s="634"/>
-[...5 lines deleted...]
-      <c r="Y17" s="632"/>
+      <c r="I17" s="630"/>
+      <c r="J17" s="630"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="C18" s="703">
+        <v>29</v>
+      </c>
+      <c r="B18" s="682">
         <v>2753</v>
       </c>
-      <c r="D18" s="673">
+      <c r="C18" s="661">
         <v>66.6182346531057</v>
       </c>
-      <c r="E18" s="673">
+      <c r="D18" s="661">
         <v>17.290228841264074</v>
       </c>
-      <c r="F18" s="673">
+      <c r="E18" s="661">
         <v>16.091536505630224</v>
       </c>
-      <c r="G18" s="673">
+      <c r="F18" s="661">
         <v>0</v>
       </c>
-      <c r="J18" s="634"/>
-[...5 lines deleted...]
-      <c r="Y18" s="632"/>
+      <c r="I18" s="630"/>
+      <c r="J18" s="630"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="C19" s="703">
+        <v>30</v>
+      </c>
+      <c r="B19" s="682">
         <v>24644</v>
       </c>
-      <c r="D19" s="673">
+      <c r="C19" s="661">
         <v>66.1215711735108</v>
       </c>
-      <c r="E19" s="673">
+      <c r="D19" s="661">
         <v>13.54082129524428</v>
       </c>
-      <c r="F19" s="673">
+      <c r="E19" s="661">
         <v>20.317318617107613</v>
       </c>
-      <c r="G19" s="673">
+      <c r="F19" s="661">
         <v>0.020288914137315369</v>
       </c>
-      <c r="J19" s="634"/>
-[...5 lines deleted...]
-      <c r="Y19" s="632"/>
+      <c r="I19" s="630"/>
+      <c r="J19" s="630"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="C20" s="703">
+        <v>31</v>
+      </c>
+      <c r="B20" s="682">
         <v>3879</v>
       </c>
-      <c r="D20" s="673">
+      <c r="C20" s="661">
         <v>59.83500902294405</v>
       </c>
-      <c r="E20" s="673">
+      <c r="D20" s="661">
         <v>21.680845578757413</v>
       </c>
-      <c r="F20" s="673">
+      <c r="E20" s="661">
         <v>18.458365558133536</v>
       </c>
-      <c r="G20" s="673">
+      <c r="F20" s="661">
         <v>0.025779840164990978</v>
       </c>
-      <c r="J20" s="634"/>
-[...5 lines deleted...]
-      <c r="Y20" s="632"/>
+      <c r="I20" s="630"/>
+      <c r="J20" s="630"/>
     </row>
     <row r="21">
-      <c r="A21" s="671"/>
-[...11 lines deleted...]
-      <c r="Y21" s="632"/>
+      <c r="A21" s="659"/>
+      <c r="B21" s="675"/>
+      <c r="C21" s="634"/>
+      <c r="D21" s="632"/>
+      <c r="E21" s="632"/>
+      <c r="F21" s="633"/>
+      <c r="I21" s="630"/>
+      <c r="J21" s="630"/>
     </row>
     <row r="22">
-      <c r="A22" s="671"/>
-[...11 lines deleted...]
-      <c r="Y22" s="632"/>
+      <c r="A22" s="659"/>
+      <c r="I22" s="630"/>
+      <c r="J22" s="630"/>
     </row>
     <row r="23">
-      <c r="A23" s="671"/>
+      <c r="A23" s="659"/>
+      <c r="B23" s="631"/>
       <c r="C23" s="634"/>
-      <c r="D23" s="637"/>
-[...9 lines deleted...]
-      <c r="Y23" s="632"/>
+      <c r="D23" s="632"/>
+      <c r="E23" s="632"/>
+      <c r="F23" s="633"/>
+      <c r="I23" s="630"/>
+      <c r="J23" s="630"/>
     </row>
     <row r="24">
-      <c r="A24" s="671"/>
+      <c r="A24" s="659"/>
+      <c r="B24" s="631"/>
       <c r="C24" s="634"/>
-      <c r="D24" s="637"/>
-[...9 lines deleted...]
-      <c r="Y24" s="632"/>
+      <c r="D24" s="632"/>
+      <c r="E24" s="632"/>
+      <c r="F24" s="633"/>
+      <c r="I24" s="630"/>
+      <c r="J24" s="630"/>
     </row>
     <row r="25">
-      <c r="A25" s="671"/>
+      <c r="A25" s="659"/>
+      <c r="B25" s="631"/>
       <c r="C25" s="634"/>
-      <c r="D25" s="637"/>
-[...9 lines deleted...]
-      <c r="Y25" s="632"/>
+      <c r="D25" s="632"/>
+      <c r="E25" s="632"/>
+      <c r="F25" s="633"/>
+      <c r="I25" s="630"/>
+      <c r="J25" s="630"/>
     </row>
     <row r="26">
-      <c r="A26" s="671"/>
+      <c r="A26" s="659"/>
+      <c r="B26" s="631"/>
       <c r="C26" s="634"/>
-      <c r="D26" s="637"/>
-[...9 lines deleted...]
-      <c r="Y26" s="632"/>
+      <c r="D26" s="632"/>
+      <c r="E26" s="632"/>
+      <c r="F26" s="633"/>
+      <c r="I26" s="630"/>
+      <c r="J26" s="630"/>
     </row>
     <row r="27">
-      <c r="A27" s="671"/>
+      <c r="A27" s="659"/>
+      <c r="B27" s="631"/>
       <c r="C27" s="634"/>
-      <c r="D27" s="637"/>
-[...9 lines deleted...]
-      <c r="Y27" s="632"/>
+      <c r="D27" s="632"/>
+      <c r="E27" s="632"/>
+      <c r="F27" s="633"/>
+      <c r="I27" s="630"/>
+      <c r="J27" s="630"/>
     </row>
     <row r="28">
-      <c r="A28" s="671"/>
+      <c r="A28" s="659"/>
+      <c r="B28" s="631"/>
       <c r="C28" s="634"/>
-      <c r="D28" s="637"/>
-[...9 lines deleted...]
-      <c r="Y28" s="632"/>
+      <c r="D28" s="632"/>
+      <c r="E28" s="632"/>
+      <c r="F28" s="633"/>
+      <c r="I28" s="630"/>
+      <c r="J28" s="630"/>
     </row>
     <row r="29">
-      <c r="A29" s="671"/>
+      <c r="A29" s="659"/>
+      <c r="B29" s="631"/>
       <c r="C29" s="634"/>
-      <c r="D29" s="637"/>
-[...9 lines deleted...]
-      <c r="Y29" s="632"/>
+      <c r="D29" s="632"/>
+      <c r="E29" s="632"/>
+      <c r="F29" s="633"/>
+      <c r="I29" s="630"/>
+      <c r="J29" s="630"/>
     </row>
     <row r="30">
-      <c r="A30" s="671"/>
+      <c r="A30" s="659"/>
+      <c r="B30" s="631"/>
       <c r="C30" s="634"/>
-      <c r="D30" s="637"/>
-[...9 lines deleted...]
-      <c r="Y30" s="632"/>
+      <c r="D30" s="632"/>
+      <c r="E30" s="632"/>
+      <c r="F30" s="633"/>
+      <c r="I30" s="630"/>
+      <c r="J30" s="630"/>
     </row>
     <row r="31">
-      <c r="A31" s="671"/>
+      <c r="A31" s="659"/>
+      <c r="B31" s="631"/>
       <c r="C31" s="634"/>
-      <c r="D31" s="637"/>
-[...9 lines deleted...]
-      <c r="Y31" s="632"/>
+      <c r="D31" s="632"/>
+      <c r="E31" s="632"/>
+      <c r="F31" s="633"/>
+      <c r="I31" s="630"/>
+      <c r="J31" s="630"/>
     </row>
     <row r="32">
-      <c r="A32" s="671"/>
+      <c r="A32" s="659"/>
+      <c r="B32" s="631"/>
       <c r="C32" s="634"/>
-      <c r="D32" s="637"/>
-[...9 lines deleted...]
-      <c r="Y32" s="632"/>
+      <c r="D32" s="632"/>
+      <c r="E32" s="632"/>
+      <c r="F32" s="633"/>
+      <c r="I32" s="630"/>
+      <c r="J32" s="630"/>
     </row>
     <row r="33">
-      <c r="A33" s="671"/>
+      <c r="A33" s="659"/>
+      <c r="B33" s="631"/>
       <c r="C33" s="634"/>
-      <c r="D33" s="637"/>
-[...9 lines deleted...]
-      <c r="Y33" s="632"/>
+      <c r="D33" s="632"/>
+      <c r="E33" s="632"/>
+      <c r="F33" s="633"/>
+      <c r="I33" s="630"/>
+      <c r="J33" s="630"/>
     </row>
     <row r="34">
-      <c r="A34" s="671"/>
+      <c r="A34" s="659"/>
+      <c r="B34" s="631"/>
       <c r="C34" s="634"/>
-      <c r="D34" s="637"/>
-[...9 lines deleted...]
-      <c r="Y34" s="632"/>
+      <c r="D34" s="632"/>
+      <c r="E34" s="632"/>
+      <c r="F34" s="633"/>
+      <c r="I34" s="630"/>
+      <c r="J34" s="630"/>
     </row>
     <row r="35">
-      <c r="A35" s="671"/>
+      <c r="A35" s="659"/>
+      <c r="B35" s="631"/>
       <c r="C35" s="634"/>
-      <c r="D35" s="637"/>
-[...9 lines deleted...]
-      <c r="Y35" s="632"/>
+      <c r="D35" s="632"/>
+      <c r="E35" s="632"/>
+      <c r="F35" s="633"/>
+      <c r="I35" s="630"/>
+      <c r="J35" s="630"/>
     </row>
     <row r="36">
-      <c r="A36" s="671"/>
+      <c r="A36" s="659"/>
+      <c r="B36" s="631"/>
       <c r="C36" s="634"/>
-      <c r="D36" s="637"/>
-[...9 lines deleted...]
-      <c r="Y36" s="632"/>
+      <c r="D36" s="632"/>
+      <c r="E36" s="632"/>
+      <c r="F36" s="633"/>
+      <c r="I36" s="630"/>
+      <c r="J36" s="630"/>
     </row>
     <row r="37">
-      <c r="A37" s="671"/>
+      <c r="A37" s="659"/>
+      <c r="B37" s="631"/>
       <c r="C37" s="634"/>
-      <c r="D37" s="637"/>
-[...9 lines deleted...]
-      <c r="Y37" s="632"/>
+      <c r="D37" s="632"/>
+      <c r="E37" s="632"/>
+      <c r="F37" s="633"/>
+      <c r="I37" s="630"/>
+      <c r="J37" s="630"/>
     </row>
     <row r="38">
-      <c r="A38" s="671"/>
+      <c r="A38" s="659"/>
+      <c r="B38" s="631"/>
       <c r="C38" s="634"/>
-      <c r="D38" s="637"/>
-[...9 lines deleted...]
-      <c r="Y38" s="632"/>
+      <c r="D38" s="632"/>
+      <c r="E38" s="632"/>
+      <c r="F38" s="633"/>
+      <c r="I38" s="630"/>
+      <c r="J38" s="630"/>
     </row>
     <row r="39">
-      <c r="A39" s="671"/>
+      <c r="A39" s="659"/>
+      <c r="B39" s="631"/>
       <c r="C39" s="634"/>
-      <c r="D39" s="637"/>
-[...9 lines deleted...]
-      <c r="Y39" s="632"/>
+      <c r="D39" s="632"/>
+      <c r="E39" s="632"/>
+      <c r="F39" s="633"/>
+      <c r="I39" s="630"/>
+      <c r="J39" s="630"/>
     </row>
     <row r="40">
-      <c r="A40" s="671"/>
+      <c r="A40" s="659"/>
+      <c r="B40" s="631"/>
       <c r="C40" s="634"/>
-      <c r="D40" s="637"/>
-[...9 lines deleted...]
-      <c r="Y40" s="632"/>
+      <c r="D40" s="632"/>
+      <c r="E40" s="632"/>
+      <c r="F40" s="633"/>
+      <c r="I40" s="630"/>
+      <c r="J40" s="630"/>
     </row>
     <row r="41">
-      <c r="A41" s="671"/>
+      <c r="A41" s="659"/>
+      <c r="B41" s="631"/>
       <c r="C41" s="634"/>
-      <c r="D41" s="637"/>
-[...9 lines deleted...]
-      <c r="Y41" s="632"/>
+      <c r="D41" s="632"/>
+      <c r="E41" s="632"/>
+      <c r="F41" s="633"/>
+      <c r="I41" s="630"/>
+      <c r="J41" s="630"/>
     </row>
     <row r="42">
-      <c r="A42" s="671"/>
+      <c r="A42" s="659"/>
+      <c r="B42" s="631"/>
       <c r="C42" s="634"/>
-      <c r="D42" s="637"/>
-[...9 lines deleted...]
-      <c r="Y42" s="632"/>
+      <c r="D42" s="632"/>
+      <c r="E42" s="632"/>
+      <c r="F42" s="633"/>
+      <c r="I42" s="630"/>
+      <c r="J42" s="630"/>
     </row>
     <row r="43">
-      <c r="A43" s="671"/>
+      <c r="A43" s="659"/>
+      <c r="B43" s="631"/>
       <c r="C43" s="634"/>
-      <c r="D43" s="637"/>
-[...9 lines deleted...]
-      <c r="Y43" s="632"/>
+      <c r="D43" s="632"/>
+      <c r="E43" s="632"/>
+      <c r="F43" s="633"/>
+      <c r="I43" s="630"/>
+      <c r="J43" s="630"/>
     </row>
     <row r="44">
-      <c r="A44" s="671"/>
+      <c r="A44" s="659"/>
+      <c r="B44" s="631"/>
       <c r="C44" s="634"/>
-      <c r="D44" s="637"/>
-[...9 lines deleted...]
-      <c r="Y44" s="632"/>
+      <c r="D44" s="632"/>
+      <c r="E44" s="632"/>
+      <c r="F44" s="633"/>
+      <c r="I44" s="630"/>
+      <c r="J44" s="630"/>
     </row>
     <row r="45">
-      <c r="A45" s="671"/>
+      <c r="A45" s="659"/>
+      <c r="B45" s="631"/>
       <c r="C45" s="634"/>
-      <c r="D45" s="637"/>
-[...9 lines deleted...]
-      <c r="Y45" s="632"/>
+      <c r="D45" s="632"/>
+      <c r="E45" s="632"/>
+      <c r="F45" s="633"/>
+      <c r="I45" s="630"/>
+      <c r="J45" s="630"/>
     </row>
     <row r="46">
-      <c r="A46" s="671"/>
+      <c r="A46" s="659"/>
+      <c r="B46" s="631"/>
       <c r="C46" s="634"/>
-      <c r="D46" s="637"/>
-[...9 lines deleted...]
-      <c r="Y46" s="632"/>
+      <c r="D46" s="632"/>
+      <c r="E46" s="632"/>
+      <c r="F46" s="633"/>
+      <c r="I46" s="630"/>
+      <c r="J46" s="630"/>
     </row>
     <row r="47">
-      <c r="A47" s="671"/>
+      <c r="A47" s="659"/>
+      <c r="B47" s="631"/>
       <c r="C47" s="634"/>
-      <c r="D47" s="637"/>
-[...9 lines deleted...]
-      <c r="Y47" s="632"/>
+      <c r="D47" s="632"/>
+      <c r="E47" s="632"/>
+      <c r="F47" s="633"/>
+      <c r="I47" s="630"/>
+      <c r="J47" s="630"/>
     </row>
     <row r="48">
-      <c r="A48" s="671"/>
+      <c r="A48" s="659"/>
+      <c r="B48" s="631"/>
       <c r="C48" s="634"/>
-      <c r="D48" s="637"/>
-[...9 lines deleted...]
-      <c r="Y48" s="632"/>
+      <c r="D48" s="632"/>
+      <c r="E48" s="632"/>
+      <c r="F48" s="633"/>
+      <c r="I48" s="630"/>
+      <c r="J48" s="630"/>
     </row>
     <row r="49">
-      <c r="A49" s="671"/>
+      <c r="A49" s="659"/>
+      <c r="B49" s="631"/>
       <c r="C49" s="634"/>
-      <c r="D49" s="637"/>
-[...9 lines deleted...]
-      <c r="Y49" s="632"/>
+      <c r="D49" s="632"/>
+      <c r="E49" s="632"/>
+      <c r="F49" s="633"/>
+      <c r="I49" s="630"/>
+      <c r="J49" s="630"/>
     </row>
     <row r="50">
-      <c r="A50" s="671"/>
+      <c r="A50" s="659"/>
+      <c r="B50" s="631"/>
       <c r="C50" s="634"/>
-      <c r="D50" s="637"/>
-[...9 lines deleted...]
-      <c r="Y50" s="632"/>
+      <c r="D50" s="632"/>
+      <c r="E50" s="632"/>
+      <c r="F50" s="633"/>
+      <c r="I50" s="630"/>
+      <c r="J50" s="630"/>
     </row>
     <row r="51">
-      <c r="A51" s="671"/>
+      <c r="A51" s="659"/>
+      <c r="B51" s="631"/>
       <c r="C51" s="634"/>
-      <c r="D51" s="637"/>
-[...9 lines deleted...]
-      <c r="Y51" s="632"/>
+      <c r="D51" s="632"/>
+      <c r="E51" s="632"/>
+      <c r="F51" s="633"/>
+      <c r="I51" s="630"/>
+      <c r="J51" s="630"/>
     </row>
     <row r="52">
-      <c r="A52" s="671"/>
+      <c r="A52" s="659"/>
+      <c r="B52" s="631"/>
       <c r="C52" s="634"/>
-      <c r="D52" s="637"/>
-[...9 lines deleted...]
-      <c r="Y52" s="632"/>
+      <c r="D52" s="632"/>
+      <c r="E52" s="632"/>
+      <c r="F52" s="633"/>
+      <c r="I52" s="630"/>
+      <c r="J52" s="630"/>
     </row>
     <row r="53">
-      <c r="A53" s="671"/>
+      <c r="A53" s="659"/>
+      <c r="B53" s="631"/>
       <c r="C53" s="634"/>
-      <c r="D53" s="637"/>
-[...9 lines deleted...]
-      <c r="Y53" s="632"/>
+      <c r="D53" s="632"/>
+      <c r="E53" s="632"/>
+      <c r="F53" s="633"/>
+      <c r="I53" s="630"/>
+      <c r="J53" s="630"/>
     </row>
     <row r="54">
-      <c r="A54" s="671"/>
+      <c r="A54" s="659"/>
+      <c r="B54" s="631"/>
       <c r="C54" s="634"/>
-      <c r="D54" s="637"/>
-[...9 lines deleted...]
-      <c r="Y54" s="632"/>
+      <c r="D54" s="632"/>
+      <c r="E54" s="632"/>
+      <c r="F54" s="633"/>
+      <c r="I54" s="630"/>
+      <c r="J54" s="630"/>
     </row>
     <row r="55">
-      <c r="A55" s="671"/>
+      <c r="A55" s="659"/>
+      <c r="B55" s="631"/>
       <c r="C55" s="634"/>
-      <c r="D55" s="637"/>
-[...9 lines deleted...]
-      <c r="Y55" s="632"/>
+      <c r="D55" s="632"/>
+      <c r="E55" s="632"/>
+      <c r="F55" s="633"/>
+      <c r="I55" s="630"/>
+      <c r="J55" s="630"/>
     </row>
     <row r="56">
-      <c r="A56" s="671"/>
+      <c r="A56" s="659"/>
+      <c r="B56" s="631"/>
       <c r="C56" s="634"/>
-      <c r="D56" s="637"/>
-[...9 lines deleted...]
-      <c r="Y56" s="632"/>
+      <c r="D56" s="632"/>
+      <c r="E56" s="632"/>
+      <c r="F56" s="633"/>
+      <c r="I56" s="630"/>
+      <c r="J56" s="630"/>
     </row>
     <row r="57">
-      <c r="A57" s="671"/>
+      <c r="A57" s="659"/>
+      <c r="B57" s="631"/>
       <c r="C57" s="634"/>
-      <c r="D57" s="637"/>
-[...9 lines deleted...]
-      <c r="Y57" s="632"/>
+      <c r="D57" s="632"/>
+      <c r="E57" s="632"/>
+      <c r="F57" s="633"/>
+      <c r="I57" s="630"/>
+      <c r="J57" s="630"/>
     </row>
     <row r="58">
-      <c r="A58" s="671"/>
+      <c r="A58" s="659"/>
+      <c r="B58" s="631"/>
       <c r="C58" s="634"/>
-      <c r="D58" s="637"/>
-[...9 lines deleted...]
-      <c r="Y58" s="632"/>
+      <c r="D58" s="632"/>
+      <c r="E58" s="632"/>
+      <c r="F58" s="633"/>
+      <c r="I58" s="630"/>
+      <c r="J58" s="630"/>
     </row>
     <row r="59">
-      <c r="A59" s="671"/>
+      <c r="A59" s="659"/>
+      <c r="B59" s="631"/>
       <c r="C59" s="634"/>
-      <c r="D59" s="637"/>
-[...9 lines deleted...]
-      <c r="Y59" s="632"/>
+      <c r="D59" s="632"/>
+      <c r="E59" s="632"/>
+      <c r="F59" s="633"/>
+      <c r="I59" s="630"/>
+      <c r="J59" s="630"/>
     </row>
     <row r="60">
-      <c r="A60" s="671"/>
+      <c r="A60" s="659"/>
+      <c r="B60" s="631"/>
       <c r="C60" s="634"/>
-      <c r="D60" s="637"/>
-[...9 lines deleted...]
-      <c r="Y60" s="632"/>
+      <c r="D60" s="632"/>
+      <c r="E60" s="632"/>
+      <c r="F60" s="633"/>
+      <c r="I60" s="630"/>
+      <c r="J60" s="630"/>
     </row>
     <row r="61">
-      <c r="A61" s="671"/>
+      <c r="A61" s="659"/>
+      <c r="B61" s="631"/>
       <c r="C61" s="634"/>
-      <c r="D61" s="637"/>
-[...9 lines deleted...]
-      <c r="Y61" s="632"/>
+      <c r="D61" s="632"/>
+      <c r="E61" s="632"/>
+      <c r="F61" s="633"/>
+      <c r="I61" s="630"/>
+      <c r="J61" s="630"/>
     </row>
     <row r="62">
-      <c r="A62" s="671"/>
+      <c r="A62" s="659"/>
+      <c r="B62" s="631"/>
       <c r="C62" s="634"/>
-      <c r="D62" s="637"/>
-[...9 lines deleted...]
-      <c r="Y62" s="632"/>
+      <c r="D62" s="632"/>
+      <c r="E62" s="632"/>
+      <c r="F62" s="633"/>
+      <c r="I62" s="630"/>
+      <c r="J62" s="630"/>
     </row>
     <row r="63">
-      <c r="A63" s="671"/>
+      <c r="A63" s="659"/>
+      <c r="B63" s="631"/>
       <c r="C63" s="634"/>
-      <c r="D63" s="637"/>
-[...9 lines deleted...]
-      <c r="Y63" s="632"/>
+      <c r="D63" s="632"/>
+      <c r="E63" s="632"/>
+      <c r="F63" s="633"/>
+      <c r="I63" s="630"/>
+      <c r="J63" s="630"/>
     </row>
     <row r="64">
-      <c r="A64" s="671"/>
+      <c r="A64" s="659"/>
+      <c r="B64" s="631"/>
       <c r="C64" s="634"/>
-      <c r="D64" s="637"/>
-[...9 lines deleted...]
-      <c r="Y64" s="632"/>
+      <c r="D64" s="632"/>
+      <c r="E64" s="632"/>
+      <c r="F64" s="633"/>
+      <c r="I64" s="630"/>
+      <c r="J64" s="630"/>
     </row>
     <row r="65">
-      <c r="A65" s="671"/>
+      <c r="A65" s="659"/>
+      <c r="B65" s="631"/>
       <c r="C65" s="634"/>
-      <c r="D65" s="637"/>
-[...9 lines deleted...]
-      <c r="Y65" s="632"/>
+      <c r="D65" s="632"/>
+      <c r="E65" s="632"/>
+      <c r="F65" s="633"/>
+      <c r="I65" s="630"/>
+      <c r="J65" s="630"/>
     </row>
     <row r="66">
-      <c r="A66" s="671"/>
+      <c r="A66" s="659"/>
+      <c r="B66" s="631"/>
       <c r="C66" s="634"/>
-      <c r="D66" s="637"/>
-[...9 lines deleted...]
-      <c r="Y66" s="632"/>
+      <c r="D66" s="632"/>
+      <c r="E66" s="632"/>
+      <c r="F66" s="633"/>
+      <c r="I66" s="630"/>
+      <c r="J66" s="630"/>
     </row>
     <row r="67">
-      <c r="A67" s="671"/>
+      <c r="A67" s="659"/>
+      <c r="B67" s="631"/>
       <c r="C67" s="634"/>
-      <c r="D67" s="637"/>
-[...9 lines deleted...]
-      <c r="Y67" s="632"/>
+      <c r="D67" s="632"/>
+      <c r="E67" s="632"/>
+      <c r="F67" s="633"/>
+      <c r="I67" s="630"/>
+      <c r="J67" s="630"/>
     </row>
     <row r="68">
-      <c r="A68" s="671"/>
+      <c r="A68" s="659"/>
+      <c r="B68" s="631"/>
       <c r="C68" s="634"/>
-      <c r="D68" s="637"/>
-[...9 lines deleted...]
-      <c r="Y68" s="632"/>
+      <c r="D68" s="632"/>
+      <c r="E68" s="632"/>
+      <c r="F68" s="633"/>
+      <c r="I68" s="630"/>
+      <c r="J68" s="630"/>
     </row>
     <row r="69">
-      <c r="A69" s="671"/>
+      <c r="A69" s="659"/>
+      <c r="B69" s="631"/>
       <c r="C69" s="634"/>
-      <c r="D69" s="637"/>
-[...9 lines deleted...]
-      <c r="Y69" s="632"/>
+      <c r="D69" s="632"/>
+      <c r="E69" s="632"/>
+      <c r="F69" s="633"/>
+      <c r="I69" s="630"/>
+      <c r="J69" s="630"/>
     </row>
     <row r="70">
-      <c r="A70" s="671"/>
+      <c r="A70" s="659"/>
+      <c r="B70" s="631"/>
       <c r="C70" s="634"/>
-      <c r="D70" s="637"/>
-[...9 lines deleted...]
-      <c r="Y70" s="632"/>
+      <c r="D70" s="632"/>
+      <c r="E70" s="632"/>
+      <c r="F70" s="633"/>
+      <c r="I70" s="630"/>
+      <c r="J70" s="630"/>
     </row>
     <row r="71">
-      <c r="A71" s="671"/>
+      <c r="A71" s="659"/>
+      <c r="B71" s="631"/>
       <c r="C71" s="634"/>
-      <c r="D71" s="637"/>
-[...9 lines deleted...]
-      <c r="Y71" s="632"/>
+      <c r="D71" s="632"/>
+      <c r="E71" s="632"/>
+      <c r="F71" s="633"/>
+      <c r="I71" s="630"/>
+      <c r="J71" s="630"/>
     </row>
     <row r="72">
-      <c r="A72" s="671"/>
+      <c r="A72" s="659"/>
+      <c r="B72" s="631"/>
       <c r="C72" s="634"/>
-      <c r="D72" s="637"/>
-[...9 lines deleted...]
-      <c r="Y72" s="632"/>
+      <c r="D72" s="632"/>
+      <c r="E72" s="632"/>
+      <c r="F72" s="633"/>
+      <c r="I72" s="630"/>
+      <c r="J72" s="630"/>
     </row>
     <row r="73">
-      <c r="A73" s="671"/>
+      <c r="A73" s="659"/>
+      <c r="B73" s="631"/>
       <c r="C73" s="634"/>
-      <c r="D73" s="637"/>
-[...9 lines deleted...]
-      <c r="Y73" s="632"/>
+      <c r="D73" s="632"/>
+      <c r="E73" s="632"/>
+      <c r="F73" s="633"/>
+      <c r="I73" s="630"/>
+      <c r="J73" s="630"/>
     </row>
     <row r="74">
-      <c r="A74" s="671"/>
+      <c r="A74" s="659"/>
+      <c r="B74" s="631"/>
       <c r="C74" s="634"/>
-      <c r="D74" s="637"/>
-[...9 lines deleted...]
-      <c r="Y74" s="632"/>
+      <c r="D74" s="632"/>
+      <c r="E74" s="632"/>
+      <c r="F74" s="633"/>
+      <c r="I74" s="630"/>
+      <c r="J74" s="630"/>
     </row>
     <row r="75">
-      <c r="A75" s="671"/>
+      <c r="A75" s="659"/>
+      <c r="B75" s="631"/>
       <c r="C75" s="634"/>
-      <c r="D75" s="637"/>
-[...9 lines deleted...]
-      <c r="Y75" s="632"/>
+      <c r="D75" s="632"/>
+      <c r="E75" s="632"/>
+      <c r="F75" s="633"/>
+      <c r="I75" s="630"/>
+      <c r="J75" s="630"/>
     </row>
     <row r="76">
-      <c r="A76" s="671"/>
+      <c r="A76" s="659"/>
+      <c r="B76" s="631"/>
       <c r="C76" s="634"/>
-      <c r="D76" s="637"/>
-[...9 lines deleted...]
-      <c r="Y76" s="632"/>
+      <c r="D76" s="632"/>
+      <c r="E76" s="632"/>
+      <c r="F76" s="633"/>
+      <c r="I76" s="630"/>
+      <c r="J76" s="630"/>
     </row>
     <row r="77">
-      <c r="A77" s="671"/>
+      <c r="A77" s="659"/>
+      <c r="B77" s="631"/>
       <c r="C77" s="634"/>
-      <c r="D77" s="637"/>
-[...9 lines deleted...]
-      <c r="Y77" s="632"/>
+      <c r="D77" s="632"/>
+      <c r="E77" s="632"/>
+      <c r="F77" s="633"/>
+      <c r="I77" s="630"/>
+      <c r="J77" s="630"/>
     </row>
     <row r="78">
-      <c r="A78" s="671"/>
+      <c r="A78" s="659"/>
+      <c r="B78" s="631"/>
       <c r="C78" s="634"/>
-      <c r="D78" s="637"/>
-[...9 lines deleted...]
-      <c r="Y78" s="632"/>
+      <c r="D78" s="632"/>
+      <c r="E78" s="632"/>
+      <c r="F78" s="633"/>
+      <c r="I78" s="630"/>
+      <c r="J78" s="630"/>
     </row>
     <row r="79">
-      <c r="A79" s="671"/>
+      <c r="A79" s="659"/>
+      <c r="B79" s="631"/>
       <c r="C79" s="634"/>
-      <c r="D79" s="637"/>
-[...9 lines deleted...]
-      <c r="Y79" s="632"/>
+      <c r="D79" s="632"/>
+      <c r="E79" s="632"/>
+      <c r="F79" s="633"/>
+      <c r="I79" s="630"/>
+      <c r="J79" s="630"/>
     </row>
     <row r="80">
-      <c r="A80" s="671"/>
+      <c r="A80" s="659"/>
+      <c r="B80" s="631"/>
       <c r="C80" s="634"/>
-      <c r="D80" s="637"/>
-[...9 lines deleted...]
-      <c r="Y80" s="632"/>
+      <c r="D80" s="632"/>
+      <c r="E80" s="632"/>
+      <c r="F80" s="633"/>
+      <c r="I80" s="630"/>
+      <c r="J80" s="630"/>
     </row>
     <row r="81">
-      <c r="A81" s="671"/>
+      <c r="A81" s="659"/>
+      <c r="B81" s="631"/>
       <c r="C81" s="634"/>
-      <c r="D81" s="637"/>
-[...9 lines deleted...]
-      <c r="Y81" s="632"/>
+      <c r="D81" s="632"/>
+      <c r="E81" s="632"/>
+      <c r="F81" s="633"/>
+      <c r="I81" s="630"/>
+      <c r="J81" s="630"/>
     </row>
     <row r="82">
-      <c r="A82" s="671"/>
+      <c r="A82" s="659"/>
+      <c r="B82" s="631"/>
       <c r="C82" s="634"/>
-      <c r="D82" s="637"/>
-[...9 lines deleted...]
-      <c r="Y82" s="632"/>
+      <c r="D82" s="632"/>
+      <c r="E82" s="632"/>
+      <c r="F82" s="633"/>
+      <c r="I82" s="630"/>
+      <c r="J82" s="630"/>
     </row>
     <row r="83">
-      <c r="A83" s="671"/>
+      <c r="A83" s="659"/>
+      <c r="B83" s="631"/>
       <c r="C83" s="634"/>
-      <c r="D83" s="637"/>
-[...9 lines deleted...]
-      <c r="Y83" s="632"/>
+      <c r="D83" s="632"/>
+      <c r="E83" s="632"/>
+      <c r="F83" s="633"/>
+      <c r="I83" s="630"/>
+      <c r="J83" s="630"/>
     </row>
     <row r="84">
-      <c r="A84" s="671"/>
+      <c r="A84" s="659"/>
+      <c r="B84" s="631"/>
       <c r="C84" s="634"/>
-      <c r="D84" s="637"/>
-[...9 lines deleted...]
-      <c r="Y84" s="632"/>
+      <c r="D84" s="632"/>
+      <c r="E84" s="632"/>
+      <c r="F84" s="633"/>
+      <c r="I84" s="630"/>
+      <c r="J84" s="630"/>
     </row>
     <row r="85">
-      <c r="A85" s="671"/>
+      <c r="A85" s="659"/>
+      <c r="B85" s="631"/>
       <c r="C85" s="634"/>
-      <c r="D85" s="637"/>
-[...9 lines deleted...]
-      <c r="Y85" s="632"/>
+      <c r="D85" s="632"/>
+      <c r="E85" s="632"/>
+      <c r="F85" s="633"/>
+      <c r="I85" s="630"/>
+      <c r="J85" s="630"/>
     </row>
     <row r="86">
-      <c r="A86" s="671"/>
+      <c r="A86" s="659"/>
+      <c r="B86" s="631"/>
       <c r="C86" s="634"/>
-      <c r="D86" s="637"/>
-[...9 lines deleted...]
-      <c r="Y86" s="632"/>
+      <c r="D86" s="632"/>
+      <c r="E86" s="632"/>
+      <c r="F86" s="633"/>
+      <c r="I86" s="630"/>
+      <c r="J86" s="630"/>
     </row>
     <row r="87">
-      <c r="A87" s="671"/>
+      <c r="A87" s="659"/>
+      <c r="B87" s="631"/>
       <c r="C87" s="634"/>
-      <c r="D87" s="637"/>
-[...9 lines deleted...]
-      <c r="Y87" s="632"/>
+      <c r="D87" s="632"/>
+      <c r="E87" s="632"/>
+      <c r="F87" s="633"/>
+      <c r="I87" s="630"/>
+      <c r="J87" s="630"/>
     </row>
     <row r="88">
-      <c r="A88" s="671"/>
+      <c r="A88" s="659"/>
+      <c r="B88" s="631"/>
       <c r="C88" s="634"/>
-      <c r="D88" s="637"/>
-[...9 lines deleted...]
-      <c r="Y88" s="632"/>
+      <c r="D88" s="632"/>
+      <c r="E88" s="632"/>
+      <c r="F88" s="633"/>
+      <c r="I88" s="630"/>
+      <c r="J88" s="630"/>
     </row>
     <row r="89">
-      <c r="A89" s="671"/>
+      <c r="A89" s="659"/>
+      <c r="B89" s="631"/>
       <c r="C89" s="634"/>
-      <c r="D89" s="637"/>
-[...9 lines deleted...]
-      <c r="Y89" s="632"/>
+      <c r="D89" s="632"/>
+      <c r="E89" s="632"/>
+      <c r="F89" s="633"/>
+      <c r="I89" s="630"/>
+      <c r="J89" s="630"/>
     </row>
     <row r="90">
-      <c r="A90" s="671"/>
+      <c r="A90" s="659"/>
+      <c r="B90" s="631"/>
       <c r="C90" s="634"/>
-      <c r="D90" s="637"/>
-[...9 lines deleted...]
-      <c r="Y90" s="632"/>
+      <c r="D90" s="632"/>
+      <c r="E90" s="632"/>
+      <c r="F90" s="633"/>
+      <c r="I90" s="630"/>
+      <c r="J90" s="630"/>
     </row>
     <row r="91">
-      <c r="A91" s="671"/>
+      <c r="A91" s="659"/>
+      <c r="B91" s="631"/>
       <c r="C91" s="634"/>
-      <c r="D91" s="637"/>
-[...9 lines deleted...]
-      <c r="Y91" s="632"/>
+      <c r="D91" s="632"/>
+      <c r="E91" s="632"/>
+      <c r="F91" s="633"/>
+      <c r="I91" s="630"/>
+      <c r="J91" s="630"/>
     </row>
     <row r="92">
-      <c r="A92" s="671"/>
+      <c r="A92" s="659"/>
+      <c r="B92" s="631"/>
       <c r="C92" s="634"/>
-      <c r="D92" s="637"/>
-[...9 lines deleted...]
-      <c r="Y92" s="632"/>
+      <c r="D92" s="632"/>
+      <c r="E92" s="632"/>
+      <c r="F92" s="633"/>
+      <c r="I92" s="630"/>
+      <c r="J92" s="630"/>
     </row>
     <row r="93">
-      <c r="A93" s="671"/>
+      <c r="A93" s="659"/>
+      <c r="B93" s="631"/>
       <c r="C93" s="634"/>
-      <c r="D93" s="637"/>
-[...9 lines deleted...]
-      <c r="Y93" s="632"/>
+      <c r="D93" s="632"/>
+      <c r="E93" s="632"/>
+      <c r="F93" s="633"/>
+      <c r="I93" s="630"/>
+      <c r="J93" s="630"/>
     </row>
     <row r="94">
-      <c r="A94" s="671"/>
+      <c r="A94" s="659"/>
+      <c r="B94" s="631"/>
       <c r="C94" s="634"/>
-      <c r="D94" s="637"/>
-[...9 lines deleted...]
-      <c r="Y94" s="632"/>
+      <c r="D94" s="632"/>
+      <c r="E94" s="632"/>
+      <c r="F94" s="633"/>
+      <c r="I94" s="630"/>
+      <c r="J94" s="630"/>
     </row>
     <row r="95">
-      <c r="A95" s="671"/>
+      <c r="A95" s="659"/>
+      <c r="B95" s="631"/>
       <c r="C95" s="634"/>
-      <c r="D95" s="637"/>
-[...9 lines deleted...]
-      <c r="Y95" s="632"/>
+      <c r="D95" s="632"/>
+      <c r="E95" s="632"/>
+      <c r="F95" s="633"/>
+      <c r="I95" s="630"/>
+      <c r="J95" s="630"/>
     </row>
     <row r="96">
-      <c r="A96" s="671"/>
+      <c r="A96" s="659"/>
+      <c r="B96" s="631"/>
       <c r="C96" s="634"/>
-      <c r="D96" s="637"/>
-[...9 lines deleted...]
-      <c r="Y96" s="632"/>
+      <c r="D96" s="632"/>
+      <c r="E96" s="632"/>
+      <c r="F96" s="633"/>
+      <c r="I96" s="630"/>
+      <c r="J96" s="630"/>
     </row>
     <row r="97">
-      <c r="A97" s="671"/>
+      <c r="A97" s="659"/>
+      <c r="B97" s="631"/>
       <c r="C97" s="634"/>
-      <c r="D97" s="637"/>
-[...9 lines deleted...]
-      <c r="Y97" s="632"/>
+      <c r="D97" s="632"/>
+      <c r="E97" s="632"/>
+      <c r="F97" s="633"/>
+      <c r="I97" s="630"/>
+      <c r="J97" s="630"/>
     </row>
     <row r="98">
-      <c r="A98" s="671"/>
+      <c r="A98" s="659"/>
+      <c r="B98" s="631"/>
       <c r="C98" s="634"/>
-      <c r="D98" s="637"/>
-[...9 lines deleted...]
-      <c r="Y98" s="632"/>
+      <c r="D98" s="632"/>
+      <c r="E98" s="632"/>
+      <c r="F98" s="633"/>
+      <c r="I98" s="630"/>
+      <c r="J98" s="630"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A20">
     <sortCondition ref="A2:A20"/>
   </sortState>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
-  <dimension ref="A1:F98"/>
+  <sheetPr codeName="Sheet17"/>
+  <dimension ref="A1:D98"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D10" sqref="D10"/>
+      <selection activeCell="B6" sqref="B6:D6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.1796875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="11.453125" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="23.7109375" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="22.5703125" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="28.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="58">
-[...6 lines deleted...]
-      <c r="C1" s="665" t="s">
+    <row r="1" ht="30">
+      <c r="A1" s="659" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="691" t="s">
         <v>92</v>
       </c>
-      <c r="D1" s="665" t="s">
+      <c r="C1" s="690" t="s">
+        <v>96</v>
+      </c>
+      <c r="D1" s="690" t="s">
         <v>97</v>
       </c>
-      <c r="E1" s="665" t="s">
-[...2 lines deleted...]
-      <c r="F1" s="641"/>
     </row>
     <row r="2">
-      <c r="A2" s="720" t="s">
-[...3 lines deleted...]
-      <c r="C2" s="741">
+      <c r="A2" s="698" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="707">
         <v>9997</v>
       </c>
-      <c r="D2" s="717">
+      <c r="C2" s="695">
         <v>22.146643993197959</v>
       </c>
-      <c r="E2" s="717">
+      <c r="D2" s="695">
         <v>31.989596879063718</v>
       </c>
-      <c r="F2" s="742"/>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="C3" s="694">
+        <v>14</v>
+      </c>
+      <c r="B3" s="676">
         <v>1487</v>
       </c>
-      <c r="D3" s="673">
+      <c r="C3" s="661">
         <v>13.651647612642906</v>
       </c>
-      <c r="E3" s="673">
+      <c r="D3" s="661">
         <v>38.130464021519842</v>
       </c>
-      <c r="F3" s="653"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="C4" s="694">
+        <v>15</v>
+      </c>
+      <c r="B4" s="676">
         <v>5597</v>
       </c>
-      <c r="D4" s="673">
+      <c r="C4" s="661">
         <v>16.776844738252635</v>
       </c>
-      <c r="E4" s="673">
+      <c r="D4" s="661">
         <v>41.039842772914056</v>
       </c>
-      <c r="F4" s="653"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="C5" s="694">
+        <v>16</v>
+      </c>
+      <c r="B5" s="676">
         <v>6852</v>
       </c>
-      <c r="D5" s="673">
+      <c r="C5" s="661">
         <v>18.651488616462348</v>
       </c>
-      <c r="E5" s="673">
+      <c r="D5" s="661">
         <v>34.325744308231172</v>
       </c>
-      <c r="F5" s="653"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-      <c r="C6" s="694">
+        <v>17</v>
+      </c>
+      <c r="B6" s="676">
         <v>2781</v>
       </c>
-      <c r="D6" s="673">
+      <c r="C6" s="661">
         <v>13.268608414239482</v>
       </c>
-      <c r="E6" s="673">
+      <c r="D6" s="661">
         <v>43.725278676734987</v>
       </c>
-      <c r="F6" s="653"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="C7" s="694">
+        <v>18</v>
+      </c>
+      <c r="B7" s="676">
         <v>9544</v>
       </c>
-      <c r="D7" s="673">
+      <c r="C7" s="661">
         <v>11.923721709974853</v>
       </c>
-      <c r="E7" s="673">
+      <c r="D7" s="661">
         <v>48.983654652137467</v>
       </c>
-      <c r="F7" s="653"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="C8" s="694">
+        <v>19</v>
+      </c>
+      <c r="B8" s="676">
         <v>5090</v>
       </c>
-      <c r="D8" s="673">
+      <c r="C8" s="661">
         <v>13.18271119842829</v>
       </c>
-      <c r="E8" s="673">
+      <c r="D8" s="661">
         <v>43.005893909626721</v>
       </c>
-      <c r="F8" s="653"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="C9" s="694">
+        <v>20</v>
+      </c>
+      <c r="B9" s="676">
         <v>1850</v>
       </c>
-      <c r="D9" s="673">
+      <c r="C9" s="661">
         <v>15.891891891891891</v>
       </c>
-      <c r="E9" s="673">
+      <c r="D9" s="661">
         <v>37.729729729729726</v>
       </c>
-      <c r="F9" s="653"/>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="C10" s="694">
+        <v>21</v>
+      </c>
+      <c r="B10" s="676">
         <v>3698</v>
       </c>
-      <c r="D10" s="673">
+      <c r="C10" s="661">
         <v>10.194699837750134</v>
       </c>
-      <c r="E10" s="673">
+      <c r="D10" s="661">
         <v>48.647917793401838</v>
       </c>
-      <c r="F10" s="653"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="C11" s="694">
+        <v>22</v>
+      </c>
+      <c r="B11" s="676">
         <v>5735</v>
       </c>
-      <c r="D11" s="673">
+      <c r="C11" s="661">
         <v>19.8256320836966</v>
       </c>
-      <c r="E11" s="673">
+      <c r="D11" s="661">
         <v>34.420226678291193</v>
       </c>
-      <c r="F11" s="653"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="C12" s="694">
+        <v>23</v>
+      </c>
+      <c r="B12" s="676">
         <v>4147</v>
       </c>
-      <c r="D12" s="673">
+      <c r="C12" s="661">
         <v>14.564745599228356</v>
       </c>
-      <c r="E12" s="673">
+      <c r="D12" s="661">
         <v>40.945261634916804</v>
       </c>
-      <c r="F12" s="653"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="C13" s="694">
+        <v>24</v>
+      </c>
+      <c r="B13" s="676">
         <v>4686</v>
       </c>
-      <c r="D13" s="673">
+      <c r="C13" s="661">
         <v>18.886043533930856</v>
       </c>
-      <c r="E13" s="673">
+      <c r="D13" s="661">
         <v>31.519419547588562</v>
       </c>
-      <c r="F13" s="653"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="C14" s="694">
+        <v>25</v>
+      </c>
+      <c r="B14" s="676">
         <v>1093</v>
       </c>
-      <c r="D14" s="673">
+      <c r="C14" s="661">
         <v>13.174748398902104</v>
       </c>
-      <c r="E14" s="673">
+      <c r="D14" s="661">
         <v>45.562671546203113</v>
       </c>
-      <c r="F14" s="653"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="C15" s="694">
+        <v>26</v>
+      </c>
+      <c r="B15" s="676">
         <v>1763</v>
       </c>
-      <c r="D15" s="673">
+      <c r="C15" s="661">
         <v>15.258082813386272</v>
       </c>
-      <c r="E15" s="673">
+      <c r="D15" s="661">
         <v>40.045377197958025</v>
       </c>
-      <c r="F15" s="653"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="C16" s="694">
+        <v>27</v>
+      </c>
+      <c r="B16" s="676">
         <v>4499</v>
       </c>
-      <c r="D16" s="673">
+      <c r="C16" s="661">
         <v>18.870860191153589</v>
       </c>
-      <c r="E16" s="673">
+      <c r="D16" s="661">
         <v>34.407646143587463</v>
       </c>
-      <c r="F16" s="653"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="C17" s="694">
+        <v>28</v>
+      </c>
+      <c r="B17" s="676">
         <v>5799</v>
       </c>
-      <c r="D17" s="673">
+      <c r="C17" s="661">
         <v>7.5185376789101577</v>
       </c>
-      <c r="E17" s="673">
+      <c r="D17" s="661">
         <v>56.216589067080534</v>
       </c>
-      <c r="F17" s="653"/>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="C18" s="694">
+        <v>29</v>
+      </c>
+      <c r="B18" s="676">
         <v>2747</v>
       </c>
-      <c r="D18" s="673">
+      <c r="C18" s="661">
         <v>18.274481252275208</v>
       </c>
-      <c r="E18" s="673">
+      <c r="D18" s="661">
         <v>37.022206042955951</v>
       </c>
-      <c r="F18" s="653"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="C19" s="694">
+        <v>30</v>
+      </c>
+      <c r="B19" s="676">
         <v>24637</v>
       </c>
-      <c r="D19" s="673">
+      <c r="C19" s="661">
         <v>22.052197913707026</v>
       </c>
-      <c r="E19" s="673">
+      <c r="D19" s="661">
         <v>34.931201039087547</v>
       </c>
-      <c r="F19" s="653"/>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="C20" s="694">
+        <v>31</v>
+      </c>
+      <c r="B20" s="676">
         <v>3871</v>
       </c>
-      <c r="D20" s="673">
+      <c r="C20" s="661">
         <v>18.961508654094551</v>
       </c>
-      <c r="E20" s="673">
+      <c r="D20" s="661">
         <v>35.753035391371739</v>
       </c>
-      <c r="F20" s="653"/>
     </row>
     <row r="21">
-      <c r="A21" s="671"/>
-[...2 lines deleted...]
-      <c r="F21" s="653"/>
+      <c r="A21" s="659"/>
+      <c r="C21" s="631"/>
+      <c r="D21" s="637"/>
     </row>
     <row r="22">
-      <c r="A22" s="671"/>
-[...2 lines deleted...]
-      <c r="F22" s="653"/>
+      <c r="A22" s="659"/>
     </row>
     <row r="23">
-      <c r="A23" s="671"/>
-[...3 lines deleted...]
-      <c r="F23" s="653"/>
+      <c r="A23" s="659"/>
+      <c r="B23" s="631"/>
+      <c r="C23" s="637"/>
+      <c r="D23" s="637"/>
     </row>
     <row r="24">
-      <c r="A24" s="671"/>
-[...3 lines deleted...]
-      <c r="F24" s="653"/>
+      <c r="A24" s="659"/>
+      <c r="B24" s="631"/>
+      <c r="C24" s="637"/>
+      <c r="D24" s="637"/>
     </row>
     <row r="25">
-      <c r="A25" s="671"/>
-[...3 lines deleted...]
-      <c r="F25" s="653"/>
+      <c r="A25" s="659"/>
+      <c r="B25" s="631"/>
+      <c r="C25" s="637"/>
+      <c r="D25" s="637"/>
     </row>
     <row r="26">
-      <c r="A26" s="671"/>
-[...3 lines deleted...]
-      <c r="F26" s="653"/>
+      <c r="A26" s="659"/>
+      <c r="B26" s="631"/>
+      <c r="C26" s="637"/>
+      <c r="D26" s="637"/>
     </row>
     <row r="27">
-      <c r="A27" s="671"/>
-[...3 lines deleted...]
-      <c r="F27" s="653"/>
+      <c r="A27" s="659"/>
+      <c r="B27" s="631"/>
+      <c r="C27" s="637"/>
+      <c r="D27" s="637"/>
     </row>
     <row r="28">
-      <c r="A28" s="671"/>
-[...3 lines deleted...]
-      <c r="F28" s="653"/>
+      <c r="A28" s="659"/>
+      <c r="B28" s="631"/>
+      <c r="C28" s="637"/>
+      <c r="D28" s="637"/>
     </row>
     <row r="29">
-      <c r="A29" s="671"/>
-[...3 lines deleted...]
-      <c r="F29" s="653"/>
+      <c r="A29" s="659"/>
+      <c r="B29" s="631"/>
+      <c r="C29" s="637"/>
+      <c r="D29" s="637"/>
     </row>
     <row r="30">
-      <c r="A30" s="671"/>
-[...3 lines deleted...]
-      <c r="F30" s="653"/>
+      <c r="A30" s="659"/>
+      <c r="B30" s="631"/>
+      <c r="C30" s="637"/>
+      <c r="D30" s="637"/>
     </row>
     <row r="31">
-      <c r="A31" s="671"/>
-[...3 lines deleted...]
-      <c r="F31" s="653"/>
+      <c r="A31" s="659"/>
+      <c r="B31" s="631"/>
+      <c r="C31" s="637"/>
+      <c r="D31" s="637"/>
     </row>
     <row r="32">
-      <c r="A32" s="671"/>
-[...3 lines deleted...]
-      <c r="F32" s="653"/>
+      <c r="A32" s="659"/>
+      <c r="B32" s="631"/>
+      <c r="C32" s="637"/>
+      <c r="D32" s="637"/>
     </row>
     <row r="33">
-      <c r="A33" s="671"/>
-[...3 lines deleted...]
-      <c r="F33" s="653"/>
+      <c r="A33" s="659"/>
+      <c r="B33" s="631"/>
+      <c r="C33" s="637"/>
+      <c r="D33" s="637"/>
     </row>
     <row r="34">
-      <c r="A34" s="671"/>
-[...3 lines deleted...]
-      <c r="F34" s="653"/>
+      <c r="A34" s="659"/>
+      <c r="B34" s="631"/>
+      <c r="C34" s="637"/>
+      <c r="D34" s="637"/>
     </row>
     <row r="35">
-      <c r="A35" s="671"/>
-[...3 lines deleted...]
-      <c r="F35" s="653"/>
+      <c r="A35" s="659"/>
+      <c r="B35" s="631"/>
+      <c r="C35" s="637"/>
+      <c r="D35" s="637"/>
     </row>
     <row r="36">
-      <c r="A36" s="671"/>
-[...3 lines deleted...]
-      <c r="F36" s="653"/>
+      <c r="A36" s="659"/>
+      <c r="B36" s="631"/>
+      <c r="C36" s="637"/>
+      <c r="D36" s="637"/>
     </row>
     <row r="37">
-      <c r="A37" s="671"/>
-[...3 lines deleted...]
-      <c r="F37" s="653"/>
+      <c r="A37" s="659"/>
+      <c r="B37" s="631"/>
+      <c r="C37" s="637"/>
+      <c r="D37" s="637"/>
     </row>
     <row r="38">
-      <c r="A38" s="671"/>
-[...3 lines deleted...]
-      <c r="F38" s="653"/>
+      <c r="A38" s="659"/>
+      <c r="B38" s="631"/>
+      <c r="C38" s="637"/>
+      <c r="D38" s="637"/>
     </row>
     <row r="39">
-      <c r="A39" s="671"/>
-[...3 lines deleted...]
-      <c r="F39" s="653"/>
+      <c r="A39" s="659"/>
+      <c r="B39" s="631"/>
+      <c r="C39" s="637"/>
+      <c r="D39" s="637"/>
     </row>
     <row r="40">
-      <c r="A40" s="671"/>
-[...3 lines deleted...]
-      <c r="F40" s="653"/>
+      <c r="A40" s="659"/>
+      <c r="B40" s="631"/>
+      <c r="C40" s="637"/>
+      <c r="D40" s="637"/>
     </row>
     <row r="41">
-      <c r="A41" s="671"/>
-[...3 lines deleted...]
-      <c r="F41" s="653"/>
+      <c r="A41" s="659"/>
+      <c r="B41" s="631"/>
+      <c r="C41" s="637"/>
+      <c r="D41" s="637"/>
     </row>
     <row r="42">
-      <c r="A42" s="671"/>
-[...3 lines deleted...]
-      <c r="F42" s="653"/>
+      <c r="A42" s="659"/>
+      <c r="B42" s="631"/>
+      <c r="C42" s="637"/>
+      <c r="D42" s="637"/>
     </row>
     <row r="43">
-      <c r="A43" s="671"/>
-[...3 lines deleted...]
-      <c r="F43" s="653"/>
+      <c r="A43" s="659"/>
+      <c r="B43" s="631"/>
+      <c r="C43" s="637"/>
+      <c r="D43" s="637"/>
     </row>
     <row r="44">
-      <c r="A44" s="671"/>
-[...3 lines deleted...]
-      <c r="F44" s="653"/>
+      <c r="A44" s="659"/>
+      <c r="B44" s="631"/>
+      <c r="C44" s="637"/>
+      <c r="D44" s="637"/>
     </row>
     <row r="45">
-      <c r="A45" s="671"/>
-[...3 lines deleted...]
-      <c r="F45" s="653"/>
+      <c r="A45" s="659"/>
+      <c r="B45" s="631"/>
+      <c r="C45" s="637"/>
+      <c r="D45" s="637"/>
     </row>
     <row r="46">
-      <c r="A46" s="671"/>
-[...3 lines deleted...]
-      <c r="F46" s="653"/>
+      <c r="A46" s="659"/>
+      <c r="B46" s="631"/>
+      <c r="C46" s="637"/>
+      <c r="D46" s="637"/>
     </row>
     <row r="47">
-      <c r="A47" s="671"/>
-[...3 lines deleted...]
-      <c r="F47" s="653"/>
+      <c r="A47" s="659"/>
+      <c r="B47" s="631"/>
+      <c r="C47" s="637"/>
+      <c r="D47" s="637"/>
     </row>
     <row r="48">
-      <c r="A48" s="671"/>
-[...3 lines deleted...]
-      <c r="F48" s="653"/>
+      <c r="A48" s="659"/>
+      <c r="B48" s="631"/>
+      <c r="C48" s="637"/>
+      <c r="D48" s="637"/>
     </row>
     <row r="49">
-      <c r="A49" s="671"/>
-[...3 lines deleted...]
-      <c r="F49" s="653"/>
+      <c r="A49" s="659"/>
+      <c r="B49" s="631"/>
+      <c r="C49" s="637"/>
+      <c r="D49" s="637"/>
     </row>
     <row r="50">
-      <c r="A50" s="671"/>
-[...3 lines deleted...]
-      <c r="F50" s="653"/>
+      <c r="A50" s="659"/>
+      <c r="B50" s="631"/>
+      <c r="C50" s="637"/>
+      <c r="D50" s="637"/>
     </row>
     <row r="51">
-      <c r="A51" s="671"/>
-[...3 lines deleted...]
-      <c r="F51" s="653"/>
+      <c r="A51" s="659"/>
+      <c r="B51" s="631"/>
+      <c r="C51" s="637"/>
+      <c r="D51" s="637"/>
     </row>
     <row r="52">
-      <c r="A52" s="671"/>
-[...3 lines deleted...]
-      <c r="F52" s="653"/>
+      <c r="A52" s="659"/>
+      <c r="B52" s="631"/>
+      <c r="C52" s="637"/>
+      <c r="D52" s="637"/>
     </row>
     <row r="53">
-      <c r="A53" s="671"/>
-[...3 lines deleted...]
-      <c r="F53" s="653"/>
+      <c r="A53" s="659"/>
+      <c r="B53" s="631"/>
+      <c r="C53" s="637"/>
+      <c r="D53" s="637"/>
     </row>
     <row r="54">
-      <c r="A54" s="671"/>
-[...3 lines deleted...]
-      <c r="F54" s="653"/>
+      <c r="A54" s="659"/>
+      <c r="B54" s="631"/>
+      <c r="C54" s="637"/>
+      <c r="D54" s="637"/>
     </row>
     <row r="55">
-      <c r="A55" s="671"/>
-[...3 lines deleted...]
-      <c r="F55" s="653"/>
+      <c r="A55" s="659"/>
+      <c r="B55" s="631"/>
+      <c r="C55" s="637"/>
+      <c r="D55" s="637"/>
     </row>
     <row r="56">
-      <c r="A56" s="671"/>
-[...3 lines deleted...]
-      <c r="F56" s="653"/>
+      <c r="A56" s="659"/>
+      <c r="B56" s="631"/>
+      <c r="C56" s="637"/>
+      <c r="D56" s="637"/>
     </row>
     <row r="57">
-      <c r="A57" s="671"/>
-[...3 lines deleted...]
-      <c r="F57" s="653"/>
+      <c r="A57" s="659"/>
+      <c r="B57" s="631"/>
+      <c r="C57" s="637"/>
+      <c r="D57" s="637"/>
     </row>
     <row r="58">
-      <c r="A58" s="671"/>
-[...3 lines deleted...]
-      <c r="F58" s="653"/>
+      <c r="A58" s="659"/>
+      <c r="B58" s="631"/>
+      <c r="C58" s="637"/>
+      <c r="D58" s="637"/>
     </row>
     <row r="59">
-      <c r="A59" s="671"/>
-[...3 lines deleted...]
-      <c r="F59" s="653"/>
+      <c r="A59" s="659"/>
+      <c r="B59" s="631"/>
+      <c r="C59" s="637"/>
+      <c r="D59" s="637"/>
     </row>
     <row r="60">
-      <c r="A60" s="671"/>
-[...3 lines deleted...]
-      <c r="F60" s="653"/>
+      <c r="A60" s="659"/>
+      <c r="B60" s="631"/>
+      <c r="C60" s="637"/>
+      <c r="D60" s="637"/>
     </row>
     <row r="61">
-      <c r="A61" s="671"/>
-[...3 lines deleted...]
-      <c r="F61" s="653"/>
+      <c r="A61" s="659"/>
+      <c r="B61" s="631"/>
+      <c r="C61" s="637"/>
+      <c r="D61" s="637"/>
     </row>
     <row r="62">
-      <c r="A62" s="671"/>
-[...3 lines deleted...]
-      <c r="F62" s="653"/>
+      <c r="A62" s="659"/>
+      <c r="B62" s="631"/>
+      <c r="C62" s="637"/>
+      <c r="D62" s="637"/>
     </row>
     <row r="63">
-      <c r="A63" s="671"/>
-[...3 lines deleted...]
-      <c r="F63" s="653"/>
+      <c r="A63" s="659"/>
+      <c r="B63" s="631"/>
+      <c r="C63" s="637"/>
+      <c r="D63" s="637"/>
     </row>
     <row r="64">
-      <c r="A64" s="671"/>
-[...3 lines deleted...]
-      <c r="F64" s="653"/>
+      <c r="A64" s="659"/>
+      <c r="B64" s="631"/>
+      <c r="C64" s="637"/>
+      <c r="D64" s="637"/>
     </row>
     <row r="65">
-      <c r="A65" s="671"/>
-[...3 lines deleted...]
-      <c r="F65" s="653"/>
+      <c r="A65" s="659"/>
+      <c r="B65" s="631"/>
+      <c r="C65" s="637"/>
+      <c r="D65" s="637"/>
     </row>
     <row r="66">
-      <c r="A66" s="671"/>
-[...3 lines deleted...]
-      <c r="F66" s="653"/>
+      <c r="A66" s="659"/>
+      <c r="B66" s="631"/>
+      <c r="C66" s="637"/>
+      <c r="D66" s="637"/>
     </row>
     <row r="67">
-      <c r="A67" s="671"/>
-[...3 lines deleted...]
-      <c r="F67" s="653"/>
+      <c r="A67" s="659"/>
+      <c r="B67" s="631"/>
+      <c r="C67" s="637"/>
+      <c r="D67" s="637"/>
     </row>
     <row r="68">
-      <c r="A68" s="671"/>
-[...3 lines deleted...]
-      <c r="F68" s="653"/>
+      <c r="A68" s="659"/>
+      <c r="B68" s="631"/>
+      <c r="C68" s="637"/>
+      <c r="D68" s="637"/>
     </row>
     <row r="69">
-      <c r="A69" s="671"/>
-[...3 lines deleted...]
-      <c r="F69" s="653"/>
+      <c r="A69" s="659"/>
+      <c r="B69" s="631"/>
+      <c r="C69" s="637"/>
+      <c r="D69" s="637"/>
     </row>
     <row r="70">
-      <c r="A70" s="671"/>
-[...3 lines deleted...]
-      <c r="F70" s="653"/>
+      <c r="A70" s="659"/>
+      <c r="B70" s="631"/>
+      <c r="C70" s="637"/>
+      <c r="D70" s="637"/>
     </row>
     <row r="71">
-      <c r="A71" s="671"/>
-[...3 lines deleted...]
-      <c r="F71" s="653"/>
+      <c r="A71" s="659"/>
+      <c r="B71" s="631"/>
+      <c r="C71" s="637"/>
+      <c r="D71" s="637"/>
     </row>
     <row r="72">
-      <c r="A72" s="671"/>
-[...3 lines deleted...]
-      <c r="F72" s="653"/>
+      <c r="A72" s="659"/>
+      <c r="B72" s="631"/>
+      <c r="C72" s="637"/>
+      <c r="D72" s="637"/>
     </row>
     <row r="73">
-      <c r="A73" s="671"/>
-[...3 lines deleted...]
-      <c r="F73" s="653"/>
+      <c r="A73" s="659"/>
+      <c r="B73" s="631"/>
+      <c r="C73" s="637"/>
+      <c r="D73" s="637"/>
     </row>
     <row r="74">
-      <c r="A74" s="671"/>
-[...3 lines deleted...]
-      <c r="F74" s="653"/>
+      <c r="A74" s="659"/>
+      <c r="B74" s="631"/>
+      <c r="C74" s="637"/>
+      <c r="D74" s="637"/>
     </row>
     <row r="75">
-      <c r="A75" s="671"/>
-[...3 lines deleted...]
-      <c r="F75" s="653"/>
+      <c r="A75" s="659"/>
+      <c r="B75" s="631"/>
+      <c r="C75" s="637"/>
+      <c r="D75" s="637"/>
     </row>
     <row r="76">
-      <c r="A76" s="671"/>
-[...3 lines deleted...]
-      <c r="F76" s="653"/>
+      <c r="A76" s="659"/>
+      <c r="B76" s="631"/>
+      <c r="C76" s="637"/>
+      <c r="D76" s="637"/>
     </row>
     <row r="77">
-      <c r="A77" s="671"/>
-[...3 lines deleted...]
-      <c r="F77" s="653"/>
+      <c r="A77" s="659"/>
+      <c r="B77" s="631"/>
+      <c r="C77" s="637"/>
+      <c r="D77" s="637"/>
     </row>
     <row r="78">
-      <c r="A78" s="671"/>
-[...3 lines deleted...]
-      <c r="F78" s="653"/>
+      <c r="A78" s="659"/>
+      <c r="B78" s="631"/>
+      <c r="C78" s="637"/>
+      <c r="D78" s="637"/>
     </row>
     <row r="79">
-      <c r="A79" s="671"/>
-[...3 lines deleted...]
-      <c r="F79" s="653"/>
+      <c r="A79" s="659"/>
+      <c r="B79" s="631"/>
+      <c r="C79" s="637"/>
+      <c r="D79" s="637"/>
     </row>
     <row r="80">
-      <c r="A80" s="671"/>
-[...3 lines deleted...]
-      <c r="F80" s="653"/>
+      <c r="A80" s="659"/>
+      <c r="B80" s="631"/>
+      <c r="C80" s="637"/>
+      <c r="D80" s="637"/>
     </row>
     <row r="81">
-      <c r="A81" s="671"/>
-[...3 lines deleted...]
-      <c r="F81" s="653"/>
+      <c r="A81" s="659"/>
+      <c r="B81" s="631"/>
+      <c r="C81" s="637"/>
+      <c r="D81" s="637"/>
     </row>
     <row r="82">
-      <c r="A82" s="671"/>
-[...3 lines deleted...]
-      <c r="F82" s="653"/>
+      <c r="A82" s="659"/>
+      <c r="B82" s="631"/>
+      <c r="C82" s="637"/>
+      <c r="D82" s="637"/>
     </row>
     <row r="83">
-      <c r="A83" s="671"/>
-[...3 lines deleted...]
-      <c r="F83" s="653"/>
+      <c r="A83" s="659"/>
+      <c r="B83" s="631"/>
+      <c r="C83" s="637"/>
+      <c r="D83" s="637"/>
     </row>
     <row r="84">
-      <c r="A84" s="671"/>
-[...3 lines deleted...]
-      <c r="F84" s="653"/>
+      <c r="A84" s="659"/>
+      <c r="B84" s="631"/>
+      <c r="C84" s="637"/>
+      <c r="D84" s="637"/>
     </row>
     <row r="85">
-      <c r="A85" s="671"/>
-[...3 lines deleted...]
-      <c r="F85" s="653"/>
+      <c r="A85" s="659"/>
+      <c r="B85" s="631"/>
+      <c r="C85" s="637"/>
+      <c r="D85" s="637"/>
     </row>
     <row r="86">
-      <c r="A86" s="671"/>
-[...3 lines deleted...]
-      <c r="F86" s="653"/>
+      <c r="A86" s="659"/>
+      <c r="B86" s="631"/>
+      <c r="C86" s="637"/>
+      <c r="D86" s="637"/>
     </row>
     <row r="87">
-      <c r="A87" s="671"/>
-[...3 lines deleted...]
-      <c r="F87" s="653"/>
+      <c r="A87" s="659"/>
+      <c r="B87" s="631"/>
+      <c r="C87" s="637"/>
+      <c r="D87" s="637"/>
     </row>
     <row r="88">
-      <c r="A88" s="671"/>
-[...3 lines deleted...]
-      <c r="F88" s="653"/>
+      <c r="A88" s="659"/>
+      <c r="B88" s="631"/>
+      <c r="C88" s="637"/>
+      <c r="D88" s="637"/>
     </row>
     <row r="89">
-      <c r="A89" s="671"/>
-[...3 lines deleted...]
-      <c r="F89" s="653"/>
+      <c r="A89" s="659"/>
+      <c r="B89" s="631"/>
+      <c r="C89" s="637"/>
+      <c r="D89" s="637"/>
     </row>
     <row r="90">
-      <c r="A90" s="671"/>
-[...3 lines deleted...]
-      <c r="F90" s="653"/>
+      <c r="A90" s="659"/>
+      <c r="B90" s="631"/>
+      <c r="C90" s="637"/>
+      <c r="D90" s="637"/>
     </row>
     <row r="91">
-      <c r="A91" s="671"/>
-[...3 lines deleted...]
-      <c r="F91" s="653"/>
+      <c r="A91" s="659"/>
+      <c r="B91" s="631"/>
+      <c r="C91" s="637"/>
+      <c r="D91" s="637"/>
     </row>
     <row r="92">
-      <c r="A92" s="671"/>
-[...3 lines deleted...]
-      <c r="F92" s="653"/>
+      <c r="A92" s="659"/>
+      <c r="B92" s="631"/>
+      <c r="C92" s="637"/>
+      <c r="D92" s="637"/>
     </row>
     <row r="93">
-      <c r="A93" s="671"/>
-[...3 lines deleted...]
-      <c r="F93" s="653"/>
+      <c r="A93" s="659"/>
+      <c r="B93" s="631"/>
+      <c r="C93" s="637"/>
+      <c r="D93" s="637"/>
     </row>
     <row r="94">
-      <c r="A94" s="671"/>
-[...3 lines deleted...]
-      <c r="F94" s="653"/>
+      <c r="A94" s="659"/>
+      <c r="B94" s="631"/>
+      <c r="C94" s="637"/>
+      <c r="D94" s="637"/>
     </row>
     <row r="95">
-      <c r="A95" s="671"/>
-[...3 lines deleted...]
-      <c r="F95" s="653"/>
+      <c r="A95" s="659"/>
+      <c r="B95" s="631"/>
+      <c r="C95" s="637"/>
+      <c r="D95" s="637"/>
     </row>
     <row r="96">
-      <c r="A96" s="671"/>
-[...3 lines deleted...]
-      <c r="F96" s="653"/>
+      <c r="A96" s="659"/>
+      <c r="B96" s="631"/>
+      <c r="C96" s="637"/>
+      <c r="D96" s="637"/>
     </row>
     <row r="97">
-      <c r="A97" s="671"/>
-[...3 lines deleted...]
-      <c r="F97" s="653"/>
+      <c r="A97" s="659"/>
+      <c r="B97" s="631"/>
+      <c r="C97" s="637"/>
+      <c r="D97" s="637"/>
     </row>
     <row r="98">
-      <c r="A98" s="671"/>
-[...3 lines deleted...]
-      <c r="F98" s="653"/>
+      <c r="A98" s="659"/>
+      <c r="B98" s="631"/>
+      <c r="C98" s="637"/>
+      <c r="D98" s="637"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A20">
     <sortCondition ref="A2:A20"/>
   </sortState>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
-  <dimension ref="A1:F98"/>
+  <sheetPr codeName="Sheet18"/>
+  <dimension ref="A1:E98"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="F5" sqref="F5"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.453125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" bestFit="1" width="10.7265625" customWidth="1"/>
+    <col min="1" max="1" width="21.42578125" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="27.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="23.28515625" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="25" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="22.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="58" s="630" customFormat="1">
-[...6 lines deleted...]
-      <c r="C1" s="638" t="s">
+    <row r="1" ht="30" s="629" customFormat="1">
+      <c r="A1" s="643" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="635" t="s">
+        <v>98</v>
+      </c>
+      <c r="C1" s="644" t="s">
         <v>99</v>
       </c>
-      <c r="D1" s="652" t="s">
+      <c r="D1" s="644" t="s">
         <v>100</v>
       </c>
-      <c r="E1" s="652" t="s">
+      <c r="E1" s="644" t="s">
         <v>101</v>
       </c>
-      <c r="F1" s="652" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
-      <c r="A2" s="720" t="s">
-[...3 lines deleted...]
-      <c r="C2" s="741">
+      <c r="A2" s="698" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="707">
         <v>9561</v>
       </c>
-      <c r="D2" s="717">
+      <c r="C2" s="695">
         <v>47.515950214412719</v>
       </c>
-      <c r="E2" s="717">
+      <c r="D2" s="695">
         <v>37.956280723773666</v>
       </c>
-      <c r="F2" s="717">
+      <c r="E2" s="695">
         <v>14.527769061813617</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="C3" s="694">
+        <v>14</v>
+      </c>
+      <c r="B3" s="676">
         <v>1098</v>
       </c>
-      <c r="D3" s="673">
+      <c r="C3" s="661">
         <v>37.340619307832426</v>
       </c>
-      <c r="E3" s="673">
+      <c r="D3" s="661">
         <v>45.081967213114751</v>
       </c>
-      <c r="F3" s="673">
+      <c r="E3" s="661">
         <v>17.577413479052822</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="C4" s="694">
+        <v>15</v>
+      </c>
+      <c r="B4" s="676">
         <v>5903</v>
       </c>
-      <c r="D4" s="673">
+      <c r="C4" s="661">
         <v>39.996611892258173</v>
       </c>
-      <c r="E4" s="673">
+      <c r="D4" s="661">
         <v>42.1480603083178</v>
       </c>
-      <c r="F4" s="673">
+      <c r="E4" s="661">
         <v>17.855327799424021</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="C5" s="694">
+        <v>16</v>
+      </c>
+      <c r="B5" s="676">
         <v>5738</v>
       </c>
-      <c r="D5" s="673">
+      <c r="C5" s="661">
         <v>38.149180899268039</v>
       </c>
-      <c r="E5" s="673">
+      <c r="D5" s="661">
         <v>44.893691181596374</v>
       </c>
-      <c r="F5" s="673">
+      <c r="E5" s="661">
         <v>16.957127919135587</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-      <c r="C6" s="694">
+        <v>17</v>
+      </c>
+      <c r="B6" s="676">
         <v>2938</v>
       </c>
-      <c r="D6" s="673">
+      <c r="C6" s="661">
         <v>40.503744043567053</v>
       </c>
-      <c r="E6" s="673">
+      <c r="D6" s="661">
         <v>44.11164057181756</v>
       </c>
-      <c r="F6" s="673">
+      <c r="E6" s="661">
         <v>15.384615384615385</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="C7" s="694">
+        <v>18</v>
+      </c>
+      <c r="B7" s="676">
         <v>8567</v>
       </c>
-      <c r="D7" s="673">
+      <c r="C7" s="661">
         <v>47.496206373292864</v>
       </c>
-      <c r="E7" s="673">
+      <c r="D7" s="661">
         <v>39.8505894712268</v>
       </c>
-      <c r="F7" s="673">
+      <c r="E7" s="661">
         <v>12.653204155480333</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="C8" s="694">
+        <v>19</v>
+      </c>
+      <c r="B8" s="676">
         <v>5322</v>
       </c>
-      <c r="D8" s="673">
+      <c r="C8" s="661">
         <v>35.926343479894776</v>
       </c>
-      <c r="E8" s="673">
+      <c r="D8" s="661">
         <v>42.5967681322811</v>
       </c>
-      <c r="F8" s="673">
+      <c r="E8" s="661">
         <v>21.476888387824125</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="C9" s="694">
+        <v>20</v>
+      </c>
+      <c r="B9" s="676">
         <v>1395</v>
       </c>
-      <c r="D9" s="673">
+      <c r="C9" s="661">
         <v>46.59498207885305</v>
       </c>
-      <c r="E9" s="673">
+      <c r="D9" s="661">
         <v>40.788530465949819</v>
       </c>
-      <c r="F9" s="673">
+      <c r="E9" s="661">
         <v>12.616487455197134</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="C10" s="694">
+        <v>21</v>
+      </c>
+      <c r="B10" s="676">
         <v>4090</v>
       </c>
-      <c r="D10" s="673">
+      <c r="C10" s="661">
         <v>40.806845965770172</v>
       </c>
-      <c r="E10" s="673">
+      <c r="D10" s="661">
         <v>43.325183374083132</v>
       </c>
-      <c r="F10" s="673">
+      <c r="E10" s="661">
         <v>15.8679706601467</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="C11" s="694">
+        <v>22</v>
+      </c>
+      <c r="B11" s="676">
         <v>5838</v>
       </c>
-      <c r="D11" s="673">
+      <c r="C11" s="661">
         <v>34.635149023638235</v>
       </c>
-      <c r="E11" s="673">
+      <c r="D11" s="661">
         <v>44.450154162384372</v>
       </c>
-      <c r="F11" s="673">
+      <c r="E11" s="661">
         <v>20.91469681397739</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="C12" s="694">
+        <v>23</v>
+      </c>
+      <c r="B12" s="676">
         <v>4298</v>
       </c>
-      <c r="D12" s="673">
+      <c r="C12" s="661">
         <v>37.110283852954865</v>
       </c>
-      <c r="E12" s="673">
+      <c r="D12" s="661">
         <v>41.693811074918571</v>
       </c>
-      <c r="F12" s="673">
+      <c r="E12" s="661">
         <v>21.195905072126571</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="C13" s="694">
+        <v>24</v>
+      </c>
+      <c r="B13" s="676">
         <v>3821</v>
       </c>
-      <c r="D13" s="673">
+      <c r="C13" s="661">
         <v>44.490970950013086</v>
       </c>
-      <c r="E13" s="673">
+      <c r="D13" s="661">
         <v>38.680973567129023</v>
       </c>
-      <c r="F13" s="673">
+      <c r="E13" s="661">
         <v>16.828055482857891</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="C14" s="694">
+        <v>25</v>
+      </c>
+      <c r="B14" s="676">
         <v>991</v>
       </c>
-      <c r="D14" s="673">
+      <c r="C14" s="661">
         <v>34.510595358224016</v>
       </c>
-      <c r="E14" s="673">
+      <c r="D14" s="661">
         <v>45.610494450050453</v>
       </c>
-      <c r="F14" s="673">
+      <c r="E14" s="661">
         <v>19.878910191725531</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="C15" s="694">
+        <v>26</v>
+      </c>
+      <c r="B15" s="676">
         <v>1788</v>
       </c>
-      <c r="D15" s="673">
+      <c r="C15" s="661">
         <v>32.382550335570471</v>
       </c>
-      <c r="E15" s="673">
+      <c r="D15" s="661">
         <v>42.114093959731541</v>
       </c>
-      <c r="F15" s="673">
+      <c r="E15" s="661">
         <v>25.503355704697988</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="C16" s="694">
+        <v>27</v>
+      </c>
+      <c r="B16" s="676">
         <v>3757</v>
       </c>
-      <c r="D16" s="673">
+      <c r="C16" s="661">
         <v>39.685919616715466</v>
       </c>
-      <c r="E16" s="673">
+      <c r="D16" s="661">
         <v>43.438914027149323</v>
       </c>
-      <c r="F16" s="673">
+      <c r="E16" s="661">
         <v>16.875166356135214</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="C17" s="694">
+        <v>28</v>
+      </c>
+      <c r="B17" s="676">
         <v>6406</v>
       </c>
-      <c r="D17" s="673">
+      <c r="C17" s="661">
         <v>49.21948173587262</v>
       </c>
-      <c r="E17" s="673">
+      <c r="D17" s="661">
         <v>38.713705900718075</v>
       </c>
-      <c r="F17" s="673">
+      <c r="E17" s="661">
         <v>12.066812363409305</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="C18" s="694">
+        <v>29</v>
+      </c>
+      <c r="B18" s="676">
         <v>2527</v>
       </c>
-      <c r="D18" s="673">
+      <c r="C18" s="661">
         <v>38.62287297190344</v>
       </c>
-      <c r="E18" s="673">
+      <c r="D18" s="661">
         <v>43.252869014641874</v>
       </c>
-      <c r="F18" s="673">
+      <c r="E18" s="661">
         <v>18.124258013454689</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="C19" s="694">
+        <v>30</v>
+      </c>
+      <c r="B19" s="676">
         <v>23472</v>
       </c>
-      <c r="D19" s="673">
+      <c r="C19" s="661">
         <v>40.209611451942742</v>
       </c>
-      <c r="E19" s="673">
+      <c r="D19" s="661">
         <v>43.345262440354468</v>
       </c>
-      <c r="F19" s="673">
+      <c r="E19" s="661">
         <v>16.445126107702794</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="C20" s="694">
+        <v>31</v>
+      </c>
+      <c r="B20" s="676">
         <v>3506</v>
       </c>
-      <c r="D20" s="673">
+      <c r="C20" s="661">
         <v>48.488305761551622</v>
       </c>
-      <c r="E20" s="673">
+      <c r="D20" s="661">
         <v>37.649743297204793</v>
       </c>
-      <c r="F20" s="673">
+      <c r="E20" s="661">
         <v>13.861950941243585</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="630"/>
+      <c r="A21" s="629"/>
+      <c r="B21" s="631"/>
       <c r="C21" s="634"/>
-      <c r="D21" s="637"/>
-[...1 lines deleted...]
-      <c r="F21" s="636"/>
+      <c r="D21" s="634"/>
+      <c r="E21" s="633"/>
     </row>
     <row r="22">
-      <c r="A22" s="630"/>
-[...3 lines deleted...]
-      <c r="F22" s="636"/>
+      <c r="A22" s="629"/>
     </row>
     <row r="23">
-      <c r="A23" s="630"/>
+      <c r="A23" s="629"/>
+      <c r="B23" s="631"/>
       <c r="C23" s="634"/>
-      <c r="D23" s="637"/>
-[...1 lines deleted...]
-      <c r="F23" s="636"/>
+      <c r="D23" s="634"/>
+      <c r="E23" s="633"/>
     </row>
     <row r="24">
-      <c r="A24" s="630"/>
+      <c r="A24" s="629"/>
+      <c r="B24" s="631"/>
       <c r="C24" s="634"/>
-      <c r="D24" s="637"/>
-[...1 lines deleted...]
-      <c r="F24" s="636"/>
+      <c r="D24" s="634"/>
+      <c r="E24" s="633"/>
     </row>
     <row r="25">
-      <c r="A25" s="630"/>
+      <c r="A25" s="629"/>
+      <c r="B25" s="631"/>
       <c r="C25" s="634"/>
-      <c r="D25" s="637"/>
-[...1 lines deleted...]
-      <c r="F25" s="636"/>
+      <c r="D25" s="634"/>
+      <c r="E25" s="633"/>
     </row>
     <row r="26">
-      <c r="A26" s="630"/>
+      <c r="A26" s="629"/>
+      <c r="B26" s="631"/>
       <c r="C26" s="634"/>
-      <c r="D26" s="637"/>
-[...1 lines deleted...]
-      <c r="F26" s="636"/>
+      <c r="D26" s="634"/>
+      <c r="E26" s="633"/>
     </row>
     <row r="27">
-      <c r="A27" s="630"/>
+      <c r="A27" s="629"/>
+      <c r="B27" s="631"/>
       <c r="C27" s="634"/>
-      <c r="D27" s="637"/>
-[...1 lines deleted...]
-      <c r="F27" s="636"/>
+      <c r="D27" s="634"/>
+      <c r="E27" s="633"/>
     </row>
     <row r="28">
-      <c r="A28" s="630"/>
+      <c r="A28" s="629"/>
+      <c r="B28" s="631"/>
       <c r="C28" s="634"/>
-      <c r="D28" s="637"/>
-[...1 lines deleted...]
-      <c r="F28" s="636"/>
+      <c r="D28" s="634"/>
+      <c r="E28" s="633"/>
     </row>
     <row r="29">
-      <c r="A29" s="630"/>
+      <c r="A29" s="629"/>
+      <c r="B29" s="631"/>
       <c r="C29" s="634"/>
-      <c r="D29" s="637"/>
-[...1 lines deleted...]
-      <c r="F29" s="636"/>
+      <c r="D29" s="634"/>
+      <c r="E29" s="633"/>
     </row>
     <row r="30">
-      <c r="A30" s="630"/>
+      <c r="A30" s="629"/>
+      <c r="B30" s="631"/>
       <c r="C30" s="634"/>
-      <c r="D30" s="637"/>
-[...1 lines deleted...]
-      <c r="F30" s="636"/>
+      <c r="D30" s="634"/>
+      <c r="E30" s="633"/>
     </row>
     <row r="31">
-      <c r="A31" s="630"/>
+      <c r="A31" s="629"/>
+      <c r="B31" s="631"/>
       <c r="C31" s="634"/>
-      <c r="D31" s="637"/>
-[...1 lines deleted...]
-      <c r="F31" s="636"/>
+      <c r="D31" s="634"/>
+      <c r="E31" s="633"/>
     </row>
     <row r="32">
-      <c r="A32" s="630"/>
+      <c r="A32" s="629"/>
+      <c r="B32" s="631"/>
       <c r="C32" s="634"/>
-      <c r="D32" s="637"/>
-[...1 lines deleted...]
-      <c r="F32" s="636"/>
+      <c r="D32" s="634"/>
+      <c r="E32" s="633"/>
     </row>
     <row r="33">
-      <c r="A33" s="630"/>
+      <c r="A33" s="629"/>
+      <c r="B33" s="631"/>
       <c r="C33" s="634"/>
-      <c r="D33" s="637"/>
-[...1 lines deleted...]
-      <c r="F33" s="636"/>
+      <c r="D33" s="634"/>
+      <c r="E33" s="633"/>
     </row>
     <row r="34">
-      <c r="A34" s="630"/>
+      <c r="A34" s="629"/>
+      <c r="B34" s="631"/>
       <c r="C34" s="634"/>
-      <c r="D34" s="637"/>
-[...1 lines deleted...]
-      <c r="F34" s="636"/>
+      <c r="D34" s="634"/>
+      <c r="E34" s="633"/>
     </row>
     <row r="35">
-      <c r="A35" s="630"/>
+      <c r="A35" s="629"/>
+      <c r="B35" s="631"/>
       <c r="C35" s="634"/>
-      <c r="D35" s="637"/>
-[...1 lines deleted...]
-      <c r="F35" s="636"/>
+      <c r="D35" s="634"/>
+      <c r="E35" s="633"/>
     </row>
     <row r="36">
-      <c r="A36" s="630"/>
+      <c r="A36" s="629"/>
+      <c r="B36" s="631"/>
       <c r="C36" s="634"/>
-      <c r="D36" s="637"/>
-[...1 lines deleted...]
-      <c r="F36" s="636"/>
+      <c r="D36" s="634"/>
+      <c r="E36" s="633"/>
     </row>
     <row r="37">
-      <c r="A37" s="630"/>
+      <c r="A37" s="629"/>
+      <c r="B37" s="631"/>
       <c r="C37" s="634"/>
-      <c r="D37" s="637"/>
-[...1 lines deleted...]
-      <c r="F37" s="636"/>
+      <c r="D37" s="634"/>
+      <c r="E37" s="633"/>
     </row>
     <row r="38">
-      <c r="A38" s="630"/>
+      <c r="A38" s="629"/>
+      <c r="B38" s="631"/>
       <c r="C38" s="634"/>
-      <c r="D38" s="637"/>
-[...1 lines deleted...]
-      <c r="F38" s="636"/>
+      <c r="D38" s="634"/>
+      <c r="E38" s="633"/>
     </row>
     <row r="39">
-      <c r="A39" s="630"/>
+      <c r="A39" s="629"/>
+      <c r="B39" s="631"/>
       <c r="C39" s="634"/>
-      <c r="D39" s="637"/>
-[...1 lines deleted...]
-      <c r="F39" s="636"/>
+      <c r="D39" s="634"/>
+      <c r="E39" s="633"/>
     </row>
     <row r="40">
-      <c r="A40" s="630"/>
+      <c r="A40" s="629"/>
+      <c r="B40" s="631"/>
       <c r="C40" s="634"/>
-      <c r="D40" s="637"/>
-[...1 lines deleted...]
-      <c r="F40" s="636"/>
+      <c r="D40" s="634"/>
+      <c r="E40" s="633"/>
     </row>
     <row r="41">
-      <c r="A41" s="630"/>
+      <c r="A41" s="629"/>
+      <c r="B41" s="631"/>
       <c r="C41" s="634"/>
-      <c r="D41" s="637"/>
-[...1 lines deleted...]
-      <c r="F41" s="636"/>
+      <c r="D41" s="634"/>
+      <c r="E41" s="633"/>
     </row>
     <row r="42">
-      <c r="A42" s="630"/>
+      <c r="A42" s="629"/>
+      <c r="B42" s="631"/>
       <c r="C42" s="634"/>
-      <c r="D42" s="637"/>
-[...1 lines deleted...]
-      <c r="F42" s="636"/>
+      <c r="D42" s="634"/>
+      <c r="E42" s="633"/>
     </row>
     <row r="43">
-      <c r="A43" s="630"/>
+      <c r="A43" s="629"/>
+      <c r="B43" s="631"/>
       <c r="C43" s="634"/>
-      <c r="D43" s="637"/>
-[...1 lines deleted...]
-      <c r="F43" s="636"/>
+      <c r="D43" s="634"/>
+      <c r="E43" s="633"/>
     </row>
     <row r="44">
-      <c r="A44" s="630"/>
+      <c r="A44" s="629"/>
+      <c r="B44" s="631"/>
       <c r="C44" s="634"/>
-      <c r="D44" s="637"/>
-[...1 lines deleted...]
-      <c r="F44" s="636"/>
+      <c r="D44" s="634"/>
+      <c r="E44" s="633"/>
     </row>
     <row r="45">
-      <c r="A45" s="630"/>
+      <c r="A45" s="629"/>
+      <c r="B45" s="631"/>
       <c r="C45" s="634"/>
-      <c r="D45" s="637"/>
-[...1 lines deleted...]
-      <c r="F45" s="636"/>
+      <c r="D45" s="634"/>
+      <c r="E45" s="633"/>
     </row>
     <row r="46">
-      <c r="A46" s="630"/>
+      <c r="A46" s="629"/>
+      <c r="B46" s="631"/>
       <c r="C46" s="634"/>
-      <c r="D46" s="637"/>
-[...1 lines deleted...]
-      <c r="F46" s="636"/>
+      <c r="D46" s="634"/>
+      <c r="E46" s="633"/>
     </row>
     <row r="47">
-      <c r="A47" s="630"/>
+      <c r="A47" s="629"/>
+      <c r="B47" s="631"/>
       <c r="C47" s="634"/>
-      <c r="D47" s="637"/>
-[...1 lines deleted...]
-      <c r="F47" s="636"/>
+      <c r="D47" s="634"/>
+      <c r="E47" s="633"/>
     </row>
     <row r="48">
-      <c r="A48" s="630"/>
+      <c r="A48" s="629"/>
+      <c r="B48" s="631"/>
       <c r="C48" s="634"/>
-      <c r="D48" s="637"/>
-[...1 lines deleted...]
-      <c r="F48" s="636"/>
+      <c r="D48" s="634"/>
+      <c r="E48" s="633"/>
     </row>
     <row r="49">
-      <c r="A49" s="630"/>
+      <c r="A49" s="629"/>
+      <c r="B49" s="631"/>
       <c r="C49" s="634"/>
-      <c r="D49" s="637"/>
-[...1 lines deleted...]
-      <c r="F49" s="636"/>
+      <c r="D49" s="634"/>
+      <c r="E49" s="633"/>
     </row>
     <row r="50">
-      <c r="A50" s="630"/>
+      <c r="A50" s="629"/>
+      <c r="B50" s="631"/>
       <c r="C50" s="634"/>
-      <c r="D50" s="637"/>
-[...1 lines deleted...]
-      <c r="F50" s="636"/>
+      <c r="D50" s="634"/>
+      <c r="E50" s="633"/>
     </row>
     <row r="51">
-      <c r="A51" s="630"/>
+      <c r="A51" s="629"/>
+      <c r="B51" s="631"/>
       <c r="C51" s="634"/>
-      <c r="D51" s="637"/>
-[...1 lines deleted...]
-      <c r="F51" s="636"/>
+      <c r="D51" s="634"/>
+      <c r="E51" s="633"/>
     </row>
     <row r="52">
-      <c r="A52" s="630"/>
+      <c r="A52" s="629"/>
+      <c r="B52" s="631"/>
       <c r="C52" s="634"/>
-      <c r="D52" s="637"/>
-[...1 lines deleted...]
-      <c r="F52" s="636"/>
+      <c r="D52" s="634"/>
+      <c r="E52" s="633"/>
     </row>
     <row r="53">
-      <c r="A53" s="630"/>
+      <c r="A53" s="629"/>
+      <c r="B53" s="631"/>
       <c r="C53" s="634"/>
-      <c r="D53" s="637"/>
-[...1 lines deleted...]
-      <c r="F53" s="636"/>
+      <c r="D53" s="634"/>
+      <c r="E53" s="633"/>
     </row>
     <row r="54">
-      <c r="A54" s="630"/>
+      <c r="A54" s="629"/>
+      <c r="B54" s="631"/>
       <c r="C54" s="634"/>
-      <c r="D54" s="637"/>
-[...1 lines deleted...]
-      <c r="F54" s="636"/>
+      <c r="D54" s="634"/>
+      <c r="E54" s="633"/>
     </row>
     <row r="55">
-      <c r="A55" s="630"/>
+      <c r="A55" s="629"/>
+      <c r="B55" s="631"/>
       <c r="C55" s="634"/>
-      <c r="D55" s="637"/>
-[...1 lines deleted...]
-      <c r="F55" s="636"/>
+      <c r="D55" s="634"/>
+      <c r="E55" s="633"/>
     </row>
     <row r="56">
-      <c r="A56" s="630"/>
+      <c r="A56" s="629"/>
+      <c r="B56" s="631"/>
       <c r="C56" s="634"/>
-      <c r="D56" s="637"/>
-[...1 lines deleted...]
-      <c r="F56" s="636"/>
+      <c r="D56" s="634"/>
+      <c r="E56" s="633"/>
     </row>
     <row r="57">
-      <c r="A57" s="630"/>
+      <c r="A57" s="629"/>
+      <c r="B57" s="631"/>
       <c r="C57" s="634"/>
-      <c r="D57" s="637"/>
-[...1 lines deleted...]
-      <c r="F57" s="636"/>
+      <c r="D57" s="634"/>
+      <c r="E57" s="633"/>
     </row>
     <row r="58">
-      <c r="A58" s="630"/>
+      <c r="A58" s="629"/>
+      <c r="B58" s="631"/>
       <c r="C58" s="634"/>
-      <c r="D58" s="637"/>
-[...1 lines deleted...]
-      <c r="F58" s="636"/>
+      <c r="D58" s="634"/>
+      <c r="E58" s="633"/>
     </row>
     <row r="59">
-      <c r="A59" s="630"/>
+      <c r="A59" s="629"/>
+      <c r="B59" s="631"/>
       <c r="C59" s="634"/>
-      <c r="D59" s="637"/>
-[...1 lines deleted...]
-      <c r="F59" s="636"/>
+      <c r="D59" s="634"/>
+      <c r="E59" s="633"/>
     </row>
     <row r="60">
-      <c r="A60" s="630"/>
+      <c r="A60" s="629"/>
+      <c r="B60" s="631"/>
       <c r="C60" s="634"/>
-      <c r="D60" s="637"/>
-[...1 lines deleted...]
-      <c r="F60" s="636"/>
+      <c r="D60" s="634"/>
+      <c r="E60" s="633"/>
     </row>
     <row r="61">
-      <c r="A61" s="630"/>
+      <c r="A61" s="629"/>
+      <c r="B61" s="631"/>
       <c r="C61" s="634"/>
-      <c r="D61" s="637"/>
-[...1 lines deleted...]
-      <c r="F61" s="636"/>
+      <c r="D61" s="634"/>
+      <c r="E61" s="633"/>
     </row>
     <row r="62">
-      <c r="A62" s="630"/>
+      <c r="A62" s="629"/>
+      <c r="B62" s="631"/>
       <c r="C62" s="634"/>
-      <c r="D62" s="637"/>
-[...1 lines deleted...]
-      <c r="F62" s="636"/>
+      <c r="D62" s="634"/>
+      <c r="E62" s="633"/>
     </row>
     <row r="63">
-      <c r="A63" s="630"/>
+      <c r="A63" s="629"/>
+      <c r="B63" s="631"/>
       <c r="C63" s="634"/>
-      <c r="D63" s="637"/>
-[...1 lines deleted...]
-      <c r="F63" s="636"/>
+      <c r="D63" s="634"/>
+      <c r="E63" s="633"/>
     </row>
     <row r="64">
-      <c r="A64" s="630"/>
+      <c r="A64" s="629"/>
+      <c r="B64" s="631"/>
       <c r="C64" s="634"/>
-      <c r="D64" s="637"/>
-[...1 lines deleted...]
-      <c r="F64" s="636"/>
+      <c r="D64" s="634"/>
+      <c r="E64" s="633"/>
     </row>
     <row r="65">
-      <c r="A65" s="630"/>
+      <c r="A65" s="629"/>
+      <c r="B65" s="631"/>
       <c r="C65" s="634"/>
-      <c r="D65" s="637"/>
-[...1 lines deleted...]
-      <c r="F65" s="636"/>
+      <c r="D65" s="634"/>
+      <c r="E65" s="633"/>
     </row>
     <row r="66">
-      <c r="A66" s="630"/>
+      <c r="A66" s="629"/>
+      <c r="B66" s="631"/>
       <c r="C66" s="634"/>
-      <c r="D66" s="637"/>
-[...1 lines deleted...]
-      <c r="F66" s="636"/>
+      <c r="D66" s="634"/>
+      <c r="E66" s="633"/>
     </row>
     <row r="67">
-      <c r="A67" s="630"/>
+      <c r="A67" s="629"/>
+      <c r="B67" s="631"/>
       <c r="C67" s="634"/>
-      <c r="D67" s="637"/>
-[...1 lines deleted...]
-      <c r="F67" s="636"/>
+      <c r="D67" s="634"/>
+      <c r="E67" s="633"/>
     </row>
     <row r="68">
-      <c r="A68" s="630"/>
+      <c r="A68" s="629"/>
+      <c r="B68" s="631"/>
       <c r="C68" s="634"/>
-      <c r="D68" s="637"/>
-[...1 lines deleted...]
-      <c r="F68" s="636"/>
+      <c r="D68" s="634"/>
+      <c r="E68" s="633"/>
     </row>
     <row r="69">
-      <c r="A69" s="630"/>
+      <c r="A69" s="629"/>
+      <c r="B69" s="631"/>
       <c r="C69" s="634"/>
-      <c r="D69" s="637"/>
-[...1 lines deleted...]
-      <c r="F69" s="636"/>
+      <c r="D69" s="634"/>
+      <c r="E69" s="633"/>
     </row>
     <row r="70">
-      <c r="A70" s="630"/>
+      <c r="A70" s="629"/>
+      <c r="B70" s="631"/>
       <c r="C70" s="634"/>
-      <c r="D70" s="637"/>
-[...1 lines deleted...]
-      <c r="F70" s="636"/>
+      <c r="D70" s="634"/>
+      <c r="E70" s="633"/>
     </row>
     <row r="71">
-      <c r="A71" s="630"/>
+      <c r="A71" s="629"/>
+      <c r="B71" s="631"/>
       <c r="C71" s="634"/>
-      <c r="D71" s="637"/>
-[...1 lines deleted...]
-      <c r="F71" s="636"/>
+      <c r="D71" s="634"/>
+      <c r="E71" s="633"/>
     </row>
     <row r="72">
-      <c r="A72" s="630"/>
+      <c r="A72" s="629"/>
+      <c r="B72" s="631"/>
       <c r="C72" s="634"/>
-      <c r="D72" s="637"/>
-[...1 lines deleted...]
-      <c r="F72" s="636"/>
+      <c r="D72" s="634"/>
+      <c r="E72" s="633"/>
     </row>
     <row r="73">
-      <c r="A73" s="630"/>
+      <c r="A73" s="629"/>
+      <c r="B73" s="631"/>
       <c r="C73" s="634"/>
-      <c r="D73" s="637"/>
-[...1 lines deleted...]
-      <c r="F73" s="636"/>
+      <c r="D73" s="634"/>
+      <c r="E73" s="633"/>
     </row>
     <row r="74">
-      <c r="A74" s="630"/>
+      <c r="A74" s="629"/>
+      <c r="B74" s="631"/>
       <c r="C74" s="634"/>
-      <c r="D74" s="637"/>
-[...1 lines deleted...]
-      <c r="F74" s="636"/>
+      <c r="D74" s="634"/>
+      <c r="E74" s="633"/>
     </row>
     <row r="75">
-      <c r="A75" s="630"/>
+      <c r="A75" s="629"/>
+      <c r="B75" s="631"/>
       <c r="C75" s="634"/>
-      <c r="D75" s="637"/>
-[...1 lines deleted...]
-      <c r="F75" s="636"/>
+      <c r="D75" s="634"/>
+      <c r="E75" s="633"/>
     </row>
     <row r="76">
-      <c r="A76" s="630"/>
+      <c r="A76" s="629"/>
+      <c r="B76" s="631"/>
       <c r="C76" s="634"/>
-      <c r="D76" s="637"/>
-[...1 lines deleted...]
-      <c r="F76" s="636"/>
+      <c r="D76" s="634"/>
+      <c r="E76" s="633"/>
     </row>
     <row r="77">
-      <c r="A77" s="630"/>
+      <c r="A77" s="629"/>
+      <c r="B77" s="631"/>
       <c r="C77" s="634"/>
-      <c r="D77" s="637"/>
-[...1 lines deleted...]
-      <c r="F77" s="636"/>
+      <c r="D77" s="634"/>
+      <c r="E77" s="633"/>
     </row>
     <row r="78">
-      <c r="A78" s="630"/>
+      <c r="A78" s="629"/>
+      <c r="B78" s="631"/>
       <c r="C78" s="634"/>
-      <c r="D78" s="637"/>
-[...1 lines deleted...]
-      <c r="F78" s="636"/>
+      <c r="D78" s="634"/>
+      <c r="E78" s="633"/>
     </row>
     <row r="79">
-      <c r="A79" s="630"/>
+      <c r="A79" s="629"/>
+      <c r="B79" s="631"/>
       <c r="C79" s="634"/>
-      <c r="D79" s="637"/>
-[...1 lines deleted...]
-      <c r="F79" s="636"/>
+      <c r="D79" s="634"/>
+      <c r="E79" s="633"/>
     </row>
     <row r="80">
-      <c r="A80" s="630"/>
+      <c r="A80" s="629"/>
+      <c r="B80" s="631"/>
       <c r="C80" s="634"/>
-      <c r="D80" s="637"/>
-[...1 lines deleted...]
-      <c r="F80" s="636"/>
+      <c r="D80" s="634"/>
+      <c r="E80" s="633"/>
     </row>
     <row r="81">
-      <c r="A81" s="630"/>
+      <c r="A81" s="629"/>
+      <c r="B81" s="631"/>
       <c r="C81" s="634"/>
-      <c r="D81" s="637"/>
-[...1 lines deleted...]
-      <c r="F81" s="636"/>
+      <c r="D81" s="634"/>
+      <c r="E81" s="633"/>
     </row>
     <row r="82">
-      <c r="A82" s="630"/>
+      <c r="A82" s="629"/>
+      <c r="B82" s="631"/>
       <c r="C82" s="634"/>
-      <c r="D82" s="637"/>
-[...1 lines deleted...]
-      <c r="F82" s="636"/>
+      <c r="D82" s="634"/>
+      <c r="E82" s="633"/>
     </row>
     <row r="83">
-      <c r="A83" s="630"/>
+      <c r="A83" s="629"/>
+      <c r="B83" s="631"/>
       <c r="C83" s="634"/>
-      <c r="D83" s="637"/>
-[...1 lines deleted...]
-      <c r="F83" s="636"/>
+      <c r="D83" s="634"/>
+      <c r="E83" s="633"/>
     </row>
     <row r="84">
-      <c r="A84" s="630"/>
+      <c r="A84" s="629"/>
+      <c r="B84" s="631"/>
       <c r="C84" s="634"/>
-      <c r="D84" s="637"/>
-[...1 lines deleted...]
-      <c r="F84" s="636"/>
+      <c r="D84" s="634"/>
+      <c r="E84" s="633"/>
     </row>
     <row r="85">
-      <c r="A85" s="630"/>
+      <c r="A85" s="629"/>
+      <c r="B85" s="631"/>
       <c r="C85" s="634"/>
-      <c r="D85" s="637"/>
-[...1 lines deleted...]
-      <c r="F85" s="636"/>
+      <c r="D85" s="634"/>
+      <c r="E85" s="633"/>
     </row>
     <row r="86">
-      <c r="A86" s="630"/>
+      <c r="A86" s="629"/>
+      <c r="B86" s="631"/>
       <c r="C86" s="634"/>
-      <c r="D86" s="637"/>
-[...1 lines deleted...]
-      <c r="F86" s="636"/>
+      <c r="D86" s="634"/>
+      <c r="E86" s="633"/>
     </row>
     <row r="87">
-      <c r="A87" s="630"/>
+      <c r="A87" s="629"/>
+      <c r="B87" s="631"/>
       <c r="C87" s="634"/>
-      <c r="D87" s="637"/>
-[...1 lines deleted...]
-      <c r="F87" s="636"/>
+      <c r="D87" s="634"/>
+      <c r="E87" s="633"/>
     </row>
     <row r="88">
-      <c r="A88" s="630"/>
+      <c r="A88" s="629"/>
+      <c r="B88" s="631"/>
       <c r="C88" s="634"/>
-      <c r="D88" s="637"/>
-[...1 lines deleted...]
-      <c r="F88" s="636"/>
+      <c r="D88" s="634"/>
+      <c r="E88" s="633"/>
     </row>
     <row r="89">
-      <c r="A89" s="630"/>
+      <c r="A89" s="629"/>
+      <c r="B89" s="631"/>
       <c r="C89" s="634"/>
-      <c r="D89" s="637"/>
-[...1 lines deleted...]
-      <c r="F89" s="636"/>
+      <c r="D89" s="634"/>
+      <c r="E89" s="633"/>
     </row>
     <row r="90">
-      <c r="A90" s="630"/>
+      <c r="A90" s="629"/>
+      <c r="B90" s="631"/>
       <c r="C90" s="634"/>
-      <c r="D90" s="637"/>
-[...1 lines deleted...]
-      <c r="F90" s="636"/>
+      <c r="D90" s="634"/>
+      <c r="E90" s="633"/>
     </row>
     <row r="91">
-      <c r="A91" s="630"/>
+      <c r="A91" s="629"/>
+      <c r="B91" s="631"/>
       <c r="C91" s="634"/>
-      <c r="D91" s="637"/>
-[...1 lines deleted...]
-      <c r="F91" s="636"/>
+      <c r="D91" s="634"/>
+      <c r="E91" s="633"/>
     </row>
     <row r="92">
-      <c r="A92" s="630"/>
+      <c r="A92" s="629"/>
+      <c r="B92" s="631"/>
       <c r="C92" s="634"/>
-      <c r="D92" s="637"/>
-[...1 lines deleted...]
-      <c r="F92" s="636"/>
+      <c r="D92" s="634"/>
+      <c r="E92" s="633"/>
     </row>
     <row r="93">
-      <c r="A93" s="630"/>
+      <c r="A93" s="629"/>
+      <c r="B93" s="631"/>
       <c r="C93" s="634"/>
-      <c r="D93" s="637"/>
-[...1 lines deleted...]
-      <c r="F93" s="636"/>
+      <c r="D93" s="634"/>
+      <c r="E93" s="633"/>
     </row>
     <row r="94">
-      <c r="A94" s="630"/>
+      <c r="A94" s="629"/>
+      <c r="B94" s="631"/>
       <c r="C94" s="634"/>
-      <c r="D94" s="637"/>
-[...1 lines deleted...]
-      <c r="F94" s="636"/>
+      <c r="D94" s="634"/>
+      <c r="E94" s="633"/>
     </row>
     <row r="95">
-      <c r="A95" s="630"/>
+      <c r="A95" s="629"/>
+      <c r="B95" s="631"/>
       <c r="C95" s="634"/>
-      <c r="D95" s="637"/>
-[...1 lines deleted...]
-      <c r="F95" s="636"/>
+      <c r="D95" s="634"/>
+      <c r="E95" s="633"/>
     </row>
     <row r="96">
-      <c r="A96" s="630"/>
+      <c r="A96" s="629"/>
+      <c r="B96" s="631"/>
       <c r="C96" s="634"/>
-      <c r="D96" s="637"/>
-[...1 lines deleted...]
-      <c r="F96" s="636"/>
+      <c r="D96" s="634"/>
+      <c r="E96" s="633"/>
     </row>
     <row r="97">
-      <c r="A97" s="630"/>
+      <c r="A97" s="629"/>
+      <c r="B97" s="631"/>
       <c r="C97" s="634"/>
-      <c r="D97" s="637"/>
-[...1 lines deleted...]
-      <c r="F97" s="636"/>
+      <c r="D97" s="634"/>
+      <c r="E97" s="633"/>
     </row>
     <row r="98">
-      <c r="A98" s="630"/>
+      <c r="A98" s="629"/>
+      <c r="B98" s="631"/>
       <c r="C98" s="634"/>
-      <c r="D98" s="637"/>
-[...1 lines deleted...]
-      <c r="F98" s="636"/>
+      <c r="D98" s="634"/>
+      <c r="E98" s="633"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A20">
     <sortCondition ref="A2:A20"/>
   </sortState>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:AN95"/>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <sheetPr codeName="Sheet2"/>
+  <dimension ref="A1:L20"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="C20" sqref="C20"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="2" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="C1" sqref="C1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="L7" sqref="L7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="27" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="39" width="14" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="25.5703125" customWidth="1" style="628"/>
+    <col min="2" max="2" width="29.85546875" customWidth="1" style="639"/>
+    <col min="3" max="12" bestFit="1" width="10.85546875" customWidth="1" style="628"/>
+    <col min="13" max="16384" width="9.140625" customWidth="1" style="628"/>
   </cols>
   <sheetData>
-    <row r="1" ht="91">
-[...60 lines deleted...]
-      <c r="AM1" s="695"/>
+    <row r="1">
+      <c r="A1" s="687" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="685" t="s">
+        <v>149</v>
+      </c>
+      <c r="C1" s="688" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="688" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="689" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="688" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="688" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="689" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="688" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="688" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="689" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="688" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="2">
-      <c r="A2" s="720" t="s">
+      <c r="A2" s="693" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="692" t="s">
+        <v>159</v>
+      </c>
+      <c r="C2" s="693">
+        <v>19419</v>
+      </c>
+      <c r="D2" s="693">
+        <v>19510</v>
+      </c>
+      <c r="E2" s="693">
+        <v>19578</v>
+      </c>
+      <c r="F2" s="693">
+        <v>20100</v>
+      </c>
+      <c r="G2" s="693">
+        <v>20436</v>
+      </c>
+      <c r="H2" s="693">
+        <v>20803</v>
+      </c>
+      <c r="I2" s="693">
+        <v>21147</v>
+      </c>
+      <c r="J2" s="693">
+        <v>21204</v>
+      </c>
+      <c r="K2" s="693">
+        <v>21353</v>
+      </c>
+      <c r="L2" s="693">
+        <v>21695</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="628" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C3" s="628">
+        <v>2981</v>
+      </c>
+      <c r="D3" s="628">
+        <v>2971</v>
+      </c>
+      <c r="E3" s="628">
+        <v>2965</v>
+      </c>
+      <c r="F3" s="628">
+        <v>2937</v>
+      </c>
+      <c r="G3" s="628">
+        <v>2970</v>
+      </c>
+      <c r="H3" s="628">
+        <v>2959</v>
+      </c>
+      <c r="I3" s="628">
+        <v>2975</v>
+      </c>
+      <c r="J3" s="628">
+        <v>2978</v>
+      </c>
+      <c r="K3" s="628">
+        <v>3059</v>
+      </c>
+      <c r="L3" s="628">
+        <v>3169</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="628" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C4" s="628">
+        <v>13085</v>
+      </c>
+      <c r="D4" s="628">
+        <v>13074</v>
+      </c>
+      <c r="E4" s="628">
+        <v>13213</v>
+      </c>
+      <c r="F4" s="628">
+        <v>13361</v>
+      </c>
+      <c r="G4" s="628">
+        <v>13490</v>
+      </c>
+      <c r="H4" s="628">
+        <v>13278</v>
+      </c>
+      <c r="I4" s="628">
+        <v>13329</v>
+      </c>
+      <c r="J4" s="628">
+        <v>13090</v>
+      </c>
+      <c r="K4" s="628">
+        <v>12405</v>
+      </c>
+      <c r="L4" s="628">
+        <v>12521</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="628" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C5" s="628">
+        <v>13920</v>
+      </c>
+      <c r="D5" s="628">
+        <v>13965</v>
+      </c>
+      <c r="E5" s="628">
+        <v>13930</v>
+      </c>
+      <c r="F5" s="628">
+        <v>13915</v>
+      </c>
+      <c r="G5" s="628">
+        <v>13869</v>
+      </c>
+      <c r="H5" s="628">
+        <v>14000</v>
+      </c>
+      <c r="I5" s="628">
+        <v>13928</v>
+      </c>
+      <c r="J5" s="628">
+        <v>13820</v>
+      </c>
+      <c r="K5" s="628">
+        <v>13899</v>
+      </c>
+      <c r="L5" s="628">
+        <v>13944</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="628" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="639" t="s">
+        <v>160</v>
+      </c>
+      <c r="C6" s="628">
+        <v>5486</v>
+      </c>
+      <c r="D6" s="628">
+        <v>5543</v>
+      </c>
+      <c r="E6" s="628">
+        <v>5659</v>
+      </c>
+      <c r="F6" s="628">
+        <v>5712</v>
+      </c>
+      <c r="G6" s="628">
+        <v>5864</v>
+      </c>
+      <c r="H6" s="628">
+        <v>6034</v>
+      </c>
+      <c r="I6" s="628">
+        <v>6175</v>
+      </c>
+      <c r="J6" s="628">
+        <v>6221</v>
+      </c>
+      <c r="K6" s="628">
+        <v>6325</v>
+      </c>
+      <c r="L6" s="628">
+        <v>6490</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="628" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C7" s="628">
+        <v>20273</v>
+      </c>
+      <c r="D7" s="628">
+        <v>20330</v>
+      </c>
+      <c r="E7" s="628">
+        <v>20390</v>
+      </c>
+      <c r="F7" s="628">
+        <v>20331</v>
+      </c>
+      <c r="G7" s="628">
+        <v>20333</v>
+      </c>
+      <c r="H7" s="628">
+        <v>20697</v>
+      </c>
+      <c r="I7" s="628">
+        <v>20978</v>
+      </c>
+      <c r="J7" s="628">
+        <v>21069</v>
+      </c>
+      <c r="K7" s="628">
+        <v>21194</v>
+      </c>
+      <c r="L7" s="628">
+        <v>21246</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="628" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C8" s="628">
+        <v>11632</v>
+      </c>
+      <c r="D8" s="628">
+        <v>11588</v>
+      </c>
+      <c r="E8" s="628">
+        <v>11644</v>
+      </c>
+      <c r="F8" s="628">
+        <v>11633</v>
+      </c>
+      <c r="G8" s="628">
+        <v>11694</v>
+      </c>
+      <c r="H8" s="628">
+        <v>11596</v>
+      </c>
+      <c r="I8" s="628">
+        <v>11498</v>
+      </c>
+      <c r="J8" s="628">
+        <v>11394</v>
+      </c>
+      <c r="K8" s="628">
+        <v>11325</v>
+      </c>
+      <c r="L8" s="628">
+        <v>11477</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="628" t="s">
         <v>20</v>
       </c>
-      <c r="B2" s="743"/>
-[...58 lines deleted...]
-      <c r="A3" s="0" t="s">
+      <c r="B9" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C9" s="628">
+        <v>3588</v>
+      </c>
+      <c r="D9" s="628">
+        <v>3595</v>
+      </c>
+      <c r="E9" s="628">
+        <v>3580</v>
+      </c>
+      <c r="F9" s="628">
+        <v>3606</v>
+      </c>
+      <c r="G9" s="628">
+        <v>3587</v>
+      </c>
+      <c r="H9" s="628">
+        <v>3620</v>
+      </c>
+      <c r="I9" s="628">
+        <v>3673</v>
+      </c>
+      <c r="J9" s="628">
+        <v>3700</v>
+      </c>
+      <c r="K9" s="628">
+        <v>3712</v>
+      </c>
+      <c r="L9" s="628">
+        <v>3578</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="628" t="s">
         <v>21</v>
       </c>
-      <c r="B3" s="710"/>
-[...18 lines deleted...]
-      <c r="I3" s="711">
+      <c r="B10" s="639" t="s">
         <v>159</v>
       </c>
-      <c r="J3" s="711">
-[...35 lines deleted...]
-      <c r="A4" s="0" t="s">
+      <c r="C10" s="628">
+        <v>8068</v>
+      </c>
+      <c r="D10" s="628">
+        <v>8186</v>
+      </c>
+      <c r="E10" s="628">
+        <v>8242</v>
+      </c>
+      <c r="F10" s="628">
+        <v>8218</v>
+      </c>
+      <c r="G10" s="628">
+        <v>8284</v>
+      </c>
+      <c r="H10" s="628">
+        <v>8415</v>
+      </c>
+      <c r="I10" s="628">
+        <v>8543</v>
+      </c>
+      <c r="J10" s="628">
+        <v>8585</v>
+      </c>
+      <c r="K10" s="628">
+        <v>8691</v>
+      </c>
+      <c r="L10" s="628">
+        <v>8701</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="628" t="s">
         <v>22</v>
       </c>
-      <c r="B4" s="710"/>
-[...58 lines deleted...]
-      <c r="A5" s="0" t="s">
+      <c r="B11" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C11" s="628">
+        <v>12971</v>
+      </c>
+      <c r="D11" s="628">
+        <v>12658</v>
+      </c>
+      <c r="E11" s="628">
+        <v>12541</v>
+      </c>
+      <c r="F11" s="628">
+        <v>12681</v>
+      </c>
+      <c r="G11" s="628">
+        <v>12775</v>
+      </c>
+      <c r="H11" s="628">
+        <v>12842</v>
+      </c>
+      <c r="I11" s="628">
+        <v>13367</v>
+      </c>
+      <c r="J11" s="628">
+        <v>13441</v>
+      </c>
+      <c r="K11" s="628">
+        <v>13575</v>
+      </c>
+      <c r="L11" s="628">
+        <v>13322</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="628" t="s">
         <v>23</v>
       </c>
-      <c r="B5" s="710"/>
-[...58 lines deleted...]
-      <c r="A6" s="0" t="s">
+      <c r="B12" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C12" s="628">
+        <v>7955</v>
+      </c>
+      <c r="D12" s="628">
+        <v>8161</v>
+      </c>
+      <c r="E12" s="628">
+        <v>8465</v>
+      </c>
+      <c r="F12" s="628">
+        <v>8674</v>
+      </c>
+      <c r="G12" s="628">
+        <v>8779</v>
+      </c>
+      <c r="H12" s="628">
+        <v>8846</v>
+      </c>
+      <c r="I12" s="628">
+        <v>9026</v>
+      </c>
+      <c r="J12" s="628">
+        <v>9051</v>
+      </c>
+      <c r="K12" s="628">
+        <v>9173</v>
+      </c>
+      <c r="L12" s="628">
+        <v>9236</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="628" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="710"/>
-[...58 lines deleted...]
-      <c r="A7" s="0" t="s">
+      <c r="B13" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C13" s="628">
+        <v>9757</v>
+      </c>
+      <c r="D13" s="628">
+        <v>9989</v>
+      </c>
+      <c r="E13" s="628">
+        <v>10036</v>
+      </c>
+      <c r="F13" s="628">
+        <v>10161</v>
+      </c>
+      <c r="G13" s="628">
+        <v>10324</v>
+      </c>
+      <c r="H13" s="628">
+        <v>10503</v>
+      </c>
+      <c r="I13" s="628">
+        <v>10584</v>
+      </c>
+      <c r="J13" s="628">
+        <v>10576</v>
+      </c>
+      <c r="K13" s="628">
+        <v>10459</v>
+      </c>
+      <c r="L13" s="628">
+        <v>10594</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="628" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="710"/>
-[...58 lines deleted...]
-      <c r="A8" s="0" t="s">
+      <c r="B14" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C14" s="628">
+        <v>2435</v>
+      </c>
+      <c r="D14" s="628">
+        <v>2444</v>
+      </c>
+      <c r="E14" s="628">
+        <v>2469</v>
+      </c>
+      <c r="F14" s="628">
+        <v>2416</v>
+      </c>
+      <c r="G14" s="628">
+        <v>2424</v>
+      </c>
+      <c r="H14" s="628">
+        <v>2388</v>
+      </c>
+      <c r="I14" s="628">
+        <v>2299</v>
+      </c>
+      <c r="J14" s="628">
+        <v>2286</v>
+      </c>
+      <c r="K14" s="628">
+        <v>2377</v>
+      </c>
+      <c r="L14" s="628">
+        <v>2504</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="628" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="710"/>
-[...3 lines deleted...]
-      <c r="D8" s="711">
+      <c r="B15" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C15" s="628">
+        <v>3857</v>
+      </c>
+      <c r="D15" s="628">
+        <v>3888</v>
+      </c>
+      <c r="E15" s="628">
+        <v>3859</v>
+      </c>
+      <c r="F15" s="628">
+        <v>3830</v>
+      </c>
+      <c r="G15" s="628">
+        <v>3843</v>
+      </c>
+      <c r="H15" s="628">
+        <v>3841</v>
+      </c>
+      <c r="I15" s="628">
+        <v>3761</v>
+      </c>
+      <c r="J15" s="628">
+        <v>3766</v>
+      </c>
+      <c r="K15" s="628">
+        <v>3777</v>
+      </c>
+      <c r="L15" s="628">
+        <v>3721</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="628" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C16" s="628">
+        <v>9510</v>
+      </c>
+      <c r="D16" s="628">
+        <v>9607</v>
+      </c>
+      <c r="E16" s="628">
+        <v>9619</v>
+      </c>
+      <c r="F16" s="628">
+        <v>9620</v>
+      </c>
+      <c r="G16" s="628">
+        <v>9673</v>
+      </c>
+      <c r="H16" s="628">
+        <v>9700</v>
+      </c>
+      <c r="I16" s="628">
+        <v>9657</v>
+      </c>
+      <c r="J16" s="628">
+        <v>9510</v>
+      </c>
+      <c r="K16" s="628">
+        <v>9402</v>
+      </c>
+      <c r="L16" s="628">
+        <v>9331</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="628" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C17" s="628">
+        <v>13547</v>
+      </c>
+      <c r="D17" s="628">
+        <v>13650</v>
+      </c>
+      <c r="E17" s="628">
+        <v>13587</v>
+      </c>
+      <c r="F17" s="628">
+        <v>13587</v>
+      </c>
+      <c r="G17" s="628">
+        <v>13674</v>
+      </c>
+      <c r="H17" s="628">
+        <v>13588</v>
+      </c>
+      <c r="I17" s="628">
+        <v>13546</v>
+      </c>
+      <c r="J17" s="628">
+        <v>13555</v>
+      </c>
+      <c r="K17" s="628">
+        <v>13769</v>
+      </c>
+      <c r="L17" s="628">
+        <v>13832</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="628" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C18" s="628">
+        <v>5522</v>
+      </c>
+      <c r="D18" s="628">
+        <v>5536</v>
+      </c>
+      <c r="E18" s="628">
+        <v>5611</v>
+      </c>
+      <c r="F18" s="628">
+        <v>5779</v>
+      </c>
+      <c r="G18" s="628">
+        <v>5960</v>
+      </c>
+      <c r="H18" s="628">
+        <v>5975</v>
+      </c>
+      <c r="I18" s="628">
+        <v>5944</v>
+      </c>
+      <c r="J18" s="628">
+        <v>5923</v>
+      </c>
+      <c r="K18" s="628">
+        <v>5875</v>
+      </c>
+      <c r="L18" s="628">
+        <v>5908</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="628" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" s="639" t="s">
         <v>160</v>
       </c>
-      <c r="E8" s="711">
-[...299 lines deleted...]
-      <c r="A13" s="0" t="s">
+      <c r="C19" s="628">
+        <v>52200</v>
+      </c>
+      <c r="D19" s="628">
+        <v>52460</v>
+      </c>
+      <c r="E19" s="628">
+        <v>52869</v>
+      </c>
+      <c r="F19" s="628">
+        <v>53033</v>
+      </c>
+      <c r="G19" s="628">
+        <v>53441</v>
+      </c>
+      <c r="H19" s="628">
+        <v>53433</v>
+      </c>
+      <c r="I19" s="628">
+        <v>53579</v>
+      </c>
+      <c r="J19" s="628">
+        <v>53371</v>
+      </c>
+      <c r="K19" s="628">
+        <v>53655</v>
+      </c>
+      <c r="L19" s="628">
+        <v>53628</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="628" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="710"/>
-[...3544 lines deleted...]
-      <c r="AM95" s="675"/>
+      <c r="B20" s="639" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" s="628">
+        <v>7078</v>
+      </c>
+      <c r="D20" s="628">
+        <v>7207</v>
+      </c>
+      <c r="E20" s="628">
+        <v>7461</v>
+      </c>
+      <c r="F20" s="628">
+        <v>7623</v>
+      </c>
+      <c r="G20" s="628">
+        <v>7735</v>
+      </c>
+      <c r="H20" s="628">
+        <v>7675</v>
+      </c>
+      <c r="I20" s="628">
+        <v>7628</v>
+      </c>
+      <c r="J20" s="628">
+        <v>7684</v>
+      </c>
+      <c r="K20" s="628">
+        <v>8003</v>
+      </c>
+      <c r="L20" s="628">
+        <v>8390</v>
+      </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
-  <dimension ref="A1:I26"/>
+  <sheetPr codeName="Sheet20"/>
+  <dimension ref="A1:J26"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C25" sqref="C25"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="35.453125" customWidth="1"/>
+    <col min="1" max="1" width="35.42578125" customWidth="1"/>
     <col min="3" max="3" width="49" customWidth="1"/>
     <col min="4" max="4" width="17" customWidth="1"/>
-    <col min="5" max="5" width="18.90625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10" max="10" width="14.26953125" customWidth="1"/>
+    <col min="5" max="5" width="18.85546875" customWidth="1"/>
+    <col min="6" max="8" width="8.5703125" customWidth="1"/>
+    <col min="9" max="9" width="12.85546875" customWidth="1"/>
+    <col min="10" max="10" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="23.5">
-      <c r="A1" s="670" t="s">
+    <row r="1" ht="23.25">
+      <c r="A1" s="658" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="2" ht="30" s="640" customFormat="1">
+      <c r="A2" s="640" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" s="629" t="s">
+        <v>104</v>
+      </c>
+      <c r="C2" s="640" t="s">
+        <v>105</v>
+      </c>
+      <c r="D2" s="640" t="s">
+        <v>106</v>
+      </c>
+      <c r="E2" s="629" t="s">
+        <v>107</v>
+      </c>
+      <c r="F2" s="638" t="s">
+        <v>108</v>
+      </c>
+      <c r="G2" s="638" t="s">
+        <v>109</v>
+      </c>
+      <c r="H2" s="638" t="s">
+        <v>110</v>
+      </c>
+      <c r="I2" s="684" t="s">
+        <v>111</v>
+      </c>
+      <c r="J2" s="638" t="s">
         <v>112</v>
-      </c>
-[...27 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>44166</v>
+        <v>115</v>
+      </c>
+      <c r="D3" s="670">
+        <v>45992</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="H3" s="0" t="s">
-        <v>127</v>
+        <v>118</v>
+      </c>
+      <c r="J3" s="0" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D4" s="687">
+        <v>120</v>
+      </c>
+      <c r="D4" s="670">
         <v>44166</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>117</v>
+      </c>
+      <c r="G4" s="664" t="s">
+        <v>117</v>
       </c>
       <c r="H4" s="0" t="s">
-        <v>127</v>
+        <v>118</v>
+      </c>
+      <c r="J4" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D5" s="687">
+        <v>120</v>
+      </c>
+      <c r="D5" s="670">
         <v>44166</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>117</v>
+      </c>
+      <c r="G5" s="664" t="s">
+        <v>117</v>
       </c>
       <c r="H5" s="0" t="s">
-        <v>127</v>
+        <v>118</v>
+      </c>
+      <c r="J5" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D6" s="0">
         <v>2032</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J6" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D7" s="0">
         <v>2032</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J7" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D8" s="0">
         <v>2032</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J8" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>141</v>
+        <v>133</v>
+      </c>
+      <c r="J9" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D10" s="0">
         <v>2032</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J10" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D11" s="0">
         <v>2032</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J11" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D12" s="0">
         <v>2032</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J12" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D13" s="0">
         <v>2032</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J13" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>138</v>
+      </c>
+      <c r="B14" s="664" t="s">
+        <v>114</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D14" s="0">
         <v>2032</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J14" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>139</v>
+      </c>
+      <c r="B15" s="664" t="s">
+        <v>114</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D15" s="0">
         <v>2032</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J15" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>140</v>
+      </c>
+      <c r="B16" s="665" t="s">
+        <v>114</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D16" s="0">
         <v>2032</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J16" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>141</v>
+      </c>
+      <c r="B17" s="666" t="s">
+        <v>114</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D17" s="0">
         <v>2032</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J17" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>142</v>
+      </c>
+      <c r="B18" s="673" t="s">
+        <v>114</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D18" s="0">
         <v>2032</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J18" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>143</v>
+      </c>
+      <c r="B19" s="664" t="s">
+        <v>114</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D19" s="0">
         <v>2032</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
+      </c>
+      <c r="J19" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="24">
-      <c r="B24" s="667" t="s">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="B24" s="655" t="s">
+        <v>114</v>
+      </c>
+      <c r="C24" s="655" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="25">
-      <c r="B25" s="669" t="s">
-[...3 lines deleted...]
-        <v>154</v>
+      <c r="B25" s="657" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" s="657" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="26">
-      <c r="B26" s="668" t="s">
-[...3 lines deleted...]
-        <v>156</v>
+      <c r="B26" s="656" t="s">
+        <v>147</v>
+      </c>
+      <c r="C26" s="656" t="s">
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="H3:I21">
     <sortCondition ref="I3:I21"/>
   </sortState>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
-[...2649 lines deleted...]
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:U97"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81A146A5-CE29-47C6-B7E4-B42764E88975}">
+  <sheetPr codeName="Sheet3"/>
+  <dimension ref="A1:B11"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-[...4 lines deleted...]
-      <selection pane="bottomRight" activeCell="U3" sqref="U3"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C1" sqref="C1:C1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
-[...6 lines deleted...]
-  </cols>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="659" t="s">
+      <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="630" t="s">
+      <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="658" t="s">
+    </row>
+    <row r="2">
+      <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="657" t="s">
+      <c r="B2" s="0">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="658" t="s">
+      <c r="B3" s="0">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="657" t="s">
+      <c r="B4" s="0">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="657" t="s">
+      <c r="B5" s="0">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="657" t="s">
+      <c r="B6" s="0">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="657" t="s">
+      <c r="B7" s="0">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="657" t="s">
+      <c r="B8" s="0">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="657" t="s">
+      <c r="B9" s="0">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="657" t="s">
+      <c r="B10" s="0">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="657" t="s">
-[...1330 lines deleted...]
-      <c r="P97" s="673"/>
+      <c r="B11" s="0">
+        <v>2022</v>
+      </c>
     </row>
   </sheetData>
-  <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:T98"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <sheetPr codeName="Sheet4"/>
+  <dimension ref="A1:K97"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...3 lines deleted...]
-      <selection pane="bottomRight" activeCell="U2" sqref="U2"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
+      <selection activeCell="A2" sqref="A2:O126"/>
+      <selection pane="topRight" activeCell="A2" sqref="A2:O126"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2:O126"/>
+      <selection pane="bottomRight" activeCell="L6" sqref="L6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="36.1796875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="11.453125" customWidth="1" style="644"/>
+    <col min="1" max="1" width="24.5703125" customWidth="1" style="628"/>
+    <col min="2" max="16384" width="9.140625" customWidth="1" style="639"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="659" t="s">
+      <c r="A1" s="648" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="646" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="646" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="647" t="s">
+        <v>4</v>
+      </c>
+      <c r="E1" s="646" t="s">
+        <v>5</v>
+      </c>
+      <c r="F1" s="646" t="s">
+        <v>6</v>
+      </c>
+      <c r="G1" s="647" t="s">
+        <v>7</v>
+      </c>
+      <c r="H1" s="646" t="s">
+        <v>8</v>
+      </c>
+      <c r="I1" s="646" t="s">
+        <v>9</v>
+      </c>
+      <c r="J1" s="647" t="s">
+        <v>10</v>
+      </c>
+      <c r="K1" s="646" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="693" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="695">
+        <v>9.2480689401502811</v>
+      </c>
+      <c r="C2" s="695">
+        <v>9.50739173588257</v>
+      </c>
+      <c r="D2" s="695">
+        <v>9.7530927570453247</v>
+      </c>
+      <c r="E2" s="695">
+        <v>8.9745550966294427</v>
+      </c>
+      <c r="F2" s="695">
+        <v>9.9826831007436088</v>
+      </c>
+      <c r="G2" s="695">
+        <v>9.982617333002235</v>
+      </c>
+      <c r="H2" s="696">
+        <v>8.4330926186206554</v>
+      </c>
+      <c r="I2" s="697">
+        <v>8.2060525566834261</v>
+      </c>
+      <c r="J2" s="695">
+        <v>7.41673663676649</v>
+      </c>
+      <c r="K2" s="695">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="628" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="661">
+        <v>6.7773636055574382</v>
+      </c>
+      <c r="C3" s="661">
+        <v>10.437710437710438</v>
+      </c>
+      <c r="D3" s="661">
+        <v>12.072434607645874</v>
+      </c>
+      <c r="E3" s="661">
+        <v>8.768971332209107</v>
+      </c>
+      <c r="F3" s="661">
+        <v>8.7748903138710777</v>
+      </c>
+      <c r="G3" s="661">
+        <v>7.5085324232081909</v>
+      </c>
+      <c r="H3" s="677">
+        <v>8.6505190311418687</v>
+      </c>
+      <c r="I3" s="679">
+        <v>9.0371915189433434</v>
+      </c>
+      <c r="J3" s="661">
+        <v>7.660167130919219</v>
+      </c>
+      <c r="K3" s="661">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="628" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="661">
+        <v>13.350602769751918</v>
+      </c>
+      <c r="C4" s="661">
+        <v>15.381600862153423</v>
+      </c>
+      <c r="D4" s="661">
+        <v>14.100943304483128</v>
+      </c>
+      <c r="E4" s="661">
+        <v>12.013455069678038</v>
+      </c>
+      <c r="F4" s="661">
+        <v>13.19591600847621</v>
+      </c>
+      <c r="G4" s="661">
+        <v>11.25</v>
+      </c>
+      <c r="H4" s="677">
+        <v>11.850152905198776</v>
+      </c>
+      <c r="I4" s="679">
+        <v>9.5108695652173925</v>
+      </c>
+      <c r="J4" s="661">
+        <v>10.098253275109169</v>
+      </c>
+      <c r="K4" s="661">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="628" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="661">
+        <v>7.70917320885494</v>
+      </c>
+      <c r="C5" s="661">
+        <v>10.483360303947091</v>
+      </c>
+      <c r="D5" s="661">
+        <v>8.2382762991128011</v>
+      </c>
+      <c r="E5" s="661">
+        <v>7.9616712463890655</v>
+      </c>
+      <c r="F5" s="661">
+        <v>8.591549295774648</v>
+      </c>
+      <c r="G5" s="661">
+        <v>7.6765969434467216</v>
+      </c>
+      <c r="H5" s="677">
+        <v>8.18342151675485</v>
+      </c>
+      <c r="I5" s="679">
+        <v>6.2473071951744936</v>
+      </c>
+      <c r="J5" s="661">
+        <v>7.6149034539026381</v>
+      </c>
+      <c r="K5" s="661">
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="628" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="661">
+        <v>9.8021419495371216</v>
+      </c>
+      <c r="C6" s="661">
+        <v>9.5944967414916729</v>
+      </c>
+      <c r="D6" s="661">
+        <v>9.44081336238199</v>
+      </c>
+      <c r="E6" s="661">
+        <v>9.1743119266055047</v>
+      </c>
+      <c r="F6" s="661">
+        <v>8.124337689862239</v>
+      </c>
+      <c r="G6" s="661">
+        <v>8.94109396914446</v>
+      </c>
+      <c r="H6" s="677">
+        <v>10.960780955643088</v>
+      </c>
+      <c r="I6" s="679">
+        <v>9.8695215791234538</v>
+      </c>
+      <c r="J6" s="661">
+        <v>8.15793767694567</v>
+      </c>
+      <c r="K6" s="661">
+        <v>9.2</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="628" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="661">
+        <v>6.673257538309441</v>
+      </c>
+      <c r="C7" s="661">
+        <v>5.9503319400049177</v>
+      </c>
+      <c r="D7" s="661">
+        <v>6.973774678322366</v>
+      </c>
+      <c r="E7" s="661">
+        <v>7.230446040353705</v>
+      </c>
+      <c r="F7" s="661">
+        <v>7.24179829890644</v>
+      </c>
+      <c r="G7" s="661">
+        <v>7.3382903241483213</v>
+      </c>
+      <c r="H7" s="677">
+        <v>6.5171927435436023</v>
+      </c>
+      <c r="I7" s="679">
+        <v>6.8140665205375006</v>
+      </c>
+      <c r="J7" s="661">
+        <v>6.440693901744158</v>
+      </c>
+      <c r="K7" s="661">
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="628" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="661">
+        <v>11.657024436577151</v>
+      </c>
+      <c r="C8" s="661">
+        <v>8.8381671529088717</v>
+      </c>
+      <c r="D8" s="661">
+        <v>9.8568612325362146</v>
+      </c>
+      <c r="E8" s="661">
+        <v>9.6531693148812572</v>
+      </c>
+      <c r="F8" s="661">
+        <v>9.8984771573604053</v>
+      </c>
+      <c r="G8" s="661">
+        <v>8.5361730899256258</v>
+      </c>
+      <c r="H8" s="677">
+        <v>9.1789473684210527</v>
+      </c>
+      <c r="I8" s="679">
+        <v>7.6871093090048994</v>
+      </c>
+      <c r="J8" s="661">
+        <v>7.63229307946065</v>
+      </c>
+      <c r="K8" s="661">
+        <v>6.3</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="628" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="661">
+        <v>7.3730202075368654</v>
+      </c>
+      <c r="C9" s="661">
+        <v>8.2485565026120433</v>
+      </c>
+      <c r="D9" s="661">
+        <v>4.4407438245906192</v>
+      </c>
+      <c r="E9" s="661">
+        <v>6.6555740432612316</v>
+      </c>
+      <c r="F9" s="661">
+        <v>5.316172355903749</v>
+      </c>
+      <c r="G9" s="661">
+        <v>6.3641394576646375</v>
+      </c>
+      <c r="H9" s="677">
+        <v>6.36766334440753</v>
+      </c>
+      <c r="I9" s="679">
+        <v>5.4749520941691756</v>
+      </c>
+      <c r="J9" s="661">
+        <v>5.6634304212513475</v>
+      </c>
+      <c r="K9" s="661">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="628" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="661">
+        <v>10.737919840179798</v>
+      </c>
+      <c r="C10" s="661">
+        <v>10.398613518197575</v>
+      </c>
+      <c r="D10" s="661">
+        <v>10.842779694430755</v>
+      </c>
+      <c r="E10" s="661">
+        <v>10.080155452999758</v>
+      </c>
+      <c r="F10" s="661">
+        <v>10.594750782566818</v>
+      </c>
+      <c r="G10" s="661">
+        <v>9.6466899795007848</v>
+      </c>
+      <c r="H10" s="677">
+        <v>9.7712106768350822</v>
+      </c>
+      <c r="I10" s="679">
+        <v>9.3632958801498134</v>
+      </c>
+      <c r="J10" s="661">
+        <v>9.6540627514078849</v>
+      </c>
+      <c r="K10" s="661">
+        <v>7.4</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="628" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="661">
+        <v>11.111974512394125</v>
+      </c>
+      <c r="C11" s="661">
+        <v>11.478994221458692</v>
+      </c>
+      <c r="D11" s="661">
+        <v>11.722967761838655</v>
+      </c>
+      <c r="E11" s="661">
+        <v>11.18781242561295</v>
+      </c>
+      <c r="F11" s="661">
+        <v>10.559155267578595</v>
+      </c>
+      <c r="G11" s="661">
+        <v>12.750455373406194</v>
+      </c>
+      <c r="H11" s="677">
+        <v>10.926813929722506</v>
+      </c>
+      <c r="I11" s="679">
+        <v>10.627490818160506</v>
+      </c>
+      <c r="J11" s="661">
+        <v>8.5643452805949956</v>
+      </c>
+      <c r="K11" s="661">
+        <v>8.6</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="628" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="661">
+        <v>12.288367012561441</v>
+      </c>
+      <c r="C12" s="661">
+        <v>12.97521733489036</v>
+      </c>
+      <c r="D12" s="661">
+        <v>11.755783086841108</v>
+      </c>
+      <c r="E12" s="661">
+        <v>12.647347740667977</v>
+      </c>
+      <c r="F12" s="661">
+        <v>12.464387464387464</v>
+      </c>
+      <c r="G12" s="661">
+        <v>12.378528459046738</v>
+      </c>
+      <c r="H12" s="677">
+        <v>12.147604859041943</v>
+      </c>
+      <c r="I12" s="679">
+        <v>10.362104304258711</v>
+      </c>
+      <c r="J12" s="661">
+        <v>10.856183547509794</v>
+      </c>
+      <c r="K12" s="661">
+        <v>11.7</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="628" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="661">
+        <v>9.8999473407056353</v>
+      </c>
+      <c r="C13" s="661">
+        <v>8.3498590961277532</v>
+      </c>
+      <c r="D13" s="661">
+        <v>6.0134784862623114</v>
+      </c>
+      <c r="E13" s="661">
+        <v>7.4925587601354824</v>
+      </c>
+      <c r="F13" s="661">
+        <v>6.9129178704085845</v>
+      </c>
+      <c r="G13" s="661">
+        <v>6.8901686548745369</v>
+      </c>
+      <c r="H13" s="677">
+        <v>6.7244014263881811</v>
+      </c>
+      <c r="I13" s="679">
+        <v>6.0471679096956263</v>
+      </c>
+      <c r="J13" s="661">
+        <v>4.9524964658378821</v>
+      </c>
+      <c r="K13" s="661">
+        <v>4.7</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="628" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="661">
+        <v>7.2605417481150516</v>
+      </c>
+      <c r="C14" s="661">
+        <v>9.199888486200166</v>
+      </c>
+      <c r="D14" s="661">
+        <v>8.87163848073191</v>
+      </c>
+      <c r="E14" s="661">
+        <v>7.4895977808599161</v>
+      </c>
+      <c r="F14" s="661">
+        <v>6.2944718117131906</v>
+      </c>
+      <c r="G14" s="661">
+        <v>5.3445850914205337</v>
+      </c>
+      <c r="H14" s="677">
+        <v>8.7447108603667125</v>
+      </c>
+      <c r="I14" s="679">
+        <v>5.7290174735032942</v>
+      </c>
+      <c r="J14" s="661">
+        <v>8.0500894421586153</v>
+      </c>
+      <c r="K14" s="661">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="628" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" s="661">
+        <v>9.2958401115500813</v>
+      </c>
+      <c r="C15" s="661">
+        <v>10.79219288174512</v>
+      </c>
+      <c r="D15" s="661">
+        <v>11.799410029498525</v>
+      </c>
+      <c r="E15" s="661">
+        <v>8.99685110211426</v>
+      </c>
+      <c r="F15" s="661">
+        <v>8.5163603765127753</v>
+      </c>
+      <c r="G15" s="661">
+        <v>10.283925776883525</v>
+      </c>
+      <c r="H15" s="677">
+        <v>7.5639599555061183</v>
+      </c>
+      <c r="I15" s="679">
+        <v>9.31057415207271</v>
+      </c>
+      <c r="J15" s="661">
+        <v>7.5594414738020594</v>
+      </c>
+      <c r="K15" s="661">
+        <v>8.2</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="628" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="661">
+        <v>7.8239098685583146</v>
+      </c>
+      <c r="C16" s="661">
+        <v>7.8484721640853916</v>
+      </c>
+      <c r="D16" s="661">
+        <v>9.4063545150501682</v>
+      </c>
+      <c r="E16" s="661">
+        <v>8.3729584453173445</v>
+      </c>
+      <c r="F16" s="661">
+        <v>7.3967536470104793</v>
+      </c>
+      <c r="G16" s="661">
+        <v>7.6930967278695253</v>
+      </c>
+      <c r="H16" s="677">
+        <v>7.3484384568279237</v>
+      </c>
+      <c r="I16" s="679">
+        <v>7.9276349222481954</v>
+      </c>
+      <c r="J16" s="661">
+        <v>6.6211673651828473</v>
+      </c>
+      <c r="K16" s="661">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="628" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" s="661">
+        <v>8.6665210108513584</v>
+      </c>
+      <c r="C17" s="661">
+        <v>9.8216220119881559</v>
+      </c>
+      <c r="D17" s="661">
+        <v>7.8881319469343847</v>
+      </c>
+      <c r="E17" s="661">
+        <v>8.86094040302987</v>
+      </c>
+      <c r="F17" s="661">
+        <v>8.31362431018419</v>
+      </c>
+      <c r="G17" s="661">
+        <v>9.28903179707038</v>
+      </c>
+      <c r="H17" s="677">
+        <v>8.22111977321049</v>
+      </c>
+      <c r="I17" s="679">
+        <v>8.0392714854866263</v>
+      </c>
+      <c r="J17" s="661">
+        <v>7.558471191029664</v>
+      </c>
+      <c r="K17" s="661">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="628" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" s="661">
+        <v>9.2862345229424612</v>
+      </c>
+      <c r="C18" s="661">
+        <v>8.7431693989071046</v>
+      </c>
+      <c r="D18" s="661">
+        <v>6.3382832307135093</v>
+      </c>
+      <c r="E18" s="661">
+        <v>7.3595404774726259</v>
+      </c>
+      <c r="F18" s="661">
+        <v>8.4895649097983732</v>
+      </c>
+      <c r="G18" s="661">
+        <v>9.0955894971683549</v>
+      </c>
+      <c r="H18" s="677">
+        <v>11.120331950207469</v>
+      </c>
+      <c r="I18" s="679">
+        <v>9.75851802844856</v>
+      </c>
+      <c r="J18" s="661">
+        <v>8.29324929507381</v>
+      </c>
+      <c r="K18" s="661">
+        <v>8.3</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="628" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" s="661">
+        <v>10.025638082118393</v>
+      </c>
+      <c r="C19" s="661">
+        <v>10.244528272983168</v>
+      </c>
+      <c r="D19" s="661">
+        <v>9.8144456371722129</v>
+      </c>
+      <c r="E19" s="661">
+        <v>8.99043692378171</v>
+      </c>
+      <c r="F19" s="661">
+        <v>9.3420677869552833</v>
+      </c>
+      <c r="G19" s="661">
+        <v>9.76414378886698</v>
+      </c>
+      <c r="H19" s="677">
+        <v>9.4474825570431822</v>
+      </c>
+      <c r="I19" s="679">
+        <v>8.7811864023517</v>
+      </c>
+      <c r="J19" s="661">
+        <v>7.6970524678324006</v>
+      </c>
+      <c r="K19" s="661">
+        <v>7.8</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="628" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" s="661">
+        <v>11.816628701594533</v>
+      </c>
+      <c r="C20" s="661">
+        <v>9.57341968182458</v>
+      </c>
+      <c r="D20" s="661">
+        <v>8.19093348397119</v>
+      </c>
+      <c r="E20" s="661">
+        <v>9.9626400996264017</v>
+      </c>
+      <c r="F20" s="661">
+        <v>9.3283582089552226</v>
+      </c>
+      <c r="G20" s="661">
+        <v>9.5089227562850063</v>
+      </c>
+      <c r="H20" s="677">
+        <v>10.712441920495612</v>
+      </c>
+      <c r="I20" s="679">
+        <v>9.46208684381076</v>
+      </c>
+      <c r="J20" s="661">
+        <v>8.3409357444285135</v>
+      </c>
+      <c r="K20" s="661">
+        <v>7.7</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="J21" s="661"/>
+      <c r="K21" s="661"/>
+    </row>
+    <row r="22">
+      <c r="J22" s="661"/>
+      <c r="K22" s="661"/>
+    </row>
+    <row r="23">
+      <c r="J23" s="661"/>
+      <c r="K23" s="661"/>
+    </row>
+    <row r="24">
+      <c r="J24" s="661"/>
+      <c r="K24" s="661"/>
+    </row>
+    <row r="25">
+      <c r="J25" s="661"/>
+      <c r="K25" s="661"/>
+    </row>
+    <row r="26">
+      <c r="J26" s="661"/>
+      <c r="K26" s="661"/>
+    </row>
+    <row r="27">
+      <c r="J27" s="661"/>
+      <c r="K27" s="661"/>
+    </row>
+    <row r="28">
+      <c r="J28" s="661"/>
+      <c r="K28" s="661"/>
+    </row>
+    <row r="29">
+      <c r="J29" s="661"/>
+      <c r="K29" s="661"/>
+    </row>
+    <row r="30">
+      <c r="J30" s="661"/>
+      <c r="K30" s="661"/>
+    </row>
+    <row r="31">
+      <c r="J31" s="661"/>
+      <c r="K31" s="661"/>
+    </row>
+    <row r="32">
+      <c r="J32" s="661"/>
+      <c r="K32" s="661"/>
+    </row>
+    <row r="33">
+      <c r="J33" s="661"/>
+      <c r="K33" s="661"/>
+    </row>
+    <row r="34">
+      <c r="J34" s="661"/>
+      <c r="K34" s="661"/>
+    </row>
+    <row r="35">
+      <c r="J35" s="661"/>
+      <c r="K35" s="661"/>
+    </row>
+    <row r="36">
+      <c r="J36" s="661"/>
+      <c r="K36" s="661"/>
+    </row>
+    <row r="37">
+      <c r="J37" s="661"/>
+      <c r="K37" s="661"/>
+    </row>
+    <row r="38">
+      <c r="J38" s="661"/>
+      <c r="K38" s="661"/>
+    </row>
+    <row r="39">
+      <c r="J39" s="661"/>
+      <c r="K39" s="661"/>
+    </row>
+    <row r="40">
+      <c r="J40" s="661"/>
+      <c r="K40" s="661"/>
+    </row>
+    <row r="41">
+      <c r="J41" s="661"/>
+      <c r="K41" s="661"/>
+    </row>
+    <row r="42">
+      <c r="J42" s="661"/>
+      <c r="K42" s="661"/>
+    </row>
+    <row r="43">
+      <c r="J43" s="661"/>
+      <c r="K43" s="661"/>
+    </row>
+    <row r="44">
+      <c r="J44" s="661"/>
+      <c r="K44" s="661"/>
+    </row>
+    <row r="45">
+      <c r="J45" s="661"/>
+      <c r="K45" s="661"/>
+    </row>
+    <row r="46">
+      <c r="J46" s="661"/>
+      <c r="K46" s="661"/>
+    </row>
+    <row r="47">
+      <c r="J47" s="661"/>
+      <c r="K47" s="661"/>
+    </row>
+    <row r="48">
+      <c r="J48" s="661"/>
+      <c r="K48" s="661"/>
+    </row>
+    <row r="49">
+      <c r="J49" s="661"/>
+      <c r="K49" s="661"/>
+    </row>
+    <row r="50">
+      <c r="J50" s="661"/>
+      <c r="K50" s="661"/>
+    </row>
+    <row r="51">
+      <c r="J51" s="661"/>
+      <c r="K51" s="661"/>
+    </row>
+    <row r="52">
+      <c r="J52" s="661"/>
+      <c r="K52" s="661"/>
+    </row>
+    <row r="53">
+      <c r="J53" s="661"/>
+      <c r="K53" s="661"/>
+    </row>
+    <row r="54">
+      <c r="J54" s="661"/>
+      <c r="K54" s="661"/>
+    </row>
+    <row r="55">
+      <c r="J55" s="661"/>
+      <c r="K55" s="661"/>
+    </row>
+    <row r="56">
+      <c r="J56" s="661"/>
+      <c r="K56" s="661"/>
+    </row>
+    <row r="57">
+      <c r="J57" s="661"/>
+      <c r="K57" s="661"/>
+    </row>
+    <row r="58">
+      <c r="J58" s="661"/>
+      <c r="K58" s="661"/>
+    </row>
+    <row r="59">
+      <c r="J59" s="661"/>
+      <c r="K59" s="661"/>
+    </row>
+    <row r="60">
+      <c r="J60" s="661"/>
+      <c r="K60" s="661"/>
+    </row>
+    <row r="61">
+      <c r="J61" s="661"/>
+      <c r="K61" s="661"/>
+    </row>
+    <row r="62">
+      <c r="J62" s="661"/>
+      <c r="K62" s="661"/>
+    </row>
+    <row r="63">
+      <c r="J63" s="661"/>
+      <c r="K63" s="661"/>
+    </row>
+    <row r="64">
+      <c r="J64" s="661"/>
+      <c r="K64" s="661"/>
+    </row>
+    <row r="65">
+      <c r="J65" s="661"/>
+      <c r="K65" s="661"/>
+    </row>
+    <row r="66">
+      <c r="J66" s="661"/>
+      <c r="K66" s="661"/>
+    </row>
+    <row r="67">
+      <c r="J67" s="661"/>
+      <c r="K67" s="661"/>
+    </row>
+    <row r="68">
+      <c r="J68" s="661"/>
+      <c r="K68" s="661"/>
+    </row>
+    <row r="69">
+      <c r="J69" s="661"/>
+      <c r="K69" s="661"/>
+    </row>
+    <row r="70">
+      <c r="J70" s="661"/>
+      <c r="K70" s="661"/>
+    </row>
+    <row r="71">
+      <c r="J71" s="661"/>
+      <c r="K71" s="661"/>
+    </row>
+    <row r="72">
+      <c r="J72" s="661"/>
+      <c r="K72" s="661"/>
+    </row>
+    <row r="73">
+      <c r="J73" s="661"/>
+      <c r="K73" s="661"/>
+    </row>
+    <row r="74">
+      <c r="J74" s="661"/>
+      <c r="K74" s="661"/>
+    </row>
+    <row r="75">
+      <c r="J75" s="661"/>
+      <c r="K75" s="661"/>
+    </row>
+    <row r="76">
+      <c r="J76" s="661"/>
+      <c r="K76" s="661"/>
+    </row>
+    <row r="77">
+      <c r="J77" s="661"/>
+      <c r="K77" s="661"/>
+    </row>
+    <row r="78">
+      <c r="J78" s="661"/>
+      <c r="K78" s="661"/>
+    </row>
+    <row r="79">
+      <c r="J79" s="661"/>
+      <c r="K79" s="661"/>
+    </row>
+    <row r="80">
+      <c r="J80" s="661"/>
+      <c r="K80" s="661"/>
+    </row>
+    <row r="81">
+      <c r="J81" s="661"/>
+      <c r="K81" s="661"/>
+    </row>
+    <row r="82">
+      <c r="J82" s="661"/>
+      <c r="K82" s="661"/>
+    </row>
+    <row r="83">
+      <c r="J83" s="661"/>
+      <c r="K83" s="661"/>
+    </row>
+    <row r="84">
+      <c r="J84" s="661"/>
+      <c r="K84" s="661"/>
+    </row>
+    <row r="85">
+      <c r="J85" s="661"/>
+      <c r="K85" s="661"/>
+    </row>
+    <row r="86">
+      <c r="J86" s="661"/>
+      <c r="K86" s="661"/>
+    </row>
+    <row r="87">
+      <c r="J87" s="661"/>
+      <c r="K87" s="661"/>
+    </row>
+    <row r="88">
+      <c r="J88" s="661"/>
+      <c r="K88" s="661"/>
+    </row>
+    <row r="89">
+      <c r="J89" s="661"/>
+      <c r="K89" s="661"/>
+    </row>
+    <row r="90">
+      <c r="J90" s="661"/>
+      <c r="K90" s="661"/>
+    </row>
+    <row r="91">
+      <c r="J91" s="661"/>
+      <c r="K91" s="661"/>
+    </row>
+    <row r="92">
+      <c r="J92" s="661"/>
+      <c r="K92" s="661"/>
+    </row>
+    <row r="93">
+      <c r="J93" s="661"/>
+      <c r="K93" s="661"/>
+    </row>
+    <row r="94">
+      <c r="J94" s="661"/>
+      <c r="K94" s="661"/>
+    </row>
+    <row r="95">
+      <c r="J95" s="661"/>
+      <c r="K95" s="661"/>
+    </row>
+    <row r="96">
+      <c r="J96" s="661"/>
+      <c r="K96" s="661"/>
+    </row>
+    <row r="97">
+      <c r="J97" s="661"/>
+      <c r="K97" s="661"/>
+    </row>
+    <row r="98"/>
+  </sheetData>
+  <phoneticPr fontId="0" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7402442-C68D-40A1-8C68-4B6C4C4685F3}">
+  <sheetPr codeName="Sheet21"/>
+  <dimension ref="A1:B11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:A11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="630" t="s">
+      <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="658" t="s">
+    </row>
+    <row r="2">
+      <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="657" t="s">
-[...92 lines deleted...]
-        <v>16.8</v>
+      <c r="B2" s="0">
+        <v>2011</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>21</v>
-[...29 lines deleted...]
-        <v>12.8</v>
+        <v>3</v>
+      </c>
+      <c r="B3" s="0">
+        <v>2012</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>22</v>
-[...29 lines deleted...]
-        <v>14.1</v>
+        <v>4</v>
+      </c>
+      <c r="B4" s="0">
+        <v>2013</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>23</v>
-[...29 lines deleted...]
-        <v>15.6</v>
+        <v>5</v>
+      </c>
+      <c r="B5" s="0">
+        <v>2014</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>24</v>
-[...29 lines deleted...]
-        <v>12.3</v>
+        <v>6</v>
+      </c>
+      <c r="B6" s="0">
+        <v>2015</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>25</v>
-[...29 lines deleted...]
-        <v>16.9</v>
+        <v>7</v>
+      </c>
+      <c r="B7" s="0">
+        <v>2016</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>26</v>
-[...29 lines deleted...]
-        <v>15.1</v>
+        <v>8</v>
+      </c>
+      <c r="B8" s="0">
+        <v>2017</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
-[...29 lines deleted...]
-        <v>15</v>
+        <v>9</v>
+      </c>
+      <c r="B9" s="0">
+        <v>2018</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
-[...29 lines deleted...]
-        <v>12.1</v>
+        <v>10</v>
+      </c>
+      <c r="B10" s="0">
+        <v>2019</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K11" s="673">
+        <v>11</v>
+      </c>
+      <c r="B11" s="0">
+        <v>2020</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <sheetPr codeName="Sheet5"/>
+  <dimension ref="A1:K98"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" ySplit="1" topLeftCell="F2" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="K7" sqref="K7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" bestFit="1" width="36.140625" customWidth="1"/>
+    <col min="5" max="5" width="11.42578125" customWidth="1" style="639"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="648" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="646" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="646" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="647" t="s">
+        <v>4</v>
+      </c>
+      <c r="E1" s="646" t="s">
+        <v>5</v>
+      </c>
+      <c r="F1" s="646" t="s">
+        <v>6</v>
+      </c>
+      <c r="G1" s="647" t="s">
+        <v>7</v>
+      </c>
+      <c r="H1" s="646" t="s">
+        <v>8</v>
+      </c>
+      <c r="I1" s="646" t="s">
+        <v>9</v>
+      </c>
+      <c r="J1" s="647" t="s">
+        <v>10</v>
+      </c>
+      <c r="K1" s="646" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="698" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="695">
+        <v>14.187378487730546</v>
+      </c>
+      <c r="C2" s="695">
+        <v>12.589458287624719</v>
+      </c>
+      <c r="D2" s="695">
+        <v>12.62768851701658</v>
+      </c>
+      <c r="E2" s="695">
+        <v>11.779103564326144</v>
+      </c>
+      <c r="F2" s="695">
+        <v>14.311907914841601</v>
+      </c>
+      <c r="G2" s="695">
+        <v>14.055127886764341</v>
+      </c>
+      <c r="H2" s="695">
+        <v>14.830611156884602</v>
+      </c>
+      <c r="I2" s="695">
+        <v>15.13139170856655</v>
+      </c>
+      <c r="J2" s="695">
+        <v>13.060919865239292</v>
+      </c>
+      <c r="K2" s="695">
+        <v>16.8</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="661">
+        <v>12.199254490003389</v>
+      </c>
+      <c r="C3" s="661">
+        <v>12.121212121212121</v>
+      </c>
+      <c r="D3" s="661">
+        <v>15.425888665325285</v>
+      </c>
+      <c r="E3" s="661">
+        <v>10.792580101180439</v>
+      </c>
+      <c r="F3" s="661">
+        <v>14.849814377320284</v>
+      </c>
+      <c r="G3" s="661">
+        <v>14.334470989761092</v>
+      </c>
+      <c r="H3" s="661">
+        <v>16.955017301038062</v>
+      </c>
+      <c r="I3" s="661">
+        <v>13.555787278415016</v>
+      </c>
+      <c r="J3" s="661">
+        <v>13.231197771587743</v>
+      </c>
+      <c r="K3" s="661">
+        <v>12.8</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="661">
+        <v>9.6642423034771348</v>
+      </c>
+      <c r="C4" s="661">
+        <v>12.540413441755659</v>
+      </c>
+      <c r="D4" s="661">
+        <v>11.086258873869493</v>
+      </c>
+      <c r="E4" s="661">
+        <v>9.13022585295531</v>
+      </c>
+      <c r="F4" s="661">
+        <v>13.870159892120979</v>
+      </c>
+      <c r="G4" s="661">
+        <v>11.057692307692308</v>
+      </c>
+      <c r="H4" s="661">
+        <v>11.563455657492355</v>
+      </c>
+      <c r="I4" s="661">
+        <v>13.677536231884059</v>
+      </c>
+      <c r="J4" s="661">
+        <v>10.91703056768559</v>
+      </c>
+      <c r="K4" s="661">
+        <v>14.1</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="661">
+        <v>14.711082820567226</v>
+      </c>
+      <c r="C5" s="661">
+        <v>14.001266446211215</v>
+      </c>
+      <c r="D5" s="661">
+        <v>15.490775947049711</v>
+      </c>
+      <c r="E5" s="661">
+        <v>13.316423589093214</v>
+      </c>
+      <c r="F5" s="661">
+        <v>14.014084507042254</v>
+      </c>
+      <c r="G5" s="661">
+        <v>14.437636453271356</v>
+      </c>
+      <c r="H5" s="661">
+        <v>14.955908289241622</v>
+      </c>
+      <c r="I5" s="661">
+        <v>14.648858250753985</v>
+      </c>
+      <c r="J5" s="661">
+        <v>13.326081044329616</v>
+      </c>
+      <c r="K5" s="661">
+        <v>15.6</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="661">
+        <v>12.524959157741877</v>
+      </c>
+      <c r="C6" s="661">
+        <v>14.120202751629254</v>
+      </c>
+      <c r="D6" s="661">
+        <v>10.893246187363834</v>
+      </c>
+      <c r="E6" s="661">
+        <v>12.4123043712898</v>
+      </c>
+      <c r="F6" s="661">
+        <v>15.188979159307664</v>
+      </c>
+      <c r="G6" s="661">
+        <v>12.447405329593268</v>
+      </c>
+      <c r="H6" s="661">
+        <v>13.015927384826169</v>
+      </c>
+      <c r="I6" s="661">
+        <v>13.047842087654734</v>
+      </c>
+      <c r="J6" s="661">
+        <v>10.442160226627509</v>
+      </c>
+      <c r="K6" s="661">
+        <v>12.3</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="661">
+        <v>15.768660405338606</v>
+      </c>
+      <c r="C7" s="661">
+        <v>15.638062453897224</v>
+      </c>
+      <c r="D7" s="661">
+        <v>16.599548177978591</v>
+      </c>
+      <c r="E7" s="661">
+        <v>15.291416288045337</v>
+      </c>
+      <c r="F7" s="661">
+        <v>15.990279465370596</v>
+      </c>
+      <c r="G7" s="661">
+        <v>16.863488360791173</v>
+      </c>
+      <c r="H7" s="661">
+        <v>16.925246826516222</v>
+      </c>
+      <c r="I7" s="661">
+        <v>16.010673782521682</v>
+      </c>
+      <c r="J7" s="661">
+        <v>16.6423769456067</v>
+      </c>
+      <c r="K7" s="661">
+        <v>16.9</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="661">
+        <v>9.9300578533805375</v>
+      </c>
+      <c r="C8" s="661">
+        <v>11.584005491676678</v>
+      </c>
+      <c r="D8" s="661">
+        <v>11.913945315848119</v>
+      </c>
+      <c r="E8" s="661">
+        <v>10.763710917478216</v>
+      </c>
+      <c r="F8" s="661">
+        <v>12.60575296108291</v>
+      </c>
+      <c r="G8" s="661">
+        <v>11.91683569979716</v>
+      </c>
+      <c r="H8" s="661">
+        <v>12.88421052631579</v>
+      </c>
+      <c r="I8" s="661">
+        <v>12.50211184321676</v>
+      </c>
+      <c r="J8" s="661">
+        <v>11.448439616434872</v>
+      </c>
+      <c r="K8" s="661">
+        <v>15.1</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="661">
+        <v>15.838339705079193</v>
+      </c>
+      <c r="C9" s="661">
+        <v>20.346439373109707</v>
+      </c>
+      <c r="D9" s="661">
+        <v>16.930335831251735</v>
+      </c>
+      <c r="E9" s="661">
+        <v>17.193566278424846</v>
+      </c>
+      <c r="F9" s="661">
+        <v>18.466703973139342</v>
+      </c>
+      <c r="G9" s="661">
+        <v>13.281682346430548</v>
+      </c>
+      <c r="H9" s="661">
+        <v>18.549280177187157</v>
+      </c>
+      <c r="I9" s="661">
+        <v>16.151108677799069</v>
+      </c>
+      <c r="J9" s="661">
+        <v>15.10248112998921</v>
+      </c>
+      <c r="K9" s="661">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="661">
+        <v>7.1169933824447495</v>
+      </c>
+      <c r="C10" s="661">
+        <v>7.6751671205743994</v>
+      </c>
+      <c r="D10" s="661">
+        <v>9.2410054213898469</v>
+      </c>
+      <c r="E10" s="661">
+        <v>8.6227835802769022</v>
+      </c>
+      <c r="F10" s="661">
+        <v>9.1500120394895248</v>
+      </c>
+      <c r="G10" s="661">
+        <v>8.4408537320631858</v>
+      </c>
+      <c r="H10" s="661">
+        <v>11.796949475691136</v>
+      </c>
+      <c r="I10" s="661">
+        <v>11.821161048689138</v>
+      </c>
+      <c r="J10" s="661">
+        <v>8.0450522928399018</v>
+      </c>
+      <c r="K10" s="661">
+        <v>12.1</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="661">
         <v>7.459787085243609</v>
       </c>
-      <c r="L11" s="673">
+      <c r="C11" s="661">
         <v>9.0582539434640026</v>
       </c>
-      <c r="M11" s="673">
+      <c r="D11" s="661">
         <v>8.32947709393799</v>
       </c>
-      <c r="N11" s="673">
+      <c r="E11" s="661">
         <v>7.5378878044909943</v>
       </c>
-      <c r="O11" s="673">
+      <c r="F11" s="661">
         <v>7.9193664506839454</v>
       </c>
-      <c r="P11" s="673">
+      <c r="G11" s="661">
         <v>8.5531004989308634</v>
       </c>
-      <c r="Q11" s="673">
+      <c r="H11" s="661">
         <v>8.4112884207216414</v>
       </c>
-      <c r="R11" s="673">
+      <c r="I11" s="661">
         <v>9.6116277252481055</v>
       </c>
-      <c r="S11" s="673">
+      <c r="J11" s="661">
         <v>9.1653519670948835</v>
       </c>
-      <c r="T11" s="673">
+      <c r="K11" s="661">
         <v>8.3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K12" s="673">
+        <v>23</v>
+      </c>
+      <c r="B12" s="661">
         <v>10.649918077553251</v>
       </c>
-      <c r="L12" s="673">
+      <c r="C12" s="661">
         <v>12.066952121448034</v>
       </c>
-      <c r="M12" s="673">
+      <c r="D12" s="661">
         <v>8.7220326128175962</v>
       </c>
-      <c r="N12" s="673">
+      <c r="E12" s="661">
         <v>11.173870333988212</v>
       </c>
-      <c r="O12" s="673">
+      <c r="F12" s="661">
         <v>13.057929724596392</v>
       </c>
-      <c r="P12" s="673">
+      <c r="G12" s="661">
         <v>9.0236001850994914</v>
       </c>
-      <c r="Q12" s="673">
+      <c r="H12" s="661">
         <v>11.230804492321797</v>
       </c>
-      <c r="R12" s="673">
+      <c r="I12" s="661">
         <v>12.639489865634252</v>
       </c>
-      <c r="S12" s="673">
+      <c r="J12" s="661">
         <v>9.177392275545607</v>
       </c>
-      <c r="T12" s="673">
+      <c r="K12" s="661">
         <v>11.1</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="K13" s="673">
+        <v>24</v>
+      </c>
+      <c r="B13" s="661">
         <v>14.007372301211165</v>
       </c>
-      <c r="L13" s="673">
+      <c r="C13" s="661">
         <v>17.221584385763489</v>
       </c>
-      <c r="M13" s="673">
+      <c r="D13" s="661">
         <v>15.137376879212027</v>
       </c>
-      <c r="N13" s="673">
+      <c r="E13" s="661">
         <v>14.4719285640973</v>
       </c>
-      <c r="O13" s="673">
+      <c r="F13" s="661">
         <v>14.96079240610813</v>
       </c>
-      <c r="P13" s="673">
+      <c r="G13" s="661">
         <v>15.220074043603455</v>
       </c>
-      <c r="Q13" s="673">
+      <c r="H13" s="661">
         <v>17.32042791645441</v>
       </c>
-      <c r="R13" s="673">
+      <c r="I13" s="661">
         <v>15.319492037895584</v>
       </c>
-      <c r="S13" s="673">
+      <c r="J13" s="661">
         <v>14.655346683444515</v>
       </c>
-      <c r="T13" s="673">
+      <c r="K13" s="661">
         <v>16.7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="K14" s="673">
+        <v>25</v>
+      </c>
+      <c r="B14" s="661">
         <v>10.05305780508238</v>
       </c>
-      <c r="L14" s="673">
+      <c r="C14" s="661">
         <v>10.31502648452746</v>
       </c>
-      <c r="M14" s="673">
+      <c r="D14" s="661">
         <v>15.24812863875797</v>
       </c>
-      <c r="N14" s="673">
+      <c r="E14" s="661">
         <v>9.1539528432732329</v>
       </c>
-      <c r="O14" s="673">
+      <c r="F14" s="661">
         <v>11.76792556102901</v>
       </c>
-      <c r="P14" s="673">
+      <c r="G14" s="661">
         <v>16.033755274261605</v>
       </c>
-      <c r="Q14" s="673">
+      <c r="H14" s="661">
         <v>12.411847672778562</v>
       </c>
-      <c r="R14" s="673">
+      <c r="I14" s="661">
         <v>12.890289315382413</v>
       </c>
-      <c r="S14" s="673">
+      <c r="J14" s="661">
         <v>13.41681573315444</v>
       </c>
-      <c r="T14" s="673">
+      <c r="K14" s="661">
         <v>14</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="K15" s="673">
+        <v>26</v>
+      </c>
+      <c r="B15" s="661">
         <v>7.6690680920288168</v>
       </c>
-      <c r="L15" s="673">
+      <c r="C15" s="661">
         <v>13.088404133180253</v>
       </c>
-      <c r="M15" s="673">
+      <c r="D15" s="661">
         <v>13.614703880190605</v>
       </c>
-      <c r="N15" s="673">
+      <c r="E15" s="661">
         <v>12.820512820512819</v>
       </c>
-      <c r="O15" s="673">
+      <c r="F15" s="661">
         <v>14.791573285522189</v>
       </c>
-      <c r="P15" s="673">
+      <c r="G15" s="661">
         <v>13.190252626872345</v>
       </c>
-      <c r="Q15" s="673">
+      <c r="H15" s="661">
         <v>14.68298109010011</v>
       </c>
-      <c r="R15" s="673">
+      <c r="I15" s="661">
         <v>16.847705608512527</v>
       </c>
-      <c r="S15" s="673">
+      <c r="J15" s="661">
         <v>14.258489436184505</v>
       </c>
-      <c r="T15" s="673">
+      <c r="K15" s="661">
         <v>13</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="K16" s="673">
+        <v>27</v>
+      </c>
+      <c r="B16" s="661">
         <v>14.083037763404965</v>
       </c>
-      <c r="L16" s="673">
+      <c r="C16" s="661">
         <v>13.81331100879029</v>
       </c>
-      <c r="M16" s="673">
+      <c r="D16" s="661">
         <v>16.304347826086957</v>
       </c>
-      <c r="N16" s="673">
+      <c r="E16" s="661">
         <v>15.195369030390738</v>
       </c>
-      <c r="O16" s="673">
+      <c r="F16" s="661">
         <v>16.745428395315386</v>
       </c>
-      <c r="P16" s="673">
+      <c r="G16" s="661">
         <v>14.463021848394707</v>
       </c>
-      <c r="Q16" s="673">
+      <c r="H16" s="661">
         <v>14.288630332720963</v>
       </c>
-      <c r="R16" s="673">
+      <c r="I16" s="661">
         <v>15.855269844496391</v>
       </c>
-      <c r="S16" s="673">
+      <c r="J16" s="661">
         <v>16.40012224121422</v>
       </c>
-      <c r="T16" s="673">
+      <c r="K16" s="661">
         <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="K17" s="673">
+        <v>28</v>
+      </c>
+      <c r="B17" s="661">
         <v>8.22955356492608</v>
       </c>
-      <c r="L17" s="673">
+      <c r="C17" s="661">
         <v>9.2438795406947349</v>
       </c>
-      <c r="M17" s="673">
+      <c r="D17" s="661">
         <v>8.96378630333453</v>
       </c>
-      <c r="N17" s="673">
+      <c r="E17" s="661">
         <v>9.0753179934257542</v>
       </c>
-      <c r="O17" s="673">
+      <c r="F17" s="661">
         <v>10.392030387730237</v>
       </c>
-      <c r="P17" s="673">
+      <c r="G17" s="661">
         <v>9.28903179707038</v>
       </c>
-      <c r="Q17" s="673">
+      <c r="H17" s="661">
         <v>9.70942593905032</v>
       </c>
-      <c r="R17" s="673">
+      <c r="I17" s="661">
         <v>9.9601593625498</v>
       </c>
-      <c r="S17" s="673">
+      <c r="J17" s="661">
         <v>10.196805475114093</v>
       </c>
-      <c r="T17" s="673">
+      <c r="K17" s="661">
         <v>10.3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="K18" s="673">
+        <v>29</v>
+      </c>
+      <c r="B18" s="661">
         <v>13.292061179898033</v>
       </c>
-      <c r="L18" s="673">
+      <c r="C18" s="661">
         <v>9.47176684881603</v>
       </c>
-      <c r="M18" s="673">
+      <c r="D18" s="661">
         <v>11.952191235059761</v>
       </c>
-      <c r="N18" s="673">
+      <c r="E18" s="661">
         <v>11.667564171602944</v>
       </c>
-      <c r="O18" s="673">
+      <c r="F18" s="661">
         <v>14.503006720905553</v>
       </c>
-      <c r="P18" s="673">
+      <c r="G18" s="661">
         <v>10.98335335507122</v>
       </c>
-      <c r="Q18" s="673">
+      <c r="H18" s="661">
         <v>14.439834024896266</v>
       </c>
-      <c r="R18" s="673">
+      <c r="I18" s="661">
         <v>14.720476347998677</v>
       </c>
-      <c r="S18" s="673">
+      <c r="J18" s="661">
         <v>14.927848731132858</v>
       </c>
-      <c r="T18" s="673">
+      <c r="K18" s="661">
         <v>10.8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="K19" s="673">
+        <v>30</v>
+      </c>
+      <c r="B19" s="661">
         <v>11.269276393831554</v>
       </c>
-      <c r="L19" s="673">
+      <c r="C19" s="661">
         <v>11.431744633590565</v>
       </c>
-      <c r="M19" s="673">
+      <c r="D19" s="661">
         <v>11.980524459438737</v>
       </c>
-      <c r="N19" s="673">
+      <c r="E19" s="661">
         <v>12.674416385119013</v>
       </c>
-      <c r="O19" s="673">
+      <c r="F19" s="661">
         <v>12.835849235735308</v>
       </c>
-      <c r="P19" s="673">
+      <c r="G19" s="661">
         <v>12.475352646746549</v>
       </c>
-      <c r="Q19" s="673">
+      <c r="H19" s="661">
         <v>11.898925136715068</v>
       </c>
-      <c r="R19" s="673">
+      <c r="I19" s="661">
         <v>13.737092032863496</v>
       </c>
-      <c r="S19" s="673">
+      <c r="J19" s="661">
         <v>12.385182952492091</v>
       </c>
-      <c r="T19" s="673">
+      <c r="K19" s="661">
         <v>13.1</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="K20" s="673">
+        <v>31</v>
+      </c>
+      <c r="B20" s="661">
         <v>10.9624145785877</v>
       </c>
-      <c r="L20" s="673">
+      <c r="C20" s="661">
         <v>14.923271856961847</v>
       </c>
-      <c r="M20" s="673">
+      <c r="D20" s="661">
         <v>13.839853128089255</v>
       </c>
-      <c r="N20" s="673">
+      <c r="E20" s="661">
         <v>13.421890134218902</v>
       </c>
-      <c r="O20" s="673">
+      <c r="F20" s="661">
         <v>13.726012793176974</v>
       </c>
-      <c r="P20" s="673">
+      <c r="G20" s="661">
         <v>12.37462550475446</v>
       </c>
-      <c r="Q20" s="673">
+      <c r="H20" s="661">
         <v>15.100671140939598</v>
       </c>
-      <c r="R20" s="673">
+      <c r="I20" s="661">
         <v>14.38755670771225</v>
       </c>
-      <c r="S20" s="673">
+      <c r="J20" s="661">
         <v>14.3359833133064</v>
       </c>
-      <c r="T20" s="673">
+      <c r="K20" s="661">
         <v>13.3</v>
       </c>
     </row>
     <row r="21">
-      <c r="K21" s="673"/>
-[...4 lines deleted...]
-      <c r="P21" s="673"/>
+      <c r="B21" s="661"/>
+      <c r="C21" s="661"/>
+      <c r="D21" s="661"/>
+      <c r="E21" s="661"/>
+      <c r="F21" s="661"/>
+      <c r="G21" s="661"/>
     </row>
     <row r="22">
-      <c r="K22" s="673"/>
-[...4 lines deleted...]
-      <c r="P22" s="673"/>
+      <c r="B22" s="661"/>
+      <c r="C22" s="661"/>
+      <c r="D22" s="661"/>
+      <c r="E22" s="661"/>
+      <c r="F22" s="661"/>
+      <c r="G22" s="661"/>
     </row>
     <row r="23">
-      <c r="K23" s="673"/>
-[...4 lines deleted...]
-      <c r="P23" s="673"/>
+      <c r="B23" s="661"/>
+      <c r="C23" s="661"/>
+      <c r="D23" s="661"/>
+      <c r="E23" s="661"/>
+      <c r="F23" s="661"/>
+      <c r="G23" s="661"/>
     </row>
     <row r="24">
-      <c r="K24" s="673"/>
-[...4 lines deleted...]
-      <c r="P24" s="673"/>
+      <c r="B24" s="661"/>
+      <c r="C24" s="661"/>
+      <c r="D24" s="661"/>
+      <c r="E24" s="661"/>
+      <c r="F24" s="661"/>
+      <c r="G24" s="661"/>
     </row>
     <row r="25">
-      <c r="K25" s="673"/>
-[...4 lines deleted...]
-      <c r="P25" s="673"/>
+      <c r="B25" s="661"/>
+      <c r="C25" s="661"/>
+      <c r="D25" s="661"/>
+      <c r="E25" s="661"/>
+      <c r="F25" s="661"/>
+      <c r="G25" s="661"/>
     </row>
     <row r="26">
-      <c r="K26" s="673"/>
-[...4 lines deleted...]
-      <c r="P26" s="673"/>
+      <c r="B26" s="661"/>
+      <c r="C26" s="661"/>
+      <c r="D26" s="661"/>
+      <c r="E26" s="661"/>
+      <c r="F26" s="661"/>
+      <c r="G26" s="661"/>
     </row>
     <row r="27">
-      <c r="K27" s="673"/>
-[...4 lines deleted...]
-      <c r="P27" s="673"/>
+      <c r="B27" s="661"/>
+      <c r="C27" s="661"/>
+      <c r="D27" s="661"/>
+      <c r="E27" s="661"/>
+      <c r="F27" s="661"/>
+      <c r="G27" s="661"/>
     </row>
     <row r="28">
-      <c r="K28" s="673"/>
-[...4 lines deleted...]
-      <c r="P28" s="673"/>
+      <c r="B28" s="661"/>
+      <c r="C28" s="661"/>
+      <c r="D28" s="661"/>
+      <c r="E28" s="661"/>
+      <c r="F28" s="661"/>
+      <c r="G28" s="661"/>
     </row>
     <row r="29">
-      <c r="K29" s="673"/>
-[...4 lines deleted...]
-      <c r="P29" s="673"/>
+      <c r="B29" s="661"/>
+      <c r="C29" s="661"/>
+      <c r="D29" s="661"/>
+      <c r="E29" s="661"/>
+      <c r="F29" s="661"/>
+      <c r="G29" s="661"/>
     </row>
     <row r="30">
-      <c r="K30" s="673"/>
-[...4 lines deleted...]
-      <c r="P30" s="673"/>
+      <c r="B30" s="661"/>
+      <c r="C30" s="661"/>
+      <c r="D30" s="661"/>
+      <c r="E30" s="661"/>
+      <c r="F30" s="661"/>
+      <c r="G30" s="661"/>
     </row>
     <row r="31">
-      <c r="K31" s="673"/>
-[...4 lines deleted...]
-      <c r="P31" s="673"/>
+      <c r="B31" s="661"/>
+      <c r="C31" s="661"/>
+      <c r="D31" s="661"/>
+      <c r="E31" s="661"/>
+      <c r="F31" s="661"/>
+      <c r="G31" s="661"/>
     </row>
     <row r="32">
-      <c r="K32" s="673"/>
-[...4 lines deleted...]
-      <c r="P32" s="673"/>
+      <c r="B32" s="661"/>
+      <c r="C32" s="661"/>
+      <c r="D32" s="661"/>
+      <c r="E32" s="661"/>
+      <c r="F32" s="661"/>
+      <c r="G32" s="661"/>
     </row>
     <row r="33">
-      <c r="K33" s="673"/>
-[...4 lines deleted...]
-      <c r="P33" s="673"/>
+      <c r="B33" s="661"/>
+      <c r="C33" s="661"/>
+      <c r="D33" s="661"/>
+      <c r="E33" s="661"/>
+      <c r="F33" s="661"/>
+      <c r="G33" s="661"/>
     </row>
     <row r="34">
-      <c r="K34" s="673"/>
-[...4 lines deleted...]
-      <c r="P34" s="673"/>
+      <c r="B34" s="661"/>
+      <c r="C34" s="661"/>
+      <c r="D34" s="661"/>
+      <c r="E34" s="661"/>
+      <c r="F34" s="661"/>
+      <c r="G34" s="661"/>
     </row>
     <row r="35">
-      <c r="K35" s="673"/>
-[...4 lines deleted...]
-      <c r="P35" s="673"/>
+      <c r="B35" s="661"/>
+      <c r="C35" s="661"/>
+      <c r="D35" s="661"/>
+      <c r="E35" s="661"/>
+      <c r="F35" s="661"/>
+      <c r="G35" s="661"/>
     </row>
     <row r="36">
-      <c r="K36" s="673"/>
-[...4 lines deleted...]
-      <c r="P36" s="673"/>
+      <c r="B36" s="661"/>
+      <c r="C36" s="661"/>
+      <c r="D36" s="661"/>
+      <c r="E36" s="661"/>
+      <c r="F36" s="661"/>
+      <c r="G36" s="661"/>
     </row>
     <row r="37">
-      <c r="K37" s="673"/>
-[...4 lines deleted...]
-      <c r="P37" s="673"/>
+      <c r="B37" s="661"/>
+      <c r="C37" s="661"/>
+      <c r="D37" s="661"/>
+      <c r="E37" s="661"/>
+      <c r="F37" s="661"/>
+      <c r="G37" s="661"/>
     </row>
     <row r="38">
-      <c r="K38" s="673"/>
-[...4 lines deleted...]
-      <c r="P38" s="673"/>
+      <c r="B38" s="661"/>
+      <c r="C38" s="661"/>
+      <c r="D38" s="661"/>
+      <c r="E38" s="661"/>
+      <c r="F38" s="661"/>
+      <c r="G38" s="661"/>
     </row>
     <row r="39">
-      <c r="K39" s="673"/>
-[...4 lines deleted...]
-      <c r="P39" s="673"/>
+      <c r="B39" s="661"/>
+      <c r="C39" s="661"/>
+      <c r="D39" s="661"/>
+      <c r="E39" s="661"/>
+      <c r="F39" s="661"/>
+      <c r="G39" s="661"/>
     </row>
     <row r="40">
-      <c r="K40" s="673"/>
-[...4 lines deleted...]
-      <c r="P40" s="673"/>
+      <c r="B40" s="661"/>
+      <c r="C40" s="661"/>
+      <c r="D40" s="661"/>
+      <c r="E40" s="661"/>
+      <c r="F40" s="661"/>
+      <c r="G40" s="661"/>
     </row>
     <row r="41">
-      <c r="K41" s="673"/>
-[...4 lines deleted...]
-      <c r="P41" s="673"/>
+      <c r="B41" s="661"/>
+      <c r="C41" s="661"/>
+      <c r="D41" s="661"/>
+      <c r="E41" s="661"/>
+      <c r="F41" s="661"/>
+      <c r="G41" s="661"/>
     </row>
     <row r="42">
-      <c r="K42" s="673"/>
-[...4 lines deleted...]
-      <c r="P42" s="673"/>
+      <c r="B42" s="661"/>
+      <c r="C42" s="661"/>
+      <c r="D42" s="661"/>
+      <c r="E42" s="661"/>
+      <c r="F42" s="661"/>
+      <c r="G42" s="661"/>
     </row>
     <row r="43">
-      <c r="K43" s="673"/>
-[...4 lines deleted...]
-      <c r="P43" s="673"/>
+      <c r="B43" s="661"/>
+      <c r="C43" s="661"/>
+      <c r="D43" s="661"/>
+      <c r="E43" s="661"/>
+      <c r="F43" s="661"/>
+      <c r="G43" s="661"/>
     </row>
     <row r="44">
-      <c r="K44" s="673"/>
-[...4 lines deleted...]
-      <c r="P44" s="673"/>
+      <c r="B44" s="661"/>
+      <c r="C44" s="661"/>
+      <c r="D44" s="661"/>
+      <c r="E44" s="661"/>
+      <c r="F44" s="661"/>
+      <c r="G44" s="661"/>
     </row>
     <row r="45">
-      <c r="K45" s="673"/>
-[...4 lines deleted...]
-      <c r="P45" s="673"/>
+      <c r="B45" s="661"/>
+      <c r="C45" s="661"/>
+      <c r="D45" s="661"/>
+      <c r="E45" s="661"/>
+      <c r="F45" s="661"/>
+      <c r="G45" s="661"/>
     </row>
     <row r="46">
-      <c r="K46" s="673"/>
-[...4 lines deleted...]
-      <c r="P46" s="673"/>
+      <c r="B46" s="661"/>
+      <c r="C46" s="661"/>
+      <c r="D46" s="661"/>
+      <c r="E46" s="661"/>
+      <c r="F46" s="661"/>
+      <c r="G46" s="661"/>
     </row>
     <row r="47">
-      <c r="K47" s="673"/>
-[...4 lines deleted...]
-      <c r="P47" s="673"/>
+      <c r="B47" s="661"/>
+      <c r="C47" s="661"/>
+      <c r="D47" s="661"/>
+      <c r="E47" s="661"/>
+      <c r="F47" s="661"/>
+      <c r="G47" s="661"/>
     </row>
     <row r="48">
-      <c r="K48" s="673"/>
-[...4 lines deleted...]
-      <c r="P48" s="673"/>
+      <c r="B48" s="661"/>
+      <c r="C48" s="661"/>
+      <c r="D48" s="661"/>
+      <c r="E48" s="661"/>
+      <c r="F48" s="661"/>
+      <c r="G48" s="661"/>
     </row>
     <row r="49">
-      <c r="K49" s="673"/>
-[...4 lines deleted...]
-      <c r="P49" s="673"/>
+      <c r="B49" s="661"/>
+      <c r="C49" s="661"/>
+      <c r="D49" s="661"/>
+      <c r="E49" s="661"/>
+      <c r="F49" s="661"/>
+      <c r="G49" s="661"/>
     </row>
     <row r="50">
-      <c r="K50" s="673"/>
-[...4 lines deleted...]
-      <c r="P50" s="673"/>
+      <c r="B50" s="661"/>
+      <c r="C50" s="661"/>
+      <c r="D50" s="661"/>
+      <c r="E50" s="661"/>
+      <c r="F50" s="661"/>
+      <c r="G50" s="661"/>
     </row>
     <row r="51">
-      <c r="K51" s="673"/>
-[...4 lines deleted...]
-      <c r="P51" s="673"/>
+      <c r="B51" s="661"/>
+      <c r="C51" s="661"/>
+      <c r="D51" s="661"/>
+      <c r="E51" s="661"/>
+      <c r="F51" s="661"/>
+      <c r="G51" s="661"/>
     </row>
     <row r="52">
-      <c r="K52" s="673"/>
-[...4 lines deleted...]
-      <c r="P52" s="673"/>
+      <c r="B52" s="661"/>
+      <c r="C52" s="661"/>
+      <c r="D52" s="661"/>
+      <c r="E52" s="661"/>
+      <c r="F52" s="661"/>
+      <c r="G52" s="661"/>
     </row>
     <row r="53">
-      <c r="K53" s="673"/>
-[...4 lines deleted...]
-      <c r="P53" s="673"/>
+      <c r="B53" s="661"/>
+      <c r="C53" s="661"/>
+      <c r="D53" s="661"/>
+      <c r="E53" s="661"/>
+      <c r="F53" s="661"/>
+      <c r="G53" s="661"/>
     </row>
     <row r="54">
-      <c r="K54" s="673"/>
-[...4 lines deleted...]
-      <c r="P54" s="673"/>
+      <c r="B54" s="661"/>
+      <c r="C54" s="661"/>
+      <c r="D54" s="661"/>
+      <c r="E54" s="661"/>
+      <c r="F54" s="661"/>
+      <c r="G54" s="661"/>
     </row>
     <row r="55">
-      <c r="K55" s="673"/>
-[...4 lines deleted...]
-      <c r="P55" s="673"/>
+      <c r="B55" s="661"/>
+      <c r="C55" s="661"/>
+      <c r="D55" s="661"/>
+      <c r="E55" s="661"/>
+      <c r="F55" s="661"/>
+      <c r="G55" s="661"/>
     </row>
     <row r="56">
-      <c r="K56" s="673"/>
-[...4 lines deleted...]
-      <c r="P56" s="673"/>
+      <c r="B56" s="661"/>
+      <c r="C56" s="661"/>
+      <c r="D56" s="661"/>
+      <c r="E56" s="661"/>
+      <c r="F56" s="661"/>
+      <c r="G56" s="661"/>
     </row>
     <row r="57">
-      <c r="K57" s="673"/>
-[...4 lines deleted...]
-      <c r="P57" s="673"/>
+      <c r="B57" s="661"/>
+      <c r="C57" s="661"/>
+      <c r="D57" s="661"/>
+      <c r="E57" s="661"/>
+      <c r="F57" s="661"/>
+      <c r="G57" s="661"/>
     </row>
     <row r="58">
-      <c r="K58" s="673"/>
-[...4 lines deleted...]
-      <c r="P58" s="673"/>
+      <c r="B58" s="661"/>
+      <c r="C58" s="661"/>
+      <c r="D58" s="661"/>
+      <c r="E58" s="661"/>
+      <c r="F58" s="661"/>
+      <c r="G58" s="661"/>
     </row>
     <row r="59">
-      <c r="K59" s="673"/>
-[...4 lines deleted...]
-      <c r="P59" s="673"/>
+      <c r="B59" s="661"/>
+      <c r="C59" s="661"/>
+      <c r="D59" s="661"/>
+      <c r="E59" s="661"/>
+      <c r="F59" s="661"/>
+      <c r="G59" s="661"/>
     </row>
     <row r="60">
-      <c r="K60" s="673"/>
-[...4 lines deleted...]
-      <c r="P60" s="673"/>
+      <c r="B60" s="661"/>
+      <c r="C60" s="661"/>
+      <c r="D60" s="661"/>
+      <c r="E60" s="661"/>
+      <c r="F60" s="661"/>
+      <c r="G60" s="661"/>
     </row>
     <row r="61">
-      <c r="K61" s="673"/>
-[...4 lines deleted...]
-      <c r="P61" s="673"/>
+      <c r="B61" s="661"/>
+      <c r="C61" s="661"/>
+      <c r="D61" s="661"/>
+      <c r="E61" s="661"/>
+      <c r="F61" s="661"/>
+      <c r="G61" s="661"/>
     </row>
     <row r="62">
-      <c r="K62" s="673"/>
-[...4 lines deleted...]
-      <c r="P62" s="673"/>
+      <c r="B62" s="661"/>
+      <c r="C62" s="661"/>
+      <c r="D62" s="661"/>
+      <c r="E62" s="661"/>
+      <c r="F62" s="661"/>
+      <c r="G62" s="661"/>
     </row>
     <row r="63">
-      <c r="K63" s="673"/>
-[...4 lines deleted...]
-      <c r="P63" s="673"/>
+      <c r="B63" s="661"/>
+      <c r="C63" s="661"/>
+      <c r="D63" s="661"/>
+      <c r="E63" s="661"/>
+      <c r="F63" s="661"/>
+      <c r="G63" s="661"/>
     </row>
     <row r="64">
-      <c r="K64" s="673"/>
-[...4 lines deleted...]
-      <c r="P64" s="673"/>
+      <c r="B64" s="661"/>
+      <c r="C64" s="661"/>
+      <c r="D64" s="661"/>
+      <c r="E64" s="661"/>
+      <c r="F64" s="661"/>
+      <c r="G64" s="661"/>
     </row>
     <row r="65">
-      <c r="K65" s="673"/>
-[...4 lines deleted...]
-      <c r="P65" s="673"/>
+      <c r="B65" s="661"/>
+      <c r="C65" s="661"/>
+      <c r="D65" s="661"/>
+      <c r="E65" s="661"/>
+      <c r="F65" s="661"/>
+      <c r="G65" s="661"/>
     </row>
     <row r="66">
-      <c r="K66" s="673"/>
-[...4 lines deleted...]
-      <c r="P66" s="673"/>
+      <c r="B66" s="661"/>
+      <c r="C66" s="661"/>
+      <c r="D66" s="661"/>
+      <c r="E66" s="661"/>
+      <c r="F66" s="661"/>
+      <c r="G66" s="661"/>
     </row>
     <row r="67">
-      <c r="K67" s="673"/>
-[...4 lines deleted...]
-      <c r="P67" s="673"/>
+      <c r="B67" s="661"/>
+      <c r="C67" s="661"/>
+      <c r="D67" s="661"/>
+      <c r="E67" s="661"/>
+      <c r="F67" s="661"/>
+      <c r="G67" s="661"/>
     </row>
     <row r="68">
-      <c r="K68" s="673"/>
-[...4 lines deleted...]
-      <c r="P68" s="673"/>
+      <c r="B68" s="661"/>
+      <c r="C68" s="661"/>
+      <c r="D68" s="661"/>
+      <c r="E68" s="661"/>
+      <c r="F68" s="661"/>
+      <c r="G68" s="661"/>
     </row>
     <row r="69">
-      <c r="K69" s="673"/>
-[...4 lines deleted...]
-      <c r="P69" s="673"/>
+      <c r="B69" s="661"/>
+      <c r="C69" s="661"/>
+      <c r="D69" s="661"/>
+      <c r="E69" s="661"/>
+      <c r="F69" s="661"/>
+      <c r="G69" s="661"/>
     </row>
     <row r="70">
-      <c r="K70" s="673"/>
-[...4 lines deleted...]
-      <c r="P70" s="673"/>
+      <c r="B70" s="661"/>
+      <c r="C70" s="661"/>
+      <c r="D70" s="661"/>
+      <c r="E70" s="661"/>
+      <c r="F70" s="661"/>
+      <c r="G70" s="661"/>
     </row>
     <row r="71">
-      <c r="K71" s="673"/>
-[...4 lines deleted...]
-      <c r="P71" s="673"/>
+      <c r="B71" s="661"/>
+      <c r="C71" s="661"/>
+      <c r="D71" s="661"/>
+      <c r="E71" s="661"/>
+      <c r="F71" s="661"/>
+      <c r="G71" s="661"/>
     </row>
     <row r="72">
-      <c r="K72" s="673"/>
-[...4 lines deleted...]
-      <c r="P72" s="673"/>
+      <c r="B72" s="661"/>
+      <c r="C72" s="661"/>
+      <c r="D72" s="661"/>
+      <c r="E72" s="661"/>
+      <c r="F72" s="661"/>
+      <c r="G72" s="661"/>
     </row>
     <row r="73">
-      <c r="K73" s="673"/>
-[...4 lines deleted...]
-      <c r="P73" s="673"/>
+      <c r="B73" s="661"/>
+      <c r="C73" s="661"/>
+      <c r="D73" s="661"/>
+      <c r="E73" s="661"/>
+      <c r="F73" s="661"/>
+      <c r="G73" s="661"/>
     </row>
     <row r="74">
-      <c r="K74" s="673"/>
-[...4 lines deleted...]
-      <c r="P74" s="673"/>
+      <c r="B74" s="661"/>
+      <c r="C74" s="661"/>
+      <c r="D74" s="661"/>
+      <c r="E74" s="661"/>
+      <c r="F74" s="661"/>
+      <c r="G74" s="661"/>
     </row>
     <row r="75">
-      <c r="K75" s="673"/>
-[...4 lines deleted...]
-      <c r="P75" s="673"/>
+      <c r="B75" s="661"/>
+      <c r="C75" s="661"/>
+      <c r="D75" s="661"/>
+      <c r="E75" s="661"/>
+      <c r="F75" s="661"/>
+      <c r="G75" s="661"/>
     </row>
     <row r="76">
-      <c r="K76" s="673"/>
-[...4 lines deleted...]
-      <c r="P76" s="673"/>
+      <c r="B76" s="661"/>
+      <c r="C76" s="661"/>
+      <c r="D76" s="661"/>
+      <c r="E76" s="661"/>
+      <c r="F76" s="661"/>
+      <c r="G76" s="661"/>
     </row>
     <row r="77">
-      <c r="K77" s="673"/>
-[...4 lines deleted...]
-      <c r="P77" s="673"/>
+      <c r="B77" s="661"/>
+      <c r="C77" s="661"/>
+      <c r="D77" s="661"/>
+      <c r="E77" s="661"/>
+      <c r="F77" s="661"/>
+      <c r="G77" s="661"/>
     </row>
     <row r="78">
-      <c r="K78" s="673"/>
-[...4 lines deleted...]
-      <c r="P78" s="673"/>
+      <c r="B78" s="661"/>
+      <c r="C78" s="661"/>
+      <c r="D78" s="661"/>
+      <c r="E78" s="661"/>
+      <c r="F78" s="661"/>
+      <c r="G78" s="661"/>
     </row>
     <row r="79">
-      <c r="K79" s="673"/>
-[...4 lines deleted...]
-      <c r="P79" s="673"/>
+      <c r="B79" s="661"/>
+      <c r="C79" s="661"/>
+      <c r="D79" s="661"/>
+      <c r="E79" s="661"/>
+      <c r="F79" s="661"/>
+      <c r="G79" s="661"/>
     </row>
     <row r="80">
-      <c r="K80" s="673"/>
-[...4 lines deleted...]
-      <c r="P80" s="673"/>
+      <c r="B80" s="661"/>
+      <c r="C80" s="661"/>
+      <c r="D80" s="661"/>
+      <c r="E80" s="661"/>
+      <c r="F80" s="661"/>
+      <c r="G80" s="661"/>
     </row>
     <row r="81">
-      <c r="K81" s="673"/>
-[...4 lines deleted...]
-      <c r="P81" s="673"/>
+      <c r="B81" s="661"/>
+      <c r="C81" s="661"/>
+      <c r="D81" s="661"/>
+      <c r="E81" s="661"/>
+      <c r="F81" s="661"/>
+      <c r="G81" s="661"/>
     </row>
     <row r="82">
-      <c r="K82" s="673"/>
-[...4 lines deleted...]
-      <c r="P82" s="673"/>
+      <c r="B82" s="661"/>
+      <c r="C82" s="661"/>
+      <c r="D82" s="661"/>
+      <c r="E82" s="661"/>
+      <c r="F82" s="661"/>
+      <c r="G82" s="661"/>
     </row>
     <row r="83">
-      <c r="K83" s="673"/>
-[...4 lines deleted...]
-      <c r="P83" s="673"/>
+      <c r="B83" s="661"/>
+      <c r="C83" s="661"/>
+      <c r="D83" s="661"/>
+      <c r="E83" s="661"/>
+      <c r="F83" s="661"/>
+      <c r="G83" s="661"/>
     </row>
     <row r="84">
-      <c r="K84" s="673"/>
-[...4 lines deleted...]
-      <c r="P84" s="673"/>
+      <c r="B84" s="661"/>
+      <c r="C84" s="661"/>
+      <c r="D84" s="661"/>
+      <c r="E84" s="661"/>
+      <c r="F84" s="661"/>
+      <c r="G84" s="661"/>
     </row>
     <row r="85">
-      <c r="K85" s="673"/>
-[...4 lines deleted...]
-      <c r="P85" s="673"/>
+      <c r="B85" s="661"/>
+      <c r="C85" s="661"/>
+      <c r="D85" s="661"/>
+      <c r="E85" s="661"/>
+      <c r="F85" s="661"/>
+      <c r="G85" s="661"/>
     </row>
     <row r="86">
-      <c r="K86" s="673"/>
-[...4 lines deleted...]
-      <c r="P86" s="673"/>
+      <c r="B86" s="661"/>
+      <c r="C86" s="661"/>
+      <c r="D86" s="661"/>
+      <c r="E86" s="661"/>
+      <c r="F86" s="661"/>
+      <c r="G86" s="661"/>
     </row>
     <row r="87">
-      <c r="K87" s="673"/>
-[...4 lines deleted...]
-      <c r="P87" s="673"/>
+      <c r="B87" s="661"/>
+      <c r="C87" s="661"/>
+      <c r="D87" s="661"/>
+      <c r="E87" s="661"/>
+      <c r="F87" s="661"/>
+      <c r="G87" s="661"/>
     </row>
     <row r="88">
-      <c r="K88" s="673"/>
-[...4 lines deleted...]
-      <c r="P88" s="673"/>
+      <c r="B88" s="661"/>
+      <c r="C88" s="661"/>
+      <c r="D88" s="661"/>
+      <c r="E88" s="661"/>
+      <c r="F88" s="661"/>
+      <c r="G88" s="661"/>
     </row>
     <row r="89">
-      <c r="K89" s="673"/>
-[...4 lines deleted...]
-      <c r="P89" s="673"/>
+      <c r="B89" s="661"/>
+      <c r="C89" s="661"/>
+      <c r="D89" s="661"/>
+      <c r="E89" s="661"/>
+      <c r="F89" s="661"/>
+      <c r="G89" s="661"/>
     </row>
     <row r="90">
-      <c r="K90" s="673"/>
-[...4 lines deleted...]
-      <c r="P90" s="673"/>
+      <c r="B90" s="661"/>
+      <c r="C90" s="661"/>
+      <c r="D90" s="661"/>
+      <c r="E90" s="661"/>
+      <c r="F90" s="661"/>
+      <c r="G90" s="661"/>
     </row>
     <row r="91">
-      <c r="K91" s="673"/>
-[...4 lines deleted...]
-      <c r="P91" s="673"/>
+      <c r="B91" s="661"/>
+      <c r="C91" s="661"/>
+      <c r="D91" s="661"/>
+      <c r="E91" s="661"/>
+      <c r="F91" s="661"/>
+      <c r="G91" s="661"/>
     </row>
     <row r="92">
-      <c r="K92" s="673"/>
-[...4 lines deleted...]
-      <c r="P92" s="673"/>
+      <c r="B92" s="661"/>
+      <c r="C92" s="661"/>
+      <c r="D92" s="661"/>
+      <c r="E92" s="661"/>
+      <c r="F92" s="661"/>
+      <c r="G92" s="661"/>
     </row>
     <row r="93">
-      <c r="K93" s="673"/>
-[...4 lines deleted...]
-      <c r="P93" s="673"/>
+      <c r="B93" s="661"/>
+      <c r="C93" s="661"/>
+      <c r="D93" s="661"/>
+      <c r="E93" s="661"/>
+      <c r="F93" s="661"/>
+      <c r="G93" s="661"/>
     </row>
     <row r="94">
-      <c r="K94" s="673"/>
-[...4 lines deleted...]
-      <c r="P94" s="673"/>
+      <c r="B94" s="661"/>
+      <c r="C94" s="661"/>
+      <c r="D94" s="661"/>
+      <c r="E94" s="661"/>
+      <c r="F94" s="661"/>
+      <c r="G94" s="661"/>
     </row>
     <row r="95">
-      <c r="K95" s="673"/>
-[...4 lines deleted...]
-      <c r="P95" s="673"/>
+      <c r="B95" s="661"/>
+      <c r="C95" s="661"/>
+      <c r="D95" s="661"/>
+      <c r="E95" s="661"/>
+      <c r="F95" s="661"/>
+      <c r="G95" s="661"/>
     </row>
     <row r="96">
-      <c r="K96" s="673"/>
-[...4 lines deleted...]
-      <c r="P96" s="673"/>
+      <c r="B96" s="661"/>
+      <c r="C96" s="661"/>
+      <c r="D96" s="661"/>
+      <c r="E96" s="661"/>
+      <c r="F96" s="661"/>
+      <c r="G96" s="661"/>
     </row>
     <row r="97">
-      <c r="K97" s="673"/>
-[...4 lines deleted...]
-      <c r="P97" s="673"/>
+      <c r="B97" s="661"/>
+      <c r="C97" s="661"/>
+      <c r="D97" s="661"/>
+      <c r="E97" s="661"/>
+      <c r="F97" s="661"/>
+      <c r="G97" s="661"/>
     </row>
     <row r="98">
-      <c r="K98" s="673"/>
-[...4 lines deleted...]
-      <c r="P98" s="673"/>
+      <c r="B98" s="661"/>
+      <c r="C98" s="661"/>
+      <c r="D98" s="661"/>
+      <c r="E98" s="661"/>
+      <c r="F98" s="661"/>
+      <c r="G98" s="661"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D8D34C8-F5CF-49D1-8BEA-2EBB97554C44}">
+  <sheetPr codeName="Sheet22"/>
+  <dimension ref="A1:B11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A12" sqref="A12:A23"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="0" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="0" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="0">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" s="0">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="0">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="0">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" s="0">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="0">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" s="0">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" s="0">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="0">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" s="0">
+        <v>2020</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:E98"/>
+  <sheetPr codeName="Sheet6"/>
+  <dimension ref="A1:C98"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+      <selection activeCell="B6" sqref="B6:C6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="29.81640625" customWidth="1" style="644"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="9.1796875" customWidth="1" style="629"/>
+    <col min="1" max="1" bestFit="1" width="23.7109375" customWidth="1" style="639"/>
+    <col min="2" max="2" width="16.85546875" customWidth="1" style="628"/>
+    <col min="3" max="3" width="9.5703125" customWidth="1" style="628"/>
+    <col min="4" max="16384" width="9.140625" customWidth="1" style="628"/>
   </cols>
   <sheetData>
-    <row r="1" ht="29" s="630" customFormat="1">
-[...10 lines deleted...]
-        <v>40</v>
+    <row r="1" ht="30" s="629" customFormat="1">
+      <c r="A1" s="629" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="635" t="s">
+        <v>32</v>
+      </c>
+      <c r="C1" s="635" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="712" t="s">
+      <c r="A2" s="692" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="699">
+        <v>90.234996723153259</v>
+      </c>
+      <c r="C2" s="699">
+        <v>9.7650032768467376</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="639" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="681">
+        <v>93.618443033745407</v>
+      </c>
+      <c r="C3" s="681">
+        <v>6.3815569662545935</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="639" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="681">
+        <v>93.065930496914589</v>
+      </c>
+      <c r="C4" s="681">
+        <v>6.9340695030854178</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="639" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="681">
+        <v>94.04779041312797</v>
+      </c>
+      <c r="C5" s="681">
+        <v>5.9522095868720308</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="639" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="681">
+        <v>95.305537873965633</v>
+      </c>
+      <c r="C6" s="681">
+        <v>4.6944621260343729</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="639" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="681">
+        <v>93.640661938534279</v>
+      </c>
+      <c r="C7" s="681">
+        <v>6.3593380614657207</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="639" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="681">
+        <v>92.788802267895107</v>
+      </c>
+      <c r="C8" s="681">
+        <v>7.2111977321048908</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="639" t="s">
         <v>20</v>
       </c>
-      <c r="B2" s="721"/>
-[...9 lines deleted...]
-      <c r="A3" s="644" t="s">
+      <c r="B9" s="681">
+        <v>94.310897435897431</v>
+      </c>
+      <c r="C9" s="681">
+        <v>5.6891025641025639</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="639" t="s">
         <v>21</v>
       </c>
-      <c r="B3" s="672"/>
-[...9 lines deleted...]
-      <c r="A4" s="644" t="s">
+      <c r="B10" s="681">
+        <v>94.511842865395721</v>
+      </c>
+      <c r="C10" s="681">
+        <v>5.4881571346042746</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="639" t="s">
         <v>22</v>
       </c>
-      <c r="B4" s="672"/>
-[...9 lines deleted...]
-      <c r="A5" s="644" t="s">
+      <c r="B11" s="681">
+        <v>94.065610025801689</v>
+      </c>
+      <c r="C11" s="681">
+        <v>5.9343899741983046</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="639" t="s">
         <v>23</v>
       </c>
-      <c r="B5" s="672"/>
-[...9 lines deleted...]
-      <c r="A6" s="644" t="s">
+      <c r="B12" s="681">
+        <v>91.6775884665793</v>
+      </c>
+      <c r="C12" s="681">
+        <v>8.3224115334207074</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="639" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="672"/>
-[...9 lines deleted...]
-      <c r="A7" s="644" t="s">
+      <c r="B13" s="681">
+        <v>92.032064902453158</v>
+      </c>
+      <c r="C13" s="681">
+        <v>7.9679350975468424</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="639" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="672"/>
-[...9 lines deleted...]
-      <c r="A8" s="644" t="s">
+      <c r="B14" s="681">
+        <v>97.124735729386884</v>
+      </c>
+      <c r="C14" s="681">
+        <v>2.875264270613108</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="639" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="672"/>
-[...9 lines deleted...]
-      <c r="A9" s="644" t="s">
+      <c r="B15" s="681">
+        <v>87.7023498694517</v>
+      </c>
+      <c r="C15" s="681">
+        <v>12.297650130548304</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="639" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="672"/>
-[...9 lines deleted...]
-      <c r="A10" s="644" t="s">
+      <c r="B16" s="681">
+        <v>93.0990551013908</v>
+      </c>
+      <c r="C16" s="681">
+        <v>6.9009448986091941</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="639" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="672"/>
-[...9 lines deleted...]
-      <c r="A11" s="644" t="s">
+      <c r="B17" s="681">
+        <v>95.821483264056013</v>
+      </c>
+      <c r="C17" s="681">
+        <v>4.1785167359439948</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="639" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="672"/>
-[...9 lines deleted...]
-      <c r="A12" s="644" t="s">
+      <c r="B18" s="681">
+        <v>94.66258711541731</v>
+      </c>
+      <c r="C18" s="681">
+        <v>5.3374128845826956</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="639" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="672"/>
-[...9 lines deleted...]
-      <c r="A13" s="644" t="s">
+      <c r="B19" s="681">
+        <v>93.503819080425345</v>
+      </c>
+      <c r="C19" s="681">
+        <v>6.49618091957466</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="639" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="672"/>
-[...91 lines deleted...]
-      <c r="C20" s="701">
+      <c r="B20" s="681">
         <v>94.022556390977442</v>
       </c>
-      <c r="D20" s="701">
+      <c r="C20" s="681">
         <v>5.977443609022556</v>
       </c>
-      <c r="E20" s="672"/>
     </row>
     <row r="21">
-      <c r="A21" s="671"/>
+      <c r="A21" s="659"/>
     </row>
     <row r="22">
-      <c r="A22" s="671"/>
-[...2 lines deleted...]
-      <c r="E22" s="648"/>
+      <c r="A22" s="659"/>
     </row>
     <row r="23">
-      <c r="A23" s="671"/>
-[...2 lines deleted...]
-      <c r="E23" s="648"/>
+      <c r="A23" s="659"/>
+      <c r="B23" s="632"/>
+      <c r="C23" s="633"/>
     </row>
     <row r="24">
-      <c r="A24" s="671"/>
-[...2 lines deleted...]
-      <c r="E24" s="648"/>
+      <c r="A24" s="659"/>
+      <c r="B24" s="632"/>
+      <c r="C24" s="633"/>
     </row>
     <row r="25">
-      <c r="A25" s="671"/>
-[...2 lines deleted...]
-      <c r="E25" s="648"/>
+      <c r="A25" s="659"/>
+      <c r="B25" s="632"/>
+      <c r="C25" s="633"/>
     </row>
     <row r="26">
-      <c r="A26" s="671"/>
-[...2 lines deleted...]
-      <c r="E26" s="648"/>
+      <c r="A26" s="659"/>
+      <c r="B26" s="632"/>
+      <c r="C26" s="633"/>
     </row>
     <row r="27">
-      <c r="A27" s="671"/>
-[...2 lines deleted...]
-      <c r="E27" s="648"/>
+      <c r="A27" s="659"/>
+      <c r="B27" s="632"/>
+      <c r="C27" s="633"/>
     </row>
     <row r="28">
-      <c r="A28" s="671"/>
-[...2 lines deleted...]
-      <c r="E28" s="648"/>
+      <c r="A28" s="659"/>
+      <c r="B28" s="632"/>
+      <c r="C28" s="633"/>
     </row>
     <row r="29">
-      <c r="A29" s="671"/>
-[...2 lines deleted...]
-      <c r="E29" s="648"/>
+      <c r="A29" s="659"/>
+      <c r="B29" s="632"/>
+      <c r="C29" s="633"/>
     </row>
     <row r="30">
-      <c r="A30" s="671"/>
-[...2 lines deleted...]
-      <c r="E30" s="648"/>
+      <c r="A30" s="659"/>
+      <c r="B30" s="632"/>
+      <c r="C30" s="633"/>
     </row>
     <row r="31">
-      <c r="A31" s="671"/>
-[...2 lines deleted...]
-      <c r="E31" s="648"/>
+      <c r="A31" s="659"/>
+      <c r="B31" s="632"/>
+      <c r="C31" s="633"/>
     </row>
     <row r="32">
-      <c r="A32" s="671"/>
-[...2 lines deleted...]
-      <c r="E32" s="648"/>
+      <c r="A32" s="659"/>
+      <c r="B32" s="632"/>
+      <c r="C32" s="633"/>
     </row>
     <row r="33">
-      <c r="A33" s="671"/>
-[...2 lines deleted...]
-      <c r="E33" s="648"/>
+      <c r="A33" s="659"/>
+      <c r="B33" s="632"/>
+      <c r="C33" s="633"/>
     </row>
     <row r="34">
-      <c r="A34" s="671"/>
-[...2 lines deleted...]
-      <c r="E34" s="648"/>
+      <c r="A34" s="659"/>
+      <c r="B34" s="632"/>
+      <c r="C34" s="633"/>
     </row>
     <row r="35">
-      <c r="A35" s="671"/>
-[...2 lines deleted...]
-      <c r="E35" s="648"/>
+      <c r="A35" s="659"/>
+      <c r="B35" s="632"/>
+      <c r="C35" s="633"/>
     </row>
     <row r="36">
-      <c r="A36" s="671"/>
-[...2 lines deleted...]
-      <c r="E36" s="648"/>
+      <c r="A36" s="659"/>
+      <c r="B36" s="632"/>
+      <c r="C36" s="633"/>
     </row>
     <row r="37">
-      <c r="A37" s="671"/>
-[...2 lines deleted...]
-      <c r="E37" s="648"/>
+      <c r="A37" s="659"/>
+      <c r="B37" s="632"/>
+      <c r="C37" s="633"/>
     </row>
     <row r="38">
-      <c r="A38" s="671"/>
-[...2 lines deleted...]
-      <c r="E38" s="648"/>
+      <c r="A38" s="659"/>
+      <c r="B38" s="632"/>
+      <c r="C38" s="633"/>
     </row>
     <row r="39">
-      <c r="A39" s="671"/>
-[...2 lines deleted...]
-      <c r="E39" s="648"/>
+      <c r="A39" s="659"/>
+      <c r="B39" s="632"/>
+      <c r="C39" s="633"/>
     </row>
     <row r="40">
-      <c r="A40" s="671"/>
-[...2 lines deleted...]
-      <c r="E40" s="648"/>
+      <c r="A40" s="659"/>
+      <c r="B40" s="632"/>
+      <c r="C40" s="633"/>
     </row>
     <row r="41">
-      <c r="A41" s="671"/>
-[...2 lines deleted...]
-      <c r="E41" s="648"/>
+      <c r="A41" s="659"/>
+      <c r="B41" s="632"/>
+      <c r="C41" s="633"/>
     </row>
     <row r="42">
-      <c r="A42" s="671"/>
-[...2 lines deleted...]
-      <c r="E42" s="648"/>
+      <c r="A42" s="659"/>
+      <c r="B42" s="632"/>
+      <c r="C42" s="633"/>
     </row>
     <row r="43">
-      <c r="A43" s="671"/>
-[...2 lines deleted...]
-      <c r="E43" s="648"/>
+      <c r="A43" s="659"/>
+      <c r="B43" s="632"/>
+      <c r="C43" s="633"/>
     </row>
     <row r="44">
-      <c r="A44" s="671"/>
-[...2 lines deleted...]
-      <c r="E44" s="648"/>
+      <c r="A44" s="659"/>
+      <c r="B44" s="632"/>
+      <c r="C44" s="633"/>
     </row>
     <row r="45">
-      <c r="A45" s="671"/>
-[...2 lines deleted...]
-      <c r="E45" s="648"/>
+      <c r="A45" s="659"/>
+      <c r="B45" s="632"/>
+      <c r="C45" s="633"/>
     </row>
     <row r="46">
-      <c r="A46" s="671"/>
-[...2 lines deleted...]
-      <c r="E46" s="648"/>
+      <c r="A46" s="659"/>
+      <c r="B46" s="632"/>
+      <c r="C46" s="633"/>
     </row>
     <row r="47">
-      <c r="A47" s="671"/>
-[...2 lines deleted...]
-      <c r="E47" s="648"/>
+      <c r="A47" s="659"/>
+      <c r="B47" s="632"/>
+      <c r="C47" s="633"/>
     </row>
     <row r="48">
-      <c r="A48" s="671"/>
-[...2 lines deleted...]
-      <c r="E48" s="648"/>
+      <c r="A48" s="659"/>
+      <c r="B48" s="632"/>
+      <c r="C48" s="633"/>
     </row>
     <row r="49">
-      <c r="A49" s="671"/>
-[...2 lines deleted...]
-      <c r="E49" s="648"/>
+      <c r="A49" s="659"/>
+      <c r="B49" s="632"/>
+      <c r="C49" s="633"/>
     </row>
     <row r="50">
-      <c r="A50" s="671"/>
-[...2 lines deleted...]
-      <c r="E50" s="648"/>
+      <c r="A50" s="659"/>
+      <c r="B50" s="632"/>
+      <c r="C50" s="633"/>
     </row>
     <row r="51">
-      <c r="A51" s="671"/>
-[...2 lines deleted...]
-      <c r="E51" s="648"/>
+      <c r="A51" s="659"/>
+      <c r="B51" s="632"/>
+      <c r="C51" s="633"/>
     </row>
     <row r="52">
-      <c r="A52" s="671"/>
-[...2 lines deleted...]
-      <c r="E52" s="648"/>
+      <c r="A52" s="659"/>
+      <c r="B52" s="632"/>
+      <c r="C52" s="633"/>
     </row>
     <row r="53">
-      <c r="A53" s="671"/>
-[...2 lines deleted...]
-      <c r="E53" s="648"/>
+      <c r="A53" s="659"/>
+      <c r="B53" s="632"/>
+      <c r="C53" s="633"/>
     </row>
     <row r="54">
-      <c r="A54" s="671"/>
-[...2 lines deleted...]
-      <c r="E54" s="648"/>
+      <c r="A54" s="659"/>
+      <c r="B54" s="632"/>
+      <c r="C54" s="633"/>
     </row>
     <row r="55">
-      <c r="A55" s="671"/>
-[...2 lines deleted...]
-      <c r="E55" s="648"/>
+      <c r="A55" s="659"/>
+      <c r="B55" s="632"/>
+      <c r="C55" s="633"/>
     </row>
     <row r="56">
-      <c r="A56" s="671"/>
-[...2 lines deleted...]
-      <c r="E56" s="648"/>
+      <c r="A56" s="659"/>
+      <c r="B56" s="632"/>
+      <c r="C56" s="633"/>
     </row>
     <row r="57">
-      <c r="A57" s="671"/>
-[...2 lines deleted...]
-      <c r="E57" s="648"/>
+      <c r="A57" s="659"/>
+      <c r="B57" s="632"/>
+      <c r="C57" s="633"/>
     </row>
     <row r="58">
-      <c r="A58" s="671"/>
-[...2 lines deleted...]
-      <c r="E58" s="648"/>
+      <c r="A58" s="659"/>
+      <c r="B58" s="632"/>
+      <c r="C58" s="633"/>
     </row>
     <row r="59">
-      <c r="A59" s="671"/>
-[...2 lines deleted...]
-      <c r="E59" s="648"/>
+      <c r="A59" s="659"/>
+      <c r="B59" s="632"/>
+      <c r="C59" s="633"/>
     </row>
     <row r="60">
-      <c r="A60" s="671"/>
-[...2 lines deleted...]
-      <c r="E60" s="648"/>
+      <c r="A60" s="659"/>
+      <c r="B60" s="632"/>
+      <c r="C60" s="633"/>
     </row>
     <row r="61">
-      <c r="A61" s="671"/>
-[...2 lines deleted...]
-      <c r="E61" s="648"/>
+      <c r="A61" s="659"/>
+      <c r="B61" s="632"/>
+      <c r="C61" s="633"/>
     </row>
     <row r="62">
-      <c r="A62" s="671"/>
-[...2 lines deleted...]
-      <c r="E62" s="648"/>
+      <c r="A62" s="659"/>
+      <c r="B62" s="632"/>
+      <c r="C62" s="633"/>
     </row>
     <row r="63">
-      <c r="A63" s="671"/>
-[...2 lines deleted...]
-      <c r="E63" s="648"/>
+      <c r="A63" s="659"/>
+      <c r="B63" s="632"/>
+      <c r="C63" s="633"/>
     </row>
     <row r="64">
-      <c r="A64" s="671"/>
-[...2 lines deleted...]
-      <c r="E64" s="648"/>
+      <c r="A64" s="659"/>
+      <c r="B64" s="632"/>
+      <c r="C64" s="633"/>
     </row>
     <row r="65">
-      <c r="A65" s="671"/>
-[...2 lines deleted...]
-      <c r="E65" s="648"/>
+      <c r="A65" s="659"/>
+      <c r="B65" s="632"/>
+      <c r="C65" s="633"/>
     </row>
     <row r="66">
-      <c r="A66" s="671"/>
-[...2 lines deleted...]
-      <c r="E66" s="648"/>
+      <c r="A66" s="659"/>
+      <c r="B66" s="632"/>
+      <c r="C66" s="633"/>
     </row>
     <row r="67">
-      <c r="A67" s="671"/>
-[...2 lines deleted...]
-      <c r="E67" s="648"/>
+      <c r="A67" s="659"/>
+      <c r="B67" s="632"/>
+      <c r="C67" s="633"/>
     </row>
     <row r="68">
-      <c r="A68" s="671"/>
-[...2 lines deleted...]
-      <c r="E68" s="648"/>
+      <c r="A68" s="659"/>
+      <c r="B68" s="632"/>
+      <c r="C68" s="633"/>
     </row>
     <row r="69">
-      <c r="A69" s="671"/>
-[...2 lines deleted...]
-      <c r="E69" s="648"/>
+      <c r="A69" s="659"/>
+      <c r="B69" s="632"/>
+      <c r="C69" s="633"/>
     </row>
     <row r="70">
-      <c r="A70" s="671"/>
-[...2 lines deleted...]
-      <c r="E70" s="648"/>
+      <c r="A70" s="659"/>
+      <c r="B70" s="632"/>
+      <c r="C70" s="633"/>
     </row>
     <row r="71">
-      <c r="A71" s="671"/>
-[...2 lines deleted...]
-      <c r="E71" s="648"/>
+      <c r="A71" s="659"/>
+      <c r="B71" s="632"/>
+      <c r="C71" s="633"/>
     </row>
     <row r="72">
-      <c r="A72" s="671"/>
-[...2 lines deleted...]
-      <c r="E72" s="648"/>
+      <c r="A72" s="659"/>
+      <c r="B72" s="632"/>
+      <c r="C72" s="633"/>
     </row>
     <row r="73">
-      <c r="A73" s="671"/>
-[...2 lines deleted...]
-      <c r="E73" s="648"/>
+      <c r="A73" s="659"/>
+      <c r="B73" s="632"/>
+      <c r="C73" s="633"/>
     </row>
     <row r="74">
-      <c r="A74" s="671"/>
-[...2 lines deleted...]
-      <c r="E74" s="648"/>
+      <c r="A74" s="659"/>
+      <c r="B74" s="632"/>
+      <c r="C74" s="633"/>
     </row>
     <row r="75">
-      <c r="A75" s="671"/>
-[...2 lines deleted...]
-      <c r="E75" s="648"/>
+      <c r="A75" s="659"/>
+      <c r="B75" s="632"/>
+      <c r="C75" s="633"/>
     </row>
     <row r="76">
-      <c r="A76" s="671"/>
-[...2 lines deleted...]
-      <c r="E76" s="648"/>
+      <c r="A76" s="659"/>
+      <c r="B76" s="632"/>
+      <c r="C76" s="633"/>
     </row>
     <row r="77">
-      <c r="A77" s="671"/>
-[...2 lines deleted...]
-      <c r="E77" s="648"/>
+      <c r="A77" s="659"/>
+      <c r="B77" s="632"/>
+      <c r="C77" s="633"/>
     </row>
     <row r="78">
-      <c r="A78" s="671"/>
-[...2 lines deleted...]
-      <c r="E78" s="648"/>
+      <c r="A78" s="659"/>
+      <c r="B78" s="632"/>
+      <c r="C78" s="633"/>
     </row>
     <row r="79">
-      <c r="A79" s="671"/>
-[...2 lines deleted...]
-      <c r="E79" s="648"/>
+      <c r="A79" s="659"/>
+      <c r="B79" s="632"/>
+      <c r="C79" s="633"/>
     </row>
     <row r="80">
-      <c r="A80" s="671"/>
-[...2 lines deleted...]
-      <c r="E80" s="648"/>
+      <c r="A80" s="659"/>
+      <c r="B80" s="632"/>
+      <c r="C80" s="633"/>
     </row>
     <row r="81">
-      <c r="A81" s="671"/>
-[...2 lines deleted...]
-      <c r="E81" s="648"/>
+      <c r="A81" s="659"/>
+      <c r="B81" s="632"/>
+      <c r="C81" s="633"/>
     </row>
     <row r="82">
-      <c r="A82" s="671"/>
-[...2 lines deleted...]
-      <c r="E82" s="648"/>
+      <c r="A82" s="659"/>
+      <c r="B82" s="632"/>
+      <c r="C82" s="633"/>
     </row>
     <row r="83">
-      <c r="A83" s="671"/>
-[...2 lines deleted...]
-      <c r="E83" s="648"/>
+      <c r="A83" s="659"/>
+      <c r="B83" s="632"/>
+      <c r="C83" s="633"/>
     </row>
     <row r="84">
-      <c r="A84" s="671"/>
-[...2 lines deleted...]
-      <c r="E84" s="648"/>
+      <c r="A84" s="659"/>
+      <c r="B84" s="632"/>
+      <c r="C84" s="633"/>
     </row>
     <row r="85">
-      <c r="A85" s="671"/>
-[...2 lines deleted...]
-      <c r="E85" s="648"/>
+      <c r="A85" s="659"/>
+      <c r="B85" s="632"/>
+      <c r="C85" s="633"/>
     </row>
     <row r="86">
-      <c r="A86" s="671"/>
-[...2 lines deleted...]
-      <c r="E86" s="648"/>
+      <c r="A86" s="659"/>
+      <c r="B86" s="632"/>
+      <c r="C86" s="633"/>
     </row>
     <row r="87">
-      <c r="A87" s="671"/>
-[...2 lines deleted...]
-      <c r="E87" s="648"/>
+      <c r="A87" s="659"/>
+      <c r="B87" s="632"/>
+      <c r="C87" s="633"/>
     </row>
     <row r="88">
-      <c r="A88" s="671"/>
-[...2 lines deleted...]
-      <c r="E88" s="648"/>
+      <c r="A88" s="659"/>
+      <c r="B88" s="632"/>
+      <c r="C88" s="633"/>
     </row>
     <row r="89">
-      <c r="A89" s="671"/>
-[...2 lines deleted...]
-      <c r="E89" s="648"/>
+      <c r="A89" s="659"/>
+      <c r="B89" s="632"/>
+      <c r="C89" s="633"/>
     </row>
     <row r="90">
-      <c r="A90" s="671"/>
-[...2 lines deleted...]
-      <c r="E90" s="648"/>
+      <c r="A90" s="659"/>
+      <c r="B90" s="632"/>
+      <c r="C90" s="633"/>
     </row>
     <row r="91">
-      <c r="A91" s="671"/>
-[...2 lines deleted...]
-      <c r="E91" s="648"/>
+      <c r="A91" s="659"/>
+      <c r="B91" s="632"/>
+      <c r="C91" s="633"/>
     </row>
     <row r="92">
-      <c r="A92" s="671"/>
-[...2 lines deleted...]
-      <c r="E92" s="648"/>
+      <c r="A92" s="659"/>
+      <c r="B92" s="632"/>
+      <c r="C92" s="633"/>
     </row>
     <row r="93">
-      <c r="A93" s="671"/>
-[...2 lines deleted...]
-      <c r="E93" s="648"/>
+      <c r="A93" s="659"/>
+      <c r="B93" s="632"/>
+      <c r="C93" s="633"/>
     </row>
     <row r="94">
-      <c r="A94" s="671"/>
-[...2 lines deleted...]
-      <c r="E94" s="648"/>
+      <c r="A94" s="659"/>
+      <c r="B94" s="632"/>
+      <c r="C94" s="633"/>
     </row>
     <row r="95">
-      <c r="A95" s="671"/>
-[...2 lines deleted...]
-      <c r="E95" s="648"/>
+      <c r="A95" s="659"/>
+      <c r="B95" s="632"/>
+      <c r="C95" s="633"/>
     </row>
     <row r="96">
-      <c r="A96" s="671"/>
-[...2 lines deleted...]
-      <c r="E96" s="648"/>
+      <c r="A96" s="659"/>
+      <c r="B96" s="632"/>
+      <c r="C96" s="633"/>
     </row>
     <row r="97">
-      <c r="A97" s="671"/>
-[...2 lines deleted...]
-      <c r="E97" s="648"/>
+      <c r="A97" s="659"/>
+      <c r="B97" s="632"/>
+      <c r="C97" s="633"/>
     </row>
     <row r="98">
-      <c r="A98" s="671"/>
-[...2 lines deleted...]
-      <c r="E98" s="648"/>
+      <c r="A98" s="659"/>
+      <c r="B98" s="632"/>
+      <c r="C98" s="633"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A20">
     <sortCondition ref="A2:A20"/>
   </sortState>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:C98"/>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <sheetPr codeName="Sheet8"/>
+  <dimension ref="A1:E98"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:A20"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="B22" sqref="B22:E22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="33.54296875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" bestFit="1" width="11" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="24.85546875" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="12.28515625" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="16.7109375" customWidth="1" style="642"/>
+    <col min="4" max="4" bestFit="1" width="14.85546875" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="22.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="60" customHeight="1">
-[...7 lines deleted...]
-        <v>157</v>
+    <row r="1" ht="30">
+      <c r="A1" s="649" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="659" t="s">
+        <v>34</v>
+      </c>
+      <c r="C1" s="651" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1" s="650" t="s">
+        <v>36</v>
+      </c>
+      <c r="E1" s="650" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="720" t="s">
-[...3 lines deleted...]
-      <c r="C2" s="717"/>
+      <c r="A2" s="698" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="699">
+        <v>48.972137672676183</v>
+      </c>
+      <c r="C2" s="699">
+        <v>2.9360805431983139</v>
+      </c>
+      <c r="D2" s="699">
+        <v>41.95270428471084</v>
+      </c>
+      <c r="E2" s="699">
+        <v>6.1390774994146575</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C3" s="673"/>
+        <v>14</v>
+      </c>
+      <c r="B3" s="681">
+        <v>54.387721054387718</v>
+      </c>
+      <c r="C3" s="681">
+        <v>1.5015015015015014</v>
+      </c>
+      <c r="D3" s="681">
+        <v>36.836836836836838</v>
+      </c>
+      <c r="E3" s="681">
+        <v>7.27394060727394</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C4" s="673"/>
+        <v>15</v>
+      </c>
+      <c r="B4" s="681">
+        <v>47.24997968965797</v>
+      </c>
+      <c r="C4" s="681">
+        <v>2.0147859289950443</v>
+      </c>
+      <c r="D4" s="681">
+        <v>44.585262815825814</v>
+      </c>
+      <c r="E4" s="681">
+        <v>6.1499715655211631</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="C5" s="673"/>
+        <v>16</v>
+      </c>
+      <c r="B5" s="681">
+        <v>47.693414897445123</v>
+      </c>
+      <c r="C5" s="681">
+        <v>1.684059014033825</v>
+      </c>
+      <c r="D5" s="681">
+        <v>42.993882691615688</v>
+      </c>
+      <c r="E5" s="681">
+        <v>7.6286433969053613</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="C6" s="673"/>
+        <v>17</v>
+      </c>
+      <c r="B6" s="681">
+        <v>50.278440731901355</v>
+      </c>
+      <c r="C6" s="681">
+        <v>1.2410501193317423</v>
+      </c>
+      <c r="D6" s="681">
+        <v>41.336515513126493</v>
+      </c>
+      <c r="E6" s="681">
+        <v>7.1439936356404141</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="C7" s="673"/>
+        <v>18</v>
+      </c>
+      <c r="B7" s="681">
+        <v>55.392318956965369</v>
+      </c>
+      <c r="C7" s="681">
+        <v>1.7950777079692004</v>
+      </c>
+      <c r="D7" s="681">
+        <v>36.780197458547875</v>
+      </c>
+      <c r="E7" s="681">
+        <v>6.032405876517549</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="C8" s="673"/>
+        <v>19</v>
+      </c>
+      <c r="B8" s="681">
+        <v>54.020033684957</v>
+      </c>
+      <c r="C8" s="681">
+        <v>1.6044676890346599</v>
+      </c>
+      <c r="D8" s="681">
+        <v>37.993085719351122</v>
+      </c>
+      <c r="E8" s="681">
+        <v>6.3824129066572119</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="C9" s="673"/>
+        <v>20</v>
+      </c>
+      <c r="B9" s="681">
+        <v>53.351134846461946</v>
+      </c>
+      <c r="C9" s="681">
+        <v>1.4419225634178905</v>
+      </c>
+      <c r="D9" s="681">
+        <v>38.851802403204275</v>
+      </c>
+      <c r="E9" s="681">
+        <v>6.3551401869158877</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C10" s="673"/>
+        <v>21</v>
+      </c>
+      <c r="B10" s="681">
+        <v>47.28135122628413</v>
+      </c>
+      <c r="C10" s="681">
+        <v>1.1568718186024989</v>
+      </c>
+      <c r="D10" s="681">
+        <v>45.997223507635354</v>
+      </c>
+      <c r="E10" s="681">
+        <v>5.56455344747802</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C11" s="673"/>
+        <v>22</v>
+      </c>
+      <c r="B11" s="681">
+        <v>42.196489157692874</v>
+      </c>
+      <c r="C11" s="681">
+        <v>3.1273049122289427</v>
+      </c>
+      <c r="D11" s="681">
+        <v>48.79775778138368</v>
+      </c>
+      <c r="E11" s="681">
+        <v>5.8784481486944973</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C12" s="673"/>
+        <v>23</v>
+      </c>
+      <c r="B12" s="681">
+        <v>50.0764359030356</v>
+      </c>
+      <c r="C12" s="681">
+        <v>1.7361869403799957</v>
+      </c>
+      <c r="D12" s="681">
+        <v>40.816772221008954</v>
+      </c>
+      <c r="E12" s="681">
+        <v>7.3706049355754537</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="C13" s="673"/>
+        <v>24</v>
+      </c>
+      <c r="B13" s="681">
+        <v>54.974428254366494</v>
+      </c>
+      <c r="C13" s="681">
+        <v>2.1422368040142818</v>
+      </c>
+      <c r="D13" s="681">
+        <v>34.825822638232175</v>
+      </c>
+      <c r="E13" s="681">
+        <v>8.05751230338705</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C14" s="673"/>
+        <v>25</v>
+      </c>
+      <c r="B14" s="681">
+        <v>61.047739754964091</v>
+      </c>
+      <c r="C14" s="681">
+        <v>1.4786649767638362</v>
+      </c>
+      <c r="D14" s="681">
+        <v>33.460076045627375</v>
+      </c>
+      <c r="E14" s="681">
+        <v>4.0135192226446978</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="C15" s="673"/>
+        <v>26</v>
+      </c>
+      <c r="B15" s="681">
+        <v>53.615244061602716</v>
+      </c>
+      <c r="C15" s="681">
+        <v>2.2970503784912557</v>
+      </c>
+      <c r="D15" s="681">
+        <v>36.126337770817017</v>
+      </c>
+      <c r="E15" s="681">
+        <v>7.96136778908901</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="C16" s="673"/>
+        <v>27</v>
+      </c>
+      <c r="B16" s="681">
+        <v>54.293893129770986</v>
+      </c>
+      <c r="C16" s="681">
+        <v>1.8447837150127224</v>
+      </c>
+      <c r="D16" s="681">
+        <v>36.789652247667512</v>
+      </c>
+      <c r="E16" s="681">
+        <v>7.0716709075487705</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="C17" s="673"/>
+        <v>28</v>
+      </c>
+      <c r="B17" s="681">
+        <v>52.572053994892379</v>
+      </c>
+      <c r="C17" s="681">
+        <v>0.87559284932506376</v>
+      </c>
+      <c r="D17" s="681">
+        <v>40.342940532652314</v>
+      </c>
+      <c r="E17" s="681">
+        <v>6.2094126231302438</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="C18" s="673"/>
+        <v>29</v>
+      </c>
+      <c r="B18" s="681">
+        <v>53.42302452316077</v>
+      </c>
+      <c r="C18" s="681">
+        <v>1.055858310626703</v>
+      </c>
+      <c r="D18" s="681">
+        <v>39.560626702997276</v>
+      </c>
+      <c r="E18" s="681">
+        <v>5.9604904632152591</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C19" s="673"/>
+        <v>30</v>
+      </c>
+      <c r="B19" s="681">
+        <v>47.706507900846248</v>
+      </c>
+      <c r="C19" s="681">
+        <v>1.7879877181157793</v>
+      </c>
+      <c r="D19" s="681">
+        <v>44.368306747547372</v>
+      </c>
+      <c r="E19" s="681">
+        <v>6.1371976334906018</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C20" s="673"/>
+        <v>31</v>
+      </c>
+      <c r="B20" s="681">
+        <v>47.54981827296654</v>
+      </c>
+      <c r="C20" s="681">
+        <v>2.5191126707607472</v>
+      </c>
+      <c r="D20" s="681">
+        <v>44.955508209048759</v>
+      </c>
+      <c r="E20" s="681">
+        <v>4.9755608472239627</v>
+      </c>
     </row>
     <row r="21">
-      <c r="A21" s="671"/>
+      <c r="A21" s="659"/>
     </row>
     <row r="22">
-      <c r="A22" s="671"/>
+      <c r="A22" s="659"/>
+      <c r="B22" s="681"/>
+      <c r="C22" s="681"/>
+      <c r="D22" s="681"/>
+      <c r="E22" s="681"/>
     </row>
     <row r="23">
-      <c r="A23" s="671"/>
-      <c r="C23" s="633"/>
+      <c r="A23" s="659"/>
+      <c r="B23" s="669"/>
+      <c r="C23" s="641"/>
+      <c r="D23" s="669"/>
+      <c r="E23" s="669"/>
     </row>
     <row r="24">
-      <c r="A24" s="671"/>
-      <c r="C24" s="633"/>
+      <c r="A24" s="659"/>
+      <c r="B24" s="669"/>
+      <c r="C24" s="641"/>
+      <c r="D24" s="669"/>
+      <c r="E24" s="669"/>
     </row>
     <row r="25">
-      <c r="A25" s="671"/>
-      <c r="C25" s="633"/>
+      <c r="A25" s="659"/>
+      <c r="B25" s="669"/>
+      <c r="C25" s="641"/>
+      <c r="D25" s="669"/>
+      <c r="E25" s="669"/>
     </row>
     <row r="26">
-      <c r="A26" s="671"/>
-      <c r="C26" s="633"/>
+      <c r="A26" s="659"/>
+      <c r="B26" s="669"/>
+      <c r="C26" s="641"/>
+      <c r="D26" s="669"/>
+      <c r="E26" s="669"/>
     </row>
     <row r="27">
-      <c r="A27" s="671"/>
-      <c r="C27" s="633"/>
+      <c r="A27" s="659"/>
+      <c r="B27" s="669"/>
+      <c r="C27" s="641"/>
+      <c r="D27" s="669"/>
+      <c r="E27" s="669"/>
     </row>
     <row r="28">
-      <c r="A28" s="671"/>
-      <c r="C28" s="633"/>
+      <c r="A28" s="659"/>
+      <c r="B28" s="669"/>
+      <c r="C28" s="641"/>
+      <c r="D28" s="669"/>
+      <c r="E28" s="669"/>
     </row>
     <row r="29">
-      <c r="A29" s="671"/>
-      <c r="C29" s="633"/>
+      <c r="A29" s="659"/>
+      <c r="B29" s="669"/>
+      <c r="C29" s="641"/>
+      <c r="D29" s="669"/>
+      <c r="E29" s="669"/>
     </row>
     <row r="30">
-      <c r="A30" s="671"/>
-      <c r="C30" s="633"/>
+      <c r="A30" s="659"/>
+      <c r="B30" s="669"/>
+      <c r="C30" s="641"/>
+      <c r="D30" s="669"/>
+      <c r="E30" s="669"/>
     </row>
     <row r="31">
-      <c r="A31" s="671"/>
-      <c r="C31" s="633"/>
+      <c r="A31" s="659"/>
+      <c r="B31" s="669"/>
+      <c r="C31" s="641"/>
+      <c r="D31" s="669"/>
+      <c r="E31" s="669"/>
     </row>
     <row r="32">
-      <c r="A32" s="671"/>
-      <c r="C32" s="633"/>
+      <c r="A32" s="659"/>
+      <c r="B32" s="669"/>
+      <c r="C32" s="641"/>
+      <c r="D32" s="669"/>
+      <c r="E32" s="669"/>
     </row>
     <row r="33">
-      <c r="A33" s="671"/>
-      <c r="C33" s="633"/>
+      <c r="A33" s="659"/>
+      <c r="B33" s="669"/>
+      <c r="C33" s="641"/>
+      <c r="D33" s="669"/>
+      <c r="E33" s="669"/>
     </row>
     <row r="34">
-      <c r="A34" s="671"/>
-      <c r="C34" s="633"/>
+      <c r="A34" s="659"/>
+      <c r="B34" s="669"/>
+      <c r="C34" s="641"/>
+      <c r="D34" s="669"/>
+      <c r="E34" s="669"/>
     </row>
     <row r="35">
-      <c r="A35" s="671"/>
-      <c r="C35" s="633"/>
+      <c r="A35" s="659"/>
+      <c r="B35" s="669"/>
+      <c r="C35" s="641"/>
+      <c r="D35" s="669"/>
+      <c r="E35" s="669"/>
     </row>
     <row r="36">
-      <c r="A36" s="671"/>
-      <c r="C36" s="633"/>
+      <c r="A36" s="659"/>
+      <c r="B36" s="669"/>
+      <c r="C36" s="641"/>
+      <c r="D36" s="669"/>
+      <c r="E36" s="669"/>
     </row>
     <row r="37">
-      <c r="A37" s="671"/>
-      <c r="C37" s="633"/>
+      <c r="A37" s="659"/>
+      <c r="B37" s="669"/>
+      <c r="C37" s="641"/>
+      <c r="D37" s="669"/>
+      <c r="E37" s="669"/>
     </row>
     <row r="38">
-      <c r="A38" s="671"/>
-      <c r="C38" s="633"/>
+      <c r="A38" s="659"/>
+      <c r="B38" s="669"/>
+      <c r="C38" s="641"/>
+      <c r="D38" s="669"/>
+      <c r="E38" s="669"/>
     </row>
     <row r="39">
-      <c r="A39" s="671"/>
-      <c r="C39" s="633"/>
+      <c r="A39" s="659"/>
+      <c r="B39" s="669"/>
+      <c r="C39" s="641"/>
+      <c r="D39" s="669"/>
+      <c r="E39" s="669"/>
     </row>
     <row r="40">
-      <c r="A40" s="671"/>
-      <c r="C40" s="633"/>
+      <c r="A40" s="659"/>
+      <c r="B40" s="669"/>
+      <c r="C40" s="641"/>
+      <c r="D40" s="669"/>
+      <c r="E40" s="669"/>
     </row>
     <row r="41">
-      <c r="A41" s="671"/>
-      <c r="C41" s="633"/>
+      <c r="A41" s="659"/>
+      <c r="B41" s="669"/>
+      <c r="C41" s="641"/>
+      <c r="D41" s="669"/>
+      <c r="E41" s="669"/>
     </row>
     <row r="42">
-      <c r="A42" s="671"/>
-      <c r="C42" s="633"/>
+      <c r="A42" s="659"/>
+      <c r="B42" s="669"/>
+      <c r="C42" s="641"/>
+      <c r="D42" s="669"/>
+      <c r="E42" s="669"/>
     </row>
     <row r="43">
-      <c r="A43" s="671"/>
-      <c r="C43" s="633"/>
+      <c r="A43" s="659"/>
+      <c r="B43" s="669"/>
+      <c r="C43" s="641"/>
+      <c r="D43" s="669"/>
+      <c r="E43" s="669"/>
     </row>
     <row r="44">
-      <c r="A44" s="671"/>
-      <c r="C44" s="633"/>
+      <c r="A44" s="659"/>
+      <c r="B44" s="669"/>
+      <c r="C44" s="641"/>
+      <c r="D44" s="669"/>
+      <c r="E44" s="669"/>
     </row>
     <row r="45">
-      <c r="A45" s="671"/>
-      <c r="C45" s="633"/>
+      <c r="A45" s="659"/>
+      <c r="B45" s="669"/>
+      <c r="C45" s="641"/>
+      <c r="D45" s="669"/>
+      <c r="E45" s="669"/>
     </row>
     <row r="46">
-      <c r="A46" s="671"/>
-      <c r="C46" s="633"/>
+      <c r="A46" s="659"/>
+      <c r="B46" s="669"/>
+      <c r="C46" s="641"/>
+      <c r="D46" s="669"/>
+      <c r="E46" s="669"/>
     </row>
     <row r="47">
-      <c r="A47" s="671"/>
-      <c r="C47" s="633"/>
+      <c r="A47" s="659"/>
+      <c r="B47" s="669"/>
+      <c r="C47" s="641"/>
+      <c r="D47" s="669"/>
+      <c r="E47" s="669"/>
     </row>
     <row r="48">
-      <c r="A48" s="671"/>
-      <c r="C48" s="633"/>
+      <c r="A48" s="659"/>
+      <c r="B48" s="669"/>
+      <c r="C48" s="641"/>
+      <c r="D48" s="669"/>
+      <c r="E48" s="669"/>
     </row>
     <row r="49">
-      <c r="A49" s="671"/>
-      <c r="C49" s="633"/>
+      <c r="A49" s="659"/>
+      <c r="B49" s="669"/>
+      <c r="C49" s="641"/>
+      <c r="D49" s="669"/>
+      <c r="E49" s="669"/>
     </row>
     <row r="50">
-      <c r="A50" s="671"/>
-      <c r="C50" s="633"/>
+      <c r="A50" s="659"/>
+      <c r="B50" s="669"/>
+      <c r="C50" s="641"/>
+      <c r="D50" s="669"/>
+      <c r="E50" s="669"/>
     </row>
     <row r="51">
-      <c r="A51" s="671"/>
-      <c r="C51" s="633"/>
+      <c r="A51" s="659"/>
+      <c r="B51" s="669"/>
+      <c r="C51" s="641"/>
+      <c r="D51" s="669"/>
+      <c r="E51" s="669"/>
     </row>
     <row r="52">
-      <c r="A52" s="671"/>
-      <c r="C52" s="633"/>
+      <c r="A52" s="659"/>
+      <c r="B52" s="669"/>
+      <c r="C52" s="641"/>
+      <c r="D52" s="669"/>
+      <c r="E52" s="669"/>
     </row>
     <row r="53">
-      <c r="A53" s="671"/>
-      <c r="C53" s="633"/>
+      <c r="A53" s="659"/>
+      <c r="B53" s="669"/>
+      <c r="C53" s="641"/>
+      <c r="D53" s="669"/>
+      <c r="E53" s="669"/>
     </row>
     <row r="54">
-      <c r="A54" s="671"/>
-      <c r="C54" s="633"/>
+      <c r="A54" s="659"/>
+      <c r="B54" s="669"/>
+      <c r="C54" s="641"/>
+      <c r="D54" s="669"/>
+      <c r="E54" s="669"/>
     </row>
     <row r="55">
-      <c r="A55" s="671"/>
-      <c r="C55" s="633"/>
+      <c r="A55" s="659"/>
+      <c r="B55" s="669"/>
+      <c r="C55" s="641"/>
+      <c r="D55" s="669"/>
+      <c r="E55" s="669"/>
     </row>
     <row r="56">
-      <c r="A56" s="671"/>
-      <c r="C56" s="633"/>
+      <c r="A56" s="659"/>
+      <c r="B56" s="669"/>
+      <c r="C56" s="641"/>
+      <c r="D56" s="669"/>
+      <c r="E56" s="669"/>
     </row>
     <row r="57">
-      <c r="A57" s="671"/>
-      <c r="C57" s="633"/>
+      <c r="A57" s="659"/>
+      <c r="B57" s="669"/>
+      <c r="C57" s="641"/>
+      <c r="D57" s="669"/>
+      <c r="E57" s="669"/>
     </row>
     <row r="58">
-      <c r="A58" s="671"/>
-      <c r="C58" s="633"/>
+      <c r="A58" s="659"/>
+      <c r="B58" s="669"/>
+      <c r="C58" s="641"/>
+      <c r="D58" s="669"/>
+      <c r="E58" s="669"/>
     </row>
     <row r="59">
-      <c r="A59" s="671"/>
-      <c r="C59" s="633"/>
+      <c r="A59" s="659"/>
+      <c r="B59" s="669"/>
+      <c r="C59" s="641"/>
+      <c r="D59" s="669"/>
+      <c r="E59" s="669"/>
     </row>
     <row r="60">
-      <c r="A60" s="671"/>
-      <c r="C60" s="633"/>
+      <c r="A60" s="659"/>
+      <c r="B60" s="669"/>
+      <c r="C60" s="641"/>
+      <c r="D60" s="669"/>
+      <c r="E60" s="669"/>
     </row>
     <row r="61">
-      <c r="A61" s="671"/>
-      <c r="C61" s="633"/>
+      <c r="A61" s="659"/>
+      <c r="B61" s="669"/>
+      <c r="C61" s="641"/>
+      <c r="D61" s="669"/>
+      <c r="E61" s="669"/>
     </row>
     <row r="62">
-      <c r="A62" s="671"/>
-      <c r="C62" s="633"/>
+      <c r="A62" s="659"/>
+      <c r="B62" s="669"/>
+      <c r="C62" s="641"/>
+      <c r="D62" s="669"/>
+      <c r="E62" s="669"/>
     </row>
     <row r="63">
-      <c r="A63" s="671"/>
-      <c r="C63" s="633"/>
+      <c r="A63" s="659"/>
+      <c r="B63" s="669"/>
+      <c r="C63" s="641"/>
+      <c r="D63" s="669"/>
+      <c r="E63" s="669"/>
     </row>
     <row r="64">
-      <c r="A64" s="671"/>
-      <c r="C64" s="633"/>
+      <c r="A64" s="659"/>
+      <c r="B64" s="669"/>
+      <c r="C64" s="641"/>
+      <c r="D64" s="669"/>
+      <c r="E64" s="669"/>
     </row>
     <row r="65">
-      <c r="A65" s="671"/>
-      <c r="C65" s="633"/>
+      <c r="A65" s="659"/>
+      <c r="B65" s="669"/>
+      <c r="C65" s="641"/>
+      <c r="D65" s="669"/>
+      <c r="E65" s="669"/>
     </row>
     <row r="66">
-      <c r="A66" s="671"/>
-      <c r="C66" s="633"/>
+      <c r="A66" s="659"/>
+      <c r="B66" s="669"/>
+      <c r="C66" s="641"/>
+      <c r="D66" s="669"/>
+      <c r="E66" s="669"/>
     </row>
     <row r="67">
-      <c r="A67" s="671"/>
-      <c r="C67" s="633"/>
+      <c r="A67" s="659"/>
+      <c r="B67" s="669"/>
+      <c r="C67" s="641"/>
+      <c r="D67" s="669"/>
+      <c r="E67" s="669"/>
     </row>
     <row r="68">
-      <c r="A68" s="671"/>
-      <c r="C68" s="633"/>
+      <c r="A68" s="659"/>
+      <c r="B68" s="669"/>
+      <c r="C68" s="641"/>
+      <c r="D68" s="669"/>
+      <c r="E68" s="669"/>
     </row>
     <row r="69">
-      <c r="A69" s="671"/>
-      <c r="C69" s="633"/>
+      <c r="A69" s="659"/>
+      <c r="B69" s="669"/>
+      <c r="C69" s="641"/>
+      <c r="D69" s="669"/>
+      <c r="E69" s="669"/>
     </row>
     <row r="70">
-      <c r="A70" s="671"/>
-      <c r="C70" s="633"/>
+      <c r="A70" s="659"/>
+      <c r="B70" s="669"/>
+      <c r="C70" s="641"/>
+      <c r="D70" s="669"/>
+      <c r="E70" s="669"/>
     </row>
     <row r="71">
-      <c r="A71" s="671"/>
-      <c r="C71" s="633"/>
+      <c r="A71" s="659"/>
+      <c r="B71" s="669"/>
+      <c r="C71" s="641"/>
+      <c r="D71" s="669"/>
+      <c r="E71" s="669"/>
     </row>
     <row r="72">
-      <c r="A72" s="671"/>
-      <c r="C72" s="633"/>
+      <c r="A72" s="659"/>
+      <c r="B72" s="669"/>
+      <c r="C72" s="641"/>
+      <c r="D72" s="669"/>
+      <c r="E72" s="669"/>
     </row>
     <row r="73">
-      <c r="A73" s="671"/>
-      <c r="C73" s="633"/>
+      <c r="A73" s="659"/>
+      <c r="B73" s="669"/>
+      <c r="C73" s="641"/>
+      <c r="D73" s="669"/>
+      <c r="E73" s="669"/>
     </row>
     <row r="74">
-      <c r="A74" s="671"/>
-      <c r="C74" s="633"/>
+      <c r="A74" s="659"/>
+      <c r="B74" s="669"/>
+      <c r="C74" s="641"/>
+      <c r="D74" s="669"/>
+      <c r="E74" s="669"/>
     </row>
     <row r="75">
-      <c r="A75" s="671"/>
-      <c r="C75" s="633"/>
+      <c r="A75" s="659"/>
+      <c r="B75" s="669"/>
+      <c r="C75" s="641"/>
+      <c r="D75" s="669"/>
+      <c r="E75" s="669"/>
     </row>
     <row r="76">
-      <c r="A76" s="671"/>
-      <c r="C76" s="633"/>
+      <c r="A76" s="659"/>
+      <c r="B76" s="669"/>
+      <c r="C76" s="641"/>
+      <c r="D76" s="669"/>
+      <c r="E76" s="669"/>
     </row>
     <row r="77">
-      <c r="A77" s="671"/>
-      <c r="C77" s="633"/>
+      <c r="A77" s="659"/>
+      <c r="B77" s="669"/>
+      <c r="C77" s="641"/>
+      <c r="D77" s="669"/>
+      <c r="E77" s="669"/>
     </row>
     <row r="78">
-      <c r="A78" s="671"/>
-      <c r="C78" s="633"/>
+      <c r="A78" s="659"/>
+      <c r="B78" s="669"/>
+      <c r="C78" s="641"/>
+      <c r="D78" s="669"/>
+      <c r="E78" s="669"/>
     </row>
     <row r="79">
-      <c r="A79" s="671"/>
-      <c r="C79" s="633"/>
+      <c r="A79" s="659"/>
+      <c r="B79" s="669"/>
+      <c r="C79" s="641"/>
+      <c r="D79" s="669"/>
+      <c r="E79" s="669"/>
     </row>
     <row r="80">
-      <c r="A80" s="671"/>
-      <c r="C80" s="633"/>
+      <c r="A80" s="659"/>
+      <c r="B80" s="669"/>
+      <c r="C80" s="641"/>
+      <c r="D80" s="669"/>
+      <c r="E80" s="669"/>
     </row>
     <row r="81">
-      <c r="A81" s="671"/>
-      <c r="C81" s="633"/>
+      <c r="A81" s="659"/>
+      <c r="B81" s="669"/>
+      <c r="C81" s="641"/>
+      <c r="D81" s="669"/>
+      <c r="E81" s="669"/>
     </row>
     <row r="82">
-      <c r="A82" s="671"/>
-      <c r="C82" s="633"/>
+      <c r="A82" s="659"/>
+      <c r="B82" s="669"/>
+      <c r="C82" s="641"/>
+      <c r="D82" s="669"/>
+      <c r="E82" s="669"/>
     </row>
     <row r="83">
-      <c r="A83" s="671"/>
-      <c r="C83" s="633"/>
+      <c r="A83" s="659"/>
+      <c r="B83" s="669"/>
+      <c r="C83" s="641"/>
+      <c r="D83" s="669"/>
+      <c r="E83" s="669"/>
     </row>
     <row r="84">
-      <c r="A84" s="671"/>
-      <c r="C84" s="633"/>
+      <c r="A84" s="659"/>
+      <c r="B84" s="669"/>
+      <c r="C84" s="641"/>
+      <c r="D84" s="669"/>
+      <c r="E84" s="669"/>
     </row>
     <row r="85">
-      <c r="A85" s="671"/>
-      <c r="C85" s="633"/>
+      <c r="A85" s="659"/>
+      <c r="B85" s="669"/>
+      <c r="C85" s="641"/>
+      <c r="D85" s="669"/>
+      <c r="E85" s="669"/>
     </row>
     <row r="86">
-      <c r="A86" s="671"/>
-      <c r="C86" s="633"/>
+      <c r="A86" s="659"/>
+      <c r="B86" s="669"/>
+      <c r="C86" s="641"/>
+      <c r="D86" s="669"/>
+      <c r="E86" s="669"/>
     </row>
     <row r="87">
-      <c r="A87" s="671"/>
-      <c r="C87" s="633"/>
+      <c r="A87" s="659"/>
+      <c r="B87" s="669"/>
+      <c r="C87" s="641"/>
+      <c r="D87" s="669"/>
+      <c r="E87" s="669"/>
     </row>
     <row r="88">
-      <c r="A88" s="671"/>
-      <c r="C88" s="633"/>
+      <c r="A88" s="659"/>
+      <c r="B88" s="669"/>
+      <c r="C88" s="641"/>
+      <c r="D88" s="669"/>
+      <c r="E88" s="669"/>
     </row>
     <row r="89">
-      <c r="A89" s="671"/>
-      <c r="C89" s="633"/>
+      <c r="A89" s="659"/>
+      <c r="B89" s="669"/>
+      <c r="C89" s="641"/>
+      <c r="D89" s="669"/>
+      <c r="E89" s="669"/>
     </row>
     <row r="90">
-      <c r="A90" s="671"/>
-      <c r="C90" s="633"/>
+      <c r="A90" s="659"/>
+      <c r="B90" s="669"/>
+      <c r="C90" s="641"/>
+      <c r="D90" s="669"/>
+      <c r="E90" s="669"/>
     </row>
     <row r="91">
-      <c r="A91" s="671"/>
-      <c r="C91" s="633"/>
+      <c r="A91" s="659"/>
+      <c r="B91" s="669"/>
+      <c r="C91" s="641"/>
+      <c r="D91" s="669"/>
+      <c r="E91" s="669"/>
     </row>
     <row r="92">
-      <c r="A92" s="671"/>
-      <c r="C92" s="633"/>
+      <c r="A92" s="659"/>
+      <c r="B92" s="669"/>
+      <c r="C92" s="641"/>
+      <c r="D92" s="669"/>
+      <c r="E92" s="669"/>
     </row>
     <row r="93">
-      <c r="A93" s="671"/>
-      <c r="C93" s="633"/>
+      <c r="A93" s="659"/>
+      <c r="B93" s="669"/>
+      <c r="C93" s="641"/>
+      <c r="D93" s="669"/>
+      <c r="E93" s="669"/>
     </row>
     <row r="94">
-      <c r="A94" s="671"/>
-      <c r="C94" s="633"/>
+      <c r="A94" s="659"/>
+      <c r="B94" s="669"/>
+      <c r="C94" s="641"/>
+      <c r="D94" s="669"/>
+      <c r="E94" s="669"/>
     </row>
     <row r="95">
-      <c r="A95" s="671"/>
-      <c r="C95" s="633"/>
+      <c r="A95" s="659"/>
+      <c r="B95" s="669"/>
+      <c r="C95" s="641"/>
+      <c r="D95" s="669"/>
+      <c r="E95" s="669"/>
     </row>
     <row r="96">
-      <c r="A96" s="671"/>
-      <c r="C96" s="633"/>
+      <c r="A96" s="659"/>
+      <c r="B96" s="669"/>
+      <c r="C96" s="641"/>
+      <c r="D96" s="669"/>
+      <c r="E96" s="669"/>
     </row>
     <row r="97">
-      <c r="A97" s="671"/>
-      <c r="C97" s="633"/>
+      <c r="A97" s="659"/>
+      <c r="B97" s="669"/>
+      <c r="C97" s="641"/>
+      <c r="D97" s="669"/>
+      <c r="E97" s="669"/>
     </row>
     <row r="98">
-      <c r="A98" s="671"/>
-[...935 lines deleted...]
-      <c r="F98" s="686"/>
+      <c r="A98" s="659"/>
+      <c r="B98" s="669"/>
+      <c r="C98" s="641"/>
+      <c r="D98" s="669"/>
+      <c r="E98" s="669"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A20">
     <sortCondition ref="A2:A20"/>
   </sortState>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
-  <headerFooter/>
-[...2801 lines deleted...]
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>19</vt:i4>
+        <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="19" baseType="lpstr">
+    <vt:vector size="20" baseType="lpstr">
       <vt:lpstr>MYE-Broad Age Groups</vt:lpstr>
       <vt:lpstr>MYE</vt:lpstr>
+      <vt:lpstr>MYE Lookup</vt:lpstr>
       <vt:lpstr>Birth Rate</vt:lpstr>
+      <vt:lpstr>Birth Rate Lookup</vt:lpstr>
       <vt:lpstr>Death Rate</vt:lpstr>
+      <vt:lpstr>Death Rate Lookup</vt:lpstr>
       <vt:lpstr>Ethnicity</vt:lpstr>
-      <vt:lpstr>Language</vt:lpstr>
       <vt:lpstr>Religion</vt:lpstr>
-      <vt:lpstr>Country of birth</vt:lpstr>
       <vt:lpstr>Health</vt:lpstr>
       <vt:lpstr>Unpaid care</vt:lpstr>
       <vt:lpstr>Residents in communal est.</vt:lpstr>
       <vt:lpstr>Mosaic data</vt:lpstr>
+      <vt:lpstr>Mosaic data Lookup</vt:lpstr>
       <vt:lpstr>Type of dwelling</vt:lpstr>
       <vt:lpstr>HH Composition</vt:lpstr>
       <vt:lpstr>Tenure</vt:lpstr>
       <vt:lpstr>Car Ownership</vt:lpstr>
       <vt:lpstr>Skills</vt:lpstr>
-      <vt:lpstr>Employment</vt:lpstr>
       <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Dorset County Council - Policy and Research/GIS</Company>
+  <Company>Dorset Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Dorset Statistics Application @ https://apps.geowessex.com/stats</dc:creator>
+  <dc:creator>Dorset Insights Application @ https://gi.dorsetcouncil.gov.uk/insights/areaprofiles</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_SetDate">
+    <vt:lpwstr>2025-08-27T11:49:45Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Name">
+    <vt:lpwstr>Official – Sensitive – Dorset Council Use Only</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_SiteId">
+    <vt:lpwstr>0a4edf35-f0d2-4e23-98f6-b0900b4ea1e6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_ActionId">
+    <vt:lpwstr>a10e9256-b585-4bae-a6d2-c61cd3666ce9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
 </file>