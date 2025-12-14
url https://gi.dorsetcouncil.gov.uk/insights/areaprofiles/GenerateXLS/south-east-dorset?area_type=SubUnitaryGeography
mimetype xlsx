--- v0 (2025-10-07)
+++ v1 (2025-12-14)
@@ -7,100 +7,104 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet23.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet24.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26501"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\GIS Users\Dorset Statistics\Data\Profile data\Mar 2023 Update\Profiles\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\GIS Users\Dorset Statistics\data loading app\excels\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3BB8CE61-1954-412D-AFB6-4944B460A9E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F902C067-350F-4E2D-95DE-A9304A447C48}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="623" firstSheet="5" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3180" yWindow="1545" windowWidth="21135" windowHeight="13650" tabRatio="623" firstSheet="18" activeTab="21" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MYE-Broad Age Groups" sheetId="1" r:id="rId1"/>
     <sheet name="MYE" sheetId="2" r:id="rId2"/>
-    <sheet name="Population Projections" sheetId="46" r:id="rId3"/>
+    <sheet name="MYE Lookup" sheetId="47" r:id="rId3"/>
     <sheet name="Birth Rate" sheetId="15" r:id="rId4"/>
-    <sheet name="Death Rate" sheetId="16" r:id="rId5"/>
-[...3 lines deleted...]
-    <sheet name="Country of birth" sheetId="36" r:id="rId9"/>
+    <sheet name="Birth Rate Lookup" sheetId="51" r:id="rId5"/>
+    <sheet name="Death Rate" sheetId="16" r:id="rId6"/>
+    <sheet name="Death Rate Lookup" sheetId="52" r:id="rId7"/>
+    <sheet name="Ethnicity" sheetId="8" r:id="rId8"/>
+    <sheet name="Religion" sheetId="14" r:id="rId9"/>
     <sheet name="Health" sheetId="37" r:id="rId10"/>
     <sheet name="Unpaid care" sheetId="38" r:id="rId11"/>
     <sheet name="Residents in communal est." sheetId="40" r:id="rId12"/>
     <sheet name="Mosaic data" sheetId="29" r:id="rId13"/>
-    <sheet name="Type of dwelling" sheetId="39" r:id="rId14"/>
-[...8 lines deleted...]
-    <sheet name="Metadata" sheetId="31" r:id="rId23"/>
+    <sheet name="Mosaic data Lookup" sheetId="49" r:id="rId14"/>
+    <sheet name="Type of dwelling" sheetId="39" r:id="rId15"/>
+    <sheet name="HH Composition" sheetId="12" r:id="rId16"/>
+    <sheet name="Tenure" sheetId="9" r:id="rId17"/>
+    <sheet name="Car Ownership" sheetId="17" r:id="rId18"/>
+    <sheet name="Skills" sheetId="11" r:id="rId19"/>
+    <sheet name="Employment of workers- sector" sheetId="41" r:id="rId20"/>
+    <sheet name="Local Business Units" sheetId="42" r:id="rId21"/>
+    <sheet name="Business Size Bands" sheetId="43" r:id="rId22"/>
+    <sheet name="Claimant Count" sheetId="45" r:id="rId23"/>
+    <sheet name="Claimant Count Lookup" sheetId="50" r:id="rId24"/>
+    <sheet name="Metadata" sheetId="31" r:id="rId25"/>
   </sheets>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>James A Roberts</author>
   </authors>
   <commentList>
     <comment ref="C19" authorId="0" shapeId="0" xr:uid="{3DEE40DC-160E-4394-B814-1A71112F1A15}">
       <text>
         <r>
           <rPr>
@@ -109,831 +113,839 @@
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>James A Roberts:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <strike/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Census used as BRES doesn't include the agriculture figures.
+Census 2021 stats were not broken down by industry letter. Instead they were aggregated up to 8 groups. To keep consistent with the other geographies Sara and I decided to switch to using BRES for these stats, even though some agriculture numbers are missing - which are pretty small in the scheme of things.
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>Census 2021 stats were not broken down by industry letter. Instead they were aggregated up to 8 groups. To keep consistent with the other geographies Sara and I decided to switch to using BRES for these stats, even though some agriculture numbers are missing - which are pretty small in the scheme of things.</t>
+          <t>As of 2024 the Census figures are available down to individual sector, however I will use BRES as it is more up-to-date. The misssing agricultural jobs amount to around 1,000 employees across the whole of Dorset.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="242">
   <si>
-    <t>Name</t>
+    <t>name</t>
   </si>
   <si>
-    <t>Census Code</t>
+    <t>all_persons</t>
   </si>
   <si>
-    <t>All Persons</t>
+    <t>all_males</t>
   </si>
   <si>
-    <t>All Males</t>
+    <t>males_0_to_15</t>
   </si>
   <si>
-    <t>Males 0 to 15</t>
+    <t>males_16_to_64</t>
   </si>
   <si>
-    <t>Males 16 to 64</t>
+    <t>males_65_plus</t>
   </si>
   <si>
-    <t>Males 65+</t>
+    <t>all_females</t>
   </si>
   <si>
-    <t>All Females</t>
+    <t>females_0_to_15</t>
   </si>
   <si>
-    <t>Females 0 to 15</t>
+    <t>females_16_to_64</t>
   </si>
   <si>
-    <t>Females 16 to 64</t>
-[...2 lines deleted...]
-    <t>Females 65+</t>
+    <t>females_65_plus</t>
   </si>
   <si>
     <t>South East Dorset</t>
-  </si>
-[...1 lines deleted...]
-    <t>n/a</t>
   </si>
   <si>
     <t>Dorset East</t>
   </si>
   <si>
     <t>Dorset North</t>
   </si>
   <si>
     <t>Dorset South</t>
   </si>
   <si>
     <t>Dorset West</t>
   </si>
   <si>
     <t>Mid Dorset</t>
   </si>
   <si>
-    <t>Year 2001</t>
+    <t>year_1</t>
   </si>
   <si>
-    <t>Year 2002</t>
+    <t>year_2</t>
   </si>
   <si>
-    <t>Year 2003</t>
+    <t>year_3</t>
   </si>
   <si>
-    <t>Year 2004</t>
+    <t>year_4</t>
   </si>
   <si>
-    <t>Year 2005</t>
+    <t>year_5</t>
   </si>
   <si>
-    <t>Year 2006</t>
+    <t>year_6</t>
   </si>
   <si>
-    <t>Year 2007</t>
+    <t>year_7</t>
   </si>
   <si>
-    <t>Year 2008</t>
+    <t>year_8</t>
   </si>
   <si>
-    <t>Year 2009</t>
+    <t>year_9</t>
   </si>
   <si>
-    <t>Year 2010</t>
+    <t>year_10</t>
   </si>
   <si>
-    <t>Year 2011</t>
+    <t>year_11</t>
   </si>
   <si>
-    <t>Year 2012</t>
+    <t>year_12</t>
   </si>
   <si>
-    <t>Year 2013</t>
+    <t>year_id</t>
   </si>
   <si>
-    <t>Year 2014</t>
+    <t>year</t>
   </si>
   <si>
-    <t>Year 2015</t>
+    <t>year_13</t>
   </si>
   <si>
-    <t>Year 2016</t>
+    <t>year_14</t>
   </si>
   <si>
-    <t>Year 2017</t>
+    <t>year_15</t>
   </si>
   <si>
-    <t>Year 2018</t>
+    <t>year_16</t>
   </si>
   <si>
-    <t>Year 2019</t>
+    <t>year_17</t>
   </si>
   <si>
-    <t>Year 2020</t>
+    <t>year_18</t>
   </si>
   <si>
-    <t>Year 2021</t>
+    <t>year_19</t>
   </si>
   <si>
-    <t>% white British</t>
+    <t>year_20</t>
   </si>
   <si>
-    <t>% BME</t>
+    <t>christian_per</t>
   </si>
   <si>
-    <t>% Main Language not English</t>
+    <t>non_christian_per</t>
   </si>
   <si>
-    <t>not available</t>
+    <t>no_religion_per</t>
   </si>
   <si>
-    <t>% Christian</t>
+    <t>religion_not_stated_per</t>
   </si>
   <si>
-    <t>% Non-Christian</t>
+    <t>activity_limited_a_lot_per</t>
   </si>
   <si>
-    <t>% No religion</t>
+    <t>activity_limited_little_per</t>
   </si>
   <si>
-    <t>% Religion not stated</t>
+    <t>activity_not_limited_per</t>
   </si>
   <si>
-    <t>% born in United Kingdom</t>
+    <t>very_good_health_per</t>
   </si>
   <si>
-    <t>% born in England</t>
+    <t>good_health_per</t>
   </si>
   <si>
-    <t>% born in Northern Ireland</t>
+    <t>bad_health_per</t>
   </si>
   <si>
-    <t>% born in Scotland</t>
+    <t>very_bad_health_per</t>
   </si>
   <si>
-    <t>% born in Wales</t>
+    <t>no_unpaid_care_per</t>
   </si>
   <si>
-    <t>% born in United Kingdom not otherwise specified</t>
+    <t>up_to_50_hrs_per</t>
   </si>
   <si>
-    <t>% born in Ireland</t>
+    <t>more_than_50_hrs_per</t>
   </si>
   <si>
-    <t>% born in EU: Member countries in March 2001</t>
+    <t>in_communal_estab_per</t>
   </si>
   <si>
-    <t>% born in EU: Accession countries April 2001 to March 2021</t>
+    <t>percent_group_a</t>
   </si>
   <si>
-    <t>% born in other countries</t>
+    <t>percent_group_b</t>
   </si>
   <si>
-    <t>% of people whose day-to-day activities limited a lot</t>
+    <t>percent_group_c</t>
   </si>
   <si>
-    <t>% of people whose day-to-day activities limited a little</t>
+    <t>percent_group_d</t>
   </si>
   <si>
-    <t>% of people whose day-to-day activities not limited</t>
+    <t>percent_group_e</t>
   </si>
   <si>
-    <t>% of people reporting very good health</t>
+    <t>percent_group_f</t>
   </si>
   <si>
-    <t>% of people reporting good health</t>
+    <t>percent_group_g</t>
   </si>
   <si>
-    <t>% of people reporting bad health</t>
+    <t>percent_group_h</t>
   </si>
   <si>
-    <t>% of people reporting very bad health</t>
+    <t>percent_group_i</t>
   </si>
   <si>
-    <t>% Provides no unpaid care</t>
+    <t>percent_group_j</t>
   </si>
   <si>
-    <t>% Provides up to 50 hours unpaid care a week</t>
+    <t>percent_group_k</t>
   </si>
   <si>
-    <t>% Provides 50 or more hours unpaid care a week</t>
+    <t>percent_group_l</t>
   </si>
   <si>
-    <t>% of usual population in communal establishments</t>
+    <t>percent_group_m</t>
   </si>
   <si>
-    <t>A City Prosperity</t>
+    <t>percent_group_n</t>
   </si>
   <si>
-    <t>B Prestige Positions</t>
+    <t>percent_group_o</t>
   </si>
   <si>
-    <t>C Country Living</t>
+    <t>group</t>
   </si>
   <si>
-    <t>D Rural Reality</t>
+    <t>percent_group_name</t>
   </si>
   <si>
-    <t>E Senior Security</t>
+    <t>Country Living</t>
   </si>
   <si>
-    <t>F Suburban Stability</t>
+    <t>Prestige Positions</t>
   </si>
   <si>
-    <t>G Domestic Success</t>
+    <t>City Prosperity</t>
   </si>
   <si>
-    <t>H Aspiring Homemakers</t>
+    <t>Domestic Success</t>
   </si>
   <si>
-    <t>I Family Basics</t>
+    <t>Suburban Stability</t>
   </si>
   <si>
-    <t>J Transient Renters</t>
+    <t>Senior Security</t>
   </si>
   <si>
-    <t>K Municipal Tenants</t>
+    <t>Rural Reality</t>
   </si>
   <si>
-    <t>L Vintage Value</t>
+    <t>Aspiring Homemakers</t>
   </si>
   <si>
-    <t>M Modest Traditions</t>
+    <t>Urban Cohesion</t>
   </si>
   <si>
-    <t>N Urban Cohesion</t>
+    <t>Rental Hubs</t>
   </si>
   <si>
-    <t>O Rental Hubs</t>
+    <t>Modest Traditions</t>
   </si>
   <si>
-    <t>% Detached house or bungalow</t>
+    <t>Transient Renters</t>
   </si>
   <si>
-    <t>% Semi-detached house or bungalow</t>
+    <t>Family Basics</t>
   </si>
   <si>
-    <t>% House or bungalow: Terraced (including end-terrace)</t>
+    <t>Vintage Value</t>
   </si>
   <si>
-    <t>% Flat, maisonette or apartment</t>
+    <t>Municipal Tenants</t>
   </si>
   <si>
-    <t>% Caravan or other mobile or temporary structure</t>
+    <t>detached_per</t>
+  </si>
+  <si>
+    <t>semi_detached_per</t>
+  </si>
+  <si>
+    <t>terraced_per</t>
+  </si>
+  <si>
+    <t>flat_maisonette_per</t>
+  </si>
+  <si>
+    <t>mobile_home_per</t>
   </si>
   <si>
     <t xml:space="preserve">Dorset South </t>
   </si>
   <si>
-    <t>Count of all Households</t>
+    <t>count_of_all_households</t>
   </si>
   <si>
-    <t>% of households one person or couple headed by 66+</t>
+    <t>one_pers_or_65plus_couple_per</t>
   </si>
   <si>
-    <t>% of households married with/ without dependents</t>
+    <t>married_per</t>
   </si>
   <si>
-    <t>% of households cohabiting with/ without dependents</t>
+    <t>cohabiting_per</t>
   </si>
   <si>
-    <t>% of households lone parents</t>
+    <t>lone_parents_per</t>
   </si>
   <si>
-    <t>% all others</t>
+    <t>all_others_per</t>
   </si>
   <si>
-    <t>All Households</t>
+    <t>all_households</t>
   </si>
   <si>
-    <t>% of housholds owner occupied</t>
+    <t>hhs_owner_occupied_per</t>
   </si>
   <si>
-    <t>% of households public rented</t>
+    <t>hhs_public_rented_per</t>
   </si>
   <si>
-    <t xml:space="preserve">% of households privately rented  </t>
+    <t>hhs_privately_rented_per</t>
   </si>
   <si>
-    <t>% All others</t>
+    <t>no_cars_or_vans_hh_per</t>
   </si>
   <si>
-    <t>% no cars or vans in household</t>
+    <t>two_plus_cars_or_vans_hh_per</t>
   </si>
   <si>
-    <t>% 2 or more cars or vans in a household</t>
+    <t>residents_16_to_74_in_employ</t>
   </si>
   <si>
-    <t>All Usual Residents Aged 16 and over in Employment</t>
+    <t>high_skill_occupation_per</t>
   </si>
   <si>
-    <t>% High skill occupation</t>
+    <t>intermediate_skill_occu_per</t>
   </si>
   <si>
-    <t>% Intermediate skill occupation</t>
+    <t>low_skill_occupation_per</t>
   </si>
   <si>
-    <t>% Low skill occupation</t>
+    <t>total_employees</t>
   </si>
   <si>
-    <t>Total employees</t>
+    <t>agriculture_forestry_fishing</t>
   </si>
   <si>
-    <t>Number in agriculture, forestry and fishing</t>
+    <t>mining_and_quarrying</t>
   </si>
   <si>
-    <t>Number in mining and quarrying</t>
+    <t>manufacturing</t>
   </si>
   <si>
-    <t>Number in manufacturing</t>
+    <t>electricity_gas_steam_and_air</t>
   </si>
   <si>
-    <t>Number in electricity, gas, steam and air</t>
+    <t>water_sewerage_waste_managment</t>
   </si>
   <si>
-    <t>Number in water, sewerage and waste management</t>
+    <t>construction</t>
   </si>
   <si>
-    <t>Number in construction</t>
+    <t>wholesale_retail_and_repair</t>
   </si>
   <si>
-    <t>Number in wholesale, retail and repair</t>
+    <t>transportation_and_storage</t>
   </si>
   <si>
-    <t>Number in transportation and storage</t>
+    <t>accommodation_and_food_service</t>
   </si>
   <si>
-    <t>Number in accommodation and food services</t>
+    <t>information_and_communications</t>
   </si>
   <si>
-    <t>Number in information and communications</t>
+    <t>financial_and_ins_activities</t>
   </si>
   <si>
-    <t>Number in financial and insurance activities</t>
+    <t>real_estate</t>
   </si>
   <si>
-    <t>Number in real estate</t>
+    <t>profess_scientific_technical</t>
   </si>
   <si>
-    <t>Number in professional, scientific and technical activities</t>
+    <t>admin_and_support_activities</t>
   </si>
   <si>
-    <t>Number in administration and support activities</t>
+    <t>public_admin_and_defence</t>
   </si>
   <si>
-    <t>Number in public administration and defence</t>
+    <t>education</t>
   </si>
   <si>
-    <t>Number in education</t>
+    <t>human_health_and_social_work</t>
   </si>
   <si>
-    <t>Number in human health and social work activities</t>
+    <t>arts_entertainment_recreation</t>
   </si>
   <si>
-    <t>Number in arts, entertainment, recreation and other activities</t>
+    <t>total_businesses</t>
   </si>
   <si>
-    <t>% in agriculture, forestry and fishing</t>
+    <t>elec_gas_steam_and_air_con</t>
   </si>
   <si>
-    <t>% in mining and quarrying</t>
+    <t>water_sewerage_waste_managemen</t>
   </si>
   <si>
-    <t>% in manufacturing</t>
+    <t>wholesale_retail_repair_motor</t>
   </si>
   <si>
-    <t>% in electricity, gas, steam and air</t>
+    <t>public_admin_and_defence_css</t>
   </si>
   <si>
-    <t>% in water, sewerage and waste management</t>
+    <t>arts_ent_recreation</t>
   </si>
   <si>
-    <t>% in construction</t>
+    <t>other</t>
   </si>
   <si>
-    <t>% in wholesale, retail and repair</t>
+    <t>no_micro_0_to_9</t>
   </si>
   <si>
-    <t>% in transportation and storage</t>
+    <t>no_small_10_to_49</t>
   </si>
   <si>
-    <t>% in accommodation and food services</t>
+    <t>no_medium_sized_50_to_249</t>
   </si>
   <si>
-    <t>% in information and communications</t>
+    <t>no_large_250_plus</t>
   </si>
   <si>
-    <t>% in financial and insurance activities</t>
+    <t>range_1_number</t>
   </si>
   <si>
-    <t>% in real estate</t>
+    <t>range_2_number</t>
   </si>
   <si>
-    <t>% in professional, scientific and technical activities</t>
+    <t>range_3_number</t>
   </si>
   <si>
-    <t>% in administration and support activities</t>
+    <t>range_4_number</t>
   </si>
   <si>
-    <t>% in public administration and defence</t>
+    <t>range_5_number</t>
   </si>
   <si>
-    <t>% in education</t>
+    <t>range_6_number</t>
   </si>
   <si>
-    <t>% in human health and social work activities</t>
+    <t>range_7_number</t>
   </si>
   <si>
-    <t>% in arts, entertainment, recreation and other activities</t>
+    <t>range_8_number</t>
   </si>
   <si>
-    <t>Total businesses</t>
+    <t>range_9_number</t>
   </si>
   <si>
-    <t>Number in Electricity, gas, steam and air conditioning supply</t>
+    <t>range_1_rate</t>
   </si>
   <si>
-    <t>Number in Water supply; sewerage, waste management and remediation activities</t>
+    <t>range_2_rate</t>
   </si>
   <si>
-    <t>Number in Wholesale and retail trade; repair of motor vehicles and motorcycles</t>
+    <t>range_3_rate</t>
   </si>
   <si>
-    <t>Number in Public administration and defence; compulsory social security</t>
+    <t>range_4_rate</t>
   </si>
   <si>
-    <t>Number in Arts, entertainment and recreation</t>
+    <t>range_5_rate</t>
   </si>
   <si>
-    <t>Number in Other service activities</t>
+    <t>range_6_rate</t>
   </si>
   <si>
-    <t>% Electricity, gas, steam and air conditioning supply</t>
+    <t>range_7_rate</t>
   </si>
   <si>
-    <t>% Water supply; sewerage, waste management and remediation activities</t>
+    <t>range_8_rate</t>
   </si>
   <si>
-    <t>% Wholesale and retail trade; repair of motor vehicles and motorcycles</t>
+    <t>range_9_rate</t>
   </si>
   <si>
-    <t>% Public administration and defence; compulsory social security</t>
+    <t>id</t>
   </si>
   <si>
-    <t>% Arts, entertainment and recreation</t>
+    <t>date_range_start</t>
   </si>
   <si>
-    <t>% Other service activities</t>
+    <t>date_range_end</t>
   </si>
   <si>
-    <t>No. Micro (0 to 9)</t>
+    <t>range_1</t>
   </si>
   <si>
-    <t>No. Small (10 to 49)</t>
+    <t>July 2022</t>
   </si>
   <si>
-    <t>No. Medium sized (50 to 249)</t>
+    <t>September 2022</t>
   </si>
   <si>
-    <t>No. Large (250+)</t>
+    <t>range_2</t>
   </si>
   <si>
-    <t>% Micro (0 to 9)</t>
+    <t>October 2022</t>
   </si>
   <si>
-    <t>% Small (10 to 49)</t>
+    <t>December 2022</t>
   </si>
   <si>
-    <t>% Medium sized (50 to 249)</t>
+    <t>range_3</t>
   </si>
   <si>
-    <t>% Large (250+)</t>
+    <t>January 2023</t>
   </si>
   <si>
-    <t>Avg number of claimants Jul - Sep 2020</t>
+    <t>March 2023</t>
   </si>
   <si>
-    <t>Avg number of claimants Oct - Dec 2020</t>
+    <t>range_4</t>
   </si>
   <si>
-    <t>Avg number of claimants Jan - March 2021</t>
+    <t>April 2023</t>
   </si>
   <si>
-    <t>Avg number of claimants Apr - Jun 2021</t>
+    <t>June 2023</t>
   </si>
   <si>
-    <t>Avg number of claimants Jul - Sep 2021</t>
+    <t>range_5</t>
   </si>
   <si>
-    <t>Avg number of claimants Oct - Dec 2021</t>
+    <t>July 2023</t>
   </si>
   <si>
-    <t>Avg number of claimants Jan - March 2022</t>
+    <t>September 2023</t>
   </si>
   <si>
-    <t>Avg number of claimants Apr - Jun 2022</t>
+    <t>range_6</t>
   </si>
   <si>
-    <t>Avg number of claimants Jul - Sep 2022</t>
+    <t>October 2023</t>
   </si>
   <si>
-    <t>Avg number of claimants Oct - Dec 2022</t>
+    <t>December 2023</t>
   </si>
   <si>
-    <t>Avg number of claimants Jan - March 2023</t>
+    <t>range_7</t>
   </si>
   <si>
-    <t>Avg rate of claimants Jul - Sep 2020</t>
+    <t>January 2024</t>
   </si>
   <si>
-    <t>Avg rate of claimants Oct - Dec 2020</t>
+    <t>March 2024</t>
   </si>
   <si>
-    <t>Avg rate of claimants Jan - March 2021</t>
+    <t>range_8</t>
   </si>
   <si>
-    <t>Avg rate of claimants Apr - Jun 2021</t>
+    <t>April 2024</t>
   </si>
   <si>
-    <t>Avg rate of claimants Jul - Sep 2021</t>
+    <t>June 2024</t>
   </si>
   <si>
-    <t>Avg rate of claimants Oct - Dec 2021</t>
+    <t>range_9</t>
   </si>
   <si>
-    <t>Avg rate of claimants Jan - March 2022</t>
+    <t>July 2024</t>
   </si>
   <si>
-    <t>Avg rate of claimants Apr - Jun 2022</t>
-[...8 lines deleted...]
-    <t>Avg rate of claimants Jan - March 2023</t>
+    <t>September 2024</t>
   </si>
   <si>
     <t>Dorset Statistics - Metadata</t>
   </si>
   <si>
     <t>Updates</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>SUGs</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Next Release</t>
   </si>
   <si>
     <t>Note</t>
   </si>
   <si>
     <t>Population</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
-    <t>Office for National Statistics &amp; Dorset County Council</t>
+    <t>Office for National Statistics &amp; Dorset County Council, 2022</t>
   </si>
   <si>
-    <t>Late 2023?</t>
+    <t>Late 2025</t>
   </si>
   <si>
     <t>Grouped LSOAs</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>JR</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Birth rate</t>
   </si>
   <si>
+    <t>Office for National Statistics, 2022</t>
+  </si>
+  <si>
+    <t>Death rate</t>
+  </si>
+  <si>
     <t>Office for National Statistics</t>
   </si>
   <si>
-    <t>Death rate</t>
+    <t>Late 2023?</t>
+  </si>
+  <si>
+    <t>Grouped MSOAs</t>
   </si>
   <si>
     <t>Ethnicity</t>
   </si>
   <si>
     <t>Census 2021</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Language</t>
   </si>
   <si>
     <t>Census 2011</t>
   </si>
   <si>
     <t>DATA NOT AVAILABLE</t>
   </si>
   <si>
     <t>Religion</t>
   </si>
   <si>
     <t>MOSAIC</t>
   </si>
   <si>
-    <t xml:space="preserve">Mosaic 2022, EXPERIAN </t>
+    <t xml:space="preserve">Mosaic 2021, EXPERIAN </t>
   </si>
   <si>
-    <t>2021?</t>
+    <t>?</t>
   </si>
   <si>
     <t>Household Composition</t>
   </si>
   <si>
     <t>Tenure</t>
   </si>
   <si>
     <t>Cars/Vans</t>
   </si>
   <si>
     <t>Skills</t>
   </si>
   <si>
     <t>Country of birth</t>
   </si>
   <si>
+    <t>DATA NOT AVAILABLE - RM010 does not give sub-UK country of birth, while TS012 does not provide sub-LA breakdowns.</t>
+  </si>
+  <si>
     <t>Health</t>
   </si>
   <si>
     <t>Unpaid care</t>
   </si>
   <si>
     <t>Type of dwelling</t>
   </si>
   <si>
     <t>Residents in communal establishments</t>
   </si>
   <si>
     <t>Employment</t>
   </si>
   <si>
-    <t>Office for National Statistics, BRES Employees 2021</t>
+    <t>Office for National Statistics, BRES Employees 2023</t>
+  </si>
+  <si>
+    <t>Census now available down to OA for 18 industry types (TS060A), or MSOA for 88 industry types (TS060).</t>
   </si>
   <si>
     <t>Local Business Units</t>
   </si>
   <si>
-    <t>Office for National Statistics, UK Business 2022</t>
-[...2 lines deleted...]
-    <t>Grouped MSOAs</t>
+    <t>Office for National Statistics, UK Business 2024</t>
   </si>
   <si>
     <t>Business Size Bands</t>
   </si>
   <si>
     <t>Claimant Count</t>
+  </si>
+  <si>
+    <t>Office for National Statistics, Nomis</t>
   </si>
   <si>
     <t>Fully available</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Partially Available</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>Not available</t>
   </si>
+  <si>
+    <t>white_british_per</t>
+  </si>
+  <si>
+    <t>bme_per</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="44" formatCode="_-&quot;£&quot;* #,##0.00_-;\-&quot;£&quot;* #,##0.00_-;_-&quot;£&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
     <numFmt numFmtId="168" formatCode="_(* #,##0.00_);_(* \(\ #,##0.00\ \);_(* &quot;-&quot;??_);_(\ @_ \)"/>
   </numFmts>
-  <fonts count="100">
+  <fonts count="89">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...9 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1101,88 +1113,78 @@
       <color indexed="62"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color indexed="62"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="62"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="53"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...2 lines deleted...]
-    <font>
       <b/>
       <sz val="18"/>
       <color indexed="62"/>
       <name val="Cambria"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color indexed="43"/>
       <name val="Cambria"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
-      <family val="2"/>
-[...4 lines deleted...]
-      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1437,102 +1439,61 @@
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...11 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color indexed="8"/>
+      <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...26 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="79">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
@@ -2198,1772 +2159,1665 @@
         <color rgb="FF3F3F3F"/>
       </left>
       <right style="thin">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="thin">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="633">
+  <cellStyleXfs count="631">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="47" borderId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="47" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="47" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="47" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="2" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="47" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="48" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="48" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="48" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="4" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="48" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="49" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="49" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="49" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="6" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="49" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="50" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="50" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="50" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="5" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="50" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="51" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="51" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="51" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="7" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="51" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="52" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="52" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="10" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="52" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="9" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="52" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="53" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="53" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="53" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="10" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="53" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="54" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="54" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="54" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="11" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="54" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="55" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="12" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="55" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="55" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="12" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="55" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="56" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="56" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="10" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="56" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="5" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="56" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="57" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="57" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="13" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="57" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="10" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="57" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="58" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="13" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="13" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="58" borderId="0"/>
-[...37 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="58" borderId="0"/>
+    <xf numFmtId="0" fontId="46" fillId="13" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="58" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="59" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="59" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="14" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="59" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="60" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="60" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="11" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="60" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="61" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="61" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="12" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="61" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="62" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="17" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="62" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="62" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="63" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="63" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="63" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="64" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="19" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="64" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="19" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="64" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="65" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0"/>
-    <xf numFmtId="0" fontId="14" fillId="22" borderId="0"/>
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="22" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="23" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="23" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="23" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="23" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="65" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="66" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0"/>
-    <xf numFmtId="0" fontId="14" fillId="26" borderId="0"/>
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="26" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="27" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="27" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="27" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="27" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="66" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="67" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="29" borderId="0"/>
-    <xf numFmtId="0" fontId="14" fillId="25" borderId="0"/>
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="25" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="26" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="26" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="28" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="26" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="26" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="67" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="68" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0"/>
-    <xf numFmtId="0" fontId="14" fillId="25" borderId="0"/>
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="25" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="23" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="23" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="16" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="23" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="23" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="68" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="69" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0"/>
-    <xf numFmtId="0" fontId="14" fillId="22" borderId="0"/>
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="22" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="31" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="31" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="31" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="31" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="69" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="70" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="0"/>
-    <xf numFmtId="0" fontId="14" fillId="33" borderId="0"/>
-[...43 lines deleted...]
-    <xf numFmtId="0" fontId="66" fillId="72" borderId="15"/>
+    <xf numFmtId="0" fontId="12" fillId="33" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="34" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="47" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="34" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="32" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="34" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="34" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="60" fillId="70" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="71" borderId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0"/>
+    <xf numFmtId="0" fontId="32" fillId="35" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="71" borderId="0"/>
+    <xf numFmtId="0" fontId="48" fillId="4" borderId="0"/>
+    <xf numFmtId="0" fontId="61" fillId="71" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="72" borderId="15"/>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="1"/>
+    <xf numFmtId="0" fontId="33" fillId="36" borderId="1"/>
+    <xf numFmtId="0" fontId="62" fillId="72" borderId="15"/>
+    <xf numFmtId="0" fontId="49" fillId="3" borderId="1"/>
+    <xf numFmtId="0" fontId="62" fillId="72" borderId="15"/>
     <xf numFmtId="0" fontId="2" fillId="37" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="37" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="37" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="73" borderId="16"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="67" fillId="73" borderId="16"/>
+    <xf numFmtId="0" fontId="63" fillId="73" borderId="16"/>
+    <xf numFmtId="0" fontId="15" fillId="38" borderId="2"/>
+    <xf numFmtId="0" fontId="15" fillId="26" borderId="2"/>
+    <xf numFmtId="0" fontId="63" fillId="73" borderId="16"/>
+    <xf numFmtId="0" fontId="50" fillId="38" borderId="2"/>
+    <xf numFmtId="0" fontId="63" fillId="73" borderId="16"/>
     <xf numFmtId="0" fontId="2" fillId="39" borderId="3">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="39" borderId="3">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="39" borderId="3">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="59" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="168" fontId="30" fillId="0" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="168" fontId="30" fillId="0" borderId="0"/>
+    <xf numFmtId="168" fontId="28" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="41" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="41" fillId="0" borderId="0"/>
+    <xf numFmtId="168" fontId="42" fillId="0" borderId="0"/>
+    <xf numFmtId="168" fontId="28" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="44" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="31" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="41" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="29" fillId="0" borderId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="31" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="29" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="31" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="29" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="40" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="41" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="42" borderId="0"/>
-    <xf numFmtId="0" fontId="68" fillId="0" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="68" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="43" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="39" borderId="0">
+    <xf numFmtId="0" fontId="6" fillId="39" borderId="0">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="39" borderId="0">
+    <xf numFmtId="0" fontId="7" fillId="39" borderId="0">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="39" borderId="0">
+    <xf numFmtId="0" fontId="6" fillId="39" borderId="0">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="69" fillId="74" borderId="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="65" fillId="74" borderId="0"/>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="0"/>
+    <xf numFmtId="0" fontId="17" fillId="29" borderId="0"/>
+    <xf numFmtId="0" fontId="65" fillId="74" borderId="0"/>
+    <xf numFmtId="0" fontId="52" fillId="6" borderId="0"/>
+    <xf numFmtId="0" fontId="65" fillId="74" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="70" fillId="0" borderId="17"/>
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="17"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="4"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="5"/>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="17"/>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="17"/>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="18"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="6"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="6"/>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="18"/>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="18"/>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="19"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="7"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="8"/>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="19"/>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="19"/>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="74" fillId="75" borderId="15"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="76" fillId="76" borderId="0"/>
+    <xf numFmtId="0" fontId="70" fillId="75" borderId="15"/>
+    <xf numFmtId="0" fontId="21" fillId="9" borderId="1"/>
+    <xf numFmtId="0" fontId="21" fillId="33" borderId="1"/>
+    <xf numFmtId="0" fontId="70" fillId="75" borderId="15"/>
+    <xf numFmtId="0" fontId="53" fillId="9" borderId="1"/>
+    <xf numFmtId="0" fontId="70" fillId="75" borderId="15"/>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="20"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="9"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="9"/>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="20"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="9"/>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="20"/>
+    <xf numFmtId="0" fontId="72" fillId="76" borderId="0"/>
+    <xf numFmtId="0" fontId="23" fillId="44" borderId="0"/>
+    <xf numFmtId="0" fontId="23" fillId="45" borderId="0"/>
+    <xf numFmtId="0" fontId="72" fillId="76" borderId="0"/>
+    <xf numFmtId="0" fontId="55" fillId="44" borderId="0"/>
+    <xf numFmtId="0" fontId="72" fillId="76" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="84" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="47" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="84" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="84" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="46" borderId="10"/>
+    <xf numFmtId="0" fontId="29" fillId="77" borderId="21"/>
+    <xf numFmtId="0" fontId="5" fillId="46" borderId="10"/>
     <xf numFmtId="0" fontId="1" fillId="46" borderId="10"/>
-    <xf numFmtId="0" fontId="31" fillId="77" borderId="21"/>
+    <xf numFmtId="0" fontId="29" fillId="77" borderId="21"/>
     <xf numFmtId="0" fontId="3" fillId="24" borderId="10"/>
     <xf numFmtId="0" fontId="2" fillId="24" borderId="10"/>
     <xf numFmtId="0" fontId="2" fillId="24" borderId="10"/>
     <xf numFmtId="0" fontId="2" fillId="46" borderId="10"/>
-    <xf numFmtId="0" fontId="31" fillId="77" borderId="21"/>
-[...6 lines deleted...]
-    <xf numFmtId="9" fontId="31" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="29" fillId="77" borderId="21"/>
+    <xf numFmtId="0" fontId="75" fillId="72" borderId="22"/>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="11"/>
+    <xf numFmtId="0" fontId="24" fillId="36" borderId="11"/>
+    <xf numFmtId="0" fontId="75" fillId="72" borderId="22"/>
+    <xf numFmtId="0" fontId="56" fillId="3" borderId="11"/>
+    <xf numFmtId="0" fontId="75" fillId="72" borderId="22"/>
+    <xf numFmtId="9" fontId="29" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="30" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="28" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="30" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="28" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="31" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="29" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="39" borderId="12">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="39" borderId="12">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="39" borderId="12">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="37" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="80" fillId="0" borderId="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="13"/>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="23"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="13"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14"/>
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="23"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="23"/>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="13"/>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="23"/>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="798">
+  <cellXfs count="745">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="47" applyFill="1" borderId="0" applyBorder="1" xfId="1" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="2" applyFill="1" borderId="0" applyBorder="1" xfId="2" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="47" applyFill="1" borderId="0" applyBorder="1" xfId="1" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="2" applyFill="1" borderId="0" applyBorder="1" xfId="2" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="0" applyBorder="1" xfId="3" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="3" applyFill="1" borderId="0" applyBorder="1" xfId="4" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="47" applyFill="1" borderId="0" applyBorder="1" xfId="5" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="9" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="47" applyFill="1" borderId="0" applyBorder="1" xfId="5" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="2" applyFill="1" borderId="0" applyBorder="1" xfId="6" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="47" applyFill="1" borderId="0" applyBorder="1" xfId="7" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="48" applyFill="1" borderId="0" applyBorder="1" xfId="8" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="9" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="10" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="11" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="48" applyFill="1" borderId="0" applyBorder="1" xfId="12" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="6" applyFill="1" borderId="0" applyBorder="1" xfId="16" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="48" applyFill="1" borderId="0" applyBorder="1" xfId="12" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="13" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="48" applyFill="1" borderId="0" applyBorder="1" xfId="14" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="49" applyFill="1" borderId="0" applyBorder="1" xfId="15" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="6" applyFill="1" borderId="0" applyBorder="1" xfId="16" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="6" applyFill="1" borderId="0" applyBorder="1" xfId="17" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="18" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="49" applyFill="1" borderId="0" applyBorder="1" xfId="19" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="23" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="49" applyFill="1" borderId="0" applyBorder="1" xfId="19" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="6" applyFill="1" borderId="0" applyBorder="1" xfId="20" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="49" applyFill="1" borderId="0" applyBorder="1" xfId="21" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="50" applyFill="1" borderId="0" applyBorder="1" xfId="22" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="23" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="24" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="3" applyFill="1" borderId="0" applyBorder="1" xfId="25" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="50" applyFill="1" borderId="0" applyBorder="1" xfId="26" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="7" applyFill="1" borderId="0" applyBorder="1" xfId="30" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="50" applyFill="1" borderId="0" applyBorder="1" xfId="26" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="27" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="50" applyFill="1" borderId="0" applyBorder="1" xfId="28" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="51" applyFill="1" borderId="0" applyBorder="1" xfId="29" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="7" applyFill="1" borderId="0" applyBorder="1" xfId="30" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="7" applyFill="1" borderId="0" applyBorder="1" xfId="31" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="8" applyFill="1" borderId="0" applyBorder="1" xfId="32" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="51" applyFill="1" borderId="0" applyBorder="1" xfId="33" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="9" applyFill="1" borderId="0" applyBorder="1" xfId="37" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="51" applyFill="1" borderId="0" applyBorder="1" xfId="33" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="7" applyFill="1" borderId="0" applyBorder="1" xfId="34" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="51" applyFill="1" borderId="0" applyBorder="1" xfId="35" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="52" applyFill="1" borderId="0" applyBorder="1" xfId="36" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="9" applyFill="1" borderId="0" applyBorder="1" xfId="37" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="9" applyFill="1" borderId="0" applyBorder="1" xfId="38" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="39" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="52" applyFill="1" borderId="0" applyBorder="1" xfId="40" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="44" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="52" applyFill="1" borderId="0" applyBorder="1" xfId="40" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="9" applyFill="1" borderId="0" applyBorder="1" xfId="41" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="52" applyFill="1" borderId="0" applyBorder="1" xfId="42" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="53" applyFill="1" borderId="0" applyBorder="1" xfId="43" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="44" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="45" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="3" applyFill="1" borderId="0" applyBorder="1" xfId="46" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="53" applyFill="1" borderId="0" applyBorder="1" xfId="47" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="51" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="53" applyFill="1" borderId="0" applyBorder="1" xfId="47" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="48" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="53" applyFill="1" borderId="0" applyBorder="1" xfId="49" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="54" applyFill="1" borderId="0" applyBorder="1" xfId="50" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="51" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="52" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="53" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="54" applyFill="1" borderId="0" applyBorder="1" xfId="54" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="58" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="54" applyFill="1" borderId="0" applyBorder="1" xfId="54" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="55" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="54" applyFill="1" borderId="0" applyBorder="1" xfId="56" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="55" applyFill="1" borderId="0" applyBorder="1" xfId="57" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="58" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="59" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="55" applyFill="1" borderId="0" applyBorder="1" xfId="60" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="64" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="55" applyFill="1" borderId="0" applyBorder="1" xfId="60" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="61" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="55" applyFill="1" borderId="0" applyBorder="1" xfId="62" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="56" applyFill="1" borderId="0" applyBorder="1" xfId="63" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="64" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="65" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="3" applyFill="1" borderId="0" applyBorder="1" xfId="66" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="56" applyFill="1" borderId="0" applyBorder="1" xfId="67" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="71" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="56" applyFill="1" borderId="0" applyBorder="1" xfId="67" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="68" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="56" applyFill="1" borderId="0" applyBorder="1" xfId="69" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="70" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="71" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="72" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="73" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="13" applyFill="1" borderId="0" applyBorder="1" xfId="77" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="73" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="10" applyFill="1" borderId="0" applyBorder="1" xfId="74" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="57" applyFill="1" borderId="0" applyBorder="1" xfId="75" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="58" applyFill="1" borderId="0" applyBorder="1" xfId="76" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="13" applyFill="1" borderId="0" applyBorder="1" xfId="77" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="13" applyFill="1" borderId="0" applyBorder="1" xfId="78" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="79" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="58" applyFill="1" borderId="0" applyBorder="1" xfId="80" applyProtection="1"/>
-[...37 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="118" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="58" applyFill="1" borderId="0" applyBorder="1" xfId="80" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="13" applyFill="1" borderId="0" applyBorder="1" xfId="81" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="58" applyFill="1" borderId="0" applyBorder="1" xfId="82" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="59" applyFill="1" borderId="0" applyBorder="1" xfId="83" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="14" applyFill="1" borderId="0" applyBorder="1" xfId="84" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="85" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="59" applyFill="1" borderId="0" applyBorder="1" xfId="86" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="14" applyFill="1" borderId="0" applyBorder="1" xfId="87" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="59" applyFill="1" borderId="0" applyBorder="1" xfId="88" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="60" applyFill="1" borderId="0" applyBorder="1" xfId="89" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="90" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="91" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="60" applyFill="1" borderId="0" applyBorder="1" xfId="92" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="11" applyFill="1" borderId="0" applyBorder="1" xfId="93" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="60" applyFill="1" borderId="0" applyBorder="1" xfId="94" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="61" applyFill="1" borderId="0" applyBorder="1" xfId="95" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="96" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="61" applyFill="1" borderId="0" applyBorder="1" xfId="97" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="12" applyFill="1" borderId="0" applyBorder="1" xfId="98" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="61" applyFill="1" borderId="0" applyBorder="1" xfId="99" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="62" applyFill="1" borderId="0" applyBorder="1" xfId="100" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="101" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="17" applyFill="1" borderId="0" applyBorder="1" xfId="102" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="62" applyFill="1" borderId="0" applyBorder="1" xfId="103" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="104" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="62" applyFill="1" borderId="0" applyBorder="1" xfId="105" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="63" applyFill="1" borderId="0" applyBorder="1" xfId="106" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="107" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="108" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="63" applyFill="1" borderId="0" applyBorder="1" xfId="109" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="110" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="63" applyFill="1" borderId="0" applyBorder="1" xfId="111" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="64" applyFill="1" borderId="0" applyBorder="1" xfId="112" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="19" applyFill="1" borderId="0" applyBorder="1" xfId="113" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="5" applyFill="1" borderId="0" applyBorder="1" xfId="114" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="64" applyFill="1" borderId="0" applyBorder="1" xfId="115" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="19" applyFill="1" borderId="0" applyBorder="1" xfId="116" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="64" applyFill="1" borderId="0" applyBorder="1" xfId="117" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="118" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="21" applyFill="1" borderId="0" applyBorder="1" xfId="119" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="21" applyFill="1" borderId="0" applyBorder="1" xfId="120" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="22" applyFill="1" borderId="0" applyBorder="1" xfId="121" applyProtection="1"/>
-[...32 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="154" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="22" applyFill="1" borderId="0" applyBorder="1" xfId="121" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="122" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="123" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="124" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="125" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="126" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="127" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="128" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="129" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="130" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="131" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="132" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="133" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="134" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="135" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="136" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="137" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="138" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="139" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="140" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="141" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="142" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="143" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="144" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="145" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="146" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="20" applyFill="1" borderId="0" applyBorder="1" xfId="147" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="148" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="149" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="150" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="151" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="152" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="65" applyFill="1" borderId="0" applyBorder="1" xfId="153" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="154" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="24" applyFill="1" borderId="0" applyBorder="1" xfId="155" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="25" applyFill="1" borderId="0" applyBorder="1" xfId="156" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="157" applyProtection="1"/>
-[...32 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="190" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="157" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="158" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="159" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="160" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="161" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="162" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="163" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="164" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="165" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="166" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="167" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="168" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="27" applyFill="1" borderId="0" applyBorder="1" xfId="169" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="170" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="171" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="172" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="173" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="174" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="175" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="176" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="177" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="178" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="179" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="180" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="181" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="27" applyFill="1" borderId="0" applyBorder="1" xfId="182" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="15" applyFill="1" borderId="0" applyBorder="1" xfId="183" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="27" applyFill="1" borderId="0" applyBorder="1" xfId="184" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="27" applyFill="1" borderId="0" applyBorder="1" xfId="185" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="186" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="187" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="188" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="66" applyFill="1" borderId="0" applyBorder="1" xfId="189" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="190" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="24" applyFill="1" borderId="0" applyBorder="1" xfId="191" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="29" applyFill="1" borderId="0" applyBorder="1" xfId="192" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="25" applyFill="1" borderId="0" applyBorder="1" xfId="193" applyProtection="1"/>
-[...32 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="226" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="25" applyFill="1" borderId="0" applyBorder="1" xfId="193" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="194" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="195" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="196" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="197" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="198" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="199" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="200" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="201" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="202" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="203" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="204" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="205" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="206" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="207" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="208" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="209" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="210" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="211" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="212" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="213" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="214" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="215" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="216" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="217" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="218" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="28" applyFill="1" borderId="0" applyBorder="1" xfId="219" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="220" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="26" applyFill="1" borderId="0" applyBorder="1" xfId="221" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="222" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="223" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="224" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="67" applyFill="1" borderId="0" applyBorder="1" xfId="225" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="226" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="21" applyFill="1" borderId="0" applyBorder="1" xfId="227" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="25" applyFill="1" borderId="0" applyBorder="1" xfId="228" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="25" applyFill="1" borderId="0" applyBorder="1" xfId="229" applyProtection="1"/>
-[...32 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="262" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="25" applyFill="1" borderId="0" applyBorder="1" xfId="229" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="230" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="231" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="232" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="233" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="234" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="235" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="236" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="237" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="238" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="239" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="240" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="241" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="242" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="243" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="244" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="245" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="246" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="247" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="248" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="249" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="250" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="251" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="252" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="253" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="254" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="16" applyFill="1" borderId="0" applyBorder="1" xfId="255" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="256" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="23" applyFill="1" borderId="0" applyBorder="1" xfId="257" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="258" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="259" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="260" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="68" applyFill="1" borderId="0" applyBorder="1" xfId="261" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="262" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="30" applyFill="1" borderId="0" applyBorder="1" xfId="263" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="21" applyFill="1" borderId="0" applyBorder="1" xfId="264" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="22" applyFill="1" borderId="0" applyBorder="1" xfId="265" applyProtection="1"/>
-[...32 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="298" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="22" applyFill="1" borderId="0" applyBorder="1" xfId="265" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="266" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="267" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="268" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="269" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="270" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="271" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="272" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="273" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="274" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="275" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="276" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="31" applyFill="1" borderId="0" applyBorder="1" xfId="277" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="278" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="279" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="280" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="281" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="282" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="283" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="284" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="285" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="286" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="287" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="288" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="289" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="31" applyFill="1" borderId="0" applyBorder="1" xfId="290" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="18" applyFill="1" borderId="0" applyBorder="1" xfId="291" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="31" applyFill="1" borderId="0" applyBorder="1" xfId="292" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="31" applyFill="1" borderId="0" applyBorder="1" xfId="293" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="294" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="295" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="296" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="69" applyFill="1" borderId="0" applyBorder="1" xfId="297" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="298" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="24" applyFill="1" borderId="0" applyBorder="1" xfId="299" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="33" applyFill="1" borderId="0" applyBorder="1" xfId="300" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="33" applyFill="1" borderId="0" applyBorder="1" xfId="301" applyProtection="1"/>
-[...43 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="66" applyFont="1" fillId="72" applyFill="1" borderId="15" applyBorder="1" xfId="345" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="33" applyFill="1" borderId="0" applyBorder="1" xfId="301" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="302" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="303" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="304" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="305" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="306" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="307" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="308" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="309" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="310" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="311" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="312" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="34" applyFill="1" borderId="0" applyBorder="1" xfId="313" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="314" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="315" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="316" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="317" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="318" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="319" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="320" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="321" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="322" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="323" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="324" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="325" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="34" applyFill="1" borderId="0" applyBorder="1" xfId="326" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="32" applyFill="1" borderId="0" applyBorder="1" xfId="327" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="34" applyFill="1" borderId="0" applyBorder="1" xfId="328" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="34" applyFill="1" borderId="0" applyBorder="1" xfId="329" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="330" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="331" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="332" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="60" applyFont="1" fillId="70" applyFill="1" borderId="0" applyBorder="1" xfId="333" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="71" applyFill="1" borderId="0" applyBorder="1" xfId="334" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="335" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="32" applyFont="1" fillId="35" applyFill="1" borderId="0" applyBorder="1" xfId="336" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="71" applyFill="1" borderId="0" applyBorder="1" xfId="337" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="4" applyFill="1" borderId="0" applyBorder="1" xfId="338" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="61" applyFont="1" fillId="71" applyFill="1" borderId="0" applyBorder="1" xfId="339" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="72" applyFill="1" borderId="15" applyBorder="1" xfId="340" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="14" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="341" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="36" applyFill="1" borderId="1" applyBorder="1" xfId="342" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="72" applyFill="1" borderId="15" applyBorder="1" xfId="343" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="49" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="344" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="62" applyFont="1" fillId="72" applyFill="1" borderId="15" applyBorder="1" xfId="345" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="346">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="347">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="348">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="67" applyFont="1" fillId="73" applyFill="1" borderId="16" applyBorder="1" xfId="349" applyProtection="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="67" applyFont="1" fillId="73" applyFill="1" borderId="16" applyBorder="1" xfId="354" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="73" applyFill="1" borderId="16" applyBorder="1" xfId="349" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="15" applyFont="1" fillId="38" applyFill="1" borderId="2" applyBorder="1" xfId="350" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="15" applyFont="1" fillId="26" applyFill="1" borderId="2" applyBorder="1" xfId="351" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="73" applyFill="1" borderId="16" applyBorder="1" xfId="352" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="50" applyFont="1" fillId="38" applyFill="1" borderId="2" applyBorder="1" xfId="353" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="73" applyFill="1" borderId="16" applyBorder="1" xfId="354" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="39" applyFill="1" borderId="3" applyBorder="1" xfId="355" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="39" applyFill="1" borderId="3" applyBorder="1" xfId="356" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="39" applyFill="1" borderId="3" applyBorder="1" xfId="357" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
-    <xf numFmtId="43" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="359" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="359" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="360" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="361" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="362" applyProtection="1"/>
-    <xf numFmtId="168" applyNumberFormat="1" fontId="30" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="363" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="168" applyNumberFormat="1" fontId="30" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="367" applyProtection="1"/>
+    <xf numFmtId="168" applyNumberFormat="1" fontId="28" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="363" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="41" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="364" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="41" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="365" applyProtection="1"/>
+    <xf numFmtId="168" applyNumberFormat="1" fontId="42" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="366" applyProtection="1"/>
+    <xf numFmtId="168" applyNumberFormat="1" fontId="28" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="367" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="368" applyProtection="1"/>
-    <xf numFmtId="43" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="369" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="5" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="369" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="370" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="371" applyProtection="1"/>
-    <xf numFmtId="43" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="372" applyProtection="1"/>
-    <xf numFmtId="43" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="373" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="41" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="372" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="29" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="373" applyProtection="1"/>
     <xf numFmtId="165" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="374" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="375" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="376" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="377" applyProtection="1"/>
-    <xf numFmtId="43" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="378" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="29" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="378" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="379" applyProtection="1"/>
-    <xf numFmtId="43" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="380" applyProtection="1"/>
+    <xf numFmtId="43" applyNumberFormat="1" fontId="29" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="380" applyProtection="1"/>
     <xf numFmtId="43" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="381" applyProtection="1"/>
     <xf numFmtId="44" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="382" applyProtection="1"/>
     <xf numFmtId="44" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="383" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="384" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="384" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="40" applyFill="1" borderId="0" applyBorder="1" xfId="385" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="41" applyFill="1" borderId="0" applyBorder="1" xfId="386" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="42" applyFill="1" borderId="0" applyBorder="1" xfId="387" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="388" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="392" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="388" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="16" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="389" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="390" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="51" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="391" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="64" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="392" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="43" applyFill="1" borderId="0" applyBorder="1" xfId="393">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="39" applyFill="1" borderId="0" applyBorder="1" xfId="394" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="39" applyFill="1" borderId="0" applyBorder="1" xfId="394" applyAlignment="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="9" applyFont="1" fillId="39" applyFill="1" borderId="0" applyBorder="1" xfId="395" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="39" applyFill="1" borderId="0" applyBorder="1" xfId="395" applyAlignment="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="39" applyFill="1" borderId="0" applyBorder="1" xfId="396" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="39" applyFill="1" borderId="0" applyBorder="1" xfId="396" applyAlignment="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="397">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="397">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="69" applyFont="1" fillId="74" applyFill="1" borderId="0" applyBorder="1" xfId="398" applyProtection="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="404">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="65" applyFont="1" fillId="74" applyFill="1" borderId="0" applyBorder="1" xfId="398" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="17" applyFont="1" fillId="6" applyFill="1" borderId="0" applyBorder="1" xfId="399" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="17" applyFont="1" fillId="29" applyFill="1" borderId="0" applyBorder="1" xfId="400" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="65" applyFont="1" fillId="74" applyFill="1" borderId="0" applyBorder="1" xfId="401" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="52" applyFont="1" fillId="6" applyFill="1" borderId="0" applyBorder="1" xfId="402" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="65" applyFont="1" fillId="74" applyFill="1" borderId="0" applyBorder="1" xfId="403" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="404">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="0" applyFill="1" borderId="17" applyBorder="1" xfId="405" applyProtection="1"/>
-[...18 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="424" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="66" applyFont="1" fillId="0" applyFill="1" borderId="17" applyBorder="1" xfId="405" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="18" applyFont="1" fillId="0" applyFill="1" borderId="4" applyBorder="1" xfId="406" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="34" applyFont="1" fillId="0" applyFill="1" borderId="5" applyBorder="1" xfId="407" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="66" applyFont="1" fillId="0" applyFill="1" borderId="17" applyBorder="1" xfId="408" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="66" applyFont="1" fillId="0" applyFill="1" borderId="17" applyBorder="1" xfId="409" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="67" applyFont="1" fillId="0" applyFill="1" borderId="18" applyBorder="1" xfId="410" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="19" applyFont="1" fillId="0" applyFill="1" borderId="6" applyBorder="1" xfId="411" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="35" applyFont="1" fillId="0" applyFill="1" borderId="6" applyBorder="1" xfId="412" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="67" applyFont="1" fillId="0" applyFill="1" borderId="18" applyBorder="1" xfId="413" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="67" applyFont="1" fillId="0" applyFill="1" borderId="18" applyBorder="1" xfId="414" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="19" applyBorder="1" xfId="415" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="20" applyFont="1" fillId="0" applyFill="1" borderId="7" applyBorder="1" xfId="416" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="36" applyFont="1" fillId="0" applyFill="1" borderId="8" applyBorder="1" xfId="417" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="19" applyBorder="1" xfId="418" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="19" applyBorder="1" xfId="419" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="420" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="20" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="421" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="36" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="422" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="423" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="68" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="424" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="425" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="426" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="427" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="428" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="429" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="430" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="431" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="432" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="433" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="434" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="435" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="436" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="437" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="436" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="437" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="438" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="439" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="440" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="440" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="441" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="442" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="443" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="445" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="443" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="444" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="445" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="446" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="447" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="448" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="449" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="450" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="451" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="452" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="453" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="69" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="453" applyAlignment="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="454" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="454" applyAlignment="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="48" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="455" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="455" applyAlignment="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="456" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="69" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="456" applyAlignment="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="74" applyFont="1" fillId="75" applyFill="1" borderId="15" applyBorder="1" xfId="457" applyProtection="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="76" applyFont="1" fillId="76" applyFill="1" borderId="0" applyBorder="1" xfId="474" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="75" applyFill="1" borderId="15" applyBorder="1" xfId="457" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="21" applyFont="1" fillId="9" applyFill="1" borderId="1" applyBorder="1" xfId="458" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="21" applyFont="1" fillId="33" applyFill="1" borderId="1" applyBorder="1" xfId="459" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="75" applyFill="1" borderId="15" applyBorder="1" xfId="460" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="53" applyFont="1" fillId="9" applyFill="1" borderId="1" applyBorder="1" xfId="461" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="70" applyFont="1" fillId="75" applyFill="1" borderId="15" applyBorder="1" xfId="462" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="71" applyFont="1" fillId="0" applyFill="1" borderId="20" applyBorder="1" xfId="463" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="22" applyFont="1" fillId="0" applyFill="1" borderId="9" applyBorder="1" xfId="464" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="37" applyFont="1" fillId="0" applyFill="1" borderId="9" applyBorder="1" xfId="465" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="71" applyFont="1" fillId="0" applyFill="1" borderId="20" applyBorder="1" xfId="466" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="54" applyFont="1" fillId="0" applyFill="1" borderId="9" applyBorder="1" xfId="467" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="71" applyFont="1" fillId="0" applyFill="1" borderId="20" applyBorder="1" xfId="468" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="76" applyFill="1" borderId="0" applyBorder="1" xfId="469" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="23" applyFont="1" fillId="44" applyFill="1" borderId="0" applyBorder="1" xfId="470" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="23" applyFont="1" fillId="45" applyFill="1" borderId="0" applyBorder="1" xfId="471" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="76" applyFill="1" borderId="0" applyBorder="1" xfId="472" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="55" applyFont="1" fillId="44" applyFill="1" borderId="0" applyBorder="1" xfId="473" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="72" applyFont="1" fillId="76" applyFill="1" borderId="0" applyBorder="1" xfId="474" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="475" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="476" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="477" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="478" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="478" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="479" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="480" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="481" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="84" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="481" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="482" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="483" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="484" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="80" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="487" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="487" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="488" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="489" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="489" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="490" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="47" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="491" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="492" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="491" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="492" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="493" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="494" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="495" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="496" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="497" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="498" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="499" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="499" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="500" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="501" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="502" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="503" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="504" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="503" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="504" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="505" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="506" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="506" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="507" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="508" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="509" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="510" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="510" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="511" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="512" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="41" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="512" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="513" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="514" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="515" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="516" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="517" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="84" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="41" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="517" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="80" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="519" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="520" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="521" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="522" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="523" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="527" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="523" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="524" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="73" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="525" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="526" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="527" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="528" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="529" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="529" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="530" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="13" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="531" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="11" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="531" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="532" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="44" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="533" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="84" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="534" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="41" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="533" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="80" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="534" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="535">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="78" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="536" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="74" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="536" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="537" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="538" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="538" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="539" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="540" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="40" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="541" applyProtection="1"/>
-[...18 lines deleted...]
-    <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="560" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="29" applyFont="1" fillId="77" applyFill="1" borderId="21" applyBorder="1" xfId="541" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="46" applyFill="1" borderId="10" applyBorder="1" xfId="542" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="46" applyFill="1" borderId="10" applyBorder="1" xfId="543" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="29" applyFont="1" fillId="77" applyFill="1" borderId="21" applyBorder="1" xfId="544" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="24" applyFill="1" borderId="10" applyBorder="1" xfId="545" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="24" applyFill="1" borderId="10" applyBorder="1" xfId="546" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="24" applyFill="1" borderId="10" applyBorder="1" xfId="547" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="46" applyFill="1" borderId="10" applyBorder="1" xfId="548" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="29" applyFont="1" fillId="77" applyFill="1" borderId="21" applyBorder="1" xfId="549" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="72" applyFill="1" borderId="22" applyBorder="1" xfId="550" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="24" applyFont="1" fillId="3" applyFill="1" borderId="11" applyBorder="1" xfId="551" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="24" applyFont="1" fillId="36" applyFill="1" borderId="11" applyBorder="1" xfId="552" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="72" applyFill="1" borderId="22" applyBorder="1" xfId="553" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="56" applyFont="1" fillId="3" applyFill="1" borderId="11" applyBorder="1" xfId="554" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="75" applyFont="1" fillId="72" applyFill="1" borderId="22" applyBorder="1" xfId="555" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="29" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="556" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="557" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="558" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="559" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="28" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="560" applyProtection="1"/>
     <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="561" applyProtection="1"/>
-    <xf numFmtId="9" applyNumberFormat="1" fontId="30" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="562" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="562" applyProtection="1"/>
     <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="563" applyProtection="1"/>
-    <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="564" applyProtection="1"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="28" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="564" applyProtection="1"/>
     <xf numFmtId="9" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="565" applyProtection="1"/>
-    <xf numFmtId="9" applyNumberFormat="1" fontId="30" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="566" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="569" applyProtection="1">
+    <xf numFmtId="9" applyNumberFormat="1" fontId="29" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="566" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="567" applyProtection="1">
       <alignment textRotation="90"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="570" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="568" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="39" applyFill="1" borderId="12" applyBorder="1" xfId="569" applyAlignment="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="39" applyFill="1" borderId="12" applyBorder="1" xfId="570" applyAlignment="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="39" applyFill="1" borderId="12" applyBorder="1" xfId="571" applyAlignment="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="39" applyFill="1" borderId="12" applyBorder="1" xfId="572" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="575" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="38" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="572" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="573" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="574" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="575" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="576" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="577" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="578" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="579" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="580" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="581" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="582" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="583" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="584" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="585" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="585" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="586" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="587" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="587" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="588" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="589" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="589" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="590" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="591" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="591" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="592" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="593" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="594" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="595" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="596" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="597" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="598" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="601">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="598" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="37" applyFill="1" borderId="0" applyBorder="1" xfId="599">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="80" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="602" applyProtection="1"/>
-[...15 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="618" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="76" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="600" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="25" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="601" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="39" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="602" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="76" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="603" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="0" applyFill="1" borderId="23" applyBorder="1" xfId="604" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="26" applyFont="1" fillId="0" applyFill="1" borderId="13" applyBorder="1" xfId="605" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="13" applyBorder="1" xfId="606" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="14" applyBorder="1" xfId="607" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="0" applyFill="1" borderId="23" applyBorder="1" xfId="608" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="57" applyFont="1" fillId="0" applyFill="1" borderId="13" applyBorder="1" xfId="609" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="0" applyFill="1" borderId="23" applyBorder="1" xfId="610" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="78" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="611" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="27" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="612" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="78" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="613" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="58" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="614" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="78" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="615" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="616" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="617" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="618" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="619" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="620" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="620" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="621" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="622" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="623" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="624" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="624" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="625" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="626" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="627" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="628" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="629" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="630" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="632" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="630" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="164" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="3" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="5" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="167" applyNumberFormat="1" fontId="33" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="167" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="570" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="40" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="30" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="568" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="40" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1"/>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="501" applyProtection="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="426" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="556" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="371" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="522" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="426" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="426" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="426" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="46" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="398" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="334" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="31" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="469" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="45" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="79" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="167" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="477" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="87" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="398" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="469" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="82" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="83" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="86" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="167" applyNumberFormat="1" fontId="82" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="17" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="570" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="568" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="334" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="88" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="334" applyProtection="1"/>
+    <xf numFmtId="167" applyNumberFormat="1" fontId="84" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="166" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="3" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="3" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="89" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="167" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="167" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="167" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="9" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="558" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="89" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="89" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="167" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="84" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="166" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="570" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="568" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="89" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="3" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="89" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="89" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="485" applyProtection="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="3" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="84" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="90" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="59" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="86" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="90" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="86" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="522" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="534" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="534" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="91" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1"/>
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="17" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="93" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
-[...26 lines deleted...]
-    </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="166" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="43" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="40" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="2" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="6" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="502" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="164" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="167" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" applyNumberFormat="1" fontId="89" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="164" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="17" applyNumberFormat="1" fontId="85" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="17" applyNumberFormat="1" fontId="81" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="12" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="510" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="40" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="87" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="87" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="87" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="87" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="518" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="88" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="0" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="10" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
+    <xf numFmtId="3" applyNumberFormat="1" fontId="8" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="164" applyNumberFormat="1" fontId="8" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="1" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="0" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="40" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="40" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="99" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" applyNumberFormat="1" fontId="43" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="166" applyNumberFormat="1" fontId="1" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="33" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="475" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="166" applyNumberFormat="1" fontId="43" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="40" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="0" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-[...11 lines deleted...]
-    <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="570" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="0" applyNumberFormat="1" fontId="77" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="8" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="568" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="8" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="10" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="8" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="2" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="167" applyNumberFormat="1" fontId="6" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="486" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="164" applyNumberFormat="1" fontId="8" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" applyNumberFormat="1" fontId="10" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="167" applyNumberFormat="1" fontId="6" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="502" applyProtection="1" applyAlignment="1">
+    <xf numFmtId="166" applyNumberFormat="1" fontId="8" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" applyNumberFormat="1" fontId="0" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="358" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="63" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="166" applyNumberFormat="1" fontId="63" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="59" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="166" applyNumberFormat="1" fontId="59" applyFont="1" fillId="78" applyFill="1" borderId="0" applyBorder="1" xfId="0" applyProtection="1"/>
   </cellXfs>
-  <cellStyles count="633">
+  <cellStyles count="631">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 2" xfId="2"/>
     <cellStyle name="20% - Accent1 2 2" xfId="3"/>
     <cellStyle name="20% - Accent1 2 3" xfId="4"/>
     <cellStyle name="20% - Accent1 2 4" xfId="5"/>
     <cellStyle name="20% - Accent1 2 5" xfId="6"/>
     <cellStyle name="20% - Accent1 3" xfId="7"/>
     <cellStyle name="20% - Accent2" xfId="8" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent2 2" xfId="9"/>
     <cellStyle name="20% - Accent2 2 2" xfId="10"/>
     <cellStyle name="20% - Accent2 2 3" xfId="11"/>
     <cellStyle name="20% - Accent2 2 4" xfId="12"/>
     <cellStyle name="20% - Accent2 2 5" xfId="13"/>
     <cellStyle name="20% - Accent2 3" xfId="14"/>
     <cellStyle name="20% - Accent3" xfId="15" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent3 2" xfId="16"/>
     <cellStyle name="20% - Accent3 2 2" xfId="17"/>
     <cellStyle name="20% - Accent3 2 3" xfId="18"/>
     <cellStyle name="20% - Accent3 2 4" xfId="19"/>
     <cellStyle name="20% - Accent3 2 5" xfId="20"/>
     <cellStyle name="20% - Accent3 3" xfId="21"/>
     <cellStyle name="20% - Accent4" xfId="22" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent4 2" xfId="23"/>
     <cellStyle name="20% - Accent4 2 2" xfId="24"/>
     <cellStyle name="20% - Accent4 2 3" xfId="25"/>
@@ -4461,157 +4315,155 @@
     <cellStyle name="Normal 4 6" xfId="516"/>
     <cellStyle name="Normal 4 7" xfId="517"/>
     <cellStyle name="Normal 4 7 2" xfId="518"/>
     <cellStyle name="Normal 4 8" xfId="519"/>
     <cellStyle name="Normal 4 9" xfId="520"/>
     <cellStyle name="Normal 5" xfId="521"/>
     <cellStyle name="Normal 5 2" xfId="522"/>
     <cellStyle name="Normal 5 3" xfId="523"/>
     <cellStyle name="Normal 5 4" xfId="524"/>
     <cellStyle name="Normal 5 4 2" xfId="525"/>
     <cellStyle name="Normal 6" xfId="526"/>
     <cellStyle name="Normal 6 2" xfId="527"/>
     <cellStyle name="Normal 6 2 2" xfId="528"/>
     <cellStyle name="Normal 6 2 3" xfId="529"/>
     <cellStyle name="Normal 6 3" xfId="530"/>
     <cellStyle name="Normal 6 4" xfId="531"/>
     <cellStyle name="Normal 6 5" xfId="532"/>
     <cellStyle name="Normal 6 6" xfId="533"/>
     <cellStyle name="Normal 6 6 2" xfId="534"/>
     <cellStyle name="Normal 7" xfId="535"/>
     <cellStyle name="Normal 7 2" xfId="536"/>
     <cellStyle name="Normal 7 3" xfId="537"/>
     <cellStyle name="Normal 7 4" xfId="538"/>
     <cellStyle name="Normal 8" xfId="539"/>
     <cellStyle name="Normal 9" xfId="540"/>
-    <cellStyle name="Normal_New template" xfId="541"/>
-[...90 lines deleted...]
-    <cellStyle name="Warnings_Parish &amp; Wards Statistics for Census Explorer" xfId="632"/>
+    <cellStyle name="Note" xfId="541" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Note 2" xfId="542"/>
+    <cellStyle name="Note 2 2" xfId="543"/>
+    <cellStyle name="Note 2 3" xfId="544"/>
+    <cellStyle name="Note 2 4" xfId="545"/>
+    <cellStyle name="Note 2 4 2" xfId="546"/>
+    <cellStyle name="Note 2 5" xfId="547"/>
+    <cellStyle name="Note 2 6" xfId="548"/>
+    <cellStyle name="Note 3" xfId="549"/>
+    <cellStyle name="Output" xfId="550" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Output 2" xfId="551"/>
+    <cellStyle name="Output 2 2" xfId="552"/>
+    <cellStyle name="Output 2 3" xfId="553"/>
+    <cellStyle name="Output 2 4" xfId="554"/>
+    <cellStyle name="Output 3" xfId="555"/>
+    <cellStyle name="Percent" xfId="556" builtinId="5"/>
+    <cellStyle name="Percent 2" xfId="557"/>
+    <cellStyle name="Percent 2 2" xfId="558"/>
+    <cellStyle name="Percent 3" xfId="559"/>
+    <cellStyle name="Percent 3 2" xfId="560"/>
+    <cellStyle name="Percent 4" xfId="561"/>
+    <cellStyle name="Percent 5" xfId="562"/>
+    <cellStyle name="Percent 6" xfId="563"/>
+    <cellStyle name="Percent 7" xfId="564"/>
+    <cellStyle name="Percent 7 2" xfId="565"/>
+    <cellStyle name="Percent 8" xfId="566"/>
+    <cellStyle name="Row_CategoryHeadings" xfId="567"/>
+    <cellStyle name="Row_Headings 2" xfId="568"/>
+    <cellStyle name="rowfield" xfId="569"/>
+    <cellStyle name="rowfield 2" xfId="570"/>
+    <cellStyle name="rowfield 2 2" xfId="571"/>
+    <cellStyle name="Sheet Title" xfId="572"/>
+    <cellStyle name="Source" xfId="573"/>
+    <cellStyle name="Source 10" xfId="574"/>
+    <cellStyle name="Source 11" xfId="575"/>
+    <cellStyle name="Source 12" xfId="576"/>
+    <cellStyle name="Source 13" xfId="577"/>
+    <cellStyle name="Source 14" xfId="578"/>
+    <cellStyle name="Source 15" xfId="579"/>
+    <cellStyle name="Source 16" xfId="580"/>
+    <cellStyle name="Source 17" xfId="581"/>
+    <cellStyle name="Source 18" xfId="582"/>
+    <cellStyle name="Source 19" xfId="583"/>
+    <cellStyle name="Source 2" xfId="584"/>
+    <cellStyle name="Source 2 2" xfId="585"/>
+    <cellStyle name="Source 2 2 2" xfId="586"/>
+    <cellStyle name="Source 20" xfId="587"/>
+    <cellStyle name="Source 3" xfId="588"/>
+    <cellStyle name="Source 3 2" xfId="589"/>
+    <cellStyle name="Source 3 2 2" xfId="590"/>
+    <cellStyle name="Source 4" xfId="591"/>
+    <cellStyle name="Source 5" xfId="592"/>
+    <cellStyle name="Source 6" xfId="593"/>
+    <cellStyle name="Source 7" xfId="594"/>
+    <cellStyle name="Source 8" xfId="595"/>
+    <cellStyle name="Source 9" xfId="596"/>
+    <cellStyle name="Source_Working file for Nat,Cty,LA,Wd,Psh,OAforCenExpl" xfId="597"/>
+    <cellStyle name="Table_Name" xfId="598"/>
+    <cellStyle name="Test" xfId="599"/>
+    <cellStyle name="Title" xfId="600" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Title 2" xfId="601"/>
+    <cellStyle name="Title 2 2" xfId="602"/>
+    <cellStyle name="Title 2 3" xfId="603"/>
+    <cellStyle name="Total" xfId="604" builtinId="25" customBuiltin="1"/>
+    <cellStyle name="Total 2" xfId="605"/>
+    <cellStyle name="Total 2 2" xfId="606"/>
+    <cellStyle name="Total 2 3" xfId="607"/>
+    <cellStyle name="Total 2 4" xfId="608"/>
+    <cellStyle name="Total 2 5" xfId="609"/>
+    <cellStyle name="Total 3" xfId="610"/>
+    <cellStyle name="Warning Text" xfId="611" builtinId="11" customBuiltin="1"/>
+    <cellStyle name="Warning Text 2" xfId="612"/>
+    <cellStyle name="Warning Text 2 2" xfId="613"/>
+    <cellStyle name="Warning Text 2 3" xfId="614"/>
+    <cellStyle name="Warning Text 3" xfId="615"/>
+    <cellStyle name="Warnings" xfId="616"/>
+    <cellStyle name="Warnings 10" xfId="617"/>
+    <cellStyle name="Warnings 11" xfId="618"/>
+    <cellStyle name="Warnings 2" xfId="619"/>
+    <cellStyle name="Warnings 2 2" xfId="620"/>
+    <cellStyle name="Warnings 2 2 2" xfId="621"/>
+    <cellStyle name="Warnings 3" xfId="622"/>
+    <cellStyle name="Warnings 3 2" xfId="623"/>
+    <cellStyle name="Warnings 4" xfId="624"/>
+    <cellStyle name="Warnings 5" xfId="625"/>
+    <cellStyle name="Warnings 6" xfId="626"/>
+    <cellStyle name="Warnings 7" xfId="627"/>
+    <cellStyle name="Warnings 8" xfId="628"/>
+    <cellStyle name="Warnings 9" xfId="629"/>
+    <cellStyle name="Warnings_Parish &amp; Wards Statistics for Census Explorer" xfId="630"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4855,28846 +4707,19607 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:V98"/>
+  <sheetPr codeName="Sheet1"/>
+  <dimension ref="A1:T98"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="D20" sqref="D20"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K2" sqref="K2:S2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="29.81640625" customWidth="1" style="633"/>
-[...11 lines deleted...]
-    <col min="14" max="16384" width="9.1796875" customWidth="1" style="633"/>
+    <col min="1" max="1" bestFit="1" width="29.85546875" customWidth="1" style="631"/>
+    <col min="2" max="2" bestFit="1" width="10.42578125" customWidth="1" style="659"/>
+    <col min="3" max="3" bestFit="1" width="8.7109375" customWidth="1" style="659"/>
+    <col min="4" max="4" bestFit="1" width="13.7109375" customWidth="1" style="631"/>
+    <col min="5" max="5" bestFit="1" width="14.7109375" customWidth="1" style="631"/>
+    <col min="6" max="6" bestFit="1" width="13.42578125" customWidth="1" style="631"/>
+    <col min="7" max="7" bestFit="1" width="10.42578125" customWidth="1" style="631"/>
+    <col min="8" max="8" bestFit="1" width="15.42578125" customWidth="1" style="631"/>
+    <col min="9" max="9" bestFit="1" width="16.42578125" customWidth="1" style="631"/>
+    <col min="10" max="10" bestFit="1" width="15.140625" customWidth="1" style="631"/>
+    <col min="11" max="16384" width="9.140625" customWidth="1" style="631"/>
   </cols>
   <sheetData>
-    <row r="1" ht="29" s="646" customFormat="1">
-      <c r="A1" s="634" t="s">
+    <row r="1" ht="30" s="640" customFormat="1">
+      <c r="A1" s="713" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
+      <c r="B1" s="714" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="695" t="s">
+      <c r="C1" s="714" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="696" t="s">
+      <c r="D1" s="714" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="658" t="s">
+      <c r="E1" s="714" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="658" t="s">
+      <c r="F1" s="714" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="658" t="s">
+      <c r="G1" s="714" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="658" t="s">
+      <c r="H1" s="714" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="658" t="s">
+      <c r="I1" s="714" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="658" t="s">
+      <c r="J1" s="714" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="658" t="s">
+    </row>
+    <row r="2">
+      <c r="A2" s="723" t="s">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="764" t="s">
+      <c r="B2" s="724">
+        <v>45866</v>
+      </c>
+      <c r="C2" s="724">
+        <v>22442</v>
+      </c>
+      <c r="D2" s="724">
+        <v>3639</v>
+      </c>
+      <c r="E2" s="724">
+        <v>12419</v>
+      </c>
+      <c r="F2" s="724">
+        <v>6384</v>
+      </c>
+      <c r="G2" s="725">
+        <v>23424</v>
+      </c>
+      <c r="H2" s="725">
+        <v>3330</v>
+      </c>
+      <c r="I2" s="725">
+        <v>12815</v>
+      </c>
+      <c r="J2" s="725">
+        <v>7279</v>
+      </c>
+      <c r="K2" s="723"/>
+      <c r="L2" s="723"/>
+      <c r="M2" s="723"/>
+      <c r="N2" s="723"/>
+      <c r="O2" s="723"/>
+      <c r="P2" s="723"/>
+      <c r="Q2" s="723"/>
+      <c r="R2" s="723"/>
+      <c r="S2" s="723"/>
+      <c r="T2" s="723"/>
+    </row>
+    <row r="3">
+      <c r="A3" s="631" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="764" t="s">
+      <c r="B3" s="677">
+        <v>90094</v>
+      </c>
+      <c r="C3" s="677">
+        <v>43421</v>
+      </c>
+      <c r="D3" s="677">
+        <v>6977</v>
+      </c>
+      <c r="E3" s="677">
+        <v>23242</v>
+      </c>
+      <c r="F3" s="677">
+        <v>13202</v>
+      </c>
+      <c r="G3" s="633">
+        <v>46673</v>
+      </c>
+      <c r="H3" s="633">
+        <v>6544</v>
+      </c>
+      <c r="I3" s="633">
+        <v>24552</v>
+      </c>
+      <c r="J3" s="633">
+        <v>15577</v>
+      </c>
+      <c r="K3" s="677"/>
+      <c r="L3" s="677"/>
+      <c r="M3" s="677"/>
+      <c r="N3" s="677"/>
+      <c r="O3" s="677"/>
+      <c r="P3" s="633"/>
+      <c r="Q3" s="633"/>
+      <c r="R3" s="633"/>
+      <c r="S3" s="633"/>
+      <c r="T3" s="633"/>
+    </row>
+    <row r="4">
+      <c r="A4" s="631" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="765">
-[...39 lines deleted...]
-      <c r="A3" s="633" t="s">
+      <c r="B4" s="677">
+        <v>90543</v>
+      </c>
+      <c r="C4" s="677">
+        <v>44122</v>
+      </c>
+      <c r="D4" s="677">
+        <v>7271</v>
+      </c>
+      <c r="E4" s="677">
+        <v>24828</v>
+      </c>
+      <c r="F4" s="677">
+        <v>12023</v>
+      </c>
+      <c r="G4" s="633">
+        <v>46421</v>
+      </c>
+      <c r="H4" s="633">
+        <v>7134</v>
+      </c>
+      <c r="I4" s="633">
+        <v>25186</v>
+      </c>
+      <c r="J4" s="633">
+        <v>14101</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="631" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="633" t="s">
-[...41 lines deleted...]
-      <c r="A4" s="633" t="s">
+      <c r="B5" s="677">
+        <v>73403</v>
+      </c>
+      <c r="C5" s="677">
+        <v>36397</v>
+      </c>
+      <c r="D5" s="677">
+        <v>5664</v>
+      </c>
+      <c r="E5" s="677">
+        <v>21490</v>
+      </c>
+      <c r="F5" s="677">
+        <v>9243</v>
+      </c>
+      <c r="G5" s="633">
+        <v>37006</v>
+      </c>
+      <c r="H5" s="633">
+        <v>5467</v>
+      </c>
+      <c r="I5" s="633">
+        <v>21043</v>
+      </c>
+      <c r="J5" s="633">
+        <v>10496</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="631" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="633" t="s">
-[...41 lines deleted...]
-      <c r="A5" s="633" t="s">
+      <c r="B6" s="677">
+        <v>37146</v>
+      </c>
+      <c r="C6" s="677">
+        <v>17670</v>
+      </c>
+      <c r="D6" s="677">
+        <v>2366</v>
+      </c>
+      <c r="E6" s="677">
+        <v>9035</v>
+      </c>
+      <c r="F6" s="677">
+        <v>6269</v>
+      </c>
+      <c r="G6" s="633">
+        <v>19476</v>
+      </c>
+      <c r="H6" s="633">
+        <v>2334</v>
+      </c>
+      <c r="I6" s="633">
+        <v>9917</v>
+      </c>
+      <c r="J6" s="633">
+        <v>7225</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="631" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="633" t="s">
-[...128 lines deleted...]
-      <c r="V7" s="698"/>
+      <c r="B7" s="677">
+        <v>46222</v>
+      </c>
+      <c r="C7" s="677">
+        <v>22065</v>
+      </c>
+      <c r="D7" s="677">
+        <v>3609</v>
+      </c>
+      <c r="E7" s="677">
+        <v>12431</v>
+      </c>
+      <c r="F7" s="677">
+        <v>6025</v>
+      </c>
+      <c r="G7" s="633">
+        <v>24157</v>
+      </c>
+      <c r="H7" s="633">
+        <v>3495</v>
+      </c>
+      <c r="I7" s="633">
+        <v>13418</v>
+      </c>
+      <c r="J7" s="633">
+        <v>7244</v>
+      </c>
     </row>
     <row r="8">
-      <c r="A8" s="662"/>
-[...167 lines deleted...]
-    </row>
+      <c r="A8" s="649"/>
+    </row>
+    <row r="10"/>
+    <row r="11"/>
+    <row r="12"/>
+    <row r="13"/>
+    <row r="14"/>
+    <row r="15"/>
+    <row r="16"/>
+    <row r="17"/>
+    <row r="18"/>
+    <row r="19"/>
+    <row r="20"/>
+    <row r="21"/>
     <row r="22">
-      <c r="A22" s="662"/>
-[...9 lines deleted...]
-      <c r="V22" s="698"/>
+      <c r="A22" s="649"/>
     </row>
     <row r="23">
-      <c r="A23" s="662"/>
-[...9 lines deleted...]
-      <c r="V23" s="698"/>
+      <c r="A23" s="649"/>
     </row>
     <row r="24">
-      <c r="A24" s="662"/>
-[...9 lines deleted...]
-      <c r="V24" s="698"/>
+      <c r="A24" s="649"/>
     </row>
     <row r="25">
-      <c r="A25" s="662"/>
-[...9 lines deleted...]
-      <c r="V25" s="698"/>
+      <c r="A25" s="649"/>
     </row>
     <row r="26">
-      <c r="A26" s="662"/>
-[...18 lines deleted...]
-      <c r="V26" s="698"/>
+      <c r="A26" s="649"/>
+      <c r="B26" s="677"/>
+      <c r="C26" s="677"/>
+      <c r="D26" s="677"/>
+      <c r="E26" s="677"/>
+      <c r="F26" s="677"/>
+      <c r="G26" s="677"/>
+      <c r="H26" s="633"/>
+      <c r="I26" s="633"/>
+      <c r="J26" s="633"/>
     </row>
     <row r="27">
-      <c r="A27" s="662"/>
-[...18 lines deleted...]
-      <c r="V27" s="698"/>
+      <c r="A27" s="649"/>
+      <c r="B27" s="677"/>
+      <c r="C27" s="677"/>
+      <c r="D27" s="677"/>
+      <c r="E27" s="677"/>
+      <c r="F27" s="677"/>
+      <c r="G27" s="677"/>
+      <c r="H27" s="633"/>
+      <c r="I27" s="633"/>
+      <c r="J27" s="633"/>
     </row>
     <row r="28">
-      <c r="A28" s="662"/>
-[...18 lines deleted...]
-      <c r="V28" s="698"/>
+      <c r="A28" s="649"/>
+      <c r="B28" s="677"/>
+      <c r="C28" s="677"/>
+      <c r="D28" s="677"/>
+      <c r="E28" s="677"/>
+      <c r="F28" s="677"/>
+      <c r="G28" s="677"/>
+      <c r="H28" s="633"/>
+      <c r="I28" s="633"/>
+      <c r="J28" s="633"/>
     </row>
     <row r="29">
-      <c r="A29" s="662"/>
-[...18 lines deleted...]
-      <c r="V29" s="698"/>
+      <c r="A29" s="649"/>
+      <c r="B29" s="677"/>
+      <c r="C29" s="677"/>
+      <c r="D29" s="677"/>
+      <c r="E29" s="677"/>
+      <c r="F29" s="677"/>
+      <c r="G29" s="677"/>
+      <c r="H29" s="633"/>
+      <c r="I29" s="633"/>
+      <c r="J29" s="633"/>
     </row>
     <row r="30">
-      <c r="A30" s="662"/>
-[...18 lines deleted...]
-      <c r="V30" s="698"/>
+      <c r="A30" s="649"/>
+      <c r="B30" s="677"/>
+      <c r="C30" s="677"/>
+      <c r="D30" s="677"/>
+      <c r="E30" s="677"/>
+      <c r="F30" s="677"/>
+      <c r="G30" s="677"/>
+      <c r="H30" s="633"/>
+      <c r="I30" s="633"/>
+      <c r="J30" s="633"/>
     </row>
     <row r="31">
-      <c r="A31" s="662"/>
-[...18 lines deleted...]
-      <c r="V31" s="698"/>
+      <c r="A31" s="649"/>
+      <c r="B31" s="677"/>
+      <c r="C31" s="677"/>
+      <c r="D31" s="677"/>
+      <c r="E31" s="677"/>
+      <c r="F31" s="677"/>
+      <c r="G31" s="677"/>
+      <c r="H31" s="633"/>
+      <c r="I31" s="633"/>
+      <c r="J31" s="633"/>
     </row>
     <row r="32">
-      <c r="A32" s="662"/>
-[...18 lines deleted...]
-      <c r="V32" s="698"/>
+      <c r="A32" s="649"/>
+      <c r="B32" s="677"/>
+      <c r="C32" s="677"/>
+      <c r="D32" s="677"/>
+      <c r="E32" s="677"/>
+      <c r="F32" s="677"/>
+      <c r="G32" s="677"/>
+      <c r="H32" s="633"/>
+      <c r="I32" s="633"/>
+      <c r="J32" s="633"/>
     </row>
     <row r="33">
-      <c r="A33" s="662"/>
-[...18 lines deleted...]
-      <c r="V33" s="698"/>
+      <c r="A33" s="649"/>
+      <c r="B33" s="677"/>
+      <c r="C33" s="677"/>
+      <c r="D33" s="677"/>
+      <c r="E33" s="677"/>
+      <c r="F33" s="677"/>
+      <c r="G33" s="677"/>
+      <c r="H33" s="633"/>
+      <c r="I33" s="633"/>
+      <c r="J33" s="633"/>
     </row>
     <row r="34">
-      <c r="A34" s="662"/>
-[...18 lines deleted...]
-      <c r="V34" s="698"/>
+      <c r="A34" s="649"/>
+      <c r="B34" s="677"/>
+      <c r="C34" s="677"/>
+      <c r="D34" s="677"/>
+      <c r="E34" s="677"/>
+      <c r="F34" s="677"/>
+      <c r="G34" s="677"/>
+      <c r="H34" s="633"/>
+      <c r="I34" s="633"/>
+      <c r="J34" s="633"/>
     </row>
     <row r="35">
-      <c r="A35" s="662"/>
-[...18 lines deleted...]
-      <c r="V35" s="698"/>
+      <c r="A35" s="649"/>
+      <c r="B35" s="677"/>
+      <c r="C35" s="677"/>
+      <c r="D35" s="677"/>
+      <c r="E35" s="677"/>
+      <c r="F35" s="677"/>
+      <c r="G35" s="677"/>
+      <c r="H35" s="633"/>
+      <c r="I35" s="633"/>
+      <c r="J35" s="633"/>
     </row>
     <row r="36">
-      <c r="A36" s="662"/>
-[...18 lines deleted...]
-      <c r="V36" s="698"/>
+      <c r="A36" s="649"/>
+      <c r="B36" s="677"/>
+      <c r="C36" s="677"/>
+      <c r="D36" s="677"/>
+      <c r="E36" s="677"/>
+      <c r="F36" s="677"/>
+      <c r="G36" s="677"/>
+      <c r="H36" s="633"/>
+      <c r="I36" s="633"/>
+      <c r="J36" s="633"/>
     </row>
     <row r="37">
-      <c r="A37" s="662"/>
-[...18 lines deleted...]
-      <c r="V37" s="698"/>
+      <c r="A37" s="649"/>
+      <c r="B37" s="677"/>
+      <c r="C37" s="677"/>
+      <c r="D37" s="677"/>
+      <c r="E37" s="677"/>
+      <c r="F37" s="677"/>
+      <c r="G37" s="677"/>
+      <c r="H37" s="633"/>
+      <c r="I37" s="633"/>
+      <c r="J37" s="633"/>
     </row>
     <row r="38">
-      <c r="A38" s="662"/>
-[...18 lines deleted...]
-      <c r="V38" s="698"/>
+      <c r="A38" s="649"/>
+      <c r="B38" s="677"/>
+      <c r="C38" s="677"/>
+      <c r="D38" s="677"/>
+      <c r="E38" s="677"/>
+      <c r="F38" s="677"/>
+      <c r="G38" s="677"/>
+      <c r="H38" s="633"/>
+      <c r="I38" s="633"/>
+      <c r="J38" s="633"/>
     </row>
     <row r="39">
-      <c r="A39" s="662"/>
-[...18 lines deleted...]
-      <c r="V39" s="698"/>
+      <c r="A39" s="649"/>
+      <c r="B39" s="677"/>
+      <c r="C39" s="677"/>
+      <c r="D39" s="677"/>
+      <c r="E39" s="677"/>
+      <c r="F39" s="677"/>
+      <c r="G39" s="677"/>
+      <c r="H39" s="633"/>
+      <c r="I39" s="633"/>
+      <c r="J39" s="633"/>
     </row>
     <row r="40">
-      <c r="A40" s="662"/>
-[...18 lines deleted...]
-      <c r="V40" s="698"/>
+      <c r="A40" s="649"/>
+      <c r="B40" s="677"/>
+      <c r="C40" s="677"/>
+      <c r="D40" s="677"/>
+      <c r="E40" s="677"/>
+      <c r="F40" s="677"/>
+      <c r="G40" s="677"/>
+      <c r="H40" s="633"/>
+      <c r="I40" s="633"/>
+      <c r="J40" s="633"/>
     </row>
     <row r="41">
-      <c r="A41" s="662"/>
-[...18 lines deleted...]
-      <c r="V41" s="698"/>
+      <c r="A41" s="649"/>
+      <c r="B41" s="677"/>
+      <c r="C41" s="677"/>
+      <c r="D41" s="677"/>
+      <c r="E41" s="677"/>
+      <c r="F41" s="677"/>
+      <c r="G41" s="677"/>
+      <c r="H41" s="633"/>
+      <c r="I41" s="633"/>
+      <c r="J41" s="633"/>
     </row>
     <row r="42">
-      <c r="A42" s="662"/>
-[...18 lines deleted...]
-      <c r="V42" s="698"/>
+      <c r="A42" s="649"/>
+      <c r="B42" s="677"/>
+      <c r="C42" s="677"/>
+      <c r="D42" s="677"/>
+      <c r="E42" s="677"/>
+      <c r="F42" s="677"/>
+      <c r="G42" s="677"/>
+      <c r="H42" s="633"/>
+      <c r="I42" s="633"/>
+      <c r="J42" s="633"/>
     </row>
     <row r="43">
-      <c r="A43" s="662"/>
-[...18 lines deleted...]
-      <c r="V43" s="698"/>
+      <c r="A43" s="649"/>
+      <c r="B43" s="677"/>
+      <c r="C43" s="677"/>
+      <c r="D43" s="677"/>
+      <c r="E43" s="677"/>
+      <c r="F43" s="677"/>
+      <c r="G43" s="677"/>
+      <c r="H43" s="633"/>
+      <c r="I43" s="633"/>
+      <c r="J43" s="633"/>
     </row>
     <row r="44">
-      <c r="A44" s="662"/>
-[...18 lines deleted...]
-      <c r="V44" s="698"/>
+      <c r="A44" s="649"/>
+      <c r="B44" s="677"/>
+      <c r="C44" s="677"/>
+      <c r="D44" s="677"/>
+      <c r="E44" s="677"/>
+      <c r="F44" s="677"/>
+      <c r="G44" s="677"/>
+      <c r="H44" s="633"/>
+      <c r="I44" s="633"/>
+      <c r="J44" s="633"/>
     </row>
     <row r="45">
-      <c r="A45" s="662"/>
-[...18 lines deleted...]
-      <c r="V45" s="698"/>
+      <c r="A45" s="649"/>
+      <c r="B45" s="677"/>
+      <c r="C45" s="677"/>
+      <c r="D45" s="677"/>
+      <c r="E45" s="677"/>
+      <c r="F45" s="677"/>
+      <c r="G45" s="677"/>
+      <c r="H45" s="633"/>
+      <c r="I45" s="633"/>
+      <c r="J45" s="633"/>
     </row>
     <row r="46">
-      <c r="A46" s="662"/>
-[...18 lines deleted...]
-      <c r="V46" s="698"/>
+      <c r="A46" s="649"/>
+      <c r="B46" s="677"/>
+      <c r="C46" s="677"/>
+      <c r="D46" s="677"/>
+      <c r="E46" s="677"/>
+      <c r="F46" s="677"/>
+      <c r="G46" s="677"/>
+      <c r="H46" s="633"/>
+      <c r="I46" s="633"/>
+      <c r="J46" s="633"/>
     </row>
     <row r="47">
-      <c r="A47" s="662"/>
-[...18 lines deleted...]
-      <c r="V47" s="698"/>
+      <c r="A47" s="649"/>
+      <c r="B47" s="677"/>
+      <c r="C47" s="677"/>
+      <c r="D47" s="677"/>
+      <c r="E47" s="677"/>
+      <c r="F47" s="677"/>
+      <c r="G47" s="677"/>
+      <c r="H47" s="633"/>
+      <c r="I47" s="633"/>
+      <c r="J47" s="633"/>
     </row>
     <row r="48">
-      <c r="A48" s="662"/>
-[...18 lines deleted...]
-      <c r="V48" s="698"/>
+      <c r="A48" s="649"/>
+      <c r="B48" s="677"/>
+      <c r="C48" s="677"/>
+      <c r="D48" s="677"/>
+      <c r="E48" s="677"/>
+      <c r="F48" s="677"/>
+      <c r="G48" s="677"/>
+      <c r="H48" s="633"/>
+      <c r="I48" s="633"/>
+      <c r="J48" s="633"/>
     </row>
     <row r="49">
-      <c r="A49" s="662"/>
-[...18 lines deleted...]
-      <c r="V49" s="698"/>
+      <c r="A49" s="649"/>
+      <c r="B49" s="677"/>
+      <c r="C49" s="677"/>
+      <c r="D49" s="677"/>
+      <c r="E49" s="677"/>
+      <c r="F49" s="677"/>
+      <c r="G49" s="677"/>
+      <c r="H49" s="633"/>
+      <c r="I49" s="633"/>
+      <c r="J49" s="633"/>
     </row>
     <row r="50">
-      <c r="A50" s="662"/>
-[...18 lines deleted...]
-      <c r="V50" s="698"/>
+      <c r="A50" s="649"/>
+      <c r="B50" s="677"/>
+      <c r="C50" s="677"/>
+      <c r="D50" s="677"/>
+      <c r="E50" s="677"/>
+      <c r="F50" s="677"/>
+      <c r="G50" s="677"/>
+      <c r="H50" s="633"/>
+      <c r="I50" s="633"/>
+      <c r="J50" s="633"/>
     </row>
     <row r="51">
-      <c r="A51" s="662"/>
-[...18 lines deleted...]
-      <c r="V51" s="698"/>
+      <c r="A51" s="649"/>
+      <c r="B51" s="677"/>
+      <c r="C51" s="677"/>
+      <c r="D51" s="677"/>
+      <c r="E51" s="677"/>
+      <c r="F51" s="677"/>
+      <c r="G51" s="677"/>
+      <c r="H51" s="633"/>
+      <c r="I51" s="633"/>
+      <c r="J51" s="633"/>
     </row>
     <row r="52">
-      <c r="A52" s="662"/>
-[...18 lines deleted...]
-      <c r="V52" s="698"/>
+      <c r="A52" s="649"/>
+      <c r="B52" s="677"/>
+      <c r="C52" s="677"/>
+      <c r="D52" s="677"/>
+      <c r="E52" s="677"/>
+      <c r="F52" s="677"/>
+      <c r="G52" s="677"/>
+      <c r="H52" s="633"/>
+      <c r="I52" s="633"/>
+      <c r="J52" s="633"/>
     </row>
     <row r="53">
-      <c r="A53" s="662"/>
-[...18 lines deleted...]
-      <c r="V53" s="698"/>
+      <c r="A53" s="649"/>
+      <c r="B53" s="677"/>
+      <c r="C53" s="677"/>
+      <c r="D53" s="677"/>
+      <c r="E53" s="677"/>
+      <c r="F53" s="677"/>
+      <c r="G53" s="677"/>
+      <c r="H53" s="633"/>
+      <c r="I53" s="633"/>
+      <c r="J53" s="633"/>
     </row>
     <row r="54">
-      <c r="A54" s="662"/>
-[...18 lines deleted...]
-      <c r="V54" s="698"/>
+      <c r="A54" s="649"/>
+      <c r="B54" s="677"/>
+      <c r="C54" s="677"/>
+      <c r="D54" s="677"/>
+      <c r="E54" s="677"/>
+      <c r="F54" s="677"/>
+      <c r="G54" s="677"/>
+      <c r="H54" s="633"/>
+      <c r="I54" s="633"/>
+      <c r="J54" s="633"/>
     </row>
     <row r="55">
-      <c r="A55" s="662"/>
-[...18 lines deleted...]
-      <c r="V55" s="698"/>
+      <c r="A55" s="649"/>
+      <c r="B55" s="677"/>
+      <c r="C55" s="677"/>
+      <c r="D55" s="677"/>
+      <c r="E55" s="677"/>
+      <c r="F55" s="677"/>
+      <c r="G55" s="677"/>
+      <c r="H55" s="633"/>
+      <c r="I55" s="633"/>
+      <c r="J55" s="633"/>
     </row>
     <row r="56">
-      <c r="A56" s="662"/>
-[...18 lines deleted...]
-      <c r="V56" s="698"/>
+      <c r="A56" s="649"/>
+      <c r="B56" s="677"/>
+      <c r="C56" s="677"/>
+      <c r="D56" s="677"/>
+      <c r="E56" s="677"/>
+      <c r="F56" s="677"/>
+      <c r="G56" s="677"/>
+      <c r="H56" s="633"/>
+      <c r="I56" s="633"/>
+      <c r="J56" s="633"/>
     </row>
     <row r="57">
-      <c r="A57" s="662"/>
-[...18 lines deleted...]
-      <c r="V57" s="698"/>
+      <c r="A57" s="649"/>
+      <c r="B57" s="677"/>
+      <c r="C57" s="677"/>
+      <c r="D57" s="677"/>
+      <c r="E57" s="677"/>
+      <c r="F57" s="677"/>
+      <c r="G57" s="677"/>
+      <c r="H57" s="633"/>
+      <c r="I57" s="633"/>
+      <c r="J57" s="633"/>
     </row>
     <row r="58">
-      <c r="A58" s="662"/>
-[...18 lines deleted...]
-      <c r="V58" s="698"/>
+      <c r="A58" s="649"/>
+      <c r="B58" s="677"/>
+      <c r="C58" s="677"/>
+      <c r="D58" s="677"/>
+      <c r="E58" s="677"/>
+      <c r="F58" s="677"/>
+      <c r="G58" s="677"/>
+      <c r="H58" s="633"/>
+      <c r="I58" s="633"/>
+      <c r="J58" s="633"/>
     </row>
     <row r="59">
-      <c r="A59" s="662"/>
-[...18 lines deleted...]
-      <c r="V59" s="698"/>
+      <c r="A59" s="649"/>
+      <c r="B59" s="677"/>
+      <c r="C59" s="677"/>
+      <c r="D59" s="677"/>
+      <c r="E59" s="677"/>
+      <c r="F59" s="677"/>
+      <c r="G59" s="677"/>
+      <c r="H59" s="633"/>
+      <c r="I59" s="633"/>
+      <c r="J59" s="633"/>
     </row>
     <row r="60">
-      <c r="A60" s="662"/>
-[...18 lines deleted...]
-      <c r="V60" s="698"/>
+      <c r="A60" s="649"/>
+      <c r="B60" s="677"/>
+      <c r="C60" s="677"/>
+      <c r="D60" s="677"/>
+      <c r="E60" s="677"/>
+      <c r="F60" s="677"/>
+      <c r="G60" s="677"/>
+      <c r="H60" s="633"/>
+      <c r="I60" s="633"/>
+      <c r="J60" s="633"/>
     </row>
     <row r="61">
-      <c r="A61" s="662"/>
-[...18 lines deleted...]
-      <c r="V61" s="698"/>
+      <c r="A61" s="649"/>
+      <c r="B61" s="677"/>
+      <c r="C61" s="677"/>
+      <c r="D61" s="677"/>
+      <c r="E61" s="677"/>
+      <c r="F61" s="677"/>
+      <c r="G61" s="677"/>
+      <c r="H61" s="633"/>
+      <c r="I61" s="633"/>
+      <c r="J61" s="633"/>
     </row>
     <row r="62">
-      <c r="A62" s="662"/>
-[...18 lines deleted...]
-      <c r="V62" s="698"/>
+      <c r="A62" s="649"/>
+      <c r="B62" s="677"/>
+      <c r="C62" s="677"/>
+      <c r="D62" s="677"/>
+      <c r="E62" s="677"/>
+      <c r="F62" s="677"/>
+      <c r="G62" s="677"/>
+      <c r="H62" s="633"/>
+      <c r="I62" s="633"/>
+      <c r="J62" s="633"/>
     </row>
     <row r="63">
-      <c r="A63" s="662"/>
-[...18 lines deleted...]
-      <c r="V63" s="698"/>
+      <c r="A63" s="649"/>
+      <c r="B63" s="677"/>
+      <c r="C63" s="677"/>
+      <c r="D63" s="677"/>
+      <c r="E63" s="677"/>
+      <c r="F63" s="677"/>
+      <c r="G63" s="677"/>
+      <c r="H63" s="633"/>
+      <c r="I63" s="633"/>
+      <c r="J63" s="633"/>
     </row>
     <row r="64">
-      <c r="A64" s="662"/>
-[...18 lines deleted...]
-      <c r="V64" s="698"/>
+      <c r="A64" s="649"/>
+      <c r="B64" s="677"/>
+      <c r="C64" s="677"/>
+      <c r="D64" s="677"/>
+      <c r="E64" s="677"/>
+      <c r="F64" s="677"/>
+      <c r="G64" s="677"/>
+      <c r="H64" s="633"/>
+      <c r="I64" s="633"/>
+      <c r="J64" s="633"/>
     </row>
     <row r="65">
-      <c r="A65" s="662"/>
-[...18 lines deleted...]
-      <c r="V65" s="698"/>
+      <c r="A65" s="649"/>
+      <c r="B65" s="677"/>
+      <c r="C65" s="677"/>
+      <c r="D65" s="677"/>
+      <c r="E65" s="677"/>
+      <c r="F65" s="677"/>
+      <c r="G65" s="677"/>
+      <c r="H65" s="633"/>
+      <c r="I65" s="633"/>
+      <c r="J65" s="633"/>
     </row>
     <row r="66">
-      <c r="A66" s="662"/>
-[...18 lines deleted...]
-      <c r="V66" s="698"/>
+      <c r="A66" s="649"/>
+      <c r="B66" s="677"/>
+      <c r="C66" s="677"/>
+      <c r="D66" s="677"/>
+      <c r="E66" s="677"/>
+      <c r="F66" s="677"/>
+      <c r="G66" s="677"/>
+      <c r="H66" s="633"/>
+      <c r="I66" s="633"/>
+      <c r="J66" s="633"/>
     </row>
     <row r="67">
-      <c r="A67" s="662"/>
-[...18 lines deleted...]
-      <c r="V67" s="698"/>
+      <c r="A67" s="649"/>
+      <c r="B67" s="677"/>
+      <c r="C67" s="677"/>
+      <c r="D67" s="677"/>
+      <c r="E67" s="677"/>
+      <c r="F67" s="677"/>
+      <c r="G67" s="677"/>
+      <c r="H67" s="633"/>
+      <c r="I67" s="633"/>
+      <c r="J67" s="633"/>
     </row>
     <row r="68">
-      <c r="A68" s="662"/>
-[...18 lines deleted...]
-      <c r="V68" s="698"/>
+      <c r="A68" s="649"/>
+      <c r="B68" s="677"/>
+      <c r="C68" s="677"/>
+      <c r="D68" s="677"/>
+      <c r="E68" s="677"/>
+      <c r="F68" s="677"/>
+      <c r="G68" s="677"/>
+      <c r="H68" s="633"/>
+      <c r="I68" s="633"/>
+      <c r="J68" s="633"/>
     </row>
     <row r="69">
-      <c r="A69" s="662"/>
-[...18 lines deleted...]
-      <c r="V69" s="698"/>
+      <c r="A69" s="649"/>
+      <c r="B69" s="677"/>
+      <c r="C69" s="677"/>
+      <c r="D69" s="677"/>
+      <c r="E69" s="677"/>
+      <c r="F69" s="677"/>
+      <c r="G69" s="677"/>
+      <c r="H69" s="633"/>
+      <c r="I69" s="633"/>
+      <c r="J69" s="633"/>
     </row>
     <row r="70">
-      <c r="A70" s="662"/>
-[...18 lines deleted...]
-      <c r="V70" s="698"/>
+      <c r="A70" s="649"/>
+      <c r="B70" s="677"/>
+      <c r="C70" s="677"/>
+      <c r="D70" s="677"/>
+      <c r="E70" s="677"/>
+      <c r="F70" s="677"/>
+      <c r="G70" s="677"/>
+      <c r="H70" s="633"/>
+      <c r="I70" s="633"/>
+      <c r="J70" s="633"/>
     </row>
     <row r="71">
-      <c r="A71" s="662"/>
-[...18 lines deleted...]
-      <c r="V71" s="698"/>
+      <c r="A71" s="649"/>
+      <c r="B71" s="677"/>
+      <c r="C71" s="677"/>
+      <c r="D71" s="677"/>
+      <c r="E71" s="677"/>
+      <c r="F71" s="677"/>
+      <c r="G71" s="677"/>
+      <c r="H71" s="633"/>
+      <c r="I71" s="633"/>
+      <c r="J71" s="633"/>
     </row>
     <row r="72">
-      <c r="A72" s="662"/>
-[...18 lines deleted...]
-      <c r="V72" s="698"/>
+      <c r="A72" s="649"/>
+      <c r="B72" s="677"/>
+      <c r="C72" s="677"/>
+      <c r="D72" s="677"/>
+      <c r="E72" s="677"/>
+      <c r="F72" s="677"/>
+      <c r="G72" s="677"/>
+      <c r="H72" s="633"/>
+      <c r="I72" s="633"/>
+      <c r="J72" s="633"/>
     </row>
     <row r="73">
-      <c r="A73" s="662"/>
-[...18 lines deleted...]
-      <c r="V73" s="698"/>
+      <c r="A73" s="649"/>
+      <c r="B73" s="677"/>
+      <c r="C73" s="677"/>
+      <c r="D73" s="677"/>
+      <c r="E73" s="677"/>
+      <c r="F73" s="677"/>
+      <c r="G73" s="677"/>
+      <c r="H73" s="633"/>
+      <c r="I73" s="633"/>
+      <c r="J73" s="633"/>
     </row>
     <row r="74">
-      <c r="A74" s="662"/>
-[...18 lines deleted...]
-      <c r="V74" s="698"/>
+      <c r="A74" s="649"/>
+      <c r="B74" s="677"/>
+      <c r="C74" s="677"/>
+      <c r="D74" s="677"/>
+      <c r="E74" s="677"/>
+      <c r="F74" s="677"/>
+      <c r="G74" s="677"/>
+      <c r="H74" s="633"/>
+      <c r="I74" s="633"/>
+      <c r="J74" s="633"/>
     </row>
     <row r="75">
-      <c r="A75" s="662"/>
-[...18 lines deleted...]
-      <c r="V75" s="698"/>
+      <c r="A75" s="649"/>
+      <c r="B75" s="677"/>
+      <c r="C75" s="677"/>
+      <c r="D75" s="677"/>
+      <c r="E75" s="677"/>
+      <c r="F75" s="677"/>
+      <c r="G75" s="677"/>
+      <c r="H75" s="633"/>
+      <c r="I75" s="633"/>
+      <c r="J75" s="633"/>
     </row>
     <row r="76">
-      <c r="A76" s="662"/>
-[...18 lines deleted...]
-      <c r="V76" s="698"/>
+      <c r="A76" s="649"/>
+      <c r="B76" s="677"/>
+      <c r="C76" s="677"/>
+      <c r="D76" s="677"/>
+      <c r="E76" s="677"/>
+      <c r="F76" s="677"/>
+      <c r="G76" s="677"/>
+      <c r="H76" s="633"/>
+      <c r="I76" s="633"/>
+      <c r="J76" s="633"/>
     </row>
     <row r="77">
-      <c r="A77" s="662"/>
-[...18 lines deleted...]
-      <c r="V77" s="698"/>
+      <c r="A77" s="649"/>
+      <c r="B77" s="677"/>
+      <c r="C77" s="677"/>
+      <c r="D77" s="677"/>
+      <c r="E77" s="677"/>
+      <c r="F77" s="677"/>
+      <c r="G77" s="677"/>
+      <c r="H77" s="633"/>
+      <c r="I77" s="633"/>
+      <c r="J77" s="633"/>
     </row>
     <row r="78">
-      <c r="A78" s="662"/>
-[...18 lines deleted...]
-      <c r="V78" s="698"/>
+      <c r="A78" s="649"/>
+      <c r="B78" s="677"/>
+      <c r="C78" s="677"/>
+      <c r="D78" s="677"/>
+      <c r="E78" s="677"/>
+      <c r="F78" s="677"/>
+      <c r="G78" s="677"/>
+      <c r="H78" s="633"/>
+      <c r="I78" s="633"/>
+      <c r="J78" s="633"/>
     </row>
     <row r="79">
-      <c r="A79" s="662"/>
-[...18 lines deleted...]
-      <c r="V79" s="698"/>
+      <c r="A79" s="649"/>
+      <c r="B79" s="677"/>
+      <c r="C79" s="677"/>
+      <c r="D79" s="677"/>
+      <c r="E79" s="677"/>
+      <c r="F79" s="677"/>
+      <c r="G79" s="677"/>
+      <c r="H79" s="633"/>
+      <c r="I79" s="633"/>
+      <c r="J79" s="633"/>
     </row>
     <row r="80">
-      <c r="A80" s="662"/>
-[...18 lines deleted...]
-      <c r="V80" s="698"/>
+      <c r="A80" s="649"/>
+      <c r="B80" s="677"/>
+      <c r="C80" s="677"/>
+      <c r="D80" s="677"/>
+      <c r="E80" s="677"/>
+      <c r="F80" s="677"/>
+      <c r="G80" s="677"/>
+      <c r="H80" s="633"/>
+      <c r="I80" s="633"/>
+      <c r="J80" s="633"/>
     </row>
     <row r="81">
-      <c r="A81" s="662"/>
-[...18 lines deleted...]
-      <c r="V81" s="698"/>
+      <c r="A81" s="649"/>
+      <c r="B81" s="677"/>
+      <c r="C81" s="677"/>
+      <c r="D81" s="677"/>
+      <c r="E81" s="677"/>
+      <c r="F81" s="677"/>
+      <c r="G81" s="677"/>
+      <c r="H81" s="633"/>
+      <c r="I81" s="633"/>
+      <c r="J81" s="633"/>
     </row>
     <row r="82">
-      <c r="A82" s="662"/>
-[...18 lines deleted...]
-      <c r="V82" s="698"/>
+      <c r="A82" s="649"/>
+      <c r="B82" s="677"/>
+      <c r="C82" s="677"/>
+      <c r="D82" s="677"/>
+      <c r="E82" s="677"/>
+      <c r="F82" s="677"/>
+      <c r="G82" s="677"/>
+      <c r="H82" s="633"/>
+      <c r="I82" s="633"/>
+      <c r="J82" s="633"/>
     </row>
     <row r="83">
-      <c r="A83" s="662"/>
-[...18 lines deleted...]
-      <c r="V83" s="698"/>
+      <c r="A83" s="649"/>
+      <c r="B83" s="677"/>
+      <c r="C83" s="677"/>
+      <c r="D83" s="677"/>
+      <c r="E83" s="677"/>
+      <c r="F83" s="677"/>
+      <c r="G83" s="677"/>
+      <c r="H83" s="633"/>
+      <c r="I83" s="633"/>
+      <c r="J83" s="633"/>
     </row>
     <row r="84">
-      <c r="A84" s="662"/>
-[...18 lines deleted...]
-      <c r="V84" s="698"/>
+      <c r="A84" s="649"/>
+      <c r="B84" s="677"/>
+      <c r="C84" s="677"/>
+      <c r="D84" s="677"/>
+      <c r="E84" s="677"/>
+      <c r="F84" s="677"/>
+      <c r="G84" s="677"/>
+      <c r="H84" s="633"/>
+      <c r="I84" s="633"/>
+      <c r="J84" s="633"/>
     </row>
     <row r="85">
-      <c r="A85" s="662"/>
-[...18 lines deleted...]
-      <c r="V85" s="698"/>
+      <c r="A85" s="649"/>
+      <c r="B85" s="677"/>
+      <c r="C85" s="677"/>
+      <c r="D85" s="677"/>
+      <c r="E85" s="677"/>
+      <c r="F85" s="677"/>
+      <c r="G85" s="677"/>
+      <c r="H85" s="633"/>
+      <c r="I85" s="633"/>
+      <c r="J85" s="633"/>
     </row>
     <row r="86">
-      <c r="A86" s="662"/>
-[...18 lines deleted...]
-      <c r="V86" s="698"/>
+      <c r="A86" s="649"/>
+      <c r="B86" s="677"/>
+      <c r="C86" s="677"/>
+      <c r="D86" s="677"/>
+      <c r="E86" s="677"/>
+      <c r="F86" s="677"/>
+      <c r="G86" s="677"/>
+      <c r="H86" s="633"/>
+      <c r="I86" s="633"/>
+      <c r="J86" s="633"/>
     </row>
     <row r="87">
-      <c r="A87" s="662"/>
-[...18 lines deleted...]
-      <c r="V87" s="698"/>
+      <c r="A87" s="649"/>
+      <c r="B87" s="677"/>
+      <c r="C87" s="677"/>
+      <c r="D87" s="677"/>
+      <c r="E87" s="677"/>
+      <c r="F87" s="677"/>
+      <c r="G87" s="677"/>
+      <c r="H87" s="633"/>
+      <c r="I87" s="633"/>
+      <c r="J87" s="633"/>
     </row>
     <row r="88">
-      <c r="A88" s="662"/>
-[...18 lines deleted...]
-      <c r="V88" s="698"/>
+      <c r="A88" s="649"/>
+      <c r="B88" s="677"/>
+      <c r="C88" s="677"/>
+      <c r="D88" s="677"/>
+      <c r="E88" s="677"/>
+      <c r="F88" s="677"/>
+      <c r="G88" s="677"/>
+      <c r="H88" s="633"/>
+      <c r="I88" s="633"/>
+      <c r="J88" s="633"/>
     </row>
     <row r="89">
-      <c r="A89" s="662"/>
-[...18 lines deleted...]
-      <c r="V89" s="698"/>
+      <c r="A89" s="649"/>
+      <c r="B89" s="677"/>
+      <c r="C89" s="677"/>
+      <c r="D89" s="677"/>
+      <c r="E89" s="677"/>
+      <c r="F89" s="677"/>
+      <c r="G89" s="677"/>
+      <c r="H89" s="633"/>
+      <c r="I89" s="633"/>
+      <c r="J89" s="633"/>
     </row>
     <row r="90">
-      <c r="A90" s="662"/>
-[...18 lines deleted...]
-      <c r="V90" s="698"/>
+      <c r="A90" s="649"/>
+      <c r="B90" s="677"/>
+      <c r="C90" s="677"/>
+      <c r="D90" s="677"/>
+      <c r="E90" s="677"/>
+      <c r="F90" s="677"/>
+      <c r="G90" s="677"/>
+      <c r="H90" s="633"/>
+      <c r="I90" s="633"/>
+      <c r="J90" s="633"/>
     </row>
     <row r="91">
-      <c r="A91" s="662"/>
-[...18 lines deleted...]
-      <c r="V91" s="698"/>
+      <c r="A91" s="649"/>
+      <c r="B91" s="677"/>
+      <c r="C91" s="677"/>
+      <c r="D91" s="677"/>
+      <c r="E91" s="677"/>
+      <c r="F91" s="677"/>
+      <c r="G91" s="677"/>
+      <c r="H91" s="633"/>
+      <c r="I91" s="633"/>
+      <c r="J91" s="633"/>
     </row>
     <row r="92">
-      <c r="A92" s="662"/>
-[...18 lines deleted...]
-      <c r="V92" s="698"/>
+      <c r="A92" s="649"/>
+      <c r="B92" s="677"/>
+      <c r="C92" s="677"/>
+      <c r="D92" s="677"/>
+      <c r="E92" s="677"/>
+      <c r="F92" s="677"/>
+      <c r="G92" s="677"/>
+      <c r="H92" s="633"/>
+      <c r="I92" s="633"/>
+      <c r="J92" s="633"/>
     </row>
     <row r="93">
-      <c r="A93" s="662"/>
-[...18 lines deleted...]
-      <c r="V93" s="698"/>
+      <c r="A93" s="649"/>
+      <c r="B93" s="677"/>
+      <c r="C93" s="677"/>
+      <c r="D93" s="677"/>
+      <c r="E93" s="677"/>
+      <c r="F93" s="677"/>
+      <c r="G93" s="677"/>
+      <c r="H93" s="633"/>
+      <c r="I93" s="633"/>
+      <c r="J93" s="633"/>
     </row>
     <row r="94">
-      <c r="A94" s="662"/>
-[...18 lines deleted...]
-      <c r="V94" s="698"/>
+      <c r="A94" s="649"/>
+      <c r="B94" s="677"/>
+      <c r="C94" s="677"/>
+      <c r="D94" s="677"/>
+      <c r="E94" s="677"/>
+      <c r="F94" s="677"/>
+      <c r="G94" s="677"/>
+      <c r="H94" s="633"/>
+      <c r="I94" s="633"/>
+      <c r="J94" s="633"/>
     </row>
     <row r="95">
-      <c r="A95" s="662"/>
-[...18 lines deleted...]
-      <c r="V95" s="698"/>
+      <c r="A95" s="649"/>
+      <c r="B95" s="677"/>
+      <c r="C95" s="677"/>
+      <c r="D95" s="677"/>
+      <c r="E95" s="677"/>
+      <c r="F95" s="677"/>
+      <c r="G95" s="677"/>
+      <c r="H95" s="633"/>
+      <c r="I95" s="633"/>
+      <c r="J95" s="633"/>
     </row>
     <row r="96">
-      <c r="A96" s="662"/>
-[...18 lines deleted...]
-      <c r="V96" s="698"/>
+      <c r="A96" s="649"/>
+      <c r="B96" s="677"/>
+      <c r="C96" s="677"/>
+      <c r="D96" s="677"/>
+      <c r="E96" s="677"/>
+      <c r="F96" s="677"/>
+      <c r="G96" s="677"/>
+      <c r="H96" s="633"/>
+      <c r="I96" s="633"/>
+      <c r="J96" s="633"/>
     </row>
     <row r="97">
-      <c r="A97" s="662"/>
-[...18 lines deleted...]
-      <c r="V97" s="698"/>
+      <c r="A97" s="649"/>
+      <c r="B97" s="677"/>
+      <c r="C97" s="677"/>
+      <c r="D97" s="677"/>
+      <c r="E97" s="677"/>
+      <c r="F97" s="677"/>
+      <c r="G97" s="677"/>
+      <c r="H97" s="633"/>
+      <c r="I97" s="633"/>
+      <c r="J97" s="633"/>
     </row>
     <row r="98">
-      <c r="A98" s="662"/>
-[...18 lines deleted...]
-      <c r="V98" s="698"/>
+      <c r="A98" s="649"/>
+      <c r="B98" s="677"/>
+      <c r="C98" s="677"/>
+      <c r="D98" s="677"/>
+      <c r="E98" s="677"/>
+      <c r="F98" s="677"/>
+      <c r="G98" s="677"/>
+      <c r="H98" s="633"/>
+      <c r="I98" s="633"/>
+      <c r="J98" s="633"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:K7">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:J7">
     <sortCondition ref="A2:A7"/>
   </sortState>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
-  <dimension ref="A1:M99"/>
+  <sheetPr codeName="Sheet10"/>
+  <dimension ref="A1:O99"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="F10" sqref="F10"/>
+      <selection pane="bottomRight" activeCell="I2" sqref="I2:O2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="31.1796875" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="9" width="15.81640625" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="31.140625" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="23.28515625" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="22.7109375" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="22" customWidth="1"/>
+    <col min="5" max="5" width="20.7109375" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="15.7109375" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="14.5703125" customWidth="1"/>
+    <col min="8" max="8" bestFit="1" width="19.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="52">
-      <c r="A1" s="634" t="s">
+    <row r="1" ht="25.5">
+      <c r="A1" s="658" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="674" t="s">
+      <c r="B1" s="660" t="s">
+        <v>42</v>
+      </c>
+      <c r="C1" s="660" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1" s="660" t="s">
+        <v>44</v>
+      </c>
+      <c r="E1" s="660" t="s">
+        <v>45</v>
+      </c>
+      <c r="F1" s="660" t="s">
+        <v>46</v>
+      </c>
+      <c r="G1" s="660" t="s">
+        <v>47</v>
+      </c>
+      <c r="H1" s="660" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="729">
+        <v>7.6793746451810128</v>
+      </c>
+      <c r="C2" s="729">
+        <v>11.804008908685969</v>
+      </c>
+      <c r="D2" s="729">
+        <v>80.516616446133014</v>
+      </c>
+      <c r="E2" s="729">
+        <v>45.179394230559254</v>
+      </c>
+      <c r="F2" s="729">
+        <v>35.282685126547726</v>
+      </c>
+      <c r="G2" s="729">
+        <v>4.1469220186491382</v>
+      </c>
+      <c r="H2" s="729">
+        <v>1.1071561155635141</v>
+      </c>
+      <c r="I2" s="732"/>
+      <c r="J2" s="732"/>
+      <c r="K2" s="732"/>
+      <c r="L2" s="732"/>
+      <c r="M2" s="732"/>
+      <c r="N2" s="732"/>
+      <c r="O2" s="732"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="A3" s="663" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="661">
+        <v>7.1037574337718512</v>
+      </c>
+      <c r="C3" s="661">
+        <v>11.464903586231753</v>
+      </c>
+      <c r="D3" s="661">
+        <v>81.4313389799964</v>
+      </c>
+      <c r="E3" s="661">
+        <v>46.335803915384446</v>
+      </c>
+      <c r="F3" s="661">
+        <v>35.285768996823535</v>
+      </c>
+      <c r="G3" s="661">
+        <v>3.6315303340917793</v>
+      </c>
+      <c r="H3" s="661">
+        <v>1.0509360427132848</v>
+      </c>
+      <c r="I3" s="661"/>
+      <c r="J3" s="661"/>
+      <c r="K3" s="661"/>
+      <c r="L3" s="661"/>
+      <c r="M3" s="661"/>
+      <c r="N3" s="661"/>
+      <c r="O3" s="661"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="A4" s="663" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="661">
+        <v>6.8848302631874176</v>
+      </c>
+      <c r="C4" s="661">
+        <v>11.567457201193655</v>
+      </c>
+      <c r="D4" s="661">
+        <v>81.547712535618928</v>
+      </c>
+      <c r="E4" s="661">
+        <v>46.636459478253066</v>
+      </c>
+      <c r="F4" s="661">
+        <v>35.583544559341426</v>
+      </c>
+      <c r="G4" s="661">
+        <v>3.6091608532783024</v>
+      </c>
+      <c r="H4" s="661">
+        <v>0.93088984096363925</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="658" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="661">
+        <v>9.2151242151242148</v>
+      </c>
+      <c r="C5" s="661">
+        <v>13.374283374283374</v>
+      </c>
+      <c r="D5" s="661">
+        <v>77.410592410592415</v>
+      </c>
+      <c r="E5" s="661">
+        <v>41.533903974007181</v>
+      </c>
+      <c r="F5" s="661">
+        <v>36.432267136284828</v>
+      </c>
+      <c r="G5" s="661">
+        <v>4.9023221525985994</v>
+      </c>
+      <c r="H5" s="661">
+        <v>1.3296746802091439</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="658" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="661">
+        <v>7.9339378238341975</v>
+      </c>
+      <c r="C6" s="661">
+        <v>12.810341105354059</v>
+      </c>
+      <c r="D6" s="661">
+        <v>79.255721070811745</v>
+      </c>
+      <c r="E6" s="661">
+        <v>42.222881973495987</v>
+      </c>
+      <c r="F6" s="661">
+        <v>37.318830800788106</v>
+      </c>
+      <c r="G6" s="661">
+        <v>4.0700655852743512</v>
+      </c>
+      <c r="H6" s="661">
+        <v>1.1173787482119242</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="658" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="661">
+        <v>7.3993542860907953</v>
+      </c>
+      <c r="C7" s="661">
+        <v>12.279545803957744</v>
+      </c>
+      <c r="D7" s="661">
+        <v>80.321099909951471</v>
+      </c>
+      <c r="E7" s="661">
+        <v>45.889252531464848</v>
+      </c>
+      <c r="F7" s="661">
+        <v>35.451490324422871</v>
+      </c>
+      <c r="G7" s="661">
+        <v>3.7977463922507524</v>
+      </c>
+      <c r="H7" s="661">
+        <v>1.1092318843763043</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="658"/>
+      <c r="B8" s="662"/>
+      <c r="C8" s="662"/>
+      <c r="D8" s="662"/>
+      <c r="E8" s="662"/>
+      <c r="F8" s="662"/>
+      <c r="G8" s="662"/>
+      <c r="H8" s="662"/>
+    </row>
+    <row r="9">
+      <c r="A9" s="658"/>
+      <c r="B9" s="679"/>
+      <c r="C9" s="679"/>
+      <c r="D9" s="679"/>
+      <c r="E9" s="679"/>
+      <c r="F9" s="679"/>
+      <c r="G9" s="679"/>
+      <c r="H9" s="679"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="658"/>
+      <c r="B10" s="679"/>
+      <c r="C10" s="679"/>
+      <c r="D10" s="679"/>
+      <c r="E10" s="679"/>
+      <c r="F10" s="679"/>
+      <c r="G10" s="679"/>
+      <c r="H10" s="679"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="658"/>
+      <c r="B11" s="679"/>
+      <c r="C11" s="679"/>
+      <c r="D11" s="679"/>
+      <c r="E11" s="679"/>
+      <c r="F11" s="679"/>
+      <c r="G11" s="679"/>
+      <c r="H11" s="679"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="658"/>
+      <c r="B12" s="679"/>
+      <c r="C12" s="679"/>
+      <c r="D12" s="679"/>
+      <c r="E12" s="679"/>
+      <c r="F12" s="679"/>
+      <c r="G12" s="679"/>
+      <c r="H12" s="679"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="658"/>
+      <c r="B13" s="679"/>
+      <c r="C13" s="679"/>
+      <c r="D13" s="679"/>
+      <c r="E13" s="679"/>
+      <c r="F13" s="679"/>
+      <c r="G13" s="679"/>
+      <c r="H13" s="679"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="658"/>
+      <c r="B14" s="679"/>
+      <c r="C14" s="679"/>
+      <c r="D14" s="679"/>
+      <c r="E14" s="679"/>
+      <c r="F14" s="679"/>
+      <c r="G14" s="679"/>
+      <c r="H14" s="679"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="658"/>
+      <c r="B15" s="679"/>
+      <c r="C15" s="662"/>
+      <c r="D15" s="662"/>
+      <c r="E15" s="662"/>
+      <c r="F15" s="662"/>
+      <c r="G15" s="662"/>
+      <c r="H15" s="662"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="658"/>
+      <c r="B16" s="679"/>
+      <c r="C16" s="662"/>
+      <c r="D16" s="662"/>
+      <c r="E16" s="662"/>
+      <c r="F16" s="662"/>
+      <c r="G16" s="662"/>
+      <c r="H16" s="662"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="658"/>
+      <c r="B17" s="662"/>
+      <c r="C17" s="662"/>
+      <c r="D17" s="662"/>
+      <c r="E17" s="662"/>
+      <c r="F17" s="662"/>
+      <c r="G17" s="662"/>
+      <c r="H17" s="662"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="658"/>
+      <c r="B18" s="662"/>
+      <c r="C18" s="662"/>
+      <c r="D18" s="662"/>
+      <c r="E18" s="662"/>
+      <c r="F18" s="662"/>
+      <c r="G18" s="662"/>
+      <c r="H18" s="662"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="658"/>
+      <c r="B19" s="662"/>
+      <c r="C19" s="662"/>
+      <c r="D19" s="662"/>
+      <c r="E19" s="662"/>
+      <c r="F19" s="662"/>
+      <c r="G19" s="662"/>
+      <c r="H19" s="662"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="658"/>
+      <c r="B20" s="662"/>
+      <c r="C20" s="662"/>
+      <c r="D20" s="662"/>
+      <c r="E20" s="662"/>
+      <c r="F20" s="662"/>
+      <c r="G20" s="662"/>
+      <c r="H20" s="662"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="658"/>
+      <c r="B21" s="662"/>
+      <c r="C21" s="662"/>
+      <c r="D21" s="662"/>
+      <c r="E21" s="662"/>
+      <c r="F21" s="662"/>
+      <c r="G21" s="662"/>
+      <c r="H21" s="662"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="658"/>
+      <c r="B22" s="662"/>
+      <c r="C22" s="662"/>
+      <c r="D22" s="662"/>
+      <c r="E22" s="662"/>
+      <c r="F22" s="662"/>
+      <c r="G22" s="662"/>
+      <c r="H22" s="662"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="658"/>
+      <c r="B23" s="662"/>
+      <c r="C23" s="662"/>
+      <c r="D23" s="662"/>
+      <c r="E23" s="662"/>
+      <c r="F23" s="662"/>
+      <c r="G23" s="662"/>
+      <c r="H23" s="662"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="658"/>
+      <c r="B24" s="662"/>
+      <c r="C24" s="662"/>
+      <c r="D24" s="662"/>
+      <c r="E24" s="662"/>
+      <c r="F24" s="662"/>
+      <c r="G24" s="662"/>
+      <c r="H24" s="662"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="658"/>
+      <c r="B25" s="662"/>
+      <c r="C25" s="662"/>
+      <c r="D25" s="662"/>
+      <c r="E25" s="662"/>
+      <c r="F25" s="662"/>
+      <c r="G25" s="662"/>
+      <c r="H25" s="662"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="658"/>
+      <c r="B26" s="662"/>
+      <c r="C26" s="662"/>
+      <c r="D26" s="662"/>
+      <c r="E26" s="662"/>
+      <c r="F26" s="662"/>
+      <c r="G26" s="662"/>
+      <c r="H26" s="662"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="658"/>
+      <c r="B27" s="662"/>
+      <c r="C27" s="662"/>
+      <c r="D27" s="662"/>
+      <c r="E27" s="662"/>
+      <c r="F27" s="662"/>
+      <c r="G27" s="662"/>
+      <c r="H27" s="662"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="658"/>
+      <c r="B28" s="662"/>
+      <c r="C28" s="662"/>
+      <c r="D28" s="662"/>
+      <c r="E28" s="662"/>
+      <c r="F28" s="662"/>
+      <c r="G28" s="662"/>
+      <c r="H28" s="662"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="658"/>
+      <c r="B29" s="662"/>
+      <c r="C29" s="662"/>
+      <c r="D29" s="662"/>
+      <c r="E29" s="662"/>
+      <c r="F29" s="662"/>
+      <c r="G29" s="662"/>
+      <c r="H29" s="662"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="658"/>
+      <c r="B30" s="662"/>
+      <c r="C30" s="662"/>
+      <c r="D30" s="662"/>
+      <c r="E30" s="662"/>
+      <c r="F30" s="662"/>
+      <c r="G30" s="662"/>
+      <c r="H30" s="662"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="658"/>
+      <c r="B31" s="662"/>
+      <c r="C31" s="662"/>
+      <c r="D31" s="662"/>
+      <c r="E31" s="662"/>
+      <c r="F31" s="662"/>
+      <c r="G31" s="662"/>
+      <c r="H31" s="662"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="658"/>
+      <c r="B32" s="662"/>
+      <c r="C32" s="662"/>
+      <c r="D32" s="662"/>
+      <c r="E32" s="662"/>
+      <c r="F32" s="662"/>
+      <c r="G32" s="662"/>
+      <c r="H32" s="662"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="658"/>
+      <c r="B33" s="662"/>
+      <c r="C33" s="662"/>
+      <c r="D33" s="662"/>
+      <c r="E33" s="662"/>
+      <c r="F33" s="662"/>
+      <c r="G33" s="662"/>
+      <c r="H33" s="662"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="658"/>
+      <c r="B34" s="662"/>
+      <c r="C34" s="662"/>
+      <c r="D34" s="662"/>
+      <c r="E34" s="662"/>
+      <c r="F34" s="662"/>
+      <c r="G34" s="662"/>
+      <c r="H34" s="662"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="658"/>
+      <c r="B35" s="662"/>
+      <c r="C35" s="662"/>
+      <c r="D35" s="662"/>
+      <c r="E35" s="662"/>
+      <c r="F35" s="662"/>
+      <c r="G35" s="662"/>
+      <c r="H35" s="662"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="658"/>
+      <c r="B36" s="662"/>
+      <c r="C36" s="662"/>
+      <c r="D36" s="662"/>
+      <c r="E36" s="662"/>
+      <c r="F36" s="662"/>
+      <c r="G36" s="662"/>
+      <c r="H36" s="662"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="658"/>
+      <c r="B37" s="662"/>
+      <c r="C37" s="662"/>
+      <c r="D37" s="662"/>
+      <c r="E37" s="662"/>
+      <c r="F37" s="662"/>
+      <c r="G37" s="662"/>
+      <c r="H37" s="662"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="658"/>
+      <c r="B38" s="662"/>
+      <c r="C38" s="662"/>
+      <c r="D38" s="662"/>
+      <c r="E38" s="662"/>
+      <c r="F38" s="662"/>
+      <c r="G38" s="662"/>
+      <c r="H38" s="662"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="658"/>
+      <c r="B39" s="662"/>
+      <c r="C39" s="662"/>
+      <c r="D39" s="662"/>
+      <c r="E39" s="662"/>
+      <c r="F39" s="662"/>
+      <c r="G39" s="662"/>
+      <c r="H39" s="662"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="658"/>
+      <c r="B40" s="662"/>
+      <c r="C40" s="662"/>
+      <c r="D40" s="662"/>
+      <c r="E40" s="662"/>
+      <c r="F40" s="662"/>
+      <c r="G40" s="662"/>
+      <c r="H40" s="662"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="658"/>
+      <c r="B41" s="662"/>
+      <c r="C41" s="662"/>
+      <c r="D41" s="662"/>
+      <c r="E41" s="662"/>
+      <c r="F41" s="662"/>
+      <c r="G41" s="662"/>
+      <c r="H41" s="662"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="658"/>
+      <c r="B42" s="662"/>
+      <c r="C42" s="662"/>
+      <c r="D42" s="662"/>
+      <c r="E42" s="662"/>
+      <c r="F42" s="662"/>
+      <c r="G42" s="662"/>
+      <c r="H42" s="662"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="658"/>
+      <c r="B43" s="662"/>
+      <c r="C43" s="662"/>
+      <c r="D43" s="662"/>
+      <c r="E43" s="662"/>
+      <c r="F43" s="662"/>
+      <c r="G43" s="662"/>
+      <c r="H43" s="662"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="658"/>
+      <c r="B44" s="662"/>
+      <c r="C44" s="662"/>
+      <c r="D44" s="662"/>
+      <c r="E44" s="662"/>
+      <c r="F44" s="662"/>
+      <c r="G44" s="662"/>
+      <c r="H44" s="662"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="658"/>
+      <c r="B45" s="662"/>
+      <c r="C45" s="662"/>
+      <c r="D45" s="662"/>
+      <c r="E45" s="662"/>
+      <c r="F45" s="662"/>
+      <c r="G45" s="662"/>
+      <c r="H45" s="662"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="658"/>
+      <c r="B46" s="662"/>
+      <c r="C46" s="662"/>
+      <c r="D46" s="662"/>
+      <c r="E46" s="662"/>
+      <c r="F46" s="662"/>
+      <c r="G46" s="662"/>
+      <c r="H46" s="662"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="658"/>
+      <c r="B47" s="662"/>
+      <c r="C47" s="662"/>
+      <c r="D47" s="662"/>
+      <c r="E47" s="662"/>
+      <c r="F47" s="662"/>
+      <c r="G47" s="662"/>
+      <c r="H47" s="662"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="658"/>
+      <c r="B48" s="662"/>
+      <c r="C48" s="662"/>
+      <c r="D48" s="662"/>
+      <c r="E48" s="662"/>
+      <c r="F48" s="662"/>
+      <c r="G48" s="662"/>
+      <c r="H48" s="662"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="658"/>
+      <c r="B49" s="662"/>
+      <c r="C49" s="662"/>
+      <c r="D49" s="662"/>
+      <c r="E49" s="662"/>
+      <c r="F49" s="662"/>
+      <c r="G49" s="662"/>
+      <c r="H49" s="662"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="658"/>
+      <c r="B50" s="662"/>
+      <c r="C50" s="662"/>
+      <c r="D50" s="662"/>
+      <c r="E50" s="662"/>
+      <c r="F50" s="662"/>
+      <c r="G50" s="662"/>
+      <c r="H50" s="662"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="658"/>
+      <c r="B51" s="662"/>
+      <c r="C51" s="662"/>
+      <c r="D51" s="662"/>
+      <c r="E51" s="662"/>
+      <c r="F51" s="662"/>
+      <c r="G51" s="662"/>
+      <c r="H51" s="662"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="658"/>
+      <c r="B52" s="662"/>
+      <c r="C52" s="662"/>
+      <c r="D52" s="662"/>
+      <c r="E52" s="662"/>
+      <c r="F52" s="662"/>
+      <c r="G52" s="662"/>
+      <c r="H52" s="662"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="658"/>
+      <c r="B53" s="662"/>
+      <c r="C53" s="662"/>
+      <c r="D53" s="662"/>
+      <c r="E53" s="662"/>
+      <c r="F53" s="662"/>
+      <c r="G53" s="662"/>
+      <c r="H53" s="662"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="658"/>
+      <c r="B54" s="662"/>
+      <c r="C54" s="662"/>
+      <c r="D54" s="662"/>
+      <c r="E54" s="662"/>
+      <c r="F54" s="662"/>
+      <c r="G54" s="662"/>
+      <c r="H54" s="662"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="658"/>
+      <c r="B55" s="662"/>
+      <c r="C55" s="662"/>
+      <c r="D55" s="662"/>
+      <c r="E55" s="662"/>
+      <c r="F55" s="662"/>
+      <c r="G55" s="662"/>
+      <c r="H55" s="662"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="658"/>
+      <c r="B56" s="662"/>
+      <c r="C56" s="662"/>
+      <c r="D56" s="662"/>
+      <c r="E56" s="662"/>
+      <c r="F56" s="662"/>
+      <c r="G56" s="662"/>
+      <c r="H56" s="662"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="658"/>
+      <c r="B57" s="662"/>
+      <c r="C57" s="662"/>
+      <c r="D57" s="662"/>
+      <c r="E57" s="662"/>
+      <c r="F57" s="662"/>
+      <c r="G57" s="662"/>
+      <c r="H57" s="662"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="658"/>
+      <c r="B58" s="662"/>
+      <c r="C58" s="662"/>
+      <c r="D58" s="662"/>
+      <c r="E58" s="662"/>
+      <c r="F58" s="662"/>
+      <c r="G58" s="662"/>
+      <c r="H58" s="662"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="658"/>
+      <c r="B59" s="662"/>
+      <c r="C59" s="662"/>
+      <c r="D59" s="662"/>
+      <c r="E59" s="662"/>
+      <c r="F59" s="662"/>
+      <c r="G59" s="662"/>
+      <c r="H59" s="662"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="658"/>
+      <c r="B60" s="662"/>
+      <c r="C60" s="662"/>
+      <c r="D60" s="662"/>
+      <c r="E60" s="662"/>
+      <c r="F60" s="662"/>
+      <c r="G60" s="662"/>
+      <c r="H60" s="662"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="658"/>
+      <c r="B61" s="662"/>
+      <c r="C61" s="662"/>
+      <c r="D61" s="662"/>
+      <c r="E61" s="662"/>
+      <c r="F61" s="662"/>
+      <c r="G61" s="662"/>
+      <c r="H61" s="662"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="658"/>
+      <c r="B62" s="662"/>
+      <c r="C62" s="662"/>
+      <c r="D62" s="662"/>
+      <c r="E62" s="662"/>
+      <c r="F62" s="662"/>
+      <c r="G62" s="662"/>
+      <c r="H62" s="662"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="658"/>
+      <c r="B63" s="662"/>
+      <c r="C63" s="662"/>
+      <c r="D63" s="662"/>
+      <c r="E63" s="662"/>
+      <c r="F63" s="662"/>
+      <c r="G63" s="662"/>
+      <c r="H63" s="662"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="658"/>
+      <c r="B64" s="662"/>
+      <c r="C64" s="662"/>
+      <c r="D64" s="662"/>
+      <c r="E64" s="662"/>
+      <c r="F64" s="662"/>
+      <c r="G64" s="662"/>
+      <c r="H64" s="662"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="658"/>
+      <c r="B65" s="662"/>
+      <c r="C65" s="662"/>
+      <c r="D65" s="662"/>
+      <c r="E65" s="662"/>
+      <c r="F65" s="662"/>
+      <c r="G65" s="662"/>
+      <c r="H65" s="662"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="658"/>
+      <c r="B66" s="662"/>
+      <c r="C66" s="662"/>
+      <c r="D66" s="662"/>
+      <c r="E66" s="662"/>
+      <c r="F66" s="662"/>
+      <c r="G66" s="662"/>
+      <c r="H66" s="662"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="658"/>
+      <c r="B67" s="662"/>
+      <c r="C67" s="662"/>
+      <c r="D67" s="662"/>
+      <c r="E67" s="662"/>
+      <c r="F67" s="662"/>
+      <c r="G67" s="662"/>
+      <c r="H67" s="662"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="658"/>
+      <c r="B68" s="662"/>
+      <c r="C68" s="662"/>
+      <c r="D68" s="662"/>
+      <c r="E68" s="662"/>
+      <c r="F68" s="662"/>
+      <c r="G68" s="662"/>
+      <c r="H68" s="662"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="658"/>
+      <c r="B69" s="662"/>
+      <c r="C69" s="662"/>
+      <c r="D69" s="662"/>
+      <c r="E69" s="662"/>
+      <c r="F69" s="662"/>
+      <c r="G69" s="662"/>
+      <c r="H69" s="662"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="658"/>
+      <c r="B70" s="662"/>
+      <c r="C70" s="662"/>
+      <c r="D70" s="662"/>
+      <c r="E70" s="662"/>
+      <c r="F70" s="662"/>
+      <c r="G70" s="662"/>
+      <c r="H70" s="662"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="658"/>
+      <c r="B71" s="662"/>
+      <c r="C71" s="662"/>
+      <c r="D71" s="662"/>
+      <c r="E71" s="662"/>
+      <c r="F71" s="662"/>
+      <c r="G71" s="662"/>
+      <c r="H71" s="662"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="658"/>
+      <c r="B72" s="662"/>
+      <c r="C72" s="662"/>
+      <c r="D72" s="662"/>
+      <c r="E72" s="662"/>
+      <c r="F72" s="662"/>
+      <c r="G72" s="662"/>
+      <c r="H72" s="662"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="658"/>
+      <c r="B73" s="662"/>
+      <c r="C73" s="662"/>
+      <c r="D73" s="662"/>
+      <c r="E73" s="662"/>
+      <c r="F73" s="662"/>
+      <c r="G73" s="662"/>
+      <c r="H73" s="662"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="658"/>
+      <c r="B74" s="662"/>
+      <c r="C74" s="662"/>
+      <c r="D74" s="662"/>
+      <c r="E74" s="662"/>
+      <c r="F74" s="662"/>
+      <c r="G74" s="662"/>
+      <c r="H74" s="662"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="658"/>
+      <c r="B75" s="662"/>
+      <c r="C75" s="662"/>
+      <c r="D75" s="662"/>
+      <c r="E75" s="662"/>
+      <c r="F75" s="662"/>
+      <c r="G75" s="662"/>
+      <c r="H75" s="662"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="658"/>
+      <c r="B76" s="662"/>
+      <c r="C76" s="662"/>
+      <c r="D76" s="662"/>
+      <c r="E76" s="662"/>
+      <c r="F76" s="662"/>
+      <c r="G76" s="662"/>
+      <c r="H76" s="662"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="658"/>
+      <c r="B77" s="662"/>
+      <c r="C77" s="662"/>
+      <c r="D77" s="662"/>
+      <c r="E77" s="662"/>
+      <c r="F77" s="662"/>
+      <c r="G77" s="662"/>
+      <c r="H77" s="662"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="658"/>
+      <c r="B78" s="662"/>
+      <c r="C78" s="662"/>
+      <c r="D78" s="662"/>
+      <c r="E78" s="662"/>
+      <c r="F78" s="662"/>
+      <c r="G78" s="662"/>
+      <c r="H78" s="662"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="658"/>
+      <c r="B79" s="662"/>
+      <c r="C79" s="662"/>
+      <c r="D79" s="662"/>
+      <c r="E79" s="662"/>
+      <c r="F79" s="662"/>
+      <c r="G79" s="662"/>
+      <c r="H79" s="662"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="658"/>
+      <c r="B80" s="662"/>
+      <c r="C80" s="662"/>
+      <c r="D80" s="662"/>
+      <c r="E80" s="662"/>
+      <c r="F80" s="662"/>
+      <c r="G80" s="662"/>
+      <c r="H80" s="662"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="658"/>
+      <c r="B81" s="662"/>
+      <c r="C81" s="662"/>
+      <c r="D81" s="662"/>
+      <c r="E81" s="662"/>
+      <c r="F81" s="662"/>
+      <c r="G81" s="662"/>
+      <c r="H81" s="662"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="658"/>
+      <c r="B82" s="662"/>
+      <c r="C82" s="662"/>
+      <c r="D82" s="662"/>
+      <c r="E82" s="662"/>
+      <c r="F82" s="662"/>
+      <c r="G82" s="662"/>
+      <c r="H82" s="662"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="658"/>
+      <c r="B83" s="662"/>
+      <c r="C83" s="662"/>
+      <c r="D83" s="662"/>
+      <c r="E83" s="662"/>
+      <c r="F83" s="662"/>
+      <c r="G83" s="662"/>
+      <c r="H83" s="662"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="658"/>
+      <c r="B84" s="662"/>
+      <c r="C84" s="662"/>
+      <c r="D84" s="662"/>
+      <c r="E84" s="662"/>
+      <c r="F84" s="662"/>
+      <c r="G84" s="662"/>
+      <c r="H84" s="662"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="658"/>
+      <c r="B85" s="662"/>
+      <c r="C85" s="662"/>
+      <c r="D85" s="662"/>
+      <c r="E85" s="662"/>
+      <c r="F85" s="662"/>
+      <c r="G85" s="662"/>
+      <c r="H85" s="662"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="658"/>
+      <c r="B86" s="662"/>
+      <c r="C86" s="662"/>
+      <c r="D86" s="662"/>
+      <c r="E86" s="662"/>
+      <c r="F86" s="662"/>
+      <c r="G86" s="662"/>
+      <c r="H86" s="662"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="658"/>
+      <c r="B87" s="662"/>
+      <c r="C87" s="662"/>
+      <c r="D87" s="662"/>
+      <c r="E87" s="662"/>
+      <c r="F87" s="662"/>
+      <c r="G87" s="662"/>
+      <c r="H87" s="662"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="658"/>
+      <c r="B88" s="662"/>
+      <c r="C88" s="662"/>
+      <c r="D88" s="662"/>
+      <c r="E88" s="662"/>
+      <c r="F88" s="662"/>
+      <c r="G88" s="662"/>
+      <c r="H88" s="662"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="658"/>
+      <c r="B89" s="662"/>
+      <c r="C89" s="662"/>
+      <c r="D89" s="662"/>
+      <c r="E89" s="662"/>
+      <c r="F89" s="662"/>
+      <c r="G89" s="662"/>
+      <c r="H89" s="662"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="658"/>
+      <c r="B90" s="662"/>
+      <c r="C90" s="662"/>
+      <c r="D90" s="662"/>
+      <c r="E90" s="662"/>
+      <c r="F90" s="662"/>
+      <c r="G90" s="662"/>
+      <c r="H90" s="662"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="658"/>
+      <c r="B91" s="662"/>
+      <c r="C91" s="662"/>
+      <c r="D91" s="662"/>
+      <c r="E91" s="662"/>
+      <c r="F91" s="662"/>
+      <c r="G91" s="662"/>
+      <c r="H91" s="662"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="658"/>
+      <c r="B92" s="662"/>
+      <c r="C92" s="662"/>
+      <c r="D92" s="662"/>
+      <c r="E92" s="662"/>
+      <c r="F92" s="662"/>
+      <c r="G92" s="662"/>
+      <c r="H92" s="662"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="658"/>
+      <c r="B93" s="662"/>
+      <c r="C93" s="662"/>
+      <c r="D93" s="662"/>
+      <c r="E93" s="662"/>
+      <c r="F93" s="662"/>
+      <c r="G93" s="662"/>
+      <c r="H93" s="662"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="658"/>
+      <c r="B94" s="662"/>
+      <c r="C94" s="662"/>
+      <c r="D94" s="662"/>
+      <c r="E94" s="662"/>
+      <c r="F94" s="662"/>
+      <c r="G94" s="662"/>
+      <c r="H94" s="662"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="658"/>
+      <c r="B95" s="662"/>
+      <c r="C95" s="662"/>
+      <c r="D95" s="662"/>
+      <c r="E95" s="662"/>
+      <c r="F95" s="662"/>
+      <c r="G95" s="662"/>
+      <c r="H95" s="662"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="658"/>
+      <c r="B96" s="662"/>
+      <c r="C96" s="662"/>
+      <c r="D96" s="662"/>
+      <c r="E96" s="662"/>
+      <c r="F96" s="662"/>
+      <c r="G96" s="662"/>
+      <c r="H96" s="662"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="658"/>
+      <c r="B97" s="662"/>
+      <c r="C97" s="662"/>
+      <c r="D97" s="662"/>
+      <c r="E97" s="662"/>
+      <c r="F97" s="662"/>
+      <c r="G97" s="662"/>
+      <c r="H97" s="662"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="658"/>
+      <c r="B98" s="662"/>
+      <c r="C98" s="662"/>
+      <c r="D98" s="662"/>
+      <c r="E98" s="662"/>
+      <c r="F98" s="662"/>
+      <c r="G98" s="662"/>
+      <c r="H98" s="662"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="658"/>
+      <c r="B99" s="662"/>
+      <c r="C99" s="662"/>
+      <c r="D99" s="662"/>
+      <c r="E99" s="662"/>
+      <c r="F99" s="662"/>
+      <c r="G99" s="662"/>
+      <c r="H99" s="662"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <sheetPr codeName="Sheet11"/>
+  <dimension ref="A1:G99"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E2" sqref="E2:H2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" bestFit="1" width="30.42578125" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="19" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="16.85546875" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="21.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="25.5">
+      <c r="A1" s="658" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="660" t="s">
+        <v>49</v>
+      </c>
+      <c r="C1" s="660" t="s">
+        <v>50</v>
+      </c>
+      <c r="D1" s="660" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="732" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="729">
+        <v>89.966075453655421</v>
+      </c>
+      <c r="C2" s="729">
+        <v>7.11277065640582</v>
+      </c>
+      <c r="D2" s="729">
+        <v>2.9211538899387537</v>
+      </c>
+      <c r="E2" s="732"/>
+      <c r="F2" s="732"/>
+      <c r="G2" s="732"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="A3" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="661">
+        <v>89.941189590205312</v>
+      </c>
+      <c r="C3" s="661">
+        <v>7.1323762457594295</v>
+      </c>
+      <c r="D3" s="661">
+        <v>2.9264341640352627</v>
+      </c>
+      <c r="E3" s="661"/>
+      <c r="F3" s="661"/>
+      <c r="G3" s="661"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="A4" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="661">
+        <v>91.1537698065179</v>
+      </c>
+      <c r="C4" s="661">
+        <v>6.2411695332842916</v>
+      </c>
+      <c r="D4" s="661">
+        <v>2.6050606601978021</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="661">
+        <v>89.807593783799163</v>
+      </c>
+      <c r="C5" s="661">
+        <v>6.9249160357488471</v>
+      </c>
+      <c r="D5" s="661">
+        <v>3.267490180451984</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="661">
+        <v>90.052998605299862</v>
+      </c>
+      <c r="C6" s="661">
+        <v>6.9288702928870292</v>
+      </c>
+      <c r="D6" s="661">
+        <v>3.0181311018131103</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="661">
+        <v>90.288107279342782</v>
+      </c>
+      <c r="C7" s="661">
+        <v>6.9932950410764558</v>
+      </c>
+      <c r="D7" s="661">
+        <v>2.7185976795807685</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="658"/>
+      <c r="B8" s="667"/>
+      <c r="C8" s="661"/>
+      <c r="D8" s="661"/>
+    </row>
+    <row r="9">
+      <c r="A9" s="658"/>
+      <c r="C9" s="681"/>
+      <c r="D9" s="681"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="658"/>
+      <c r="B10" s="681"/>
+      <c r="C10" s="681"/>
+      <c r="D10" s="681"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="658"/>
+      <c r="B11" s="681"/>
+      <c r="C11" s="681"/>
+      <c r="D11" s="681"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="658"/>
+      <c r="C12" s="681"/>
+      <c r="D12" s="681"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="658"/>
+      <c r="B13" s="684"/>
+      <c r="C13" s="681"/>
+      <c r="D13" s="681"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="658"/>
+      <c r="C14" s="681"/>
+      <c r="D14" s="684"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="658"/>
+      <c r="C15" s="661"/>
+      <c r="D15" s="661"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="658"/>
+      <c r="B16" s="667"/>
+      <c r="C16" s="661"/>
+      <c r="D16" s="661"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="658"/>
+      <c r="C17" s="661"/>
+      <c r="D17" s="661"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="658"/>
+      <c r="B18" s="667"/>
+      <c r="C18" s="661"/>
+      <c r="D18" s="661"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="658"/>
+      <c r="B19" s="667"/>
+      <c r="C19" s="661"/>
+      <c r="D19" s="661"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="658"/>
+      <c r="B20" s="667"/>
+      <c r="C20" s="661"/>
+      <c r="D20" s="661"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="658"/>
+      <c r="B21" s="667"/>
+      <c r="C21" s="661"/>
+      <c r="D21" s="661"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="658"/>
+      <c r="B22" s="667"/>
+      <c r="C22" s="661"/>
+      <c r="D22" s="661"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="658"/>
+      <c r="B23" s="667"/>
+      <c r="C23" s="661"/>
+      <c r="D23" s="661"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="658"/>
+      <c r="B24" s="667"/>
+      <c r="C24" s="661"/>
+      <c r="D24" s="661"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="658"/>
+      <c r="B25" s="667"/>
+      <c r="C25" s="661"/>
+      <c r="D25" s="661"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="658"/>
+      <c r="B26" s="667"/>
+      <c r="C26" s="661"/>
+      <c r="D26" s="661"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="658"/>
+      <c r="B27" s="667"/>
+      <c r="C27" s="661"/>
+      <c r="D27" s="661"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="658"/>
+      <c r="B28" s="667"/>
+      <c r="C28" s="661"/>
+      <c r="D28" s="661"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="658"/>
+      <c r="B29" s="667"/>
+      <c r="C29" s="661"/>
+      <c r="D29" s="661"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="658"/>
+      <c r="B30" s="667"/>
+      <c r="C30" s="661"/>
+      <c r="D30" s="661"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="658"/>
+      <c r="B31" s="667"/>
+      <c r="C31" s="661"/>
+      <c r="D31" s="661"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="658"/>
+      <c r="B32" s="667"/>
+      <c r="C32" s="661"/>
+      <c r="D32" s="661"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="658"/>
+      <c r="B33" s="667"/>
+      <c r="C33" s="661"/>
+      <c r="D33" s="661"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="658"/>
+      <c r="B34" s="667"/>
+      <c r="C34" s="661"/>
+      <c r="D34" s="661"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="658"/>
+      <c r="B35" s="667"/>
+      <c r="C35" s="661"/>
+      <c r="D35" s="661"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="658"/>
+      <c r="B36" s="667"/>
+      <c r="C36" s="661"/>
+      <c r="D36" s="661"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="658"/>
+      <c r="B37" s="667"/>
+      <c r="C37" s="661"/>
+      <c r="D37" s="661"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="658"/>
+      <c r="B38" s="667"/>
+      <c r="C38" s="661"/>
+      <c r="D38" s="661"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="658"/>
+      <c r="B39" s="667"/>
+      <c r="C39" s="661"/>
+      <c r="D39" s="661"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="658"/>
+      <c r="B40" s="667"/>
+      <c r="C40" s="661"/>
+      <c r="D40" s="661"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="658"/>
+      <c r="B41" s="667"/>
+      <c r="C41" s="661"/>
+      <c r="D41" s="661"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="658"/>
+      <c r="B42" s="667"/>
+      <c r="C42" s="661"/>
+      <c r="D42" s="661"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="658"/>
+      <c r="B43" s="667"/>
+      <c r="C43" s="661"/>
+      <c r="D43" s="661"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="658"/>
+      <c r="B44" s="667"/>
+      <c r="C44" s="661"/>
+      <c r="D44" s="661"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="658"/>
+      <c r="B45" s="667"/>
+      <c r="C45" s="661"/>
+      <c r="D45" s="661"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="658"/>
+      <c r="B46" s="667"/>
+      <c r="C46" s="661"/>
+      <c r="D46" s="661"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="658"/>
+      <c r="B47" s="667"/>
+      <c r="C47" s="661"/>
+      <c r="D47" s="661"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="658"/>
+      <c r="B48" s="667"/>
+      <c r="C48" s="661"/>
+      <c r="D48" s="661"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="658"/>
+      <c r="B49" s="667"/>
+      <c r="C49" s="661"/>
+      <c r="D49" s="661"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="658"/>
+      <c r="B50" s="667"/>
+      <c r="C50" s="661"/>
+      <c r="D50" s="661"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="658"/>
+      <c r="B51" s="667"/>
+      <c r="C51" s="661"/>
+      <c r="D51" s="661"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="658"/>
+      <c r="B52" s="667"/>
+      <c r="C52" s="661"/>
+      <c r="D52" s="661"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="658"/>
+      <c r="B53" s="667"/>
+      <c r="C53" s="661"/>
+      <c r="D53" s="661"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="658"/>
+      <c r="B54" s="667"/>
+      <c r="C54" s="661"/>
+      <c r="D54" s="661"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="658"/>
+      <c r="B55" s="667"/>
+      <c r="C55" s="661"/>
+      <c r="D55" s="661"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="658"/>
+      <c r="B56" s="667"/>
+      <c r="C56" s="661"/>
+      <c r="D56" s="661"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="658"/>
+      <c r="B57" s="667"/>
+      <c r="C57" s="661"/>
+      <c r="D57" s="661"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="658"/>
+      <c r="B58" s="667"/>
+      <c r="C58" s="661"/>
+      <c r="D58" s="661"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="658"/>
+      <c r="B59" s="667"/>
+      <c r="C59" s="661"/>
+      <c r="D59" s="661"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="658"/>
+      <c r="B60" s="667"/>
+      <c r="C60" s="661"/>
+      <c r="D60" s="661"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="658"/>
+      <c r="B61" s="667"/>
+      <c r="C61" s="661"/>
+      <c r="D61" s="661"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="658"/>
+      <c r="B62" s="667"/>
+      <c r="C62" s="661"/>
+      <c r="D62" s="661"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="658"/>
+      <c r="B63" s="667"/>
+      <c r="C63" s="661"/>
+      <c r="D63" s="661"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="658"/>
+      <c r="B64" s="667"/>
+      <c r="C64" s="661"/>
+      <c r="D64" s="661"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="658"/>
+      <c r="B65" s="667"/>
+      <c r="C65" s="661"/>
+      <c r="D65" s="661"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="658"/>
+      <c r="B66" s="667"/>
+      <c r="C66" s="661"/>
+      <c r="D66" s="661"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="658"/>
+      <c r="B67" s="667"/>
+      <c r="C67" s="661"/>
+      <c r="D67" s="661"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="658"/>
+      <c r="B68" s="667"/>
+      <c r="C68" s="661"/>
+      <c r="D68" s="661"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="658"/>
+      <c r="B69" s="667"/>
+      <c r="C69" s="661"/>
+      <c r="D69" s="661"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="658"/>
+      <c r="B70" s="667"/>
+      <c r="C70" s="661"/>
+      <c r="D70" s="661"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="658"/>
+      <c r="B71" s="667"/>
+      <c r="C71" s="661"/>
+      <c r="D71" s="661"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="658"/>
+      <c r="B72" s="667"/>
+      <c r="C72" s="661"/>
+      <c r="D72" s="661"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="658"/>
+      <c r="B73" s="667"/>
+      <c r="C73" s="661"/>
+      <c r="D73" s="661"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="658"/>
+      <c r="B74" s="667"/>
+      <c r="C74" s="661"/>
+      <c r="D74" s="661"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="658"/>
+      <c r="B75" s="667"/>
+      <c r="C75" s="661"/>
+      <c r="D75" s="661"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="658"/>
+      <c r="B76" s="667"/>
+      <c r="C76" s="661"/>
+      <c r="D76" s="661"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="658"/>
+      <c r="B77" s="667"/>
+      <c r="C77" s="661"/>
+      <c r="D77" s="661"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="658"/>
+      <c r="B78" s="667"/>
+      <c r="C78" s="661"/>
+      <c r="D78" s="661"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="658"/>
+      <c r="B79" s="667"/>
+      <c r="C79" s="661"/>
+      <c r="D79" s="661"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="658"/>
+      <c r="B80" s="667"/>
+      <c r="C80" s="661"/>
+      <c r="D80" s="661"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="658"/>
+      <c r="B81" s="667"/>
+      <c r="C81" s="661"/>
+      <c r="D81" s="661"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="658"/>
+      <c r="B82" s="667"/>
+      <c r="C82" s="661"/>
+      <c r="D82" s="661"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="658"/>
+      <c r="B83" s="667"/>
+      <c r="C83" s="661"/>
+      <c r="D83" s="661"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="658"/>
+      <c r="B84" s="667"/>
+      <c r="C84" s="661"/>
+      <c r="D84" s="661"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="658"/>
+      <c r="B85" s="667"/>
+      <c r="C85" s="661"/>
+      <c r="D85" s="661"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="658"/>
+      <c r="B86" s="667"/>
+      <c r="C86" s="661"/>
+      <c r="D86" s="661"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="658"/>
+      <c r="B87" s="667"/>
+      <c r="C87" s="661"/>
+      <c r="D87" s="661"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="658"/>
+      <c r="B88" s="667"/>
+      <c r="C88" s="661"/>
+      <c r="D88" s="661"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="658"/>
+      <c r="B89" s="667"/>
+      <c r="C89" s="661"/>
+      <c r="D89" s="661"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="658"/>
+      <c r="B90" s="667"/>
+      <c r="C90" s="661"/>
+      <c r="D90" s="661"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="658"/>
+      <c r="B91" s="667"/>
+      <c r="C91" s="661"/>
+      <c r="D91" s="661"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="658"/>
+      <c r="B92" s="667"/>
+      <c r="C92" s="661"/>
+      <c r="D92" s="661"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="658"/>
+      <c r="B93" s="667"/>
+      <c r="C93" s="661"/>
+      <c r="D93" s="661"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="658"/>
+      <c r="B94" s="667"/>
+      <c r="C94" s="661"/>
+      <c r="D94" s="661"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="658"/>
+      <c r="B95" s="667"/>
+      <c r="C95" s="661"/>
+      <c r="D95" s="661"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="658"/>
+      <c r="B96" s="667"/>
+      <c r="C96" s="661"/>
+      <c r="D96" s="661"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="658"/>
+      <c r="B97" s="667"/>
+      <c r="C97" s="661"/>
+      <c r="D97" s="661"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="658"/>
+      <c r="B98" s="667"/>
+      <c r="C98" s="661"/>
+      <c r="D98" s="661"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="658"/>
+      <c r="B99" s="667"/>
+      <c r="C99" s="661"/>
+      <c r="D99" s="661"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+  <sheetPr codeName="Sheet12"/>
+  <dimension ref="A1:C99"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C2" sqref="C2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" bestFit="1" width="26.140625" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="22.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30">
+      <c r="A1" s="658" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="668" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="729">
+        <v>1.6005415201869118</v>
+      </c>
+      <c r="C2" s="732"/>
+    </row>
+    <row r="3">
+      <c r="A3" s="663" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="661">
+        <v>0.8470567032372</v>
+      </c>
+      <c r="C3" s="661"/>
+    </row>
+    <row r="4">
+      <c r="A4" s="663" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="661">
+        <v>4.196439588544763</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="658" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="661">
+        <v>2.1906776769262266</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="658" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="661">
+        <v>0.79063115572465537</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="658" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="661">
+        <v>1.5770168464055878</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="658"/>
+      <c r="B8" s="679"/>
+    </row>
+    <row r="9">
+      <c r="A9" s="658"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="658"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="658"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="658"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="658"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="658"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="658"/>
+      <c r="B15" s="661"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="658"/>
+      <c r="B16" s="661"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="658"/>
+      <c r="B17" s="661"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="658"/>
+      <c r="B18" s="661"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="658"/>
+      <c r="B19" s="661"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="658"/>
+      <c r="B20" s="661"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="658"/>
+      <c r="B21" s="661"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="658"/>
+      <c r="B22" s="661"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="658"/>
+      <c r="B23" s="661"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="658"/>
+      <c r="B24" s="661"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="658"/>
+      <c r="B25" s="661"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="658"/>
+      <c r="B26" s="661"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="658"/>
+      <c r="B27" s="661"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="658"/>
+      <c r="B28" s="661"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="658"/>
+      <c r="B29" s="661"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="658"/>
+      <c r="B30" s="661"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="658"/>
+      <c r="B31" s="661"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="658"/>
+      <c r="B32" s="661"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="658"/>
+      <c r="B33" s="661"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="658"/>
+      <c r="B34" s="661"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="658"/>
+      <c r="B35" s="661"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="658"/>
+      <c r="B36" s="661"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="658"/>
+      <c r="B37" s="661"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="658"/>
+      <c r="B38" s="661"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="658"/>
+      <c r="B39" s="661"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="658"/>
+      <c r="B40" s="661"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="658"/>
+      <c r="B41" s="661"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="658"/>
+      <c r="B42" s="661"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="658"/>
+      <c r="B43" s="661"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="658"/>
+      <c r="B44" s="661"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="658"/>
+      <c r="B45" s="661"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="658"/>
+      <c r="B46" s="661"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="658"/>
+      <c r="B47" s="661"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="658"/>
+      <c r="B48" s="661"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="658"/>
+      <c r="B49" s="661"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="658"/>
+      <c r="B50" s="661"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="658"/>
+      <c r="B51" s="661"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="658"/>
+      <c r="B52" s="661"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="658"/>
+      <c r="B53" s="661"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="658"/>
+      <c r="B54" s="661"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="658"/>
+      <c r="B55" s="661"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="658"/>
+      <c r="B56" s="661"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="658"/>
+      <c r="B57" s="661"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="658"/>
+      <c r="B58" s="661"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="658"/>
+      <c r="B59" s="661"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="658"/>
+      <c r="B60" s="661"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="658"/>
+      <c r="B61" s="661"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="658"/>
+      <c r="B62" s="661"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="658"/>
+      <c r="B63" s="661"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="658"/>
+      <c r="B64" s="661"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="658"/>
+      <c r="B65" s="661"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="658"/>
+      <c r="B66" s="661"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="658"/>
+      <c r="B67" s="661"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="658"/>
+      <c r="B68" s="661"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="658"/>
+      <c r="B69" s="661"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="658"/>
+      <c r="B70" s="661"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="658"/>
+      <c r="B71" s="661"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="658"/>
+      <c r="B72" s="661"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="658"/>
+      <c r="B73" s="661"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="658"/>
+      <c r="B74" s="661"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="658"/>
+      <c r="B75" s="661"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="658"/>
+      <c r="B76" s="661"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="658"/>
+      <c r="B77" s="661"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="658"/>
+      <c r="B78" s="661"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="658"/>
+      <c r="B79" s="661"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="658"/>
+      <c r="B80" s="661"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="658"/>
+      <c r="B81" s="661"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="658"/>
+      <c r="B82" s="661"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="658"/>
+      <c r="B83" s="661"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="658"/>
+      <c r="B84" s="661"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="658"/>
+      <c r="B85" s="661"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="658"/>
+      <c r="B86" s="661"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="658"/>
+      <c r="B87" s="661"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="658"/>
+      <c r="B88" s="661"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="658"/>
+      <c r="B89" s="661"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="658"/>
+      <c r="B90" s="661"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="658"/>
+      <c r="B91" s="661"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="658"/>
+      <c r="B92" s="661"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="658"/>
+      <c r="B93" s="661"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="658"/>
+      <c r="B94" s="661"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="658"/>
+      <c r="B95" s="661"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="658"/>
+      <c r="B96" s="661"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="658"/>
+      <c r="B97" s="661"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="658"/>
+      <c r="B98" s="661"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="658"/>
+      <c r="B99" s="661"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
+  <sheetPr codeName="Sheet13"/>
+  <dimension ref="A1:P99"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="19.85546875" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="15.42578125" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="18.140625" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="15.85546875" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="18.5703125" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="18.42578125" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="15.85546875" customWidth="1"/>
+    <col min="8" max="8" bestFit="1" width="14.140625" customWidth="1"/>
+    <col min="9" max="9" bestFit="1" width="21.85546875" customWidth="1"/>
+    <col min="10" max="10" bestFit="1" width="16.42578125" customWidth="1"/>
+    <col min="11" max="11" bestFit="1" width="14.42578125" customWidth="1"/>
+    <col min="12" max="12" bestFit="1" width="18.85546875" customWidth="1"/>
+    <col min="13" max="13" bestFit="1" width="18.140625" customWidth="1"/>
+    <col min="14" max="15" bestFit="1" width="15.140625" customWidth="1"/>
+    <col min="16" max="16" bestFit="1" width="20.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" s="642" customFormat="1">
+      <c r="A1" s="640" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="642" t="s">
+        <v>53</v>
+      </c>
+      <c r="C1" s="642" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1" s="642" t="s">
+        <v>55</v>
+      </c>
+      <c r="E1" s="642" t="s">
+        <v>56</v>
+      </c>
+      <c r="F1" s="642" t="s">
         <v>57</v>
       </c>
-      <c r="D1" s="674" t="s">
+      <c r="G1" s="642" t="s">
         <v>58</v>
       </c>
-      <c r="E1" s="674" t="s">
+      <c r="H1" s="642" t="s">
         <v>59</v>
       </c>
-      <c r="F1" s="674" t="s">
+      <c r="I1" s="642" t="s">
         <v>60</v>
       </c>
-      <c r="G1" s="674" t="s">
+      <c r="J1" s="642" t="s">
         <v>61</v>
       </c>
-      <c r="H1" s="674" t="s">
+      <c r="K1" s="642" t="s">
         <v>62</v>
       </c>
-      <c r="I1" s="674" t="s">
+      <c r="L1" s="642" t="s">
         <v>63</v>
       </c>
+      <c r="M1" s="642" t="s">
+        <v>64</v>
+      </c>
+      <c r="N1" s="642" t="s">
+        <v>65</v>
+      </c>
+      <c r="O1" s="642" t="s">
+        <v>66</v>
+      </c>
+      <c r="P1" s="642" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="2">
-      <c r="A2" s="779" t="s">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="729">
+        <v>24.616833633016526</v>
+      </c>
+      <c r="C2" s="729">
+        <v>7.0853668978508439</v>
+      </c>
+      <c r="D2" s="729">
+        <v>0.021405942289579587</v>
+      </c>
+      <c r="E2" s="729">
+        <v>4.9875845534720433</v>
+      </c>
+      <c r="F2" s="729">
+        <v>7.4792362359791076</v>
+      </c>
+      <c r="G2" s="729">
+        <v>13.156092131175615</v>
+      </c>
+      <c r="H2" s="729">
+        <v>19.689185717955304</v>
+      </c>
+      <c r="I2" s="729">
+        <v>8.4853155235893478</v>
+      </c>
+      <c r="J2" s="729">
+        <v>0.53942974569740565</v>
+      </c>
+      <c r="K2" s="729">
+        <v>2.7099922938607754</v>
+      </c>
+      <c r="L2" s="729">
+        <v>1.2201387105060364</v>
+      </c>
+      <c r="M2" s="729">
+        <v>1.2030139566743729</v>
+      </c>
+      <c r="N2" s="729">
+        <v>1.5669149755972258</v>
+      </c>
+      <c r="O2" s="729">
+        <v>7.1324599708879184</v>
+      </c>
+      <c r="P2" s="729">
+        <v>0.0984673345320661</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="663" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="772" t="s">
+      <c r="B3" s="661">
+        <v>10.633941785890478</v>
+      </c>
+      <c r="C3" s="661">
+        <v>27.020226936359155</v>
+      </c>
+      <c r="D3" s="661">
+        <v>0.00740009866798224</v>
+      </c>
+      <c r="E3" s="661">
+        <v>10.054267390231869</v>
+      </c>
+      <c r="F3" s="661">
+        <v>5.9644795263936849</v>
+      </c>
+      <c r="G3" s="661">
+        <v>23.115441539220523</v>
+      </c>
+      <c r="H3" s="661">
+        <v>5.17513566847558</v>
+      </c>
+      <c r="I3" s="661">
+        <v>6.45041933892452</v>
+      </c>
+      <c r="J3" s="661">
+        <v>0.39960532807104093</v>
+      </c>
+      <c r="K3" s="661">
+        <v>1.7587567834237787</v>
+      </c>
+      <c r="L3" s="661">
+        <v>0.5698075974346325</v>
+      </c>
+      <c r="M3" s="661">
+        <v>1.0656142081894426</v>
+      </c>
+      <c r="N3" s="661">
+        <v>2.0522940305870745</v>
+      </c>
+      <c r="O3" s="661">
+        <v>5.4810064134188456</v>
+      </c>
+      <c r="P3" s="661">
+        <v>0.20720276270350269</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="663" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="774">
-[...26 lines deleted...]
-      <c r="A3" s="678" t="s">
+      <c r="B4" s="661">
+        <v>33.803738997599474</v>
+      </c>
+      <c r="C4" s="661">
+        <v>3.7026260274969087</v>
+      </c>
+      <c r="D4" s="661">
+        <v>0.04122111490991974</v>
+      </c>
+      <c r="E4" s="661">
+        <v>3.5256177105307827</v>
+      </c>
+      <c r="F4" s="661">
+        <v>4.6507116704250624</v>
+      </c>
+      <c r="G4" s="661">
+        <v>8.3024174971508931</v>
+      </c>
+      <c r="H4" s="661">
+        <v>21.039742004316093</v>
+      </c>
+      <c r="I4" s="661">
+        <v>8.3412138405955236</v>
+      </c>
+      <c r="J4" s="661">
+        <v>0.48010475012730047</v>
+      </c>
+      <c r="K4" s="661">
+        <v>2.4296210082199754</v>
+      </c>
+      <c r="L4" s="661">
+        <v>2.3908246647753448</v>
+      </c>
+      <c r="M4" s="661">
+        <v>2.3326301496083994</v>
+      </c>
+      <c r="N4" s="661">
+        <v>1.9228437719744913</v>
+      </c>
+      <c r="O4" s="661">
+        <v>6.5226352416284774</v>
+      </c>
+      <c r="P4" s="661">
+        <v>0.5116267791760627</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="658" t="s">
         <v>13</v>
       </c>
+      <c r="B5" s="661">
+        <v>2.2378698899595189</v>
+      </c>
+      <c r="C5" s="661">
+        <v>4.7893266434802442</v>
+      </c>
+      <c r="D5" s="661">
+        <v>0.022806317349905927</v>
+      </c>
+      <c r="E5" s="661">
+        <v>5.2197958834597182</v>
+      </c>
+      <c r="F5" s="661">
+        <v>9.5672501282855364</v>
+      </c>
+      <c r="G5" s="661">
+        <v>16.084155311021153</v>
+      </c>
+      <c r="H5" s="661">
+        <v>12.252693996236957</v>
+      </c>
+      <c r="I5" s="661">
+        <v>8.96003192884429</v>
+      </c>
+      <c r="J5" s="661">
+        <v>1.6762643252180853</v>
+      </c>
+      <c r="K5" s="661">
+        <v>6.667997035178745</v>
+      </c>
+      <c r="L5" s="661">
+        <v>7.9194936997548311</v>
+      </c>
+      <c r="M5" s="661">
+        <v>6.4741433377045441</v>
+      </c>
+      <c r="N5" s="661">
+        <v>5.5533382747020923</v>
+      </c>
+      <c r="O5" s="661">
+        <v>10.000570157933748</v>
+      </c>
+      <c r="P5" s="661">
+        <v>2.5628599121956785</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="658" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="661">
+        <v>37.30123997082422</v>
+      </c>
+      <c r="C6" s="661">
+        <v>2.723073182591782</v>
+      </c>
+      <c r="D6" s="661">
+        <v>0</v>
+      </c>
+      <c r="E6" s="661">
+        <v>1.9061512278142474</v>
+      </c>
+      <c r="F6" s="661">
+        <v>3.0974957451981524</v>
+      </c>
+      <c r="G6" s="661">
+        <v>9.7155361050328217</v>
+      </c>
+      <c r="H6" s="661">
+        <v>24.882081205932412</v>
+      </c>
+      <c r="I6" s="661">
+        <v>2.9905178701677606</v>
+      </c>
+      <c r="J6" s="661">
+        <v>0.33552151714077316</v>
+      </c>
+      <c r="K6" s="661">
+        <v>2.5431558473133964</v>
+      </c>
+      <c r="L6" s="661">
+        <v>2.2951616824702166</v>
+      </c>
+      <c r="M6" s="661">
+        <v>1.711646000486263</v>
+      </c>
+      <c r="N6" s="661">
+        <v>1.6046681254558719</v>
+      </c>
+      <c r="O6" s="661">
+        <v>7.6926817408217847</v>
+      </c>
+      <c r="P6" s="661">
+        <v>1.1962071480671042</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="658" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="661">
+        <v>28.478626266297187</v>
+      </c>
+      <c r="C7" s="661">
+        <v>5.55126516149548</v>
+      </c>
+      <c r="D7" s="661">
+        <v>0.16808249670649161</v>
+      </c>
+      <c r="E7" s="661">
+        <v>6.91409621587244</v>
+      </c>
+      <c r="F7" s="661">
+        <v>4.8335074728569483</v>
+      </c>
+      <c r="G7" s="661">
+        <v>9.776041430064053</v>
+      </c>
+      <c r="H7" s="661">
+        <v>14.573206741470948</v>
+      </c>
+      <c r="I7" s="661">
+        <v>6.9958660791350562</v>
+      </c>
+      <c r="J7" s="661">
+        <v>2.3667832644346523</v>
+      </c>
+      <c r="K7" s="661">
+        <v>5.5694362422205064</v>
+      </c>
+      <c r="L7" s="661">
+        <v>1.8943351655839731</v>
+      </c>
+      <c r="M7" s="661">
+        <v>2.1396447553718256</v>
+      </c>
+      <c r="N7" s="661">
+        <v>2.2486712397219826</v>
+      </c>
+      <c r="O7" s="661">
+        <v>8.0634170717303419</v>
+      </c>
+      <c r="P7" s="661">
+        <v>0.41793485667560076</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="658"/>
+      <c r="B8" s="661"/>
+      <c r="C8" s="647"/>
+      <c r="D8" s="661"/>
+      <c r="E8" s="647"/>
+      <c r="G8" s="647"/>
+      <c r="I8" s="647"/>
+      <c r="K8" s="647"/>
+      <c r="M8" s="647"/>
+      <c r="O8" s="647"/>
+    </row>
+    <row r="9">
+      <c r="A9" s="658"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="632"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="658"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="658"/>
+      <c r="C19" s="647"/>
+      <c r="E19" s="647"/>
+      <c r="G19" s="647"/>
+      <c r="I19" s="647"/>
+      <c r="K19" s="647"/>
+      <c r="M19" s="647"/>
+      <c r="O19" s="647"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="658"/>
+      <c r="C20" s="647"/>
+      <c r="E20" s="647"/>
+      <c r="G20" s="647"/>
+      <c r="I20" s="647"/>
+      <c r="K20" s="647"/>
+      <c r="M20" s="647"/>
+      <c r="O20" s="647"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="658"/>
+      <c r="C21" s="647"/>
+      <c r="E21" s="647"/>
+      <c r="G21" s="647"/>
+      <c r="I21" s="647"/>
+      <c r="K21" s="647"/>
+      <c r="M21" s="647"/>
+      <c r="O21" s="647"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="658"/>
+      <c r="C22" s="647"/>
+      <c r="E22" s="647"/>
+      <c r="G22" s="647"/>
+      <c r="I22" s="647"/>
+      <c r="K22" s="647"/>
+      <c r="M22" s="647"/>
+      <c r="O22" s="647"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="658"/>
+      <c r="C23" s="647"/>
+      <c r="E23" s="647"/>
+      <c r="G23" s="647"/>
+      <c r="I23" s="647"/>
+      <c r="K23" s="647"/>
+      <c r="M23" s="647"/>
+      <c r="O23" s="647"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="658"/>
+      <c r="C24" s="647"/>
+      <c r="E24" s="647"/>
+      <c r="G24" s="647"/>
+      <c r="I24" s="647"/>
+      <c r="K24" s="647"/>
+      <c r="M24" s="647"/>
+      <c r="O24" s="647"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="658"/>
+      <c r="C25" s="647"/>
+      <c r="E25" s="647"/>
+      <c r="G25" s="647"/>
+      <c r="I25" s="647"/>
+      <c r="K25" s="647"/>
+      <c r="M25" s="647"/>
+      <c r="O25" s="647"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="658"/>
+      <c r="C26" s="647"/>
+      <c r="E26" s="647"/>
+      <c r="G26" s="647"/>
+      <c r="I26" s="647"/>
+      <c r="K26" s="647"/>
+      <c r="M26" s="647"/>
+      <c r="O26" s="647"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="632"/>
+      <c r="C27" s="647"/>
+      <c r="E27" s="647"/>
+      <c r="G27" s="647"/>
+      <c r="I27" s="647"/>
+      <c r="K27" s="647"/>
+      <c r="M27" s="647"/>
+      <c r="O27" s="647"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="632"/>
+      <c r="C28" s="647"/>
+      <c r="E28" s="647"/>
+      <c r="G28" s="647"/>
+      <c r="I28" s="647"/>
+      <c r="K28" s="647"/>
+      <c r="M28" s="647"/>
+      <c r="O28" s="647"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="658"/>
+      <c r="C29" s="647"/>
+      <c r="E29" s="647"/>
+      <c r="G29" s="647"/>
+      <c r="I29" s="647"/>
+      <c r="K29" s="647"/>
+      <c r="M29" s="647"/>
+      <c r="O29" s="647"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="658"/>
+      <c r="C30" s="647"/>
+      <c r="E30" s="647"/>
+      <c r="G30" s="647"/>
+      <c r="I30" s="647"/>
+      <c r="K30" s="647"/>
+      <c r="M30" s="647"/>
+      <c r="O30" s="647"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="658"/>
+      <c r="C31" s="647"/>
+      <c r="E31" s="647"/>
+      <c r="G31" s="647"/>
+      <c r="I31" s="647"/>
+      <c r="K31" s="647"/>
+      <c r="M31" s="647"/>
+      <c r="O31" s="647"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="658"/>
+      <c r="C32" s="647"/>
+      <c r="E32" s="647"/>
+      <c r="G32" s="647"/>
+      <c r="I32" s="647"/>
+      <c r="K32" s="647"/>
+      <c r="M32" s="647"/>
+      <c r="O32" s="647"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="658"/>
+      <c r="C33" s="647"/>
+      <c r="E33" s="647"/>
+      <c r="G33" s="647"/>
+      <c r="I33" s="647"/>
+      <c r="K33" s="647"/>
+      <c r="M33" s="647"/>
+      <c r="O33" s="647"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="658"/>
+      <c r="C34" s="647"/>
+      <c r="E34" s="647"/>
+      <c r="G34" s="647"/>
+      <c r="I34" s="647"/>
+      <c r="K34" s="647"/>
+      <c r="M34" s="647"/>
+      <c r="O34" s="647"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="658"/>
+      <c r="C35" s="647"/>
+      <c r="E35" s="647"/>
+      <c r="G35" s="647"/>
+      <c r="I35" s="647"/>
+      <c r="K35" s="647"/>
+      <c r="M35" s="647"/>
+      <c r="O35" s="647"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="658"/>
+      <c r="C36" s="647"/>
+      <c r="E36" s="647"/>
+      <c r="G36" s="647"/>
+      <c r="I36" s="647"/>
+      <c r="K36" s="647"/>
+      <c r="M36" s="647"/>
+      <c r="O36" s="647"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="658"/>
+      <c r="C37" s="647"/>
+      <c r="E37" s="647"/>
+      <c r="G37" s="647"/>
+      <c r="I37" s="647"/>
+      <c r="K37" s="647"/>
+      <c r="M37" s="647"/>
+      <c r="O37" s="647"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="658"/>
+      <c r="C38" s="647"/>
+      <c r="E38" s="647"/>
+      <c r="G38" s="647"/>
+      <c r="I38" s="647"/>
+      <c r="K38" s="647"/>
+      <c r="M38" s="647"/>
+      <c r="O38" s="647"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="658"/>
+      <c r="C39" s="647"/>
+      <c r="E39" s="647"/>
+      <c r="G39" s="647"/>
+      <c r="I39" s="647"/>
+      <c r="K39" s="647"/>
+      <c r="M39" s="647"/>
+      <c r="O39" s="647"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="658"/>
+      <c r="C40" s="647"/>
+      <c r="E40" s="647"/>
+      <c r="G40" s="647"/>
+      <c r="I40" s="647"/>
+      <c r="K40" s="647"/>
+      <c r="M40" s="647"/>
+      <c r="O40" s="647"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="632"/>
+      <c r="C41" s="647"/>
+      <c r="E41" s="647"/>
+      <c r="G41" s="647"/>
+      <c r="I41" s="647"/>
+      <c r="K41" s="647"/>
+      <c r="M41" s="647"/>
+      <c r="O41" s="647"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="658"/>
+      <c r="C42" s="647"/>
+      <c r="E42" s="647"/>
+      <c r="G42" s="647"/>
+      <c r="I42" s="647"/>
+      <c r="K42" s="647"/>
+      <c r="M42" s="647"/>
+      <c r="O42" s="647"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="658"/>
+      <c r="C43" s="647"/>
+      <c r="E43" s="647"/>
+      <c r="G43" s="647"/>
+      <c r="I43" s="647"/>
+      <c r="K43" s="647"/>
+      <c r="M43" s="647"/>
+      <c r="O43" s="647"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="658"/>
+      <c r="C44" s="647"/>
+      <c r="E44" s="647"/>
+      <c r="G44" s="647"/>
+      <c r="I44" s="647"/>
+      <c r="K44" s="647"/>
+      <c r="M44" s="647"/>
+      <c r="O44" s="647"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="658"/>
+      <c r="C45" s="647"/>
+      <c r="E45" s="647"/>
+      <c r="G45" s="647"/>
+      <c r="I45" s="647"/>
+      <c r="K45" s="647"/>
+      <c r="M45" s="647"/>
+      <c r="O45" s="647"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="658"/>
+      <c r="C46" s="647"/>
+      <c r="E46" s="647"/>
+      <c r="G46" s="647"/>
+      <c r="I46" s="647"/>
+      <c r="K46" s="647"/>
+      <c r="M46" s="647"/>
+      <c r="O46" s="647"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="658"/>
+      <c r="C47" s="647"/>
+      <c r="E47" s="647"/>
+      <c r="G47" s="647"/>
+      <c r="I47" s="647"/>
+      <c r="K47" s="647"/>
+      <c r="M47" s="647"/>
+      <c r="O47" s="647"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="658"/>
+      <c r="C48" s="647"/>
+      <c r="E48" s="647"/>
+      <c r="G48" s="647"/>
+      <c r="I48" s="647"/>
+      <c r="K48" s="647"/>
+      <c r="M48" s="647"/>
+      <c r="O48" s="647"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="658"/>
+      <c r="C49" s="647"/>
+      <c r="E49" s="647"/>
+      <c r="G49" s="647"/>
+      <c r="I49" s="647"/>
+      <c r="K49" s="647"/>
+      <c r="M49" s="647"/>
+      <c r="O49" s="647"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="658"/>
+      <c r="C50" s="647"/>
+      <c r="E50" s="647"/>
+      <c r="G50" s="647"/>
+      <c r="I50" s="647"/>
+      <c r="K50" s="647"/>
+      <c r="M50" s="647"/>
+      <c r="O50" s="647"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="658"/>
+      <c r="C51" s="647"/>
+      <c r="E51" s="647"/>
+      <c r="G51" s="647"/>
+      <c r="I51" s="647"/>
+      <c r="K51" s="647"/>
+      <c r="M51" s="647"/>
+      <c r="O51" s="647"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="658"/>
+      <c r="C52" s="647"/>
+      <c r="E52" s="647"/>
+      <c r="G52" s="647"/>
+      <c r="I52" s="647"/>
+      <c r="K52" s="647"/>
+      <c r="M52" s="647"/>
+      <c r="O52" s="647"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="658"/>
+      <c r="C53" s="647"/>
+      <c r="E53" s="647"/>
+      <c r="G53" s="647"/>
+      <c r="I53" s="647"/>
+      <c r="K53" s="647"/>
+      <c r="M53" s="647"/>
+      <c r="O53" s="647"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="658"/>
+      <c r="C54" s="647"/>
+      <c r="E54" s="647"/>
+      <c r="G54" s="647"/>
+      <c r="I54" s="647"/>
+      <c r="K54" s="647"/>
+      <c r="M54" s="647"/>
+      <c r="O54" s="647"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="658"/>
+      <c r="C55" s="647"/>
+      <c r="E55" s="647"/>
+      <c r="G55" s="647"/>
+      <c r="I55" s="647"/>
+      <c r="K55" s="647"/>
+      <c r="M55" s="647"/>
+      <c r="O55" s="647"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="658"/>
+      <c r="C56" s="647"/>
+      <c r="E56" s="647"/>
+      <c r="G56" s="647"/>
+      <c r="I56" s="647"/>
+      <c r="K56" s="647"/>
+      <c r="M56" s="647"/>
+      <c r="O56" s="647"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="658"/>
+      <c r="C57" s="647"/>
+      <c r="E57" s="647"/>
+      <c r="G57" s="647"/>
+      <c r="I57" s="647"/>
+      <c r="K57" s="647"/>
+      <c r="M57" s="647"/>
+      <c r="O57" s="647"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="658"/>
+      <c r="C58" s="647"/>
+      <c r="E58" s="647"/>
+      <c r="G58" s="647"/>
+      <c r="I58" s="647"/>
+      <c r="K58" s="647"/>
+      <c r="M58" s="647"/>
+      <c r="O58" s="647"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="658"/>
+      <c r="C59" s="647"/>
+      <c r="E59" s="647"/>
+      <c r="G59" s="647"/>
+      <c r="I59" s="647"/>
+      <c r="K59" s="647"/>
+      <c r="M59" s="647"/>
+      <c r="O59" s="647"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="658"/>
+      <c r="C60" s="647"/>
+      <c r="E60" s="647"/>
+      <c r="G60" s="647"/>
+      <c r="I60" s="647"/>
+      <c r="K60" s="647"/>
+      <c r="M60" s="647"/>
+      <c r="O60" s="647"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="658"/>
+      <c r="C61" s="647"/>
+      <c r="E61" s="647"/>
+      <c r="G61" s="647"/>
+      <c r="I61" s="647"/>
+      <c r="K61" s="647"/>
+      <c r="M61" s="647"/>
+      <c r="O61" s="647"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="658"/>
+      <c r="C62" s="647"/>
+      <c r="E62" s="647"/>
+      <c r="G62" s="647"/>
+      <c r="I62" s="647"/>
+      <c r="K62" s="647"/>
+      <c r="M62" s="647"/>
+      <c r="O62" s="647"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="658"/>
+      <c r="C63" s="647"/>
+      <c r="E63" s="647"/>
+      <c r="G63" s="647"/>
+      <c r="I63" s="647"/>
+      <c r="K63" s="647"/>
+      <c r="M63" s="647"/>
+      <c r="O63" s="647"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="658"/>
+      <c r="C64" s="647"/>
+      <c r="E64" s="647"/>
+      <c r="G64" s="647"/>
+      <c r="I64" s="647"/>
+      <c r="K64" s="647"/>
+      <c r="M64" s="647"/>
+      <c r="O64" s="647"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="658"/>
+      <c r="C65" s="647"/>
+      <c r="E65" s="647"/>
+      <c r="G65" s="647"/>
+      <c r="I65" s="647"/>
+      <c r="K65" s="647"/>
+      <c r="M65" s="647"/>
+      <c r="O65" s="647"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="658"/>
+      <c r="C66" s="647"/>
+      <c r="E66" s="647"/>
+      <c r="G66" s="647"/>
+      <c r="I66" s="647"/>
+      <c r="K66" s="647"/>
+      <c r="M66" s="647"/>
+      <c r="O66" s="647"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="658"/>
+      <c r="C67" s="647"/>
+      <c r="E67" s="647"/>
+      <c r="G67" s="647"/>
+      <c r="I67" s="647"/>
+      <c r="K67" s="647"/>
+      <c r="M67" s="647"/>
+      <c r="O67" s="647"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="658"/>
+      <c r="C68" s="647"/>
+      <c r="E68" s="647"/>
+      <c r="G68" s="647"/>
+      <c r="I68" s="647"/>
+      <c r="K68" s="647"/>
+      <c r="M68" s="647"/>
+      <c r="O68" s="647"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="658"/>
+      <c r="C69" s="647"/>
+      <c r="E69" s="647"/>
+      <c r="G69" s="647"/>
+      <c r="I69" s="647"/>
+      <c r="K69" s="647"/>
+      <c r="M69" s="647"/>
+      <c r="O69" s="647"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="658"/>
+      <c r="C70" s="647"/>
+      <c r="E70" s="647"/>
+      <c r="G70" s="647"/>
+      <c r="I70" s="647"/>
+      <c r="K70" s="647"/>
+      <c r="M70" s="647"/>
+      <c r="O70" s="647"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="658"/>
+      <c r="C71" s="647"/>
+      <c r="E71" s="647"/>
+      <c r="G71" s="647"/>
+      <c r="I71" s="647"/>
+      <c r="K71" s="647"/>
+      <c r="M71" s="647"/>
+      <c r="O71" s="647"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="658"/>
+      <c r="C72" s="647"/>
+      <c r="E72" s="647"/>
+      <c r="G72" s="647"/>
+      <c r="I72" s="647"/>
+      <c r="K72" s="647"/>
+      <c r="M72" s="647"/>
+      <c r="O72" s="647"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="658"/>
+      <c r="C73" s="647"/>
+      <c r="E73" s="647"/>
+      <c r="G73" s="647"/>
+      <c r="I73" s="647"/>
+      <c r="K73" s="647"/>
+      <c r="M73" s="647"/>
+      <c r="O73" s="647"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="658"/>
+      <c r="C74" s="647"/>
+      <c r="E74" s="647"/>
+      <c r="G74" s="647"/>
+      <c r="I74" s="647"/>
+      <c r="K74" s="647"/>
+      <c r="M74" s="647"/>
+      <c r="O74" s="647"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="658"/>
+      <c r="C75" s="647"/>
+      <c r="E75" s="647"/>
+      <c r="G75" s="647"/>
+      <c r="I75" s="647"/>
+      <c r="K75" s="647"/>
+      <c r="M75" s="647"/>
+      <c r="O75" s="647"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="658"/>
+      <c r="C76" s="647"/>
+      <c r="E76" s="647"/>
+      <c r="G76" s="647"/>
+      <c r="I76" s="647"/>
+      <c r="K76" s="647"/>
+      <c r="M76" s="647"/>
+      <c r="O76" s="647"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="658"/>
+      <c r="C77" s="647"/>
+      <c r="E77" s="647"/>
+      <c r="G77" s="647"/>
+      <c r="I77" s="647"/>
+      <c r="K77" s="647"/>
+      <c r="M77" s="647"/>
+      <c r="O77" s="647"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="658"/>
+      <c r="C78" s="647"/>
+      <c r="E78" s="647"/>
+      <c r="G78" s="647"/>
+      <c r="I78" s="647"/>
+      <c r="K78" s="647"/>
+      <c r="M78" s="647"/>
+      <c r="O78" s="647"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="658"/>
+      <c r="C79" s="647"/>
+      <c r="E79" s="647"/>
+      <c r="G79" s="647"/>
+      <c r="I79" s="647"/>
+      <c r="K79" s="647"/>
+      <c r="M79" s="647"/>
+      <c r="O79" s="647"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="658"/>
+      <c r="C80" s="647"/>
+      <c r="E80" s="647"/>
+      <c r="G80" s="647"/>
+      <c r="I80" s="647"/>
+      <c r="K80" s="647"/>
+      <c r="M80" s="647"/>
+      <c r="O80" s="647"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="658"/>
+      <c r="C81" s="647"/>
+      <c r="E81" s="647"/>
+      <c r="G81" s="647"/>
+      <c r="I81" s="647"/>
+      <c r="K81" s="647"/>
+      <c r="M81" s="647"/>
+      <c r="O81" s="647"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="658"/>
+      <c r="C82" s="647"/>
+      <c r="E82" s="647"/>
+      <c r="G82" s="647"/>
+      <c r="I82" s="647"/>
+      <c r="K82" s="647"/>
+      <c r="M82" s="647"/>
+      <c r="O82" s="647"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="658"/>
+      <c r="C83" s="647"/>
+      <c r="E83" s="647"/>
+      <c r="G83" s="647"/>
+      <c r="I83" s="647"/>
+      <c r="K83" s="647"/>
+      <c r="M83" s="647"/>
+      <c r="O83" s="647"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="658"/>
+      <c r="C84" s="647"/>
+      <c r="E84" s="647"/>
+      <c r="G84" s="647"/>
+      <c r="I84" s="647"/>
+      <c r="K84" s="647"/>
+      <c r="M84" s="647"/>
+      <c r="O84" s="647"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="658"/>
+      <c r="C85" s="647"/>
+      <c r="E85" s="647"/>
+      <c r="G85" s="647"/>
+      <c r="I85" s="647"/>
+      <c r="K85" s="647"/>
+      <c r="M85" s="647"/>
+      <c r="O85" s="647"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="658"/>
+      <c r="C86" s="647"/>
+      <c r="E86" s="647"/>
+      <c r="G86" s="647"/>
+      <c r="I86" s="647"/>
+      <c r="K86" s="647"/>
+      <c r="M86" s="647"/>
+      <c r="O86" s="647"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="658"/>
+      <c r="C87" s="647"/>
+      <c r="E87" s="647"/>
+      <c r="G87" s="647"/>
+      <c r="I87" s="647"/>
+      <c r="K87" s="647"/>
+      <c r="M87" s="647"/>
+      <c r="O87" s="647"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="658"/>
+      <c r="C88" s="647"/>
+      <c r="E88" s="647"/>
+      <c r="G88" s="647"/>
+      <c r="I88" s="647"/>
+      <c r="K88" s="647"/>
+      <c r="M88" s="647"/>
+      <c r="O88" s="647"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="658"/>
+      <c r="C89" s="647"/>
+      <c r="E89" s="647"/>
+      <c r="G89" s="647"/>
+      <c r="I89" s="647"/>
+      <c r="K89" s="647"/>
+      <c r="M89" s="647"/>
+      <c r="O89" s="647"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="658"/>
+      <c r="C90" s="647"/>
+      <c r="E90" s="647"/>
+      <c r="G90" s="647"/>
+      <c r="I90" s="647"/>
+      <c r="K90" s="647"/>
+      <c r="M90" s="647"/>
+      <c r="O90" s="647"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="658"/>
+      <c r="C91" s="647"/>
+      <c r="E91" s="647"/>
+      <c r="G91" s="647"/>
+      <c r="I91" s="647"/>
+      <c r="K91" s="647"/>
+      <c r="M91" s="647"/>
+      <c r="O91" s="647"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="658"/>
+      <c r="C92" s="647"/>
+      <c r="E92" s="647"/>
+      <c r="G92" s="647"/>
+      <c r="I92" s="647"/>
+      <c r="K92" s="647"/>
+      <c r="M92" s="647"/>
+      <c r="O92" s="647"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="658"/>
+      <c r="C93" s="647"/>
+      <c r="E93" s="647"/>
+      <c r="G93" s="647"/>
+      <c r="I93" s="647"/>
+      <c r="K93" s="647"/>
+      <c r="M93" s="647"/>
+      <c r="O93" s="647"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="658"/>
+      <c r="C94" s="647"/>
+      <c r="E94" s="647"/>
+      <c r="G94" s="647"/>
+      <c r="I94" s="647"/>
+      <c r="K94" s="647"/>
+      <c r="M94" s="647"/>
+      <c r="O94" s="647"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="658"/>
+      <c r="C95" s="647"/>
+      <c r="E95" s="647"/>
+      <c r="G95" s="647"/>
+      <c r="I95" s="647"/>
+      <c r="K95" s="647"/>
+      <c r="M95" s="647"/>
+      <c r="O95" s="647"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="658"/>
+      <c r="C96" s="647"/>
+      <c r="E96" s="647"/>
+      <c r="G96" s="647"/>
+      <c r="I96" s="647"/>
+      <c r="K96" s="647"/>
+      <c r="M96" s="647"/>
+      <c r="O96" s="647"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="658"/>
+      <c r="C97" s="647"/>
+      <c r="E97" s="647"/>
+      <c r="G97" s="647"/>
+      <c r="I97" s="647"/>
+      <c r="K97" s="647"/>
+      <c r="M97" s="647"/>
+      <c r="O97" s="647"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="658"/>
+      <c r="C98" s="647"/>
+      <c r="E98" s="647"/>
+      <c r="G98" s="647"/>
+      <c r="I98" s="647"/>
+      <c r="K98" s="647"/>
+      <c r="M98" s="647"/>
+      <c r="O98" s="647"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="658"/>
+      <c r="C99" s="647"/>
+      <c r="E99" s="647"/>
+      <c r="G99" s="647"/>
+      <c r="I99" s="647"/>
+      <c r="K99" s="647"/>
+      <c r="M99" s="647"/>
+      <c r="O99" s="647"/>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="0" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{616D44A8-93B2-4CDE-999F-5CF6E3B5A8EF}">
+  <sheetPr codeName="Sheet14"/>
+  <dimension ref="A1:B16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C16" sqref="C1:C16"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" bestFit="1" width="15" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="18.7109375" customWidth="1"/>
+    <col min="3" max="3" width="21.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B1" s="0" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" s="0" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
+        <v>54</v>
+      </c>
       <c r="B3" s="0" t="s">
-        <v>12</v>
-[...28 lines deleted...]
-        <v>14</v>
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>55</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>12</v>
-[...24 lines deleted...]
-      <c r="M4" s="702"/>
+        <v>72</v>
+      </c>
     </row>
     <row r="5">
-      <c r="A5" s="672" t="s">
-        <v>15</v>
+      <c r="A5" s="0" t="s">
+        <v>56</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>12</v>
-[...24 lines deleted...]
-      <c r="M5" s="702"/>
+        <v>73</v>
+      </c>
     </row>
     <row r="6">
-      <c r="A6" s="672" t="s">
-        <v>16</v>
+      <c r="A6" s="0" t="s">
+        <v>57</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>12</v>
-[...24 lines deleted...]
-      <c r="M6" s="702"/>
+        <v>74</v>
+      </c>
     </row>
     <row r="7">
-      <c r="A7" s="672" t="s">
-        <v>17</v>
+      <c r="A7" s="0" t="s">
+        <v>58</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>12</v>
-[...24 lines deleted...]
-      <c r="M7" s="702"/>
+        <v>75</v>
+      </c>
     </row>
     <row r="8">
-      <c r="A8" s="672"/>
-[...7 lines deleted...]
-      <c r="J8" s="672"/>
+      <c r="A8" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>76</v>
+      </c>
     </row>
     <row r="9">
-      <c r="A9" s="672"/>
-[...7 lines deleted...]
-      <c r="J9" s="672"/>
+      <c r="A9" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="10">
-      <c r="A10" s="672"/>
-[...7 lines deleted...]
-      <c r="J10" s="672"/>
+      <c r="A10" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="11">
-      <c r="A11" s="672"/>
-[...8 lines deleted...]
-      <c r="J11" s="672"/>
+      <c r="A11" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="12">
-      <c r="A12" s="672"/>
-[...8 lines deleted...]
-      <c r="J12" s="672"/>
+      <c r="A12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="13">
-      <c r="A13" s="672"/>
-[...8 lines deleted...]
-      <c r="J13" s="672"/>
+      <c r="A13" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="14">
-      <c r="A14" s="672"/>
-[...8 lines deleted...]
-      <c r="J14" s="672"/>
+      <c r="A14" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="15">
-      <c r="A15" s="672"/>
-[...8 lines deleted...]
-      <c r="J15" s="672"/>
+      <c r="A15" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="16">
-      <c r="A16" s="672"/>
-[...922 lines deleted...]
-      <c r="J99" s="672"/>
+      <c r="A16" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>84</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+  <sheetPr codeName="Sheet15"/>
+  <dimension ref="A1:K99"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G11" sqref="G11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="23.140625" customWidth="1"/>
+    <col min="2" max="2" width="15.85546875" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="18.140625" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="12.28515625" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="18.28515625" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="16.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="25.5">
+      <c r="A1" s="658" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="660" t="s">
+        <v>85</v>
+      </c>
+      <c r="C1" s="660" t="s">
+        <v>86</v>
+      </c>
+      <c r="D1" s="660" t="s">
+        <v>87</v>
+      </c>
+      <c r="E1" s="660" t="s">
+        <v>88</v>
+      </c>
+      <c r="F1" s="660" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="729">
+        <v>39.732275656916208</v>
+      </c>
+      <c r="C2" s="729">
+        <v>25.528011898859692</v>
+      </c>
+      <c r="D2" s="729">
+        <v>17.882994546355974</v>
+      </c>
+      <c r="E2" s="729">
+        <v>14.680218145761032</v>
+      </c>
+      <c r="F2" s="729">
+        <v>2.1764997521070897</v>
+      </c>
+      <c r="G2" s="732"/>
+      <c r="H2" s="732"/>
+      <c r="I2" s="732"/>
+      <c r="J2" s="732"/>
+      <c r="K2" s="732"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="A3" s="663" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="661">
+        <v>59.631115912949525</v>
+      </c>
+      <c r="C3" s="661">
+        <v>15.665997839172713</v>
+      </c>
+      <c r="D3" s="661">
+        <v>9.937233112105778</v>
+      </c>
+      <c r="E3" s="661">
+        <v>12.543087925091321</v>
+      </c>
+      <c r="F3" s="661">
+        <v>2.2225652106806608</v>
+      </c>
+      <c r="G3" s="661"/>
+      <c r="H3" s="661"/>
+      <c r="I3" s="661"/>
+      <c r="J3" s="661"/>
+      <c r="K3" s="661"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="A4" s="663" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="661">
+        <v>39.989221925682614</v>
+      </c>
+      <c r="C4" s="661">
+        <v>29.267604188051731</v>
+      </c>
+      <c r="D4" s="661">
+        <v>19.631492506672142</v>
+      </c>
+      <c r="E4" s="661">
+        <v>10.531718332991172</v>
+      </c>
+      <c r="F4" s="661">
+        <v>0.57996304660234044</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="658" t="s">
+        <v>90</v>
+      </c>
+      <c r="B5" s="661">
+        <v>24.869481244530284</v>
+      </c>
+      <c r="C5" s="661">
+        <v>22.705736789691279</v>
+      </c>
+      <c r="D5" s="661">
+        <v>28.641699610707068</v>
+      </c>
+      <c r="E5" s="661">
+        <v>23.242900685034858</v>
+      </c>
+      <c r="F5" s="661">
+        <v>0.54018167003651507</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="658" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="661">
+        <v>42.105561861521004</v>
+      </c>
+      <c r="C6" s="661">
+        <v>23.870601589103291</v>
+      </c>
+      <c r="D6" s="661">
+        <v>18.984108967082861</v>
+      </c>
+      <c r="E6" s="661">
+        <v>14.721906923950057</v>
+      </c>
+      <c r="F6" s="661">
+        <v>0.31782065834279227</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="658" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="661">
+        <v>30.82395361301954</v>
+      </c>
+      <c r="C7" s="661">
+        <v>25.410515031915409</v>
+      </c>
+      <c r="D7" s="661">
+        <v>23.407883837645567</v>
+      </c>
+      <c r="E7" s="661">
+        <v>19.022560054572917</v>
+      </c>
+      <c r="F7" s="661">
+        <v>1.3350874628465623</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="682"/>
+      <c r="C8" s="662"/>
+      <c r="D8" s="662"/>
+      <c r="E8" s="679"/>
+      <c r="F8" s="679"/>
+    </row>
+    <row r="9">
+      <c r="A9" s="682"/>
+      <c r="B9" s="679"/>
+      <c r="C9" s="679"/>
+      <c r="D9" s="679"/>
+      <c r="E9" s="680"/>
+      <c r="F9" s="679"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="682"/>
+      <c r="B10" s="679"/>
+      <c r="C10" s="679"/>
+      <c r="D10" s="679"/>
+      <c r="E10" s="680"/>
+      <c r="F10" s="679"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="682"/>
+      <c r="B11" s="679"/>
+      <c r="C11" s="679"/>
+      <c r="D11" s="679"/>
+      <c r="E11" s="680"/>
+      <c r="F11" s="679"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="682"/>
+      <c r="B12" s="679"/>
+      <c r="C12" s="679"/>
+      <c r="D12" s="679"/>
+      <c r="E12" s="680"/>
+      <c r="F12" s="679"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="658"/>
+      <c r="B13" s="679"/>
+      <c r="C13" s="679"/>
+      <c r="D13" s="679"/>
+      <c r="E13" s="679"/>
+      <c r="F13" s="679"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="658"/>
+      <c r="B14" s="679"/>
+      <c r="C14" s="679"/>
+      <c r="D14" s="679"/>
+      <c r="E14" s="680"/>
+      <c r="F14" s="679"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="658"/>
+      <c r="B15" s="683"/>
+      <c r="C15" s="662"/>
+      <c r="D15" s="662"/>
+      <c r="E15" s="662"/>
+      <c r="F15" s="662"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="658"/>
+      <c r="C16" s="662"/>
+      <c r="D16" s="662"/>
+      <c r="E16" s="662"/>
+      <c r="F16" s="662"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="658"/>
+      <c r="C17" s="662"/>
+      <c r="D17" s="662"/>
+      <c r="E17" s="662"/>
+      <c r="F17" s="662"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="658"/>
+      <c r="B18" s="662"/>
+      <c r="C18" s="662"/>
+      <c r="D18" s="662"/>
+      <c r="E18" s="662"/>
+      <c r="F18" s="662"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="658"/>
+      <c r="B19" s="662"/>
+      <c r="C19" s="662"/>
+      <c r="D19" s="662"/>
+      <c r="E19" s="662"/>
+      <c r="F19" s="662"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="658"/>
+      <c r="B20" s="662"/>
+      <c r="C20" s="662"/>
+      <c r="D20" s="662"/>
+      <c r="E20" s="662"/>
+      <c r="F20" s="662"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="658"/>
+      <c r="B21" s="662"/>
+      <c r="C21" s="662"/>
+      <c r="D21" s="662"/>
+      <c r="E21" s="662"/>
+      <c r="F21" s="662"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="658"/>
+      <c r="B22" s="662"/>
+      <c r="C22" s="662"/>
+      <c r="D22" s="662"/>
+      <c r="E22" s="662"/>
+      <c r="F22" s="662"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="658"/>
+      <c r="B23" s="662"/>
+      <c r="C23" s="662"/>
+      <c r="D23" s="662"/>
+      <c r="E23" s="662"/>
+      <c r="F23" s="662"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="658"/>
+      <c r="B24" s="662"/>
+      <c r="C24" s="662"/>
+      <c r="D24" s="662"/>
+      <c r="E24" s="662"/>
+      <c r="F24" s="662"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="658"/>
+      <c r="B25" s="662"/>
+      <c r="C25" s="662"/>
+      <c r="D25" s="662"/>
+      <c r="E25" s="662"/>
+      <c r="F25" s="662"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="658"/>
+      <c r="B26" s="662"/>
+      <c r="C26" s="662"/>
+      <c r="D26" s="662"/>
+      <c r="E26" s="662"/>
+      <c r="F26" s="662"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="658"/>
+      <c r="B27" s="662"/>
+      <c r="C27" s="662"/>
+      <c r="D27" s="662"/>
+      <c r="E27" s="662"/>
+      <c r="F27" s="662"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="658"/>
+      <c r="B28" s="662"/>
+      <c r="C28" s="662"/>
+      <c r="D28" s="662"/>
+      <c r="E28" s="662"/>
+      <c r="F28" s="662"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="658"/>
+      <c r="B29" s="662"/>
+      <c r="C29" s="662"/>
+      <c r="D29" s="662"/>
+      <c r="E29" s="662"/>
+      <c r="F29" s="662"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="658"/>
+      <c r="B30" s="662"/>
+      <c r="C30" s="662"/>
+      <c r="D30" s="662"/>
+      <c r="E30" s="662"/>
+      <c r="F30" s="662"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="658"/>
+      <c r="B31" s="662"/>
+      <c r="C31" s="662"/>
+      <c r="D31" s="662"/>
+      <c r="E31" s="662"/>
+      <c r="F31" s="662"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="658"/>
+      <c r="B32" s="662"/>
+      <c r="C32" s="662"/>
+      <c r="D32" s="662"/>
+      <c r="E32" s="662"/>
+      <c r="F32" s="662"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="658"/>
+      <c r="B33" s="662"/>
+      <c r="C33" s="662"/>
+      <c r="D33" s="662"/>
+      <c r="E33" s="662"/>
+      <c r="F33" s="662"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="658"/>
+      <c r="B34" s="662"/>
+      <c r="C34" s="662"/>
+      <c r="D34" s="662"/>
+      <c r="E34" s="662"/>
+      <c r="F34" s="662"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="658"/>
+      <c r="B35" s="662"/>
+      <c r="C35" s="662"/>
+      <c r="D35" s="662"/>
+      <c r="E35" s="662"/>
+      <c r="F35" s="662"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="658"/>
+      <c r="B36" s="662"/>
+      <c r="C36" s="662"/>
+      <c r="D36" s="662"/>
+      <c r="E36" s="662"/>
+      <c r="F36" s="662"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="658"/>
+      <c r="B37" s="662"/>
+      <c r="C37" s="662"/>
+      <c r="D37" s="662"/>
+      <c r="E37" s="662"/>
+      <c r="F37" s="662"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="658"/>
+      <c r="B38" s="662"/>
+      <c r="C38" s="662"/>
+      <c r="D38" s="662"/>
+      <c r="E38" s="662"/>
+      <c r="F38" s="662"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="658"/>
+      <c r="B39" s="662"/>
+      <c r="C39" s="662"/>
+      <c r="D39" s="662"/>
+      <c r="E39" s="662"/>
+      <c r="F39" s="662"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="658"/>
+      <c r="B40" s="662"/>
+      <c r="C40" s="662"/>
+      <c r="D40" s="662"/>
+      <c r="E40" s="662"/>
+      <c r="F40" s="662"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="658"/>
+      <c r="B41" s="662"/>
+      <c r="C41" s="662"/>
+      <c r="D41" s="662"/>
+      <c r="E41" s="662"/>
+      <c r="F41" s="662"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="658"/>
+      <c r="B42" s="662"/>
+      <c r="C42" s="662"/>
+      <c r="D42" s="662"/>
+      <c r="E42" s="662"/>
+      <c r="F42" s="662"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="658"/>
+      <c r="B43" s="662"/>
+      <c r="C43" s="662"/>
+      <c r="D43" s="662"/>
+      <c r="E43" s="662"/>
+      <c r="F43" s="662"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="658"/>
+      <c r="B44" s="662"/>
+      <c r="C44" s="662"/>
+      <c r="D44" s="662"/>
+      <c r="E44" s="662"/>
+      <c r="F44" s="662"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="658"/>
+      <c r="B45" s="662"/>
+      <c r="C45" s="662"/>
+      <c r="D45" s="662"/>
+      <c r="E45" s="662"/>
+      <c r="F45" s="662"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="658"/>
+      <c r="B46" s="662"/>
+      <c r="C46" s="662"/>
+      <c r="D46" s="662"/>
+      <c r="E46" s="662"/>
+      <c r="F46" s="662"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="658"/>
+      <c r="B47" s="662"/>
+      <c r="C47" s="662"/>
+      <c r="D47" s="662"/>
+      <c r="E47" s="662"/>
+      <c r="F47" s="662"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="658"/>
+      <c r="B48" s="662"/>
+      <c r="C48" s="662"/>
+      <c r="D48" s="662"/>
+      <c r="E48" s="662"/>
+      <c r="F48" s="662"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="658"/>
+      <c r="B49" s="662"/>
+      <c r="C49" s="662"/>
+      <c r="D49" s="662"/>
+      <c r="E49" s="662"/>
+      <c r="F49" s="662"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="658"/>
+      <c r="B50" s="662"/>
+      <c r="C50" s="662"/>
+      <c r="D50" s="662"/>
+      <c r="E50" s="662"/>
+      <c r="F50" s="662"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="658"/>
+      <c r="B51" s="662"/>
+      <c r="C51" s="662"/>
+      <c r="D51" s="662"/>
+      <c r="E51" s="662"/>
+      <c r="F51" s="662"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="658"/>
+      <c r="B52" s="662"/>
+      <c r="C52" s="662"/>
+      <c r="D52" s="662"/>
+      <c r="E52" s="662"/>
+      <c r="F52" s="662"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="658"/>
+      <c r="B53" s="662"/>
+      <c r="C53" s="662"/>
+      <c r="D53" s="662"/>
+      <c r="E53" s="662"/>
+      <c r="F53" s="662"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="658"/>
+      <c r="B54" s="662"/>
+      <c r="C54" s="662"/>
+      <c r="D54" s="662"/>
+      <c r="E54" s="662"/>
+      <c r="F54" s="662"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="658"/>
+      <c r="B55" s="662"/>
+      <c r="C55" s="662"/>
+      <c r="D55" s="662"/>
+      <c r="E55" s="662"/>
+      <c r="F55" s="662"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="658"/>
+      <c r="B56" s="662"/>
+      <c r="C56" s="662"/>
+      <c r="D56" s="662"/>
+      <c r="E56" s="662"/>
+      <c r="F56" s="662"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="658"/>
+      <c r="B57" s="662"/>
+      <c r="C57" s="662"/>
+      <c r="D57" s="662"/>
+      <c r="E57" s="662"/>
+      <c r="F57" s="662"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="658"/>
+      <c r="B58" s="662"/>
+      <c r="C58" s="662"/>
+      <c r="D58" s="662"/>
+      <c r="E58" s="662"/>
+      <c r="F58" s="662"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="658"/>
+      <c r="B59" s="662"/>
+      <c r="C59" s="662"/>
+      <c r="D59" s="662"/>
+      <c r="E59" s="662"/>
+      <c r="F59" s="662"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="658"/>
+      <c r="B60" s="662"/>
+      <c r="C60" s="662"/>
+      <c r="D60" s="662"/>
+      <c r="E60" s="662"/>
+      <c r="F60" s="662"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="658"/>
+      <c r="B61" s="662"/>
+      <c r="C61" s="662"/>
+      <c r="D61" s="662"/>
+      <c r="E61" s="662"/>
+      <c r="F61" s="662"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="658"/>
+      <c r="B62" s="662"/>
+      <c r="C62" s="662"/>
+      <c r="D62" s="662"/>
+      <c r="E62" s="662"/>
+      <c r="F62" s="662"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="658"/>
+      <c r="B63" s="662"/>
+      <c r="C63" s="662"/>
+      <c r="D63" s="662"/>
+      <c r="E63" s="662"/>
+      <c r="F63" s="662"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="658"/>
+      <c r="B64" s="662"/>
+      <c r="C64" s="662"/>
+      <c r="D64" s="662"/>
+      <c r="E64" s="662"/>
+      <c r="F64" s="662"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="658"/>
+      <c r="B65" s="662"/>
+      <c r="C65" s="662"/>
+      <c r="D65" s="662"/>
+      <c r="E65" s="662"/>
+      <c r="F65" s="662"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="658"/>
+      <c r="B66" s="662"/>
+      <c r="C66" s="662"/>
+      <c r="D66" s="662"/>
+      <c r="E66" s="662"/>
+      <c r="F66" s="662"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="658"/>
+      <c r="B67" s="662"/>
+      <c r="C67" s="662"/>
+      <c r="D67" s="662"/>
+      <c r="E67" s="662"/>
+      <c r="F67" s="662"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="658"/>
+      <c r="B68" s="662"/>
+      <c r="C68" s="662"/>
+      <c r="D68" s="662"/>
+      <c r="E68" s="662"/>
+      <c r="F68" s="662"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="658"/>
+      <c r="B69" s="662"/>
+      <c r="C69" s="662"/>
+      <c r="D69" s="662"/>
+      <c r="E69" s="662"/>
+      <c r="F69" s="662"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="658"/>
+      <c r="B70" s="662"/>
+      <c r="C70" s="662"/>
+      <c r="D70" s="662"/>
+      <c r="E70" s="662"/>
+      <c r="F70" s="662"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="658"/>
+      <c r="B71" s="662"/>
+      <c r="C71" s="662"/>
+      <c r="D71" s="662"/>
+      <c r="E71" s="662"/>
+      <c r="F71" s="662"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="658"/>
+      <c r="B72" s="662"/>
+      <c r="C72" s="662"/>
+      <c r="D72" s="662"/>
+      <c r="E72" s="662"/>
+      <c r="F72" s="662"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="658"/>
+      <c r="B73" s="662"/>
+      <c r="C73" s="662"/>
+      <c r="D73" s="662"/>
+      <c r="E73" s="662"/>
+      <c r="F73" s="662"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="658"/>
+      <c r="B74" s="662"/>
+      <c r="C74" s="662"/>
+      <c r="D74" s="662"/>
+      <c r="E74" s="662"/>
+      <c r="F74" s="662"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="658"/>
+      <c r="B75" s="662"/>
+      <c r="C75" s="662"/>
+      <c r="D75" s="662"/>
+      <c r="E75" s="662"/>
+      <c r="F75" s="662"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="658"/>
+      <c r="B76" s="662"/>
+      <c r="C76" s="662"/>
+      <c r="D76" s="662"/>
+      <c r="E76" s="662"/>
+      <c r="F76" s="662"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="658"/>
+      <c r="B77" s="662"/>
+      <c r="C77" s="662"/>
+      <c r="D77" s="662"/>
+      <c r="E77" s="662"/>
+      <c r="F77" s="662"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="658"/>
+      <c r="B78" s="662"/>
+      <c r="C78" s="662"/>
+      <c r="D78" s="662"/>
+      <c r="E78" s="662"/>
+      <c r="F78" s="662"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="658"/>
+      <c r="B79" s="662"/>
+      <c r="C79" s="662"/>
+      <c r="D79" s="662"/>
+      <c r="E79" s="662"/>
+      <c r="F79" s="662"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="658"/>
+      <c r="B80" s="662"/>
+      <c r="C80" s="662"/>
+      <c r="D80" s="662"/>
+      <c r="E80" s="662"/>
+      <c r="F80" s="662"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="658"/>
+      <c r="B81" s="662"/>
+      <c r="C81" s="662"/>
+      <c r="D81" s="662"/>
+      <c r="E81" s="662"/>
+      <c r="F81" s="662"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="658"/>
+      <c r="B82" s="662"/>
+      <c r="C82" s="662"/>
+      <c r="D82" s="662"/>
+      <c r="E82" s="662"/>
+      <c r="F82" s="662"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="658"/>
+      <c r="B83" s="662"/>
+      <c r="C83" s="662"/>
+      <c r="D83" s="662"/>
+      <c r="E83" s="662"/>
+      <c r="F83" s="662"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="658"/>
+      <c r="B84" s="662"/>
+      <c r="C84" s="662"/>
+      <c r="D84" s="662"/>
+      <c r="E84" s="662"/>
+      <c r="F84" s="662"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="658"/>
+      <c r="B85" s="662"/>
+      <c r="C85" s="662"/>
+      <c r="D85" s="662"/>
+      <c r="E85" s="662"/>
+      <c r="F85" s="662"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="658"/>
+      <c r="B86" s="662"/>
+      <c r="C86" s="662"/>
+      <c r="D86" s="662"/>
+      <c r="E86" s="662"/>
+      <c r="F86" s="662"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="658"/>
+      <c r="B87" s="662"/>
+      <c r="C87" s="662"/>
+      <c r="D87" s="662"/>
+      <c r="E87" s="662"/>
+      <c r="F87" s="662"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="658"/>
+      <c r="B88" s="662"/>
+      <c r="C88" s="662"/>
+      <c r="D88" s="662"/>
+      <c r="E88" s="662"/>
+      <c r="F88" s="662"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="658"/>
+      <c r="B89" s="662"/>
+      <c r="C89" s="662"/>
+      <c r="D89" s="662"/>
+      <c r="E89" s="662"/>
+      <c r="F89" s="662"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="658"/>
+      <c r="B90" s="662"/>
+      <c r="C90" s="662"/>
+      <c r="D90" s="662"/>
+      <c r="E90" s="662"/>
+      <c r="F90" s="662"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="658"/>
+      <c r="B91" s="662"/>
+      <c r="C91" s="662"/>
+      <c r="D91" s="662"/>
+      <c r="E91" s="662"/>
+      <c r="F91" s="662"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="658"/>
+      <c r="B92" s="662"/>
+      <c r="C92" s="662"/>
+      <c r="D92" s="662"/>
+      <c r="E92" s="662"/>
+      <c r="F92" s="662"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="658"/>
+      <c r="B93" s="662"/>
+      <c r="C93" s="662"/>
+      <c r="D93" s="662"/>
+      <c r="E93" s="662"/>
+      <c r="F93" s="662"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="658"/>
+      <c r="B94" s="662"/>
+      <c r="C94" s="662"/>
+      <c r="D94" s="662"/>
+      <c r="E94" s="662"/>
+      <c r="F94" s="662"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="658"/>
+      <c r="B95" s="662"/>
+      <c r="C95" s="662"/>
+      <c r="D95" s="662"/>
+      <c r="E95" s="662"/>
+      <c r="F95" s="662"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="658"/>
+      <c r="B96" s="662"/>
+      <c r="C96" s="662"/>
+      <c r="D96" s="662"/>
+      <c r="E96" s="662"/>
+      <c r="F96" s="662"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="658"/>
+      <c r="B97" s="662"/>
+      <c r="C97" s="662"/>
+      <c r="D97" s="662"/>
+      <c r="E97" s="662"/>
+      <c r="F97" s="662"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="658"/>
+      <c r="B98" s="662"/>
+      <c r="C98" s="662"/>
+      <c r="D98" s="662"/>
+      <c r="E98" s="662"/>
+      <c r="F98" s="662"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="658"/>
+      <c r="B99" s="662"/>
+      <c r="C99" s="662"/>
+      <c r="D99" s="662"/>
+      <c r="E99" s="662"/>
+      <c r="F99" s="662"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
+  <sheetPr codeName="Sheet16"/>
   <dimension ref="A1:G99"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H6" sqref="H6"/>
+      <selection activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="30.453125" customWidth="1"/>
-    <col min="2" max="2" bestFit="1" width="12.1796875" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="15.85546875" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="31.140625" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="28.85546875" customWidth="1" style="641"/>
+    <col min="4" max="4" width="12.42578125" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="13.7109375" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="15.85546875" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="13.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="104">
-      <c r="A1" s="634" t="s">
+    <row r="1" ht="30" s="632" customFormat="1">
+      <c r="A1" s="645" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
-[...9 lines deleted...]
-        <v>66</v>
+      <c r="B1" s="653" t="s">
+        <v>91</v>
+      </c>
+      <c r="C1" s="712" t="s">
+        <v>92</v>
+      </c>
+      <c r="D1" s="638" t="s">
+        <v>93</v>
+      </c>
+      <c r="E1" s="638" t="s">
+        <v>94</v>
+      </c>
+      <c r="F1" s="638" t="s">
+        <v>95</v>
+      </c>
+      <c r="G1" s="638" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="772" t="s">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="726">
+        <v>20123</v>
+      </c>
+      <c r="C2" s="736">
+        <v>33.548675644784574</v>
+      </c>
+      <c r="D2" s="737">
+        <v>31.650350345375937</v>
+      </c>
+      <c r="E2" s="738">
+        <v>9.5264125627391554</v>
+      </c>
+      <c r="F2" s="738">
+        <v>8.0852755553346931</v>
+      </c>
+      <c r="G2" s="738">
+        <v>17.189285891765639</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="663" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="782" t="s">
+      <c r="B3" s="670">
+        <v>38853</v>
+      </c>
+      <c r="C3" s="704">
+        <v>36.0203845262914</v>
+      </c>
+      <c r="D3" s="661">
+        <v>32.903508094613024</v>
+      </c>
+      <c r="E3" s="661">
+        <v>8.7638020230098057</v>
+      </c>
+      <c r="F3" s="661">
+        <v>7.45116207242684</v>
+      </c>
+      <c r="G3" s="661">
+        <v>14.861143283658921</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="663" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="774">
-[...12 lines deleted...]
-      <c r="A3" s="0" t="s">
+      <c r="B4" s="670">
+        <v>39001</v>
+      </c>
+      <c r="C4" s="673">
+        <v>33.083767082895307</v>
+      </c>
+      <c r="D4" s="636">
+        <v>31.34535011922771</v>
+      </c>
+      <c r="E4" s="637">
+        <v>10.04846029588985</v>
+      </c>
+      <c r="F4" s="637">
+        <v>7.7895438578497984</v>
+      </c>
+      <c r="G4" s="637">
+        <v>17.73287864413733</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="658" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="707" t="s">
-[...15 lines deleted...]
-      <c r="A4" s="0" t="s">
+      <c r="B5" s="670">
+        <v>33127</v>
+      </c>
+      <c r="C5" s="673">
+        <v>29.353699399281552</v>
+      </c>
+      <c r="D5" s="636">
+        <v>26.9961058954931</v>
+      </c>
+      <c r="E5" s="637">
+        <v>11.377426268602649</v>
+      </c>
+      <c r="F5" s="637">
+        <v>9.7231865245871951</v>
+      </c>
+      <c r="G5" s="637">
+        <v>22.5495819120355</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="658" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="707" t="s">
-[...15 lines deleted...]
-      <c r="A5" s="0" t="s">
+      <c r="B6" s="670">
+        <v>17625</v>
+      </c>
+      <c r="C6" s="673">
+        <v>38.451063829787238</v>
+      </c>
+      <c r="D6" s="636">
+        <v>28.272340425531915</v>
+      </c>
+      <c r="E6" s="637">
+        <v>8.839716312056737</v>
+      </c>
+      <c r="F6" s="637">
+        <v>7.4666666666666677</v>
+      </c>
+      <c r="G6" s="637">
+        <v>16.970212765957445</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="658" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="707" t="s">
-[...50 lines deleted...]
-      <c r="G7" s="677"/>
+      <c r="B7" s="670">
+        <v>20536</v>
+      </c>
+      <c r="C7" s="673">
+        <v>32.4016361511492</v>
+      </c>
+      <c r="D7" s="636">
+        <v>31.695559018309311</v>
+      </c>
+      <c r="E7" s="637">
+        <v>9.9532528243085316</v>
+      </c>
+      <c r="F7" s="637">
+        <v>8.0444098169068958</v>
+      </c>
+      <c r="G7" s="637">
+        <v>17.905142189326064</v>
+      </c>
     </row>
     <row r="8">
-      <c r="A8" s="672"/>
-[...2 lines deleted...]
-      <c r="E8" s="675"/>
+      <c r="A8" s="658"/>
+      <c r="B8" s="635"/>
+      <c r="E8" s="637"/>
+      <c r="F8" s="637"/>
+      <c r="G8" s="637"/>
     </row>
     <row r="9">
-      <c r="A9" s="672"/>
-[...1 lines deleted...]
-      <c r="E9" s="703"/>
+      <c r="A9" s="658"/>
+      <c r="B9" s="670"/>
+      <c r="C9" s="680"/>
+      <c r="D9" s="685"/>
+      <c r="E9" s="685"/>
+      <c r="F9" s="680"/>
     </row>
     <row r="10">
-      <c r="A10" s="672"/>
-[...2 lines deleted...]
-      <c r="E10" s="703"/>
+      <c r="A10" s="658"/>
+      <c r="B10" s="688"/>
+      <c r="C10" s="686"/>
+      <c r="D10" s="687"/>
+      <c r="E10" s="687"/>
+      <c r="F10" s="680"/>
     </row>
     <row r="11">
-      <c r="A11" s="672"/>
-[...2 lines deleted...]
-      <c r="E11" s="703"/>
+      <c r="A11" s="658"/>
+      <c r="B11" s="688"/>
+      <c r="C11" s="685"/>
+      <c r="D11" s="687"/>
+      <c r="E11" s="687"/>
+      <c r="F11" s="680"/>
+      <c r="G11" s="662"/>
     </row>
     <row r="12">
-      <c r="A12" s="672"/>
-[...2 lines deleted...]
-      <c r="E12" s="703"/>
+      <c r="A12" s="658"/>
+      <c r="B12" s="688"/>
+      <c r="C12" s="687"/>
+      <c r="D12" s="687"/>
+      <c r="E12" s="687"/>
+      <c r="F12" s="680"/>
+      <c r="G12" s="662"/>
     </row>
     <row r="13">
-      <c r="A13" s="672"/>
-[...3 lines deleted...]
-      <c r="E13" s="703"/>
+      <c r="A13" s="658"/>
+      <c r="B13" s="688"/>
+      <c r="C13" s="687"/>
+      <c r="F13" s="680"/>
+      <c r="G13" s="662"/>
     </row>
     <row r="14">
-      <c r="A14" s="672"/>
-[...2 lines deleted...]
-      <c r="E14" s="708"/>
+      <c r="A14" s="658"/>
+      <c r="B14" s="688"/>
+      <c r="C14" s="687"/>
+      <c r="F14" s="680"/>
+      <c r="G14" s="662"/>
     </row>
     <row r="15">
-      <c r="A15" s="672"/>
-[...1 lines deleted...]
-      <c r="E15" s="675"/>
+      <c r="A15" s="658"/>
+      <c r="B15" s="635"/>
+      <c r="C15" s="673"/>
+      <c r="D15" s="636"/>
+      <c r="E15" s="637"/>
+      <c r="F15" s="637"/>
+      <c r="G15" s="637"/>
     </row>
     <row r="16">
-      <c r="A16" s="672"/>
-[...2 lines deleted...]
-      <c r="E16" s="675"/>
+      <c r="A16" s="658"/>
+      <c r="B16" s="635"/>
+      <c r="C16" s="673"/>
+      <c r="D16" s="636"/>
+      <c r="E16" s="637"/>
+      <c r="F16" s="637"/>
+      <c r="G16" s="637"/>
     </row>
     <row r="17">
-      <c r="A17" s="672"/>
-[...1 lines deleted...]
-      <c r="E17" s="675"/>
+      <c r="A17" s="658"/>
+      <c r="B17" s="635"/>
+      <c r="C17" s="673"/>
+      <c r="D17" s="636"/>
+      <c r="E17" s="637"/>
+      <c r="F17" s="637"/>
+      <c r="G17" s="637"/>
     </row>
     <row r="18">
-      <c r="A18" s="672"/>
-[...2 lines deleted...]
-      <c r="E18" s="675"/>
+      <c r="A18" s="658"/>
+      <c r="B18" s="635"/>
+      <c r="C18" s="673"/>
+      <c r="D18" s="636"/>
+      <c r="E18" s="637"/>
+      <c r="F18" s="637"/>
+      <c r="G18" s="637"/>
     </row>
     <row r="19">
-      <c r="A19" s="672"/>
-[...2 lines deleted...]
-      <c r="E19" s="675"/>
+      <c r="A19" s="658"/>
+      <c r="B19" s="635"/>
+      <c r="C19" s="673"/>
+      <c r="D19" s="636"/>
+      <c r="E19" s="637"/>
+      <c r="F19" s="637"/>
+      <c r="G19" s="637"/>
     </row>
     <row r="20">
-      <c r="A20" s="672"/>
-[...2 lines deleted...]
-      <c r="E20" s="675"/>
+      <c r="A20" s="658"/>
+      <c r="B20" s="635"/>
+      <c r="C20" s="673"/>
+      <c r="D20" s="636"/>
+      <c r="E20" s="637"/>
+      <c r="F20" s="637"/>
+      <c r="G20" s="637"/>
     </row>
     <row r="21">
-      <c r="A21" s="672"/>
-[...2 lines deleted...]
-      <c r="E21" s="675"/>
+      <c r="A21" s="658"/>
+      <c r="B21" s="635"/>
+      <c r="C21" s="673"/>
+      <c r="D21" s="636"/>
+      <c r="E21" s="637"/>
+      <c r="F21" s="637"/>
+      <c r="G21" s="637"/>
     </row>
     <row r="22">
-      <c r="A22" s="672"/>
-[...2 lines deleted...]
-      <c r="E22" s="675"/>
+      <c r="A22" s="658"/>
+      <c r="B22" s="635"/>
+      <c r="C22" s="673"/>
+      <c r="D22" s="636"/>
+      <c r="E22" s="637"/>
+      <c r="F22" s="637"/>
+      <c r="G22" s="637"/>
     </row>
     <row r="23">
-      <c r="A23" s="672"/>
-[...2 lines deleted...]
-      <c r="E23" s="675"/>
+      <c r="A23" s="658"/>
+      <c r="B23" s="635"/>
+      <c r="C23" s="673"/>
+      <c r="D23" s="636"/>
+      <c r="E23" s="637"/>
+      <c r="F23" s="637"/>
+      <c r="G23" s="637"/>
     </row>
     <row r="24">
-      <c r="A24" s="672"/>
-[...2 lines deleted...]
-      <c r="E24" s="675"/>
+      <c r="A24" s="658"/>
+      <c r="B24" s="635"/>
+      <c r="C24" s="673"/>
+      <c r="D24" s="636"/>
+      <c r="E24" s="637"/>
+      <c r="F24" s="637"/>
+      <c r="G24" s="637"/>
     </row>
     <row r="25">
-      <c r="A25" s="672"/>
-[...2 lines deleted...]
-      <c r="E25" s="675"/>
+      <c r="A25" s="658"/>
+      <c r="B25" s="635"/>
+      <c r="C25" s="673"/>
+      <c r="D25" s="636"/>
+      <c r="E25" s="637"/>
+      <c r="F25" s="637"/>
+      <c r="G25" s="637"/>
     </row>
     <row r="26">
-      <c r="A26" s="672"/>
-[...2 lines deleted...]
-      <c r="E26" s="675"/>
+      <c r="A26" s="658"/>
+      <c r="B26" s="635"/>
+      <c r="C26" s="673"/>
+      <c r="D26" s="636"/>
+      <c r="E26" s="637"/>
+      <c r="F26" s="637"/>
+      <c r="G26" s="637"/>
     </row>
     <row r="27">
-      <c r="A27" s="672"/>
-[...2 lines deleted...]
-      <c r="E27" s="675"/>
+      <c r="A27" s="658"/>
+      <c r="B27" s="635"/>
+      <c r="C27" s="673"/>
+      <c r="D27" s="636"/>
+      <c r="E27" s="637"/>
+      <c r="F27" s="637"/>
+      <c r="G27" s="637"/>
     </row>
     <row r="28">
-      <c r="A28" s="672"/>
-[...2 lines deleted...]
-      <c r="E28" s="675"/>
+      <c r="A28" s="658"/>
+      <c r="B28" s="635"/>
+      <c r="C28" s="673"/>
+      <c r="D28" s="636"/>
+      <c r="E28" s="637"/>
+      <c r="F28" s="637"/>
+      <c r="G28" s="637"/>
     </row>
     <row r="29">
-      <c r="A29" s="672"/>
-[...2 lines deleted...]
-      <c r="E29" s="675"/>
+      <c r="A29" s="658"/>
+      <c r="B29" s="635"/>
+      <c r="C29" s="673"/>
+      <c r="D29" s="636"/>
+      <c r="E29" s="637"/>
+      <c r="F29" s="637"/>
+      <c r="G29" s="637"/>
     </row>
     <row r="30">
-      <c r="A30" s="672"/>
-[...2 lines deleted...]
-      <c r="E30" s="675"/>
+      <c r="A30" s="658"/>
+      <c r="B30" s="635"/>
+      <c r="C30" s="673"/>
+      <c r="D30" s="636"/>
+      <c r="E30" s="637"/>
+      <c r="F30" s="637"/>
+      <c r="G30" s="637"/>
     </row>
     <row r="31">
-      <c r="A31" s="672"/>
-[...2 lines deleted...]
-      <c r="E31" s="675"/>
+      <c r="A31" s="658"/>
+      <c r="B31" s="635"/>
+      <c r="C31" s="673"/>
+      <c r="D31" s="636"/>
+      <c r="E31" s="637"/>
+      <c r="F31" s="637"/>
+      <c r="G31" s="637"/>
     </row>
     <row r="32">
-      <c r="A32" s="672"/>
-[...2 lines deleted...]
-      <c r="E32" s="675"/>
+      <c r="A32" s="658"/>
+      <c r="B32" s="635"/>
+      <c r="C32" s="673"/>
+      <c r="D32" s="636"/>
+      <c r="E32" s="637"/>
+      <c r="F32" s="637"/>
+      <c r="G32" s="637"/>
     </row>
     <row r="33">
-      <c r="A33" s="672"/>
-[...2 lines deleted...]
-      <c r="E33" s="675"/>
+      <c r="A33" s="658"/>
+      <c r="B33" s="635"/>
+      <c r="C33" s="673"/>
+      <c r="D33" s="636"/>
+      <c r="E33" s="637"/>
+      <c r="F33" s="637"/>
+      <c r="G33" s="637"/>
     </row>
     <row r="34">
-      <c r="A34" s="672"/>
-[...2 lines deleted...]
-      <c r="E34" s="675"/>
+      <c r="A34" s="658"/>
+      <c r="B34" s="635"/>
+      <c r="C34" s="673"/>
+      <c r="D34" s="636"/>
+      <c r="E34" s="637"/>
+      <c r="F34" s="637"/>
+      <c r="G34" s="637"/>
     </row>
     <row r="35">
-      <c r="A35" s="672"/>
-[...2 lines deleted...]
-      <c r="E35" s="675"/>
+      <c r="A35" s="658"/>
+      <c r="B35" s="635"/>
+      <c r="C35" s="673"/>
+      <c r="D35" s="636"/>
+      <c r="E35" s="637"/>
+      <c r="F35" s="637"/>
+      <c r="G35" s="637"/>
     </row>
     <row r="36">
-      <c r="A36" s="672"/>
-[...2 lines deleted...]
-      <c r="E36" s="675"/>
+      <c r="A36" s="658"/>
+      <c r="B36" s="635"/>
+      <c r="C36" s="673"/>
+      <c r="D36" s="636"/>
+      <c r="E36" s="637"/>
+      <c r="F36" s="637"/>
+      <c r="G36" s="637"/>
     </row>
     <row r="37">
-      <c r="A37" s="672"/>
-[...2 lines deleted...]
-      <c r="E37" s="675"/>
+      <c r="A37" s="658"/>
+      <c r="B37" s="635"/>
+      <c r="C37" s="673"/>
+      <c r="D37" s="636"/>
+      <c r="E37" s="637"/>
+      <c r="F37" s="637"/>
+      <c r="G37" s="637"/>
     </row>
     <row r="38">
-      <c r="A38" s="672"/>
-[...2 lines deleted...]
-      <c r="E38" s="675"/>
+      <c r="A38" s="658"/>
+      <c r="B38" s="635"/>
+      <c r="C38" s="673"/>
+      <c r="D38" s="636"/>
+      <c r="E38" s="637"/>
+      <c r="F38" s="637"/>
+      <c r="G38" s="637"/>
     </row>
     <row r="39">
-      <c r="A39" s="672"/>
-[...2 lines deleted...]
-      <c r="E39" s="675"/>
+      <c r="A39" s="658"/>
+      <c r="B39" s="635"/>
+      <c r="C39" s="673"/>
+      <c r="D39" s="636"/>
+      <c r="E39" s="637"/>
+      <c r="F39" s="637"/>
+      <c r="G39" s="637"/>
     </row>
     <row r="40">
-      <c r="A40" s="672"/>
-[...2 lines deleted...]
-      <c r="E40" s="675"/>
+      <c r="A40" s="658"/>
+      <c r="B40" s="635"/>
+      <c r="C40" s="673"/>
+      <c r="D40" s="636"/>
+      <c r="E40" s="637"/>
+      <c r="F40" s="637"/>
+      <c r="G40" s="637"/>
     </row>
     <row r="41">
-      <c r="A41" s="672"/>
-[...2 lines deleted...]
-      <c r="E41" s="675"/>
+      <c r="A41" s="658"/>
+      <c r="B41" s="635"/>
+      <c r="C41" s="673"/>
+      <c r="D41" s="636"/>
+      <c r="E41" s="637"/>
+      <c r="F41" s="637"/>
+      <c r="G41" s="637"/>
     </row>
     <row r="42">
-      <c r="A42" s="672"/>
-[...2 lines deleted...]
-      <c r="E42" s="675"/>
+      <c r="A42" s="658"/>
+      <c r="B42" s="635"/>
+      <c r="C42" s="673"/>
+      <c r="D42" s="636"/>
+      <c r="E42" s="637"/>
+      <c r="F42" s="637"/>
+      <c r="G42" s="637"/>
     </row>
     <row r="43">
-      <c r="A43" s="672"/>
-[...2 lines deleted...]
-      <c r="E43" s="675"/>
+      <c r="A43" s="658"/>
+      <c r="B43" s="635"/>
+      <c r="C43" s="673"/>
+      <c r="D43" s="636"/>
+      <c r="E43" s="637"/>
+      <c r="F43" s="637"/>
+      <c r="G43" s="637"/>
     </row>
     <row r="44">
-      <c r="A44" s="672"/>
-[...2 lines deleted...]
-      <c r="E44" s="675"/>
+      <c r="A44" s="658"/>
+      <c r="B44" s="635"/>
+      <c r="C44" s="673"/>
+      <c r="D44" s="636"/>
+      <c r="E44" s="637"/>
+      <c r="F44" s="637"/>
+      <c r="G44" s="637"/>
     </row>
     <row r="45">
-      <c r="A45" s="672"/>
-[...2 lines deleted...]
-      <c r="E45" s="675"/>
+      <c r="A45" s="658"/>
+      <c r="B45" s="635"/>
+      <c r="C45" s="673"/>
+      <c r="D45" s="636"/>
+      <c r="E45" s="637"/>
+      <c r="F45" s="637"/>
+      <c r="G45" s="637"/>
     </row>
     <row r="46">
-      <c r="A46" s="672"/>
-[...2 lines deleted...]
-      <c r="E46" s="675"/>
+      <c r="A46" s="658"/>
+      <c r="B46" s="635"/>
+      <c r="C46" s="673"/>
+      <c r="D46" s="636"/>
+      <c r="E46" s="637"/>
+      <c r="F46" s="637"/>
+      <c r="G46" s="637"/>
     </row>
     <row r="47">
-      <c r="A47" s="672"/>
-[...2 lines deleted...]
-      <c r="E47" s="675"/>
+      <c r="A47" s="658"/>
+      <c r="B47" s="635"/>
+      <c r="C47" s="673"/>
+      <c r="D47" s="636"/>
+      <c r="E47" s="637"/>
+      <c r="F47" s="637"/>
+      <c r="G47" s="637"/>
     </row>
     <row r="48">
-      <c r="A48" s="672"/>
-[...2 lines deleted...]
-      <c r="E48" s="675"/>
+      <c r="A48" s="658"/>
+      <c r="B48" s="635"/>
+      <c r="C48" s="673"/>
+      <c r="D48" s="636"/>
+      <c r="E48" s="637"/>
+      <c r="F48" s="637"/>
+      <c r="G48" s="637"/>
     </row>
     <row r="49">
-      <c r="A49" s="672"/>
-[...2 lines deleted...]
-      <c r="E49" s="675"/>
+      <c r="A49" s="658"/>
+      <c r="B49" s="635"/>
+      <c r="C49" s="673"/>
+      <c r="D49" s="636"/>
+      <c r="E49" s="637"/>
+      <c r="F49" s="637"/>
+      <c r="G49" s="637"/>
     </row>
     <row r="50">
-      <c r="A50" s="672"/>
-[...2 lines deleted...]
-      <c r="E50" s="675"/>
+      <c r="A50" s="658"/>
+      <c r="B50" s="635"/>
+      <c r="C50" s="673"/>
+      <c r="D50" s="636"/>
+      <c r="E50" s="637"/>
+      <c r="F50" s="637"/>
+      <c r="G50" s="637"/>
     </row>
     <row r="51">
-      <c r="A51" s="672"/>
-[...2 lines deleted...]
-      <c r="E51" s="675"/>
+      <c r="A51" s="658"/>
+      <c r="B51" s="635"/>
+      <c r="C51" s="673"/>
+      <c r="D51" s="636"/>
+      <c r="E51" s="637"/>
+      <c r="F51" s="637"/>
+      <c r="G51" s="637"/>
     </row>
     <row r="52">
-      <c r="A52" s="672"/>
-[...2 lines deleted...]
-      <c r="E52" s="675"/>
+      <c r="A52" s="658"/>
+      <c r="B52" s="635"/>
+      <c r="C52" s="673"/>
+      <c r="D52" s="636"/>
+      <c r="E52" s="637"/>
+      <c r="F52" s="637"/>
+      <c r="G52" s="637"/>
     </row>
     <row r="53">
-      <c r="A53" s="672"/>
-[...2 lines deleted...]
-      <c r="E53" s="675"/>
+      <c r="A53" s="658"/>
+      <c r="B53" s="635"/>
+      <c r="C53" s="673"/>
+      <c r="D53" s="636"/>
+      <c r="E53" s="637"/>
+      <c r="F53" s="637"/>
+      <c r="G53" s="637"/>
     </row>
     <row r="54">
-      <c r="A54" s="672"/>
-[...2 lines deleted...]
-      <c r="E54" s="675"/>
+      <c r="A54" s="658"/>
+      <c r="B54" s="635"/>
+      <c r="C54" s="673"/>
+      <c r="D54" s="636"/>
+      <c r="E54" s="637"/>
+      <c r="F54" s="637"/>
+      <c r="G54" s="637"/>
     </row>
     <row r="55">
-      <c r="A55" s="672"/>
-[...2 lines deleted...]
-      <c r="E55" s="675"/>
+      <c r="A55" s="658"/>
+      <c r="B55" s="635"/>
+      <c r="C55" s="673"/>
+      <c r="D55" s="636"/>
+      <c r="E55" s="637"/>
+      <c r="F55" s="637"/>
+      <c r="G55" s="637"/>
     </row>
     <row r="56">
-      <c r="A56" s="672"/>
-[...2 lines deleted...]
-      <c r="E56" s="675"/>
+      <c r="A56" s="658"/>
+      <c r="B56" s="635"/>
+      <c r="C56" s="673"/>
+      <c r="D56" s="636"/>
+      <c r="E56" s="637"/>
+      <c r="F56" s="637"/>
+      <c r="G56" s="637"/>
     </row>
     <row r="57">
-      <c r="A57" s="672"/>
-[...2 lines deleted...]
-      <c r="E57" s="675"/>
+      <c r="A57" s="658"/>
+      <c r="B57" s="635"/>
+      <c r="C57" s="673"/>
+      <c r="D57" s="636"/>
+      <c r="E57" s="637"/>
+      <c r="F57" s="637"/>
+      <c r="G57" s="637"/>
     </row>
     <row r="58">
-      <c r="A58" s="672"/>
-[...2 lines deleted...]
-      <c r="E58" s="675"/>
+      <c r="A58" s="658"/>
+      <c r="B58" s="635"/>
+      <c r="C58" s="673"/>
+      <c r="D58" s="636"/>
+      <c r="E58" s="637"/>
+      <c r="F58" s="637"/>
+      <c r="G58" s="637"/>
     </row>
     <row r="59">
-      <c r="A59" s="672"/>
-[...2 lines deleted...]
-      <c r="E59" s="675"/>
+      <c r="A59" s="658"/>
+      <c r="B59" s="635"/>
+      <c r="C59" s="673"/>
+      <c r="D59" s="636"/>
+      <c r="E59" s="637"/>
+      <c r="F59" s="637"/>
+      <c r="G59" s="637"/>
     </row>
     <row r="60">
-      <c r="A60" s="672"/>
-[...2 lines deleted...]
-      <c r="E60" s="675"/>
+      <c r="A60" s="658"/>
+      <c r="B60" s="635"/>
+      <c r="C60" s="673"/>
+      <c r="D60" s="636"/>
+      <c r="E60" s="637"/>
+      <c r="F60" s="637"/>
+      <c r="G60" s="637"/>
     </row>
     <row r="61">
-      <c r="A61" s="672"/>
-[...2 lines deleted...]
-      <c r="E61" s="675"/>
+      <c r="A61" s="658"/>
+      <c r="B61" s="635"/>
+      <c r="C61" s="673"/>
+      <c r="D61" s="636"/>
+      <c r="E61" s="637"/>
+      <c r="F61" s="637"/>
+      <c r="G61" s="637"/>
     </row>
     <row r="62">
-      <c r="A62" s="672"/>
-[...2 lines deleted...]
-      <c r="E62" s="675"/>
+      <c r="A62" s="658"/>
+      <c r="B62" s="635"/>
+      <c r="C62" s="673"/>
+      <c r="D62" s="636"/>
+      <c r="E62" s="637"/>
+      <c r="F62" s="637"/>
+      <c r="G62" s="637"/>
     </row>
     <row r="63">
-      <c r="A63" s="672"/>
-[...2 lines deleted...]
-      <c r="E63" s="675"/>
+      <c r="A63" s="658"/>
+      <c r="B63" s="635"/>
+      <c r="C63" s="673"/>
+      <c r="D63" s="636"/>
+      <c r="E63" s="637"/>
+      <c r="F63" s="637"/>
+      <c r="G63" s="637"/>
     </row>
     <row r="64">
-      <c r="A64" s="672"/>
-[...2 lines deleted...]
-      <c r="E64" s="675"/>
+      <c r="A64" s="658"/>
+      <c r="B64" s="635"/>
+      <c r="C64" s="673"/>
+      <c r="D64" s="636"/>
+      <c r="E64" s="637"/>
+      <c r="F64" s="637"/>
+      <c r="G64" s="637"/>
     </row>
     <row r="65">
-      <c r="A65" s="672"/>
-[...2 lines deleted...]
-      <c r="E65" s="675"/>
+      <c r="A65" s="658"/>
+      <c r="B65" s="635"/>
+      <c r="C65" s="673"/>
+      <c r="D65" s="636"/>
+      <c r="E65" s="637"/>
+      <c r="F65" s="637"/>
+      <c r="G65" s="637"/>
     </row>
     <row r="66">
-      <c r="A66" s="672"/>
-[...2 lines deleted...]
-      <c r="E66" s="675"/>
+      <c r="A66" s="658"/>
+      <c r="B66" s="635"/>
+      <c r="C66" s="673"/>
+      <c r="D66" s="636"/>
+      <c r="E66" s="637"/>
+      <c r="F66" s="637"/>
+      <c r="G66" s="637"/>
     </row>
     <row r="67">
-      <c r="A67" s="672"/>
-[...2 lines deleted...]
-      <c r="E67" s="675"/>
+      <c r="A67" s="658"/>
+      <c r="B67" s="635"/>
+      <c r="C67" s="673"/>
+      <c r="D67" s="636"/>
+      <c r="E67" s="637"/>
+      <c r="F67" s="637"/>
+      <c r="G67" s="637"/>
     </row>
     <row r="68">
-      <c r="A68" s="672"/>
-[...2 lines deleted...]
-      <c r="E68" s="675"/>
+      <c r="A68" s="658"/>
+      <c r="B68" s="635"/>
+      <c r="C68" s="673"/>
+      <c r="D68" s="636"/>
+      <c r="E68" s="637"/>
+      <c r="F68" s="637"/>
+      <c r="G68" s="637"/>
     </row>
     <row r="69">
-      <c r="A69" s="672"/>
-[...2 lines deleted...]
-      <c r="E69" s="675"/>
+      <c r="A69" s="658"/>
+      <c r="B69" s="635"/>
+      <c r="C69" s="673"/>
+      <c r="D69" s="636"/>
+      <c r="E69" s="637"/>
+      <c r="F69" s="637"/>
+      <c r="G69" s="637"/>
     </row>
     <row r="70">
-      <c r="A70" s="672"/>
-[...2 lines deleted...]
-      <c r="E70" s="675"/>
+      <c r="A70" s="658"/>
+      <c r="B70" s="635"/>
+      <c r="C70" s="673"/>
+      <c r="D70" s="636"/>
+      <c r="E70" s="637"/>
+      <c r="F70" s="637"/>
+      <c r="G70" s="637"/>
     </row>
     <row r="71">
-      <c r="A71" s="672"/>
-[...2 lines deleted...]
-      <c r="E71" s="675"/>
+      <c r="A71" s="658"/>
+      <c r="B71" s="635"/>
+      <c r="C71" s="673"/>
+      <c r="D71" s="636"/>
+      <c r="E71" s="637"/>
+      <c r="F71" s="637"/>
+      <c r="G71" s="637"/>
     </row>
     <row r="72">
-      <c r="A72" s="672"/>
-[...2 lines deleted...]
-      <c r="E72" s="675"/>
+      <c r="A72" s="658"/>
+      <c r="B72" s="635"/>
+      <c r="C72" s="673"/>
+      <c r="D72" s="636"/>
+      <c r="E72" s="637"/>
+      <c r="F72" s="637"/>
+      <c r="G72" s="637"/>
     </row>
     <row r="73">
-      <c r="A73" s="672"/>
-[...2 lines deleted...]
-      <c r="E73" s="675"/>
+      <c r="A73" s="658"/>
+      <c r="B73" s="635"/>
+      <c r="C73" s="673"/>
+      <c r="D73" s="636"/>
+      <c r="E73" s="637"/>
+      <c r="F73" s="637"/>
+      <c r="G73" s="637"/>
     </row>
     <row r="74">
-      <c r="A74" s="672"/>
-[...2 lines deleted...]
-      <c r="E74" s="675"/>
+      <c r="A74" s="658"/>
+      <c r="B74" s="635"/>
+      <c r="C74" s="673"/>
+      <c r="D74" s="636"/>
+      <c r="E74" s="637"/>
+      <c r="F74" s="637"/>
+      <c r="G74" s="637"/>
     </row>
     <row r="75">
-      <c r="A75" s="672"/>
-[...2 lines deleted...]
-      <c r="E75" s="675"/>
+      <c r="A75" s="658"/>
+      <c r="B75" s="635"/>
+      <c r="C75" s="673"/>
+      <c r="D75" s="636"/>
+      <c r="E75" s="637"/>
+      <c r="F75" s="637"/>
+      <c r="G75" s="637"/>
     </row>
     <row r="76">
-      <c r="A76" s="672"/>
-[...2 lines deleted...]
-      <c r="E76" s="675"/>
+      <c r="A76" s="658"/>
+      <c r="B76" s="635"/>
+      <c r="C76" s="673"/>
+      <c r="D76" s="636"/>
+      <c r="E76" s="637"/>
+      <c r="F76" s="637"/>
+      <c r="G76" s="637"/>
     </row>
     <row r="77">
-      <c r="A77" s="672"/>
-[...2 lines deleted...]
-      <c r="E77" s="675"/>
+      <c r="A77" s="658"/>
+      <c r="B77" s="635"/>
+      <c r="C77" s="673"/>
+      <c r="D77" s="636"/>
+      <c r="E77" s="637"/>
+      <c r="F77" s="637"/>
+      <c r="G77" s="637"/>
     </row>
     <row r="78">
-      <c r="A78" s="672"/>
-[...2 lines deleted...]
-      <c r="E78" s="675"/>
+      <c r="A78" s="658"/>
+      <c r="B78" s="635"/>
+      <c r="C78" s="673"/>
+      <c r="D78" s="636"/>
+      <c r="E78" s="637"/>
+      <c r="F78" s="637"/>
+      <c r="G78" s="637"/>
     </row>
     <row r="79">
-      <c r="A79" s="672"/>
-[...2 lines deleted...]
-      <c r="E79" s="675"/>
+      <c r="A79" s="658"/>
+      <c r="B79" s="635"/>
+      <c r="C79" s="673"/>
+      <c r="D79" s="636"/>
+      <c r="E79" s="637"/>
+      <c r="F79" s="637"/>
+      <c r="G79" s="637"/>
     </row>
     <row r="80">
-      <c r="A80" s="672"/>
-[...2 lines deleted...]
-      <c r="E80" s="675"/>
+      <c r="A80" s="658"/>
+      <c r="B80" s="635"/>
+      <c r="C80" s="673"/>
+      <c r="D80" s="636"/>
+      <c r="E80" s="637"/>
+      <c r="F80" s="637"/>
+      <c r="G80" s="637"/>
     </row>
     <row r="81">
-      <c r="A81" s="672"/>
-[...2 lines deleted...]
-      <c r="E81" s="675"/>
+      <c r="A81" s="658"/>
+      <c r="B81" s="635"/>
+      <c r="C81" s="673"/>
+      <c r="D81" s="636"/>
+      <c r="E81" s="637"/>
+      <c r="F81" s="637"/>
+      <c r="G81" s="637"/>
     </row>
     <row r="82">
-      <c r="A82" s="672"/>
-[...2 lines deleted...]
-      <c r="E82" s="675"/>
+      <c r="A82" s="658"/>
+      <c r="B82" s="635"/>
+      <c r="C82" s="673"/>
+      <c r="D82" s="636"/>
+      <c r="E82" s="637"/>
+      <c r="F82" s="637"/>
+      <c r="G82" s="637"/>
     </row>
     <row r="83">
-      <c r="A83" s="672"/>
-[...2 lines deleted...]
-      <c r="E83" s="675"/>
+      <c r="A83" s="658"/>
+      <c r="B83" s="635"/>
+      <c r="C83" s="673"/>
+      <c r="D83" s="636"/>
+      <c r="E83" s="637"/>
+      <c r="F83" s="637"/>
+      <c r="G83" s="637"/>
     </row>
     <row r="84">
-      <c r="A84" s="672"/>
-[...2 lines deleted...]
-      <c r="E84" s="675"/>
+      <c r="A84" s="658"/>
+      <c r="B84" s="635"/>
+      <c r="C84" s="673"/>
+      <c r="D84" s="636"/>
+      <c r="E84" s="637"/>
+      <c r="F84" s="637"/>
+      <c r="G84" s="637"/>
     </row>
     <row r="85">
-      <c r="A85" s="672"/>
-[...2 lines deleted...]
-      <c r="E85" s="675"/>
+      <c r="A85" s="658"/>
+      <c r="B85" s="635"/>
+      <c r="C85" s="673"/>
+      <c r="D85" s="636"/>
+      <c r="E85" s="637"/>
+      <c r="F85" s="637"/>
+      <c r="G85" s="637"/>
     </row>
     <row r="86">
-      <c r="A86" s="672"/>
-[...2 lines deleted...]
-      <c r="E86" s="675"/>
+      <c r="A86" s="658"/>
+      <c r="B86" s="635"/>
+      <c r="C86" s="673"/>
+      <c r="D86" s="636"/>
+      <c r="E86" s="637"/>
+      <c r="F86" s="637"/>
+      <c r="G86" s="637"/>
     </row>
     <row r="87">
-      <c r="A87" s="672"/>
-[...2 lines deleted...]
-      <c r="E87" s="675"/>
+      <c r="A87" s="658"/>
+      <c r="B87" s="635"/>
+      <c r="C87" s="673"/>
+      <c r="D87" s="636"/>
+      <c r="E87" s="637"/>
+      <c r="F87" s="637"/>
+      <c r="G87" s="637"/>
     </row>
     <row r="88">
-      <c r="A88" s="672"/>
-[...2 lines deleted...]
-      <c r="E88" s="675"/>
+      <c r="A88" s="658"/>
+      <c r="B88" s="635"/>
+      <c r="C88" s="673"/>
+      <c r="D88" s="636"/>
+      <c r="E88" s="637"/>
+      <c r="F88" s="637"/>
+      <c r="G88" s="637"/>
     </row>
     <row r="89">
-      <c r="A89" s="672"/>
-[...2 lines deleted...]
-      <c r="E89" s="675"/>
+      <c r="A89" s="658"/>
+      <c r="B89" s="635"/>
+      <c r="C89" s="673"/>
+      <c r="D89" s="636"/>
+      <c r="E89" s="637"/>
+      <c r="F89" s="637"/>
+      <c r="G89" s="637"/>
     </row>
     <row r="90">
-      <c r="A90" s="672"/>
-[...2 lines deleted...]
-      <c r="E90" s="675"/>
+      <c r="A90" s="658"/>
+      <c r="B90" s="635"/>
+      <c r="C90" s="673"/>
+      <c r="D90" s="636"/>
+      <c r="E90" s="637"/>
+      <c r="F90" s="637"/>
+      <c r="G90" s="637"/>
     </row>
     <row r="91">
-      <c r="A91" s="672"/>
-[...2 lines deleted...]
-      <c r="E91" s="675"/>
+      <c r="A91" s="658"/>
+      <c r="B91" s="635"/>
+      <c r="C91" s="673"/>
+      <c r="D91" s="636"/>
+      <c r="E91" s="637"/>
+      <c r="F91" s="637"/>
+      <c r="G91" s="637"/>
     </row>
     <row r="92">
-      <c r="A92" s="672"/>
-[...2 lines deleted...]
-      <c r="E92" s="675"/>
+      <c r="A92" s="658"/>
+      <c r="B92" s="635"/>
+      <c r="C92" s="673"/>
+      <c r="D92" s="636"/>
+      <c r="E92" s="637"/>
+      <c r="F92" s="637"/>
+      <c r="G92" s="637"/>
     </row>
     <row r="93">
-      <c r="A93" s="672"/>
-[...2 lines deleted...]
-      <c r="E93" s="675"/>
+      <c r="A93" s="658"/>
+      <c r="B93" s="635"/>
+      <c r="C93" s="673"/>
+      <c r="D93" s="636"/>
+      <c r="E93" s="637"/>
+      <c r="F93" s="637"/>
+      <c r="G93" s="637"/>
     </row>
     <row r="94">
-      <c r="A94" s="672"/>
-[...2 lines deleted...]
-      <c r="E94" s="675"/>
+      <c r="A94" s="658"/>
+      <c r="B94" s="635"/>
+      <c r="C94" s="673"/>
+      <c r="D94" s="636"/>
+      <c r="E94" s="637"/>
+      <c r="F94" s="637"/>
+      <c r="G94" s="637"/>
     </row>
     <row r="95">
-      <c r="A95" s="672"/>
-[...2 lines deleted...]
-      <c r="E95" s="675"/>
+      <c r="A95" s="658"/>
+      <c r="B95" s="635"/>
+      <c r="C95" s="673"/>
+      <c r="D95" s="636"/>
+      <c r="E95" s="637"/>
+      <c r="F95" s="637"/>
+      <c r="G95" s="637"/>
     </row>
     <row r="96">
-      <c r="A96" s="672"/>
-[...2 lines deleted...]
-      <c r="E96" s="675"/>
+      <c r="A96" s="658"/>
+      <c r="B96" s="635"/>
+      <c r="C96" s="673"/>
+      <c r="D96" s="636"/>
+      <c r="E96" s="637"/>
+      <c r="F96" s="637"/>
+      <c r="G96" s="637"/>
     </row>
     <row r="97">
-      <c r="A97" s="672"/>
-[...2 lines deleted...]
-      <c r="E97" s="675"/>
+      <c r="A97" s="658"/>
+      <c r="B97" s="635"/>
+      <c r="C97" s="673"/>
+      <c r="D97" s="636"/>
+      <c r="E97" s="637"/>
+      <c r="F97" s="637"/>
+      <c r="G97" s="637"/>
     </row>
     <row r="98">
-      <c r="A98" s="672"/>
-[...2 lines deleted...]
-      <c r="E98" s="675"/>
+      <c r="A98" s="658"/>
+      <c r="B98" s="635"/>
+      <c r="C98" s="673"/>
+      <c r="D98" s="636"/>
+      <c r="E98" s="637"/>
+      <c r="F98" s="637"/>
+      <c r="G98" s="637"/>
     </row>
     <row r="99">
-      <c r="A99" s="672"/>
-[...2222 lines deleted...]
-      <c r="P99" s="657"/>
+      <c r="A99" s="658"/>
+      <c r="B99" s="635"/>
+      <c r="C99" s="673"/>
+      <c r="D99" s="636"/>
+      <c r="E99" s="637"/>
+      <c r="F99" s="637"/>
+      <c r="G99" s="637"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:H99"/>
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
+  <sheetPr codeName="Sheet17"/>
+  <dimension ref="A1:J102"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="E4" sqref="E4"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H11" sqref="H11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.1796875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="7" width="15.81640625" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="15.85546875" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="13.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="23.140625" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="20.7109375" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="23" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="13.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="103.5" customHeight="1">
-      <c r="A1" s="634" t="s">
+    <row r="1" ht="30" s="632" customFormat="1">
+      <c r="A1" s="645" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
-[...15 lines deleted...]
-        <v>87</v>
+      <c r="B1" s="638" t="s">
+        <v>97</v>
+      </c>
+      <c r="C1" s="646" t="s">
+        <v>98</v>
+      </c>
+      <c r="D1" s="638" t="s">
+        <v>99</v>
+      </c>
+      <c r="E1" s="638" t="s">
+        <v>100</v>
+      </c>
+      <c r="F1" s="638" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="779" t="s">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="739">
+        <v>20152</v>
+      </c>
+      <c r="C2" s="729">
+        <v>70.052600238189754</v>
+      </c>
+      <c r="D2" s="729">
+        <v>12.693529178245337</v>
+      </c>
+      <c r="E2" s="729">
+        <v>17.219134577213179</v>
+      </c>
+      <c r="F2" s="729">
+        <v>0.034736006351726877</v>
+      </c>
+      <c r="G2" s="732"/>
+      <c r="H2" s="732"/>
+      <c r="I2" s="732"/>
+      <c r="J2" s="732"/>
+    </row>
+    <row r="3">
+      <c r="A3" s="663" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="772"/>
-[...18 lines deleted...]
-      <c r="A3" s="678" t="s">
+      <c r="B3" s="670">
+        <v>38852</v>
+      </c>
+      <c r="C3" s="706">
+        <v>79.949552146607644</v>
+      </c>
+      <c r="D3" s="706">
+        <v>8.50664058478328</v>
+      </c>
+      <c r="E3" s="706">
+        <v>11.530937918253887</v>
+      </c>
+      <c r="F3" s="706">
+        <v>0.012869350355194069</v>
+      </c>
+      <c r="G3" s="706"/>
+      <c r="H3" s="706"/>
+      <c r="I3" s="706"/>
+      <c r="J3" s="706"/>
+    </row>
+    <row r="4">
+      <c r="A4" s="663" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="670">
+        <v>38974</v>
+      </c>
+      <c r="C4" s="706">
+        <v>69.033201621593889</v>
+      </c>
+      <c r="D4" s="706">
+        <v>13.347359778313747</v>
+      </c>
+      <c r="E4" s="706">
+        <v>17.580951403499771</v>
+      </c>
+      <c r="F4" s="706">
+        <v>0.038487196592600192</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="658" t="s">
         <v>13</v>
       </c>
-      <c r="C3" s="675">
-[...16 lines deleted...]
-      <c r="A4" s="678" t="s">
+      <c r="B5" s="707">
+        <v>33129</v>
+      </c>
+      <c r="C5" s="661">
+        <v>66.75420326602071</v>
+      </c>
+      <c r="D5" s="661">
+        <v>13.320655618944127</v>
+      </c>
+      <c r="E5" s="661">
+        <v>19.907030094479158</v>
+      </c>
+      <c r="F5" s="661">
+        <v>0.018111020556008332</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="658" t="s">
         <v>14</v>
       </c>
-      <c r="C4" s="675">
-[...52 lines deleted...]
-        <v>0.31782065834279227</v>
+      <c r="B6" s="707">
+        <v>17621</v>
+      </c>
+      <c r="C6" s="661">
+        <v>70.296804948640826</v>
+      </c>
+      <c r="D6" s="661">
+        <v>13.898189660064695</v>
+      </c>
+      <c r="E6" s="661">
+        <v>15.799330344475344</v>
+      </c>
+      <c r="F6" s="661">
+        <v>0.0056750468191362584</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="672" t="s">
-[...15 lines deleted...]
-        <v>1.3350874628465623</v>
+      <c r="A7" s="658" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="707">
+        <v>20522</v>
+      </c>
+      <c r="C7" s="661">
+        <v>69.096579280771849</v>
+      </c>
+      <c r="D7" s="661">
+        <v>14.228632686872626</v>
+      </c>
+      <c r="E7" s="661">
+        <v>16.674788032355519</v>
+      </c>
+      <c r="F7" s="661">
+        <v>0</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="705"/>
-[...4 lines deleted...]
-      <c r="H8" s="701"/>
+      <c r="B8" s="669"/>
+      <c r="C8" s="661"/>
+      <c r="D8" s="661"/>
+      <c r="E8" s="661"/>
+      <c r="F8" s="661"/>
     </row>
     <row r="9">
-      <c r="A9" s="705"/>
-[...5 lines deleted...]
-      <c r="G9" s="701"/>
+      <c r="A9" s="658"/>
+      <c r="B9" s="688"/>
+      <c r="C9" s="679"/>
+      <c r="D9" s="679"/>
+      <c r="E9" s="679"/>
+      <c r="F9" s="679"/>
     </row>
     <row r="10">
-      <c r="A10" s="705"/>
-[...5 lines deleted...]
-      <c r="H10" s="701"/>
+      <c r="A10" s="689"/>
+      <c r="B10" s="688"/>
+      <c r="C10" s="679"/>
+      <c r="D10" s="679"/>
+      <c r="E10" s="679"/>
+      <c r="F10" s="679"/>
     </row>
     <row r="11">
-      <c r="A11" s="705"/>
-[...4 lines deleted...]
-      <c r="G11" s="701"/>
+      <c r="A11" s="689"/>
+      <c r="B11" s="688"/>
+      <c r="C11" s="679"/>
+      <c r="D11" s="679"/>
+      <c r="E11" s="679"/>
+      <c r="F11" s="679"/>
     </row>
     <row r="12">
-      <c r="A12" s="705"/>
-[...4 lines deleted...]
-      <c r="G12" s="701"/>
+      <c r="A12" s="689"/>
+      <c r="B12" s="688"/>
+      <c r="C12" s="679"/>
+      <c r="D12" s="679"/>
+      <c r="E12" s="679"/>
+      <c r="F12" s="679"/>
     </row>
     <row r="13">
-      <c r="A13" s="672"/>
-[...5 lines deleted...]
-      <c r="G13" s="701"/>
+      <c r="A13" s="689"/>
+      <c r="B13" s="688"/>
+      <c r="C13" s="679"/>
+      <c r="D13" s="679"/>
+      <c r="E13" s="679"/>
+      <c r="F13" s="679"/>
     </row>
     <row r="14">
-      <c r="A14" s="672"/>
-[...5 lines deleted...]
-      <c r="G14" s="701"/>
+      <c r="A14" s="689"/>
+      <c r="B14" s="688"/>
+      <c r="C14" s="679"/>
+      <c r="D14" s="679"/>
+      <c r="E14" s="679"/>
+      <c r="F14" s="679"/>
     </row>
     <row r="15">
-      <c r="A15" s="672"/>
-[...5 lines deleted...]
-      <c r="G15" s="677"/>
+      <c r="A15" s="689"/>
+      <c r="B15" s="679"/>
+      <c r="C15" s="679"/>
+      <c r="D15" s="679"/>
+      <c r="E15" s="679"/>
+      <c r="F15" s="679"/>
     </row>
     <row r="16">
-      <c r="A16" s="672"/>
-[...3 lines deleted...]
-      <c r="G16" s="677"/>
+      <c r="A16" s="689"/>
+      <c r="B16" s="679"/>
+      <c r="C16" s="679"/>
+      <c r="D16" s="679"/>
+      <c r="E16" s="679"/>
+      <c r="F16" s="679"/>
     </row>
     <row r="17">
-      <c r="A17" s="672"/>
-[...3 lines deleted...]
-      <c r="G17" s="677"/>
+      <c r="A17" s="689"/>
+      <c r="B17" s="679"/>
+      <c r="C17" s="679"/>
+      <c r="D17" s="679"/>
+      <c r="E17" s="679"/>
+      <c r="F17" s="679"/>
     </row>
     <row r="18">
-      <c r="A18" s="672"/>
-[...4 lines deleted...]
-      <c r="G18" s="677"/>
+      <c r="A18" s="689"/>
+      <c r="B18" s="679"/>
+      <c r="C18" s="679"/>
+      <c r="D18" s="679"/>
+      <c r="E18" s="679"/>
+      <c r="F18" s="679"/>
     </row>
     <row r="19">
-      <c r="A19" s="672"/>
-[...4 lines deleted...]
-      <c r="G19" s="677"/>
+      <c r="A19" s="689"/>
+      <c r="B19" s="679"/>
+      <c r="C19" s="679"/>
+      <c r="D19" s="679"/>
+      <c r="E19" s="679"/>
+      <c r="F19" s="679"/>
     </row>
     <row r="20">
-      <c r="A20" s="672"/>
-[...4 lines deleted...]
-      <c r="G20" s="677"/>
+      <c r="A20" s="689"/>
+      <c r="B20" s="679"/>
+      <c r="C20" s="679"/>
+      <c r="D20" s="679"/>
+      <c r="E20" s="679"/>
+      <c r="F20" s="679"/>
     </row>
     <row r="21">
-      <c r="A21" s="672"/>
-[...4 lines deleted...]
-      <c r="G21" s="677"/>
+      <c r="A21" s="689"/>
+      <c r="B21" s="679"/>
+      <c r="C21" s="679"/>
+      <c r="D21" s="679"/>
+      <c r="E21" s="679"/>
+      <c r="F21" s="679"/>
     </row>
     <row r="22">
-      <c r="A22" s="672"/>
-[...4 lines deleted...]
-      <c r="G22" s="677"/>
+      <c r="A22" s="689"/>
+      <c r="B22" s="679"/>
+      <c r="C22" s="679"/>
+      <c r="D22" s="679"/>
+      <c r="E22" s="679"/>
+      <c r="F22" s="679"/>
     </row>
     <row r="23">
-      <c r="A23" s="672"/>
-[...4 lines deleted...]
-      <c r="G23" s="677"/>
+      <c r="A23" s="689"/>
+      <c r="B23" s="679"/>
+      <c r="C23" s="679"/>
+      <c r="D23" s="679"/>
+      <c r="E23" s="679"/>
+      <c r="F23" s="679"/>
     </row>
     <row r="24">
-      <c r="A24" s="672"/>
-[...4 lines deleted...]
-      <c r="G24" s="677"/>
+      <c r="A24" s="689"/>
+      <c r="B24" s="679"/>
+      <c r="C24" s="679"/>
+      <c r="D24" s="679"/>
+      <c r="E24" s="679"/>
+      <c r="F24" s="679"/>
     </row>
     <row r="25">
-      <c r="A25" s="672"/>
-[...4 lines deleted...]
-      <c r="G25" s="677"/>
+      <c r="A25" s="658"/>
+      <c r="B25" s="669"/>
+      <c r="C25" s="661"/>
+      <c r="D25" s="661"/>
+      <c r="E25" s="661"/>
+      <c r="F25" s="661"/>
     </row>
     <row r="26">
-      <c r="A26" s="672"/>
-[...4 lines deleted...]
-      <c r="G26" s="677"/>
+      <c r="A26" s="658"/>
+      <c r="B26" s="669"/>
+      <c r="C26" s="661"/>
+      <c r="D26" s="661"/>
+      <c r="E26" s="661"/>
+      <c r="F26" s="661"/>
     </row>
     <row r="27">
-      <c r="A27" s="672"/>
-[...4 lines deleted...]
-      <c r="G27" s="677"/>
+      <c r="A27" s="658"/>
+      <c r="B27" s="669"/>
+      <c r="C27" s="661"/>
+      <c r="D27" s="661"/>
+      <c r="E27" s="661"/>
+      <c r="F27" s="661"/>
     </row>
     <row r="28">
-      <c r="A28" s="672"/>
-[...4 lines deleted...]
-      <c r="G28" s="677"/>
+      <c r="A28" s="658"/>
+      <c r="B28" s="669"/>
+      <c r="C28" s="661"/>
+      <c r="D28" s="661"/>
+      <c r="E28" s="661"/>
+      <c r="F28" s="661"/>
     </row>
     <row r="29">
-      <c r="A29" s="672"/>
-[...4 lines deleted...]
-      <c r="G29" s="677"/>
+      <c r="A29" s="658"/>
+      <c r="B29" s="669"/>
+      <c r="C29" s="661"/>
+      <c r="D29" s="661"/>
+      <c r="E29" s="661"/>
+      <c r="F29" s="661"/>
     </row>
     <row r="30">
-      <c r="A30" s="672"/>
-[...4 lines deleted...]
-      <c r="G30" s="677"/>
+      <c r="A30" s="658"/>
+      <c r="B30" s="669"/>
+      <c r="C30" s="661"/>
+      <c r="D30" s="661"/>
+      <c r="E30" s="661"/>
+      <c r="F30" s="661"/>
     </row>
     <row r="31">
-      <c r="A31" s="672"/>
-[...4 lines deleted...]
-      <c r="G31" s="677"/>
+      <c r="A31" s="658"/>
+      <c r="B31" s="669"/>
+      <c r="C31" s="661"/>
+      <c r="D31" s="661"/>
+      <c r="E31" s="661"/>
+      <c r="F31" s="661"/>
     </row>
     <row r="32">
-      <c r="A32" s="672"/>
-[...4 lines deleted...]
-      <c r="G32" s="677"/>
+      <c r="A32" s="658"/>
+      <c r="B32" s="669"/>
+      <c r="C32" s="661"/>
+      <c r="D32" s="661"/>
+      <c r="E32" s="661"/>
+      <c r="F32" s="661"/>
     </row>
     <row r="33">
-      <c r="A33" s="672"/>
-[...4 lines deleted...]
-      <c r="G33" s="677"/>
+      <c r="A33" s="658"/>
+      <c r="B33" s="669"/>
+      <c r="C33" s="661"/>
+      <c r="D33" s="661"/>
+      <c r="E33" s="661"/>
+      <c r="F33" s="661"/>
     </row>
     <row r="34">
-      <c r="A34" s="672"/>
-[...4 lines deleted...]
-      <c r="G34" s="677"/>
+      <c r="A34" s="658"/>
+      <c r="B34" s="669"/>
+      <c r="C34" s="661"/>
+      <c r="D34" s="661"/>
+      <c r="E34" s="661"/>
+      <c r="F34" s="661"/>
     </row>
     <row r="35">
-      <c r="A35" s="672"/>
-[...4 lines deleted...]
-      <c r="G35" s="677"/>
+      <c r="A35" s="658"/>
+      <c r="B35" s="669"/>
+      <c r="C35" s="661"/>
+      <c r="D35" s="661"/>
+      <c r="E35" s="661"/>
+      <c r="F35" s="661"/>
     </row>
     <row r="36">
-      <c r="A36" s="672"/>
-[...4 lines deleted...]
-      <c r="G36" s="677"/>
+      <c r="A36" s="658"/>
+      <c r="B36" s="669"/>
+      <c r="C36" s="661"/>
+      <c r="D36" s="661"/>
+      <c r="E36" s="661"/>
+      <c r="F36" s="661"/>
     </row>
     <row r="37">
-      <c r="A37" s="672"/>
-[...4 lines deleted...]
-      <c r="G37" s="677"/>
+      <c r="A37" s="658"/>
+      <c r="B37" s="669"/>
+      <c r="C37" s="661"/>
+      <c r="D37" s="661"/>
+      <c r="E37" s="661"/>
+      <c r="F37" s="661"/>
     </row>
     <row r="38">
-      <c r="A38" s="672"/>
-[...4 lines deleted...]
-      <c r="G38" s="677"/>
+      <c r="A38" s="658"/>
+      <c r="B38" s="669"/>
+      <c r="C38" s="661"/>
+      <c r="D38" s="661"/>
+      <c r="E38" s="661"/>
+      <c r="F38" s="661"/>
     </row>
     <row r="39">
-      <c r="A39" s="672"/>
-[...4 lines deleted...]
-      <c r="G39" s="677"/>
+      <c r="A39" s="658"/>
+      <c r="B39" s="669"/>
+      <c r="C39" s="661"/>
+      <c r="D39" s="661"/>
+      <c r="E39" s="661"/>
+      <c r="F39" s="661"/>
     </row>
     <row r="40">
-      <c r="A40" s="672"/>
-[...4 lines deleted...]
-      <c r="G40" s="677"/>
+      <c r="A40" s="658"/>
+      <c r="B40" s="669"/>
+      <c r="C40" s="661"/>
+      <c r="D40" s="661"/>
+      <c r="E40" s="661"/>
+      <c r="F40" s="661"/>
     </row>
     <row r="41">
-      <c r="A41" s="672"/>
-[...4 lines deleted...]
-      <c r="G41" s="677"/>
+      <c r="A41" s="658"/>
+      <c r="B41" s="669"/>
+      <c r="C41" s="661"/>
+      <c r="D41" s="661"/>
+      <c r="E41" s="661"/>
+      <c r="F41" s="661"/>
     </row>
     <row r="42">
-      <c r="A42" s="672"/>
-[...4 lines deleted...]
-      <c r="G42" s="677"/>
+      <c r="A42" s="658"/>
+      <c r="B42" s="669"/>
+      <c r="C42" s="661"/>
+      <c r="D42" s="661"/>
+      <c r="E42" s="661"/>
+      <c r="F42" s="661"/>
     </row>
     <row r="43">
-      <c r="A43" s="672"/>
-[...4 lines deleted...]
-      <c r="G43" s="677"/>
+      <c r="A43" s="658"/>
+      <c r="B43" s="669"/>
+      <c r="C43" s="661"/>
+      <c r="D43" s="661"/>
+      <c r="E43" s="661"/>
+      <c r="F43" s="661"/>
     </row>
     <row r="44">
-      <c r="A44" s="672"/>
-[...4 lines deleted...]
-      <c r="G44" s="677"/>
+      <c r="A44" s="658"/>
+      <c r="B44" s="669"/>
+      <c r="C44" s="661"/>
+      <c r="D44" s="661"/>
+      <c r="E44" s="661"/>
+      <c r="F44" s="661"/>
     </row>
     <row r="45">
-      <c r="A45" s="672"/>
-[...4 lines deleted...]
-      <c r="G45" s="677"/>
+      <c r="A45" s="658"/>
+      <c r="B45" s="669"/>
+      <c r="C45" s="661"/>
+      <c r="D45" s="661"/>
+      <c r="E45" s="661"/>
+      <c r="F45" s="661"/>
     </row>
     <row r="46">
-      <c r="A46" s="672"/>
-[...4 lines deleted...]
-      <c r="G46" s="677"/>
+      <c r="A46" s="658"/>
+      <c r="B46" s="669"/>
+      <c r="C46" s="661"/>
+      <c r="D46" s="661"/>
+      <c r="E46" s="661"/>
+      <c r="F46" s="661"/>
     </row>
     <row r="47">
-      <c r="A47" s="672"/>
-[...4 lines deleted...]
-      <c r="G47" s="677"/>
+      <c r="A47" s="658"/>
+      <c r="B47" s="669"/>
+      <c r="C47" s="661"/>
+      <c r="D47" s="661"/>
+      <c r="E47" s="661"/>
+      <c r="F47" s="661"/>
     </row>
     <row r="48">
-      <c r="A48" s="672"/>
-[...4 lines deleted...]
-      <c r="G48" s="677"/>
+      <c r="A48" s="658"/>
+      <c r="B48" s="669"/>
+      <c r="C48" s="661"/>
+      <c r="D48" s="661"/>
+      <c r="E48" s="661"/>
+      <c r="F48" s="661"/>
     </row>
     <row r="49">
-      <c r="A49" s="672"/>
-[...4 lines deleted...]
-      <c r="G49" s="677"/>
+      <c r="A49" s="658"/>
+      <c r="B49" s="669"/>
+      <c r="C49" s="661"/>
+      <c r="D49" s="661"/>
+      <c r="E49" s="661"/>
+      <c r="F49" s="661"/>
     </row>
     <row r="50">
-      <c r="A50" s="672"/>
-[...4 lines deleted...]
-      <c r="G50" s="677"/>
+      <c r="A50" s="658"/>
+      <c r="B50" s="669"/>
+      <c r="C50" s="661"/>
+      <c r="D50" s="661"/>
+      <c r="E50" s="661"/>
+      <c r="F50" s="661"/>
     </row>
     <row r="51">
-      <c r="A51" s="672"/>
-[...4 lines deleted...]
-      <c r="G51" s="677"/>
+      <c r="A51" s="658"/>
+      <c r="B51" s="669"/>
+      <c r="C51" s="661"/>
+      <c r="D51" s="661"/>
+      <c r="E51" s="661"/>
+      <c r="F51" s="661"/>
     </row>
     <row r="52">
-      <c r="A52" s="672"/>
-[...4 lines deleted...]
-      <c r="G52" s="677"/>
+      <c r="A52" s="658"/>
+      <c r="B52" s="669"/>
+      <c r="C52" s="661"/>
+      <c r="D52" s="661"/>
+      <c r="E52" s="661"/>
+      <c r="F52" s="661"/>
     </row>
     <row r="53">
-      <c r="A53" s="672"/>
-[...4 lines deleted...]
-      <c r="G53" s="677"/>
+      <c r="A53" s="658"/>
+      <c r="B53" s="669"/>
+      <c r="C53" s="661"/>
+      <c r="D53" s="661"/>
+      <c r="E53" s="661"/>
+      <c r="F53" s="661"/>
     </row>
     <row r="54">
-      <c r="A54" s="672"/>
-[...4 lines deleted...]
-      <c r="G54" s="677"/>
+      <c r="A54" s="658"/>
+      <c r="B54" s="669"/>
+      <c r="C54" s="661"/>
+      <c r="D54" s="661"/>
+      <c r="E54" s="661"/>
+      <c r="F54" s="661"/>
     </row>
     <row r="55">
-      <c r="A55" s="672"/>
-[...4 lines deleted...]
-      <c r="G55" s="677"/>
+      <c r="A55" s="658"/>
+      <c r="B55" s="669"/>
+      <c r="C55" s="661"/>
+      <c r="D55" s="661"/>
+      <c r="E55" s="661"/>
+      <c r="F55" s="661"/>
     </row>
     <row r="56">
-      <c r="A56" s="672"/>
-[...4 lines deleted...]
-      <c r="G56" s="677"/>
+      <c r="A56" s="658"/>
+      <c r="B56" s="669"/>
+      <c r="C56" s="661"/>
+      <c r="D56" s="661"/>
+      <c r="E56" s="661"/>
+      <c r="F56" s="661"/>
     </row>
     <row r="57">
-      <c r="A57" s="672"/>
-[...4 lines deleted...]
-      <c r="G57" s="677"/>
+      <c r="A57" s="658"/>
+      <c r="B57" s="669"/>
+      <c r="C57" s="661"/>
+      <c r="D57" s="661"/>
+      <c r="E57" s="661"/>
+      <c r="F57" s="661"/>
     </row>
     <row r="58">
-      <c r="A58" s="672"/>
-[...4 lines deleted...]
-      <c r="G58" s="677"/>
+      <c r="A58" s="658"/>
+      <c r="B58" s="669"/>
+      <c r="C58" s="661"/>
+      <c r="D58" s="661"/>
+      <c r="E58" s="661"/>
+      <c r="F58" s="661"/>
     </row>
     <row r="59">
-      <c r="A59" s="672"/>
-[...4 lines deleted...]
-      <c r="G59" s="677"/>
+      <c r="A59" s="658"/>
+      <c r="B59" s="669"/>
+      <c r="C59" s="661"/>
+      <c r="D59" s="661"/>
+      <c r="E59" s="661"/>
+      <c r="F59" s="661"/>
     </row>
     <row r="60">
-      <c r="A60" s="672"/>
-[...4 lines deleted...]
-      <c r="G60" s="677"/>
+      <c r="A60" s="658"/>
+      <c r="B60" s="669"/>
+      <c r="C60" s="661"/>
+      <c r="D60" s="661"/>
+      <c r="E60" s="661"/>
+      <c r="F60" s="661"/>
     </row>
     <row r="61">
-      <c r="A61" s="672"/>
-[...4 lines deleted...]
-      <c r="G61" s="677"/>
+      <c r="A61" s="658"/>
+      <c r="B61" s="669"/>
+      <c r="C61" s="661"/>
+      <c r="D61" s="661"/>
+      <c r="E61" s="661"/>
+      <c r="F61" s="661"/>
     </row>
     <row r="62">
-      <c r="A62" s="672"/>
-[...4 lines deleted...]
-      <c r="G62" s="677"/>
+      <c r="A62" s="658"/>
+      <c r="B62" s="669"/>
+      <c r="C62" s="661"/>
+      <c r="D62" s="661"/>
+      <c r="E62" s="661"/>
+      <c r="F62" s="661"/>
     </row>
     <row r="63">
-      <c r="A63" s="672"/>
-[...4 lines deleted...]
-      <c r="G63" s="677"/>
+      <c r="A63" s="658"/>
+      <c r="B63" s="669"/>
+      <c r="C63" s="661"/>
+      <c r="D63" s="661"/>
+      <c r="E63" s="661"/>
+      <c r="F63" s="661"/>
     </row>
     <row r="64">
-      <c r="A64" s="672"/>
-[...4 lines deleted...]
-      <c r="G64" s="677"/>
+      <c r="A64" s="658"/>
+      <c r="B64" s="669"/>
+      <c r="C64" s="661"/>
+      <c r="D64" s="661"/>
+      <c r="E64" s="661"/>
+      <c r="F64" s="661"/>
     </row>
     <row r="65">
-      <c r="A65" s="672"/>
-[...4 lines deleted...]
-      <c r="G65" s="677"/>
+      <c r="A65" s="658"/>
+      <c r="B65" s="669"/>
+      <c r="C65" s="661"/>
+      <c r="D65" s="661"/>
+      <c r="E65" s="661"/>
+      <c r="F65" s="661"/>
     </row>
     <row r="66">
-      <c r="A66" s="672"/>
-[...4 lines deleted...]
-      <c r="G66" s="677"/>
+      <c r="A66" s="658"/>
+      <c r="B66" s="669"/>
+      <c r="C66" s="661"/>
+      <c r="D66" s="661"/>
+      <c r="E66" s="661"/>
+      <c r="F66" s="661"/>
     </row>
     <row r="67">
-      <c r="A67" s="672"/>
-[...4 lines deleted...]
-      <c r="G67" s="677"/>
+      <c r="A67" s="658"/>
+      <c r="B67" s="669"/>
+      <c r="C67" s="661"/>
+      <c r="D67" s="661"/>
+      <c r="E67" s="661"/>
+      <c r="F67" s="661"/>
     </row>
     <row r="68">
-      <c r="A68" s="672"/>
-[...4 lines deleted...]
-      <c r="G68" s="677"/>
+      <c r="A68" s="658"/>
+      <c r="B68" s="669"/>
+      <c r="C68" s="661"/>
+      <c r="D68" s="661"/>
+      <c r="E68" s="661"/>
+      <c r="F68" s="661"/>
     </row>
     <row r="69">
-      <c r="A69" s="672"/>
-[...4 lines deleted...]
-      <c r="G69" s="677"/>
+      <c r="A69" s="658"/>
+      <c r="B69" s="669"/>
+      <c r="C69" s="661"/>
+      <c r="D69" s="661"/>
+      <c r="E69" s="661"/>
+      <c r="F69" s="661"/>
     </row>
     <row r="70">
-      <c r="A70" s="672"/>
-[...4 lines deleted...]
-      <c r="G70" s="677"/>
+      <c r="A70" s="658"/>
+      <c r="B70" s="669"/>
+      <c r="C70" s="661"/>
+      <c r="D70" s="661"/>
+      <c r="E70" s="661"/>
+      <c r="F70" s="661"/>
     </row>
     <row r="71">
-      <c r="A71" s="672"/>
-[...4 lines deleted...]
-      <c r="G71" s="677"/>
+      <c r="A71" s="658"/>
+      <c r="B71" s="669"/>
+      <c r="C71" s="661"/>
+      <c r="D71" s="661"/>
+      <c r="E71" s="661"/>
+      <c r="F71" s="661"/>
     </row>
     <row r="72">
-      <c r="A72" s="672"/>
-[...4 lines deleted...]
-      <c r="G72" s="677"/>
+      <c r="A72" s="658"/>
+      <c r="B72" s="669"/>
+      <c r="C72" s="661"/>
+      <c r="D72" s="661"/>
+      <c r="E72" s="661"/>
+      <c r="F72" s="661"/>
     </row>
     <row r="73">
-      <c r="A73" s="672"/>
-[...4 lines deleted...]
-      <c r="G73" s="677"/>
+      <c r="A73" s="658"/>
+      <c r="B73" s="669"/>
+      <c r="C73" s="661"/>
+      <c r="D73" s="661"/>
+      <c r="E73" s="661"/>
+      <c r="F73" s="661"/>
     </row>
     <row r="74">
-      <c r="A74" s="672"/>
-[...4 lines deleted...]
-      <c r="G74" s="677"/>
+      <c r="A74" s="658"/>
+      <c r="B74" s="669"/>
+      <c r="C74" s="661"/>
+      <c r="D74" s="661"/>
+      <c r="E74" s="661"/>
+      <c r="F74" s="661"/>
     </row>
     <row r="75">
-      <c r="A75" s="672"/>
-[...4 lines deleted...]
-      <c r="G75" s="677"/>
+      <c r="A75" s="658"/>
+      <c r="B75" s="669"/>
+      <c r="C75" s="661"/>
+      <c r="D75" s="661"/>
+      <c r="E75" s="661"/>
+      <c r="F75" s="661"/>
     </row>
     <row r="76">
-      <c r="A76" s="672"/>
-[...4 lines deleted...]
-      <c r="G76" s="677"/>
+      <c r="A76" s="658"/>
+      <c r="B76" s="669"/>
+      <c r="C76" s="661"/>
+      <c r="D76" s="661"/>
+      <c r="E76" s="661"/>
+      <c r="F76" s="661"/>
     </row>
     <row r="77">
-      <c r="A77" s="672"/>
-[...4 lines deleted...]
-      <c r="G77" s="677"/>
+      <c r="A77" s="658"/>
+      <c r="B77" s="669"/>
+      <c r="C77" s="661"/>
+      <c r="D77" s="661"/>
+      <c r="E77" s="661"/>
+      <c r="F77" s="661"/>
     </row>
     <row r="78">
-      <c r="A78" s="672"/>
-[...4 lines deleted...]
-      <c r="G78" s="677"/>
+      <c r="A78" s="658"/>
+      <c r="B78" s="669"/>
+      <c r="C78" s="661"/>
+      <c r="D78" s="661"/>
+      <c r="E78" s="661"/>
+      <c r="F78" s="661"/>
     </row>
     <row r="79">
-      <c r="A79" s="672"/>
-[...4 lines deleted...]
-      <c r="G79" s="677"/>
+      <c r="A79" s="658"/>
+      <c r="B79" s="669"/>
+      <c r="C79" s="661"/>
+      <c r="D79" s="661"/>
+      <c r="E79" s="661"/>
+      <c r="F79" s="661"/>
     </row>
     <row r="80">
-      <c r="A80" s="672"/>
-[...4 lines deleted...]
-      <c r="G80" s="677"/>
+      <c r="A80" s="658"/>
+      <c r="B80" s="669"/>
+      <c r="C80" s="661"/>
+      <c r="D80" s="661"/>
+      <c r="E80" s="661"/>
+      <c r="F80" s="661"/>
     </row>
     <row r="81">
-      <c r="A81" s="672"/>
-[...4 lines deleted...]
-      <c r="G81" s="677"/>
+      <c r="A81" s="658"/>
+      <c r="B81" s="669"/>
+      <c r="C81" s="661"/>
+      <c r="D81" s="661"/>
+      <c r="E81" s="661"/>
+      <c r="F81" s="661"/>
     </row>
     <row r="82">
-      <c r="A82" s="672"/>
-[...4 lines deleted...]
-      <c r="G82" s="677"/>
+      <c r="A82" s="658"/>
+      <c r="B82" s="669"/>
+      <c r="C82" s="661"/>
+      <c r="D82" s="661"/>
+      <c r="E82" s="661"/>
+      <c r="F82" s="661"/>
     </row>
     <row r="83">
-      <c r="A83" s="672"/>
-[...4 lines deleted...]
-      <c r="G83" s="677"/>
+      <c r="A83" s="658"/>
+      <c r="B83" s="669"/>
+      <c r="C83" s="661"/>
+      <c r="D83" s="661"/>
+      <c r="E83" s="661"/>
+      <c r="F83" s="661"/>
     </row>
     <row r="84">
-      <c r="A84" s="672"/>
-[...4 lines deleted...]
-      <c r="G84" s="677"/>
+      <c r="A84" s="658"/>
+      <c r="B84" s="669"/>
+      <c r="C84" s="661"/>
+      <c r="D84" s="661"/>
+      <c r="E84" s="661"/>
+      <c r="F84" s="661"/>
     </row>
     <row r="85">
-      <c r="A85" s="672"/>
-[...4 lines deleted...]
-      <c r="G85" s="677"/>
+      <c r="A85" s="658"/>
+      <c r="B85" s="669"/>
+      <c r="C85" s="661"/>
+      <c r="D85" s="661"/>
+      <c r="E85" s="661"/>
+      <c r="F85" s="661"/>
     </row>
     <row r="86">
-      <c r="A86" s="672"/>
-[...4 lines deleted...]
-      <c r="G86" s="677"/>
+      <c r="A86" s="658"/>
+      <c r="B86" s="669"/>
+      <c r="C86" s="661"/>
+      <c r="D86" s="661"/>
+      <c r="E86" s="661"/>
+      <c r="F86" s="661"/>
     </row>
     <row r="87">
-      <c r="A87" s="672"/>
-[...4 lines deleted...]
-      <c r="G87" s="677"/>
+      <c r="A87" s="658"/>
+      <c r="B87" s="669"/>
+      <c r="C87" s="661"/>
+      <c r="D87" s="661"/>
+      <c r="E87" s="661"/>
+      <c r="F87" s="661"/>
     </row>
     <row r="88">
-      <c r="A88" s="672"/>
-[...4 lines deleted...]
-      <c r="G88" s="677"/>
+      <c r="A88" s="658"/>
+      <c r="B88" s="669"/>
+      <c r="C88" s="661"/>
+      <c r="D88" s="661"/>
+      <c r="E88" s="661"/>
+      <c r="F88" s="661"/>
     </row>
     <row r="89">
-      <c r="A89" s="672"/>
-[...4 lines deleted...]
-      <c r="G89" s="677"/>
+      <c r="A89" s="658"/>
+      <c r="B89" s="669"/>
+      <c r="C89" s="661"/>
+      <c r="D89" s="661"/>
+      <c r="E89" s="661"/>
+      <c r="F89" s="661"/>
     </row>
     <row r="90">
-      <c r="A90" s="672"/>
-[...4 lines deleted...]
-      <c r="G90" s="677"/>
+      <c r="A90" s="658"/>
+      <c r="B90" s="669"/>
+      <c r="C90" s="661"/>
+      <c r="D90" s="661"/>
+      <c r="E90" s="661"/>
+      <c r="F90" s="661"/>
     </row>
     <row r="91">
-      <c r="A91" s="672"/>
-[...4 lines deleted...]
-      <c r="G91" s="677"/>
+      <c r="A91" s="658"/>
+      <c r="B91" s="669"/>
+      <c r="C91" s="661"/>
+      <c r="D91" s="661"/>
+      <c r="E91" s="661"/>
+      <c r="F91" s="661"/>
     </row>
     <row r="92">
-      <c r="A92" s="672"/>
-[...4 lines deleted...]
-      <c r="G92" s="677"/>
+      <c r="A92" s="658"/>
+      <c r="B92" s="669"/>
+      <c r="C92" s="661"/>
+      <c r="D92" s="661"/>
+      <c r="E92" s="661"/>
+      <c r="F92" s="661"/>
     </row>
     <row r="93">
-      <c r="A93" s="672"/>
-[...4 lines deleted...]
-      <c r="G93" s="677"/>
+      <c r="A93" s="658"/>
+      <c r="B93" s="669"/>
+      <c r="C93" s="661"/>
+      <c r="D93" s="661"/>
+      <c r="E93" s="661"/>
+      <c r="F93" s="661"/>
     </row>
     <row r="94">
-      <c r="A94" s="672"/>
-[...4 lines deleted...]
-      <c r="G94" s="677"/>
+      <c r="A94" s="658"/>
+      <c r="B94" s="669"/>
+      <c r="C94" s="661"/>
+      <c r="D94" s="661"/>
+      <c r="E94" s="661"/>
+      <c r="F94" s="661"/>
     </row>
     <row r="95">
-      <c r="A95" s="672"/>
-[...4 lines deleted...]
-      <c r="G95" s="677"/>
+      <c r="A95" s="658"/>
+      <c r="B95" s="669"/>
+      <c r="C95" s="661"/>
+      <c r="D95" s="661"/>
+      <c r="E95" s="661"/>
+      <c r="F95" s="661"/>
     </row>
     <row r="96">
-      <c r="A96" s="672"/>
-[...4 lines deleted...]
-      <c r="G96" s="677"/>
+      <c r="A96" s="658"/>
+      <c r="B96" s="669"/>
+      <c r="C96" s="661"/>
+      <c r="D96" s="661"/>
+      <c r="E96" s="661"/>
+      <c r="F96" s="661"/>
     </row>
     <row r="97">
-      <c r="A97" s="672"/>
-[...4 lines deleted...]
-      <c r="G97" s="677"/>
+      <c r="A97" s="658"/>
+      <c r="B97" s="669"/>
+      <c r="C97" s="661"/>
+      <c r="D97" s="661"/>
+      <c r="E97" s="661"/>
+      <c r="F97" s="661"/>
     </row>
     <row r="98">
-      <c r="A98" s="672"/>
-[...4 lines deleted...]
-      <c r="G98" s="677"/>
+      <c r="A98" s="658"/>
+      <c r="B98" s="669"/>
+      <c r="C98" s="661"/>
+      <c r="D98" s="661"/>
+      <c r="E98" s="661"/>
+      <c r="F98" s="661"/>
     </row>
     <row r="99">
-      <c r="A99" s="672"/>
-[...1047 lines deleted...]
-      <c r="H99" s="640"/>
+      <c r="A99" s="658"/>
+      <c r="B99" s="669"/>
+      <c r="C99" s="661"/>
+      <c r="D99" s="661"/>
+      <c r="E99" s="661"/>
+      <c r="F99" s="661"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="658"/>
+      <c r="B100" s="669"/>
+      <c r="C100" s="661"/>
+      <c r="D100" s="661"/>
+      <c r="E100" s="661"/>
+      <c r="F100" s="661"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="658"/>
+      <c r="B101" s="669"/>
+      <c r="C101" s="661"/>
+      <c r="D101" s="661"/>
+      <c r="E101" s="661"/>
+      <c r="F101" s="661"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="658"/>
+      <c r="B102" s="669"/>
+      <c r="C102" s="661"/>
+      <c r="D102" s="661"/>
+      <c r="E102" s="661"/>
+      <c r="F102" s="661"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
-  <headerFooter/>
-[...2092 lines deleted...]
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
-  <dimension ref="A1:F99"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
+  <sheetPr codeName="Sheet18"/>
+  <dimension ref="A1:D99"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E9" sqref="E9"/>
+      <selection activeCell="B9" sqref="B9:D9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="31.1796875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" bestFit="1" width="10.81640625" customWidth="1"/>
+    <col min="1" max="1" width="44.140625" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="22.5703125" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="28.140625" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="34.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="58" s="634" customFormat="1">
-      <c r="A1" s="654" t="s">
+    <row r="1">
+      <c r="A1" s="721" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="641" t="s">
+      <c r="B1" s="721" t="s">
+        <v>97</v>
+      </c>
+      <c r="C1" s="716" t="s">
+        <v>101</v>
+      </c>
+      <c r="D1" s="716" t="s">
         <v>102</v>
       </c>
-      <c r="D1" s="655" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
-      <c r="A2" s="779" t="s">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="740">
+        <v>20148</v>
+      </c>
+      <c r="C2" s="741">
+        <v>12.636489974190987</v>
+      </c>
+      <c r="D2" s="741">
+        <v>46.178280722652367</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="663" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="776" t="s">
+      <c r="B3" s="670">
+        <v>38855</v>
+      </c>
+      <c r="C3" s="706">
+        <v>9.800540470981856</v>
+      </c>
+      <c r="D3" s="706">
+        <v>53.172049929224045</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="663" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="769">
-[...13 lines deleted...]
-      <c r="A3" s="678" t="s">
+      <c r="B4" s="708">
+        <v>38973</v>
+      </c>
+      <c r="C4" s="634">
+        <v>11.602904574962153</v>
+      </c>
+      <c r="D4" s="634">
+        <v>47.676596618171558</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="658" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="647" t="s">
-[...16 lines deleted...]
-      <c r="A4" s="678" t="s">
+      <c r="B5" s="708">
+        <v>33140</v>
+      </c>
+      <c r="C5" s="634">
+        <v>20.917320458660228</v>
+      </c>
+      <c r="D5" s="634">
+        <v>35.627640313820159</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="658" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="647" t="s">
-[...16 lines deleted...]
-      <c r="A5" s="672" t="s">
+      <c r="B6" s="708">
+        <v>17626</v>
+      </c>
+      <c r="C6" s="634">
+        <v>13.168047202995576</v>
+      </c>
+      <c r="D6" s="634">
+        <v>42.91955066379213</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="658" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="647" t="s">
-[...52 lines deleted...]
-        <v>13.927831574890398</v>
+      <c r="B7" s="708">
+        <v>20525</v>
+      </c>
+      <c r="C7" s="634">
+        <v>14.699147381242387</v>
+      </c>
+      <c r="D7" s="634">
+        <v>44.170523751522531</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="634"/>
-[...2 lines deleted...]
-      <c r="F8" s="675"/>
+      <c r="A8" s="658"/>
+      <c r="B8" s="708"/>
+      <c r="C8" s="709"/>
+      <c r="D8" s="709"/>
     </row>
     <row r="9">
-      <c r="A9" s="634"/>
-[...3 lines deleted...]
-      <c r="F9" s="639"/>
+      <c r="A9" s="658"/>
+      <c r="B9" s="670"/>
+      <c r="C9" s="706"/>
+      <c r="D9" s="706"/>
     </row>
     <row r="10">
-      <c r="A10" s="634"/>
-[...4 lines deleted...]
-      <c r="F10" s="640"/>
+      <c r="A10" s="658"/>
+      <c r="B10" s="688"/>
+      <c r="C10" s="679"/>
+      <c r="D10" s="679"/>
     </row>
     <row r="11">
-      <c r="A11" s="634"/>
-[...3 lines deleted...]
-      <c r="F11" s="639"/>
+      <c r="A11" s="658"/>
+      <c r="B11" s="688"/>
+      <c r="C11" s="679"/>
+      <c r="D11" s="679"/>
     </row>
     <row r="12">
-      <c r="A12" s="634"/>
-      <c r="C12" s="712"/>
+      <c r="A12" s="658"/>
+      <c r="B12" s="688"/>
+      <c r="C12" s="679"/>
+      <c r="D12" s="679"/>
     </row>
     <row r="13">
-      <c r="A13" s="634"/>
-      <c r="C13" s="712"/>
+      <c r="A13" s="658"/>
+      <c r="B13" s="688"/>
+      <c r="C13" s="679"/>
     </row>
     <row r="14">
-      <c r="A14" s="634"/>
-      <c r="C14" s="712"/>
+      <c r="A14" s="658"/>
+      <c r="B14" s="688"/>
+      <c r="C14" s="679"/>
     </row>
     <row r="15">
-      <c r="A15" s="634"/>
-[...3 lines deleted...]
-      <c r="F15" s="639"/>
+      <c r="A15" s="658"/>
+      <c r="B15" s="688"/>
+      <c r="C15" s="679"/>
     </row>
     <row r="16">
-      <c r="A16" s="634"/>
-[...3 lines deleted...]
-      <c r="F16" s="639"/>
+      <c r="A16" s="658"/>
+      <c r="B16" s="635"/>
+      <c r="C16" s="639"/>
+      <c r="D16" s="639"/>
     </row>
     <row r="17">
-      <c r="A17" s="634"/>
-[...3 lines deleted...]
-      <c r="F17" s="639"/>
+      <c r="A17" s="658"/>
+      <c r="B17" s="635"/>
+      <c r="C17" s="639"/>
+      <c r="D17" s="639"/>
     </row>
     <row r="18">
-      <c r="A18" s="634"/>
-[...3 lines deleted...]
-      <c r="F18" s="639"/>
+      <c r="A18" s="658"/>
+      <c r="B18" s="635"/>
+      <c r="C18" s="639"/>
+      <c r="D18" s="639"/>
     </row>
     <row r="19">
-      <c r="A19" s="634"/>
-[...3 lines deleted...]
-      <c r="F19" s="639"/>
+      <c r="A19" s="658"/>
+      <c r="B19" s="635"/>
+      <c r="C19" s="639"/>
+      <c r="D19" s="639"/>
     </row>
     <row r="20">
-      <c r="A20" s="634"/>
-[...3 lines deleted...]
-      <c r="F20" s="639"/>
+      <c r="A20" s="658"/>
+      <c r="B20" s="635"/>
+      <c r="C20" s="639"/>
+      <c r="D20" s="639"/>
     </row>
     <row r="21">
-      <c r="A21" s="634"/>
-[...3 lines deleted...]
-      <c r="F21" s="639"/>
+      <c r="A21" s="658"/>
+      <c r="B21" s="635"/>
+      <c r="C21" s="639"/>
+      <c r="D21" s="639"/>
     </row>
     <row r="22">
-      <c r="A22" s="634"/>
-[...3 lines deleted...]
-      <c r="F22" s="639"/>
+      <c r="A22" s="658"/>
+      <c r="B22" s="635"/>
+      <c r="C22" s="639"/>
+      <c r="D22" s="639"/>
     </row>
     <row r="23">
-      <c r="A23" s="634"/>
-[...3 lines deleted...]
-      <c r="F23" s="639"/>
+      <c r="A23" s="658"/>
+      <c r="B23" s="635"/>
+      <c r="C23" s="639"/>
+      <c r="D23" s="639"/>
     </row>
     <row r="24">
-      <c r="A24" s="634"/>
-[...3 lines deleted...]
-      <c r="F24" s="639"/>
+      <c r="A24" s="658"/>
+      <c r="B24" s="635"/>
+      <c r="C24" s="639"/>
+      <c r="D24" s="639"/>
     </row>
     <row r="25">
-      <c r="A25" s="634"/>
-[...3 lines deleted...]
-      <c r="F25" s="639"/>
+      <c r="A25" s="658"/>
+      <c r="B25" s="635"/>
+      <c r="C25" s="639"/>
+      <c r="D25" s="639"/>
     </row>
     <row r="26">
-      <c r="A26" s="634"/>
-[...3 lines deleted...]
-      <c r="F26" s="639"/>
+      <c r="A26" s="658"/>
+      <c r="B26" s="635"/>
+      <c r="C26" s="639"/>
+      <c r="D26" s="639"/>
     </row>
     <row r="27">
-      <c r="A27" s="634"/>
-[...3 lines deleted...]
-      <c r="F27" s="639"/>
+      <c r="A27" s="658"/>
+      <c r="B27" s="635"/>
+      <c r="C27" s="639"/>
+      <c r="D27" s="639"/>
     </row>
     <row r="28">
-      <c r="A28" s="634"/>
-[...3 lines deleted...]
-      <c r="F28" s="639"/>
+      <c r="A28" s="658"/>
+      <c r="B28" s="635"/>
+      <c r="C28" s="639"/>
+      <c r="D28" s="639"/>
     </row>
     <row r="29">
-      <c r="A29" s="634"/>
-[...3 lines deleted...]
-      <c r="F29" s="639"/>
+      <c r="A29" s="658"/>
+      <c r="B29" s="635"/>
+      <c r="C29" s="639"/>
+      <c r="D29" s="639"/>
     </row>
     <row r="30">
-      <c r="A30" s="634"/>
-[...3 lines deleted...]
-      <c r="F30" s="639"/>
+      <c r="A30" s="658"/>
+      <c r="B30" s="635"/>
+      <c r="C30" s="639"/>
+      <c r="D30" s="639"/>
     </row>
     <row r="31">
-      <c r="A31" s="634"/>
-[...3 lines deleted...]
-      <c r="F31" s="639"/>
+      <c r="A31" s="658"/>
+      <c r="B31" s="635"/>
+      <c r="C31" s="639"/>
+      <c r="D31" s="639"/>
     </row>
     <row r="32">
-      <c r="A32" s="634"/>
-[...3 lines deleted...]
-      <c r="F32" s="639"/>
+      <c r="A32" s="658"/>
+      <c r="B32" s="635"/>
+      <c r="C32" s="639"/>
+      <c r="D32" s="639"/>
     </row>
     <row r="33">
-      <c r="A33" s="634"/>
-[...3 lines deleted...]
-      <c r="F33" s="639"/>
+      <c r="A33" s="658"/>
+      <c r="B33" s="635"/>
+      <c r="C33" s="639"/>
+      <c r="D33" s="639"/>
     </row>
     <row r="34">
-      <c r="A34" s="634"/>
-[...3 lines deleted...]
-      <c r="F34" s="639"/>
+      <c r="A34" s="658"/>
+      <c r="B34" s="635"/>
+      <c r="C34" s="639"/>
+      <c r="D34" s="639"/>
     </row>
     <row r="35">
-      <c r="A35" s="634"/>
-[...3 lines deleted...]
-      <c r="F35" s="639"/>
+      <c r="A35" s="658"/>
+      <c r="B35" s="635"/>
+      <c r="C35" s="639"/>
+      <c r="D35" s="639"/>
     </row>
     <row r="36">
-      <c r="A36" s="634"/>
-[...3 lines deleted...]
-      <c r="F36" s="639"/>
+      <c r="A36" s="658"/>
+      <c r="B36" s="635"/>
+      <c r="C36" s="639"/>
+      <c r="D36" s="639"/>
     </row>
     <row r="37">
-      <c r="A37" s="634"/>
-[...3 lines deleted...]
-      <c r="F37" s="639"/>
+      <c r="A37" s="658"/>
+      <c r="B37" s="635"/>
+      <c r="C37" s="639"/>
+      <c r="D37" s="639"/>
     </row>
     <row r="38">
-      <c r="A38" s="634"/>
-[...3 lines deleted...]
-      <c r="F38" s="639"/>
+      <c r="A38" s="658"/>
+      <c r="B38" s="635"/>
+      <c r="C38" s="639"/>
+      <c r="D38" s="639"/>
     </row>
     <row r="39">
-      <c r="A39" s="634"/>
-[...3 lines deleted...]
-      <c r="F39" s="639"/>
+      <c r="A39" s="658"/>
+      <c r="B39" s="635"/>
+      <c r="C39" s="639"/>
+      <c r="D39" s="639"/>
     </row>
     <row r="40">
-      <c r="A40" s="634"/>
-[...3 lines deleted...]
-      <c r="F40" s="639"/>
+      <c r="A40" s="658"/>
+      <c r="B40" s="635"/>
+      <c r="C40" s="639"/>
+      <c r="D40" s="639"/>
     </row>
     <row r="41">
-      <c r="A41" s="634"/>
-[...3 lines deleted...]
-      <c r="F41" s="639"/>
+      <c r="A41" s="658"/>
+      <c r="B41" s="635"/>
+      <c r="C41" s="639"/>
+      <c r="D41" s="639"/>
     </row>
     <row r="42">
-      <c r="A42" s="634"/>
-[...3 lines deleted...]
-      <c r="F42" s="639"/>
+      <c r="A42" s="658"/>
+      <c r="B42" s="635"/>
+      <c r="C42" s="639"/>
+      <c r="D42" s="639"/>
     </row>
     <row r="43">
-      <c r="A43" s="634"/>
-[...3 lines deleted...]
-      <c r="F43" s="639"/>
+      <c r="A43" s="658"/>
+      <c r="B43" s="635"/>
+      <c r="C43" s="639"/>
+      <c r="D43" s="639"/>
     </row>
     <row r="44">
-      <c r="A44" s="634"/>
-[...3 lines deleted...]
-      <c r="F44" s="639"/>
+      <c r="A44" s="658"/>
+      <c r="B44" s="635"/>
+      <c r="C44" s="639"/>
+      <c r="D44" s="639"/>
     </row>
     <row r="45">
-      <c r="A45" s="634"/>
-[...3 lines deleted...]
-      <c r="F45" s="639"/>
+      <c r="A45" s="658"/>
+      <c r="B45" s="635"/>
+      <c r="C45" s="639"/>
+      <c r="D45" s="639"/>
     </row>
     <row r="46">
-      <c r="A46" s="634"/>
-[...3 lines deleted...]
-      <c r="F46" s="639"/>
+      <c r="A46" s="658"/>
+      <c r="B46" s="635"/>
+      <c r="C46" s="639"/>
+      <c r="D46" s="639"/>
     </row>
     <row r="47">
-      <c r="A47" s="634"/>
-[...3 lines deleted...]
-      <c r="F47" s="639"/>
+      <c r="A47" s="658"/>
+      <c r="B47" s="635"/>
+      <c r="C47" s="639"/>
+      <c r="D47" s="639"/>
     </row>
     <row r="48">
-      <c r="A48" s="634"/>
-[...3 lines deleted...]
-      <c r="F48" s="639"/>
+      <c r="A48" s="658"/>
+      <c r="B48" s="635"/>
+      <c r="C48" s="639"/>
+      <c r="D48" s="639"/>
     </row>
     <row r="49">
-      <c r="A49" s="634"/>
-[...3 lines deleted...]
-      <c r="F49" s="639"/>
+      <c r="A49" s="658"/>
+      <c r="B49" s="635"/>
+      <c r="C49" s="639"/>
+      <c r="D49" s="639"/>
     </row>
     <row r="50">
-      <c r="A50" s="634"/>
-[...3 lines deleted...]
-      <c r="F50" s="639"/>
+      <c r="A50" s="658"/>
+      <c r="B50" s="635"/>
+      <c r="C50" s="639"/>
+      <c r="D50" s="639"/>
     </row>
     <row r="51">
-      <c r="A51" s="634"/>
-[...3 lines deleted...]
-      <c r="F51" s="639"/>
+      <c r="A51" s="658"/>
+      <c r="B51" s="635"/>
+      <c r="C51" s="639"/>
+      <c r="D51" s="639"/>
     </row>
     <row r="52">
-      <c r="A52" s="634"/>
-[...3 lines deleted...]
-      <c r="F52" s="639"/>
+      <c r="A52" s="658"/>
+      <c r="B52" s="635"/>
+      <c r="C52" s="639"/>
+      <c r="D52" s="639"/>
     </row>
     <row r="53">
-      <c r="A53" s="634"/>
-[...3 lines deleted...]
-      <c r="F53" s="639"/>
+      <c r="A53" s="658"/>
+      <c r="B53" s="635"/>
+      <c r="C53" s="639"/>
+      <c r="D53" s="639"/>
     </row>
     <row r="54">
-      <c r="A54" s="634"/>
-[...3 lines deleted...]
-      <c r="F54" s="639"/>
+      <c r="A54" s="658"/>
+      <c r="B54" s="635"/>
+      <c r="C54" s="639"/>
+      <c r="D54" s="639"/>
     </row>
     <row r="55">
-      <c r="A55" s="634"/>
-[...3 lines deleted...]
-      <c r="F55" s="639"/>
+      <c r="A55" s="658"/>
+      <c r="B55" s="635"/>
+      <c r="C55" s="639"/>
+      <c r="D55" s="639"/>
     </row>
     <row r="56">
-      <c r="A56" s="634"/>
-[...3 lines deleted...]
-      <c r="F56" s="639"/>
+      <c r="A56" s="658"/>
+      <c r="B56" s="635"/>
+      <c r="C56" s="639"/>
+      <c r="D56" s="639"/>
     </row>
     <row r="57">
-      <c r="A57" s="634"/>
-[...3 lines deleted...]
-      <c r="F57" s="639"/>
+      <c r="A57" s="658"/>
+      <c r="B57" s="635"/>
+      <c r="C57" s="639"/>
+      <c r="D57" s="639"/>
     </row>
     <row r="58">
-      <c r="A58" s="634"/>
-[...3 lines deleted...]
-      <c r="F58" s="639"/>
+      <c r="A58" s="658"/>
+      <c r="B58" s="635"/>
+      <c r="C58" s="639"/>
+      <c r="D58" s="639"/>
     </row>
     <row r="59">
-      <c r="A59" s="634"/>
-[...3 lines deleted...]
-      <c r="F59" s="639"/>
+      <c r="A59" s="658"/>
+      <c r="B59" s="635"/>
+      <c r="C59" s="639"/>
+      <c r="D59" s="639"/>
     </row>
     <row r="60">
-      <c r="A60" s="634"/>
-[...3 lines deleted...]
-      <c r="F60" s="639"/>
+      <c r="A60" s="658"/>
+      <c r="B60" s="635"/>
+      <c r="C60" s="639"/>
+      <c r="D60" s="639"/>
     </row>
     <row r="61">
-      <c r="A61" s="634"/>
-[...3 lines deleted...]
-      <c r="F61" s="639"/>
+      <c r="A61" s="658"/>
+      <c r="B61" s="635"/>
+      <c r="C61" s="639"/>
+      <c r="D61" s="639"/>
     </row>
     <row r="62">
-      <c r="A62" s="634"/>
-[...3 lines deleted...]
-      <c r="F62" s="639"/>
+      <c r="A62" s="658"/>
+      <c r="B62" s="635"/>
+      <c r="C62" s="639"/>
+      <c r="D62" s="639"/>
     </row>
     <row r="63">
-      <c r="A63" s="634"/>
-[...3 lines deleted...]
-      <c r="F63" s="639"/>
+      <c r="A63" s="658"/>
+      <c r="B63" s="635"/>
+      <c r="C63" s="639"/>
+      <c r="D63" s="639"/>
     </row>
     <row r="64">
-      <c r="A64" s="634"/>
-[...3 lines deleted...]
-      <c r="F64" s="639"/>
+      <c r="A64" s="658"/>
+      <c r="B64" s="635"/>
+      <c r="C64" s="639"/>
+      <c r="D64" s="639"/>
     </row>
     <row r="65">
-      <c r="A65" s="634"/>
-[...3 lines deleted...]
-      <c r="F65" s="639"/>
+      <c r="A65" s="658"/>
+      <c r="B65" s="635"/>
+      <c r="C65" s="639"/>
+      <c r="D65" s="639"/>
     </row>
     <row r="66">
-      <c r="A66" s="634"/>
-[...3 lines deleted...]
-      <c r="F66" s="639"/>
+      <c r="A66" s="658"/>
+      <c r="B66" s="635"/>
+      <c r="C66" s="639"/>
+      <c r="D66" s="639"/>
     </row>
     <row r="67">
-      <c r="A67" s="634"/>
-[...3 lines deleted...]
-      <c r="F67" s="639"/>
+      <c r="A67" s="658"/>
+      <c r="B67" s="635"/>
+      <c r="C67" s="639"/>
+      <c r="D67" s="639"/>
     </row>
     <row r="68">
-      <c r="A68" s="634"/>
-[...3 lines deleted...]
-      <c r="F68" s="639"/>
+      <c r="A68" s="658"/>
+      <c r="B68" s="635"/>
+      <c r="C68" s="639"/>
+      <c r="D68" s="639"/>
     </row>
     <row r="69">
-      <c r="A69" s="634"/>
-[...3 lines deleted...]
-      <c r="F69" s="639"/>
+      <c r="A69" s="658"/>
+      <c r="B69" s="635"/>
+      <c r="C69" s="639"/>
+      <c r="D69" s="639"/>
     </row>
     <row r="70">
-      <c r="A70" s="634"/>
-[...3 lines deleted...]
-      <c r="F70" s="639"/>
+      <c r="A70" s="658"/>
+      <c r="B70" s="635"/>
+      <c r="C70" s="639"/>
+      <c r="D70" s="639"/>
     </row>
     <row r="71">
-      <c r="A71" s="634"/>
-[...3 lines deleted...]
-      <c r="F71" s="639"/>
+      <c r="A71" s="658"/>
+      <c r="B71" s="635"/>
+      <c r="C71" s="639"/>
+      <c r="D71" s="639"/>
     </row>
     <row r="72">
-      <c r="A72" s="634"/>
-[...3 lines deleted...]
-      <c r="F72" s="639"/>
+      <c r="A72" s="658"/>
+      <c r="B72" s="635"/>
+      <c r="C72" s="639"/>
+      <c r="D72" s="639"/>
     </row>
     <row r="73">
-      <c r="A73" s="634"/>
-[...3 lines deleted...]
-      <c r="F73" s="639"/>
+      <c r="A73" s="658"/>
+      <c r="B73" s="635"/>
+      <c r="C73" s="639"/>
+      <c r="D73" s="639"/>
     </row>
     <row r="74">
-      <c r="A74" s="634"/>
-[...3 lines deleted...]
-      <c r="F74" s="639"/>
+      <c r="A74" s="658"/>
+      <c r="B74" s="635"/>
+      <c r="C74" s="639"/>
+      <c r="D74" s="639"/>
     </row>
     <row r="75">
-      <c r="A75" s="634"/>
-[...3 lines deleted...]
-      <c r="F75" s="639"/>
+      <c r="A75" s="658"/>
+      <c r="B75" s="635"/>
+      <c r="C75" s="639"/>
+      <c r="D75" s="639"/>
     </row>
     <row r="76">
-      <c r="A76" s="634"/>
-[...3 lines deleted...]
-      <c r="F76" s="639"/>
+      <c r="A76" s="658"/>
+      <c r="B76" s="635"/>
+      <c r="C76" s="639"/>
+      <c r="D76" s="639"/>
     </row>
     <row r="77">
-      <c r="A77" s="634"/>
-[...3 lines deleted...]
-      <c r="F77" s="639"/>
+      <c r="A77" s="658"/>
+      <c r="B77" s="635"/>
+      <c r="C77" s="639"/>
+      <c r="D77" s="639"/>
     </row>
     <row r="78">
-      <c r="A78" s="634"/>
-[...3 lines deleted...]
-      <c r="F78" s="639"/>
+      <c r="A78" s="658"/>
+      <c r="B78" s="635"/>
+      <c r="C78" s="639"/>
+      <c r="D78" s="639"/>
     </row>
     <row r="79">
-      <c r="A79" s="634"/>
-[...3 lines deleted...]
-      <c r="F79" s="639"/>
+      <c r="A79" s="658"/>
+      <c r="B79" s="635"/>
+      <c r="C79" s="639"/>
+      <c r="D79" s="639"/>
     </row>
     <row r="80">
-      <c r="A80" s="634"/>
-[...3 lines deleted...]
-      <c r="F80" s="639"/>
+      <c r="A80" s="658"/>
+      <c r="B80" s="635"/>
+      <c r="C80" s="639"/>
+      <c r="D80" s="639"/>
     </row>
     <row r="81">
-      <c r="A81" s="634"/>
-[...3 lines deleted...]
-      <c r="F81" s="639"/>
+      <c r="A81" s="658"/>
+      <c r="B81" s="635"/>
+      <c r="C81" s="639"/>
+      <c r="D81" s="639"/>
     </row>
     <row r="82">
-      <c r="A82" s="634"/>
-[...3 lines deleted...]
-      <c r="F82" s="639"/>
+      <c r="A82" s="658"/>
+      <c r="B82" s="635"/>
+      <c r="C82" s="639"/>
+      <c r="D82" s="639"/>
     </row>
     <row r="83">
-      <c r="A83" s="634"/>
-[...3 lines deleted...]
-      <c r="F83" s="639"/>
+      <c r="A83" s="658"/>
+      <c r="B83" s="635"/>
+      <c r="C83" s="639"/>
+      <c r="D83" s="639"/>
     </row>
     <row r="84">
-      <c r="A84" s="634"/>
-[...3 lines deleted...]
-      <c r="F84" s="639"/>
+      <c r="A84" s="658"/>
+      <c r="B84" s="635"/>
+      <c r="C84" s="639"/>
+      <c r="D84" s="639"/>
     </row>
     <row r="85">
-      <c r="A85" s="634"/>
-[...3 lines deleted...]
-      <c r="F85" s="639"/>
+      <c r="A85" s="658"/>
+      <c r="B85" s="635"/>
+      <c r="C85" s="639"/>
+      <c r="D85" s="639"/>
     </row>
     <row r="86">
-      <c r="A86" s="634"/>
-[...3 lines deleted...]
-      <c r="F86" s="639"/>
+      <c r="A86" s="658"/>
+      <c r="B86" s="635"/>
+      <c r="C86" s="639"/>
+      <c r="D86" s="639"/>
     </row>
     <row r="87">
-      <c r="A87" s="634"/>
-[...3 lines deleted...]
-      <c r="F87" s="639"/>
+      <c r="A87" s="658"/>
+      <c r="B87" s="635"/>
+      <c r="C87" s="639"/>
+      <c r="D87" s="639"/>
     </row>
     <row r="88">
-      <c r="A88" s="634"/>
-[...3 lines deleted...]
-      <c r="F88" s="639"/>
+      <c r="A88" s="658"/>
+      <c r="B88" s="635"/>
+      <c r="C88" s="639"/>
+      <c r="D88" s="639"/>
     </row>
     <row r="89">
-      <c r="A89" s="634"/>
-[...3 lines deleted...]
-      <c r="F89" s="639"/>
+      <c r="A89" s="658"/>
+      <c r="B89" s="635"/>
+      <c r="C89" s="639"/>
+      <c r="D89" s="639"/>
     </row>
     <row r="90">
-      <c r="A90" s="634"/>
-[...3 lines deleted...]
-      <c r="F90" s="639"/>
+      <c r="A90" s="658"/>
+      <c r="B90" s="635"/>
+      <c r="C90" s="639"/>
+      <c r="D90" s="639"/>
     </row>
     <row r="91">
-      <c r="A91" s="634"/>
-[...3 lines deleted...]
-      <c r="F91" s="639"/>
+      <c r="A91" s="658"/>
+      <c r="B91" s="635"/>
+      <c r="C91" s="639"/>
+      <c r="D91" s="639"/>
     </row>
     <row r="92">
-      <c r="A92" s="634"/>
-[...3 lines deleted...]
-      <c r="F92" s="639"/>
+      <c r="A92" s="658"/>
+      <c r="B92" s="635"/>
+      <c r="C92" s="639"/>
+      <c r="D92" s="639"/>
     </row>
     <row r="93">
-      <c r="A93" s="634"/>
-[...3 lines deleted...]
-      <c r="F93" s="639"/>
+      <c r="A93" s="658"/>
+      <c r="B93" s="635"/>
+      <c r="C93" s="639"/>
+      <c r="D93" s="639"/>
     </row>
     <row r="94">
-      <c r="A94" s="634"/>
-[...3 lines deleted...]
-      <c r="F94" s="639"/>
+      <c r="A94" s="658"/>
+      <c r="B94" s="635"/>
+      <c r="C94" s="639"/>
+      <c r="D94" s="639"/>
     </row>
     <row r="95">
-      <c r="A95" s="634"/>
-[...3 lines deleted...]
-      <c r="F95" s="639"/>
+      <c r="A95" s="658"/>
+      <c r="B95" s="635"/>
+      <c r="C95" s="639"/>
+      <c r="D95" s="639"/>
     </row>
     <row r="96">
-      <c r="A96" s="634"/>
-[...3 lines deleted...]
-      <c r="F96" s="639"/>
+      <c r="A96" s="658"/>
+      <c r="B96" s="635"/>
+      <c r="C96" s="639"/>
+      <c r="D96" s="639"/>
     </row>
     <row r="97">
-      <c r="A97" s="634"/>
-[...3 lines deleted...]
-      <c r="F97" s="639"/>
+      <c r="A97" s="658"/>
+      <c r="B97" s="635"/>
+      <c r="C97" s="639"/>
+      <c r="D97" s="639"/>
     </row>
     <row r="98">
-      <c r="A98" s="634"/>
-[...3 lines deleted...]
-      <c r="F98" s="639"/>
+      <c r="A98" s="658"/>
+      <c r="B98" s="635"/>
+      <c r="C98" s="639"/>
+      <c r="D98" s="639"/>
     </row>
     <row r="99">
-      <c r="A99" s="634"/>
-[...3 lines deleted...]
-      <c r="F99" s="639"/>
+      <c r="A99" s="658"/>
+      <c r="B99" s="635"/>
+      <c r="C99" s="639"/>
+      <c r="D99" s="639"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
-  <dimension ref="A1:AM89"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
+  <sheetPr codeName="Sheet19"/>
+  <dimension ref="A1:E99"/>
   <sheetViews>
-    <sheetView topLeftCell="O1" workbookViewId="0">
-      <selection activeCell="L8" sqref="L8:AE8"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B9" sqref="B9:E9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="31.1796875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="39" width="14" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="31.140625" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="27.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="23.28515625" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="25" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="22.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="65">
-      <c r="A1" s="654" t="s">
+    <row r="1" ht="30" s="632" customFormat="1">
+      <c r="A1" s="645" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="693" t="s">
+      <c r="B1" s="638" t="s">
+        <v>103</v>
+      </c>
+      <c r="C1" s="646" t="s">
+        <v>104</v>
+      </c>
+      <c r="D1" s="646" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1" s="646" t="s">
         <v>106</v>
       </c>
-      <c r="D1" s="693" t="s">
-[...106 lines deleted...]
-      </c>
     </row>
     <row r="2">
-      <c r="A2" s="779" t="s">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="726">
+        <v>20462</v>
+      </c>
+      <c r="C2" s="742">
+        <v>43.138500635324014</v>
+      </c>
+      <c r="D2" s="742">
+        <v>41.120125109959929</v>
+      </c>
+      <c r="E2" s="742">
+        <v>15.741374254716058</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="663" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="772" t="s">
+      <c r="B3" s="670">
+        <v>38964</v>
+      </c>
+      <c r="C3" s="706">
+        <v>49.769017554665844</v>
+      </c>
+      <c r="D3" s="706">
+        <v>38.248126475721179</v>
+      </c>
+      <c r="E3" s="706">
+        <v>11.982855969612977</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="663" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="772">
-[...112 lines deleted...]
-      <c r="A3" s="678" t="s">
+      <c r="B4" s="670">
+        <v>39948</v>
+      </c>
+      <c r="C4" s="706">
+        <v>42.760588765395013</v>
+      </c>
+      <c r="D4" s="706">
+        <v>40.252328026434363</v>
+      </c>
+      <c r="E4" s="706">
+        <v>16.987083208170624</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="658" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="0" t="s">
-[...115 lines deleted...]
-      <c r="A4" s="678" t="s">
+      <c r="B5" s="670">
+        <v>32256</v>
+      </c>
+      <c r="C5" s="706">
+        <v>39.226810515873019</v>
+      </c>
+      <c r="D5" s="706">
+        <v>43.598090277777779</v>
+      </c>
+      <c r="E5" s="706">
+        <v>17.175099206349206</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="658" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="0" t="s">
-[...8 lines deleted...]
-      <c r="E4" s="0">
+      <c r="B6" s="670">
+        <v>15388</v>
+      </c>
+      <c r="C6" s="706">
+        <v>42.279698466337408</v>
+      </c>
+      <c r="D6" s="706">
+        <v>42.838575513387056</v>
+      </c>
+      <c r="E6" s="706">
+        <v>14.88172602027554</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="658" t="s">
         <v>15</v>
       </c>
-      <c r="F4" s="0">
-[...456 lines deleted...]
-        <v>2.9</v>
+      <c r="B7" s="670">
+        <v>20757</v>
+      </c>
+      <c r="C7" s="706">
+        <v>47.7766536590066</v>
+      </c>
+      <c r="D7" s="706">
+        <v>38.295514766103</v>
+      </c>
+      <c r="E7" s="706">
+        <v>13.927831574890398</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="634"/>
-[...19 lines deleted...]
-      <c r="U8" s="760"/>
+      <c r="A8" s="632"/>
+      <c r="C8" s="661"/>
+      <c r="D8" s="661"/>
+      <c r="E8" s="661"/>
     </row>
     <row r="9">
-      <c r="A9" s="634"/>
-[...19 lines deleted...]
-      <c r="U9" s="760"/>
+      <c r="A9" s="632"/>
+      <c r="B9" s="670"/>
+      <c r="C9" s="706"/>
+      <c r="D9" s="706"/>
+      <c r="E9" s="706"/>
     </row>
     <row r="10">
-      <c r="A10" s="634"/>
-[...19 lines deleted...]
-      <c r="U10" s="760"/>
+      <c r="A10" s="632"/>
+      <c r="B10" s="688"/>
+      <c r="C10" s="637"/>
+      <c r="D10" s="637"/>
+      <c r="E10" s="637"/>
     </row>
     <row r="11">
-      <c r="A11" s="634"/>
-[...19 lines deleted...]
-      <c r="U11" s="760"/>
+      <c r="A11" s="632"/>
+      <c r="B11" s="688"/>
+      <c r="C11" s="636"/>
+      <c r="D11" s="636"/>
+      <c r="E11" s="636"/>
     </row>
     <row r="12">
-      <c r="A12" s="634"/>
-[...19 lines deleted...]
-      <c r="U12" s="760"/>
+      <c r="A12" s="632"/>
+      <c r="B12" s="688"/>
     </row>
     <row r="13">
-      <c r="A13" s="634"/>
-      <c r="B13" s="647"/>
+      <c r="A13" s="632"/>
+      <c r="B13" s="688"/>
     </row>
     <row r="14">
-      <c r="A14" s="634"/>
-      <c r="B14" s="647"/>
+      <c r="A14" s="632"/>
+      <c r="B14" s="688"/>
     </row>
     <row r="15">
-      <c r="A15" s="634"/>
-[...37 lines deleted...]
-      <c r="AM15" s="677"/>
+      <c r="A15" s="632"/>
+      <c r="B15" s="635"/>
+      <c r="C15" s="637"/>
+      <c r="D15" s="637"/>
+      <c r="E15" s="636"/>
     </row>
     <row r="16">
-      <c r="A16" s="634"/>
-[...37 lines deleted...]
-      <c r="AM16" s="677"/>
+      <c r="A16" s="632"/>
+      <c r="B16" s="635"/>
+      <c r="C16" s="637"/>
+      <c r="D16" s="637"/>
+      <c r="E16" s="636"/>
     </row>
     <row r="17">
-      <c r="A17" s="634"/>
-[...37 lines deleted...]
-      <c r="AM17" s="677"/>
+      <c r="A17" s="632"/>
+      <c r="B17" s="635"/>
+      <c r="C17" s="637"/>
+      <c r="D17" s="637"/>
+      <c r="E17" s="636"/>
     </row>
     <row r="18">
-      <c r="A18" s="634"/>
-[...37 lines deleted...]
-      <c r="AM18" s="677"/>
+      <c r="A18" s="632"/>
+      <c r="B18" s="635"/>
+      <c r="C18" s="637"/>
+      <c r="D18" s="637"/>
+      <c r="E18" s="636"/>
     </row>
     <row r="19">
-      <c r="A19" s="634"/>
-[...37 lines deleted...]
-      <c r="AM19" s="677"/>
+      <c r="A19" s="632"/>
+      <c r="B19" s="635"/>
+      <c r="C19" s="637"/>
+      <c r="D19" s="637"/>
+      <c r="E19" s="636"/>
     </row>
     <row r="20">
-      <c r="A20" s="634"/>
-[...37 lines deleted...]
-      <c r="AM20" s="677"/>
+      <c r="A20" s="632"/>
+      <c r="B20" s="635"/>
+      <c r="C20" s="637"/>
+      <c r="D20" s="637"/>
+      <c r="E20" s="636"/>
     </row>
     <row r="21">
-      <c r="A21" s="634"/>
-[...37 lines deleted...]
-      <c r="AM21" s="677"/>
+      <c r="A21" s="632"/>
+      <c r="B21" s="635"/>
+      <c r="C21" s="637"/>
+      <c r="D21" s="637"/>
+      <c r="E21" s="636"/>
     </row>
     <row r="22">
-      <c r="A22" s="634"/>
-[...37 lines deleted...]
-      <c r="AM22" s="677"/>
+      <c r="A22" s="632"/>
+      <c r="B22" s="635"/>
+      <c r="C22" s="637"/>
+      <c r="D22" s="637"/>
+      <c r="E22" s="636"/>
     </row>
     <row r="23">
-      <c r="A23" s="634"/>
-[...37 lines deleted...]
-      <c r="AM23" s="677"/>
+      <c r="A23" s="632"/>
+      <c r="B23" s="635"/>
+      <c r="C23" s="637"/>
+      <c r="D23" s="637"/>
+      <c r="E23" s="636"/>
     </row>
     <row r="24">
-      <c r="A24" s="634"/>
-[...37 lines deleted...]
-      <c r="AM24" s="677"/>
+      <c r="A24" s="632"/>
+      <c r="B24" s="635"/>
+      <c r="C24" s="637"/>
+      <c r="D24" s="637"/>
+      <c r="E24" s="636"/>
     </row>
     <row r="25">
-      <c r="A25" s="634"/>
-[...37 lines deleted...]
-      <c r="AM25" s="677"/>
+      <c r="A25" s="632"/>
+      <c r="B25" s="635"/>
+      <c r="C25" s="637"/>
+      <c r="D25" s="637"/>
+      <c r="E25" s="636"/>
     </row>
     <row r="26">
-      <c r="A26" s="634"/>
-[...37 lines deleted...]
-      <c r="AM26" s="677"/>
+      <c r="A26" s="632"/>
+      <c r="B26" s="635"/>
+      <c r="C26" s="637"/>
+      <c r="D26" s="637"/>
+      <c r="E26" s="636"/>
     </row>
     <row r="27">
-      <c r="A27" s="634"/>
-[...37 lines deleted...]
-      <c r="AM27" s="677"/>
+      <c r="A27" s="632"/>
+      <c r="B27" s="635"/>
+      <c r="C27" s="637"/>
+      <c r="D27" s="637"/>
+      <c r="E27" s="636"/>
     </row>
     <row r="28">
-      <c r="A28" s="634"/>
-[...37 lines deleted...]
-      <c r="AM28" s="677"/>
+      <c r="A28" s="632"/>
+      <c r="B28" s="635"/>
+      <c r="C28" s="637"/>
+      <c r="D28" s="637"/>
+      <c r="E28" s="636"/>
     </row>
     <row r="29">
-      <c r="A29" s="634"/>
-[...37 lines deleted...]
-      <c r="AM29" s="677"/>
+      <c r="A29" s="632"/>
+      <c r="B29" s="635"/>
+      <c r="C29" s="637"/>
+      <c r="D29" s="637"/>
+      <c r="E29" s="636"/>
     </row>
     <row r="30">
-      <c r="A30" s="634"/>
-[...37 lines deleted...]
-      <c r="AM30" s="677"/>
+      <c r="A30" s="632"/>
+      <c r="B30" s="635"/>
+      <c r="C30" s="637"/>
+      <c r="D30" s="637"/>
+      <c r="E30" s="636"/>
     </row>
     <row r="31">
-      <c r="A31" s="634"/>
-[...37 lines deleted...]
-      <c r="AM31" s="677"/>
+      <c r="A31" s="632"/>
+      <c r="B31" s="635"/>
+      <c r="C31" s="637"/>
+      <c r="D31" s="637"/>
+      <c r="E31" s="636"/>
     </row>
     <row r="32">
-      <c r="A32" s="634"/>
-[...37 lines deleted...]
-      <c r="AM32" s="677"/>
+      <c r="A32" s="632"/>
+      <c r="B32" s="635"/>
+      <c r="C32" s="637"/>
+      <c r="D32" s="637"/>
+      <c r="E32" s="636"/>
     </row>
     <row r="33">
-      <c r="A33" s="634"/>
-[...37 lines deleted...]
-      <c r="AM33" s="677"/>
+      <c r="A33" s="632"/>
+      <c r="B33" s="635"/>
+      <c r="C33" s="637"/>
+      <c r="D33" s="637"/>
+      <c r="E33" s="636"/>
     </row>
     <row r="34">
-      <c r="A34" s="634"/>
-[...37 lines deleted...]
-      <c r="AM34" s="677"/>
+      <c r="A34" s="632"/>
+      <c r="B34" s="635"/>
+      <c r="C34" s="637"/>
+      <c r="D34" s="637"/>
+      <c r="E34" s="636"/>
     </row>
     <row r="35">
-      <c r="A35" s="634"/>
-[...37 lines deleted...]
-      <c r="AM35" s="677"/>
+      <c r="A35" s="632"/>
+      <c r="B35" s="635"/>
+      <c r="C35" s="637"/>
+      <c r="D35" s="637"/>
+      <c r="E35" s="636"/>
     </row>
     <row r="36">
-      <c r="A36" s="634"/>
-[...37 lines deleted...]
-      <c r="AM36" s="677"/>
+      <c r="A36" s="632"/>
+      <c r="B36" s="635"/>
+      <c r="C36" s="637"/>
+      <c r="D36" s="637"/>
+      <c r="E36" s="636"/>
     </row>
     <row r="37">
-      <c r="A37" s="634"/>
-[...37 lines deleted...]
-      <c r="AM37" s="677"/>
+      <c r="A37" s="632"/>
+      <c r="B37" s="635"/>
+      <c r="C37" s="637"/>
+      <c r="D37" s="637"/>
+      <c r="E37" s="636"/>
     </row>
     <row r="38">
-      <c r="A38" s="634"/>
-[...37 lines deleted...]
-      <c r="AM38" s="677"/>
+      <c r="A38" s="632"/>
+      <c r="B38" s="635"/>
+      <c r="C38" s="637"/>
+      <c r="D38" s="637"/>
+      <c r="E38" s="636"/>
     </row>
     <row r="39">
-      <c r="A39" s="634"/>
-[...37 lines deleted...]
-      <c r="AM39" s="677"/>
+      <c r="A39" s="632"/>
+      <c r="B39" s="635"/>
+      <c r="C39" s="637"/>
+      <c r="D39" s="637"/>
+      <c r="E39" s="636"/>
     </row>
     <row r="40">
-      <c r="A40" s="634"/>
-[...37 lines deleted...]
-      <c r="AM40" s="677"/>
+      <c r="A40" s="632"/>
+      <c r="B40" s="635"/>
+      <c r="C40" s="637"/>
+      <c r="D40" s="637"/>
+      <c r="E40" s="636"/>
     </row>
     <row r="41">
-      <c r="A41" s="634"/>
-[...37 lines deleted...]
-      <c r="AM41" s="677"/>
+      <c r="A41" s="632"/>
+      <c r="B41" s="635"/>
+      <c r="C41" s="637"/>
+      <c r="D41" s="637"/>
+      <c r="E41" s="636"/>
     </row>
     <row r="42">
-      <c r="A42" s="634"/>
-[...37 lines deleted...]
-      <c r="AM42" s="677"/>
+      <c r="A42" s="632"/>
+      <c r="B42" s="635"/>
+      <c r="C42" s="637"/>
+      <c r="D42" s="637"/>
+      <c r="E42" s="636"/>
     </row>
     <row r="43">
-      <c r="A43" s="634"/>
-[...37 lines deleted...]
-      <c r="AM43" s="677"/>
+      <c r="A43" s="632"/>
+      <c r="B43" s="635"/>
+      <c r="C43" s="637"/>
+      <c r="D43" s="637"/>
+      <c r="E43" s="636"/>
     </row>
     <row r="44">
-      <c r="A44" s="634"/>
-[...37 lines deleted...]
-      <c r="AM44" s="677"/>
+      <c r="A44" s="632"/>
+      <c r="B44" s="635"/>
+      <c r="C44" s="637"/>
+      <c r="D44" s="637"/>
+      <c r="E44" s="636"/>
     </row>
     <row r="45">
-      <c r="A45" s="634"/>
-[...37 lines deleted...]
-      <c r="AM45" s="677"/>
+      <c r="A45" s="632"/>
+      <c r="B45" s="635"/>
+      <c r="C45" s="637"/>
+      <c r="D45" s="637"/>
+      <c r="E45" s="636"/>
     </row>
     <row r="46">
-      <c r="A46" s="634"/>
-[...37 lines deleted...]
-      <c r="AM46" s="677"/>
+      <c r="A46" s="632"/>
+      <c r="B46" s="635"/>
+      <c r="C46" s="637"/>
+      <c r="D46" s="637"/>
+      <c r="E46" s="636"/>
     </row>
     <row r="47">
-      <c r="A47" s="634"/>
-[...37 lines deleted...]
-      <c r="AM47" s="677"/>
+      <c r="A47" s="632"/>
+      <c r="B47" s="635"/>
+      <c r="C47" s="637"/>
+      <c r="D47" s="637"/>
+      <c r="E47" s="636"/>
     </row>
     <row r="48">
-      <c r="A48" s="634"/>
-[...37 lines deleted...]
-      <c r="AM48" s="677"/>
+      <c r="A48" s="632"/>
+      <c r="B48" s="635"/>
+      <c r="C48" s="637"/>
+      <c r="D48" s="637"/>
+      <c r="E48" s="636"/>
     </row>
     <row r="49">
-      <c r="A49" s="634"/>
-[...37 lines deleted...]
-      <c r="AM49" s="677"/>
+      <c r="A49" s="632"/>
+      <c r="B49" s="635"/>
+      <c r="C49" s="637"/>
+      <c r="D49" s="637"/>
+      <c r="E49" s="636"/>
     </row>
     <row r="50">
-      <c r="A50" s="634"/>
-[...37 lines deleted...]
-      <c r="AM50" s="677"/>
+      <c r="A50" s="632"/>
+      <c r="B50" s="635"/>
+      <c r="C50" s="637"/>
+      <c r="D50" s="637"/>
+      <c r="E50" s="636"/>
     </row>
     <row r="51">
-      <c r="A51" s="634"/>
-[...37 lines deleted...]
-      <c r="AM51" s="677"/>
+      <c r="A51" s="632"/>
+      <c r="B51" s="635"/>
+      <c r="C51" s="637"/>
+      <c r="D51" s="637"/>
+      <c r="E51" s="636"/>
     </row>
     <row r="52">
-      <c r="A52" s="634"/>
-[...37 lines deleted...]
-      <c r="AM52" s="677"/>
+      <c r="A52" s="632"/>
+      <c r="B52" s="635"/>
+      <c r="C52" s="637"/>
+      <c r="D52" s="637"/>
+      <c r="E52" s="636"/>
     </row>
     <row r="53">
-      <c r="A53" s="634"/>
-[...37 lines deleted...]
-      <c r="AM53" s="677"/>
+      <c r="A53" s="632"/>
+      <c r="B53" s="635"/>
+      <c r="C53" s="637"/>
+      <c r="D53" s="637"/>
+      <c r="E53" s="636"/>
     </row>
     <row r="54">
-      <c r="A54" s="634"/>
-[...37 lines deleted...]
-      <c r="AM54" s="677"/>
+      <c r="A54" s="632"/>
+      <c r="B54" s="635"/>
+      <c r="C54" s="637"/>
+      <c r="D54" s="637"/>
+      <c r="E54" s="636"/>
     </row>
     <row r="55">
-      <c r="A55" s="634"/>
-[...37 lines deleted...]
-      <c r="AM55" s="677"/>
+      <c r="A55" s="632"/>
+      <c r="B55" s="635"/>
+      <c r="C55" s="637"/>
+      <c r="D55" s="637"/>
+      <c r="E55" s="636"/>
     </row>
     <row r="56">
-      <c r="A56" s="634"/>
-[...37 lines deleted...]
-      <c r="AM56" s="677"/>
+      <c r="A56" s="632"/>
+      <c r="B56" s="635"/>
+      <c r="C56" s="637"/>
+      <c r="D56" s="637"/>
+      <c r="E56" s="636"/>
     </row>
     <row r="57">
-      <c r="A57" s="634"/>
-[...37 lines deleted...]
-      <c r="AM57" s="677"/>
+      <c r="A57" s="632"/>
+      <c r="B57" s="635"/>
+      <c r="C57" s="637"/>
+      <c r="D57" s="637"/>
+      <c r="E57" s="636"/>
     </row>
     <row r="58">
-      <c r="A58" s="634"/>
-[...37 lines deleted...]
-      <c r="AM58" s="677"/>
+      <c r="A58" s="632"/>
+      <c r="B58" s="635"/>
+      <c r="C58" s="637"/>
+      <c r="D58" s="637"/>
+      <c r="E58" s="636"/>
     </row>
     <row r="59">
-      <c r="A59" s="634"/>
-[...37 lines deleted...]
-      <c r="AM59" s="677"/>
+      <c r="A59" s="632"/>
+      <c r="B59" s="635"/>
+      <c r="C59" s="637"/>
+      <c r="D59" s="637"/>
+      <c r="E59" s="636"/>
     </row>
     <row r="60">
-      <c r="A60" s="634"/>
-[...37 lines deleted...]
-      <c r="AM60" s="677"/>
+      <c r="A60" s="632"/>
+      <c r="B60" s="635"/>
+      <c r="C60" s="637"/>
+      <c r="D60" s="637"/>
+      <c r="E60" s="636"/>
     </row>
     <row r="61">
-      <c r="A61" s="634"/>
-[...37 lines deleted...]
-      <c r="AM61" s="677"/>
+      <c r="A61" s="632"/>
+      <c r="B61" s="635"/>
+      <c r="C61" s="637"/>
+      <c r="D61" s="637"/>
+      <c r="E61" s="636"/>
     </row>
     <row r="62">
-      <c r="A62" s="634"/>
-[...37 lines deleted...]
-      <c r="AM62" s="677"/>
+      <c r="A62" s="632"/>
+      <c r="B62" s="635"/>
+      <c r="C62" s="637"/>
+      <c r="D62" s="637"/>
+      <c r="E62" s="636"/>
     </row>
     <row r="63">
-      <c r="A63" s="634"/>
-[...37 lines deleted...]
-      <c r="AM63" s="677"/>
+      <c r="A63" s="632"/>
+      <c r="B63" s="635"/>
+      <c r="C63" s="637"/>
+      <c r="D63" s="637"/>
+      <c r="E63" s="636"/>
     </row>
     <row r="64">
-      <c r="A64" s="634"/>
-[...37 lines deleted...]
-      <c r="AM64" s="677"/>
+      <c r="A64" s="632"/>
+      <c r="B64" s="635"/>
+      <c r="C64" s="637"/>
+      <c r="D64" s="637"/>
+      <c r="E64" s="636"/>
     </row>
     <row r="65">
-      <c r="A65" s="634"/>
-[...37 lines deleted...]
-      <c r="AM65" s="677"/>
+      <c r="A65" s="632"/>
+      <c r="B65" s="635"/>
+      <c r="C65" s="637"/>
+      <c r="D65" s="637"/>
+      <c r="E65" s="636"/>
     </row>
     <row r="66">
-      <c r="A66" s="634"/>
-[...37 lines deleted...]
-      <c r="AM66" s="677"/>
+      <c r="A66" s="632"/>
+      <c r="B66" s="635"/>
+      <c r="C66" s="637"/>
+      <c r="D66" s="637"/>
+      <c r="E66" s="636"/>
     </row>
     <row r="67">
-      <c r="A67" s="634"/>
-[...37 lines deleted...]
-      <c r="AM67" s="677"/>
+      <c r="A67" s="632"/>
+      <c r="B67" s="635"/>
+      <c r="C67" s="637"/>
+      <c r="D67" s="637"/>
+      <c r="E67" s="636"/>
     </row>
     <row r="68">
-      <c r="A68" s="634"/>
-[...37 lines deleted...]
-      <c r="AM68" s="677"/>
+      <c r="A68" s="632"/>
+      <c r="B68" s="635"/>
+      <c r="C68" s="637"/>
+      <c r="D68" s="637"/>
+      <c r="E68" s="636"/>
     </row>
     <row r="69">
-      <c r="A69" s="634"/>
-[...37 lines deleted...]
-      <c r="AM69" s="677"/>
+      <c r="A69" s="632"/>
+      <c r="B69" s="635"/>
+      <c r="C69" s="637"/>
+      <c r="D69" s="637"/>
+      <c r="E69" s="636"/>
     </row>
     <row r="70">
-      <c r="A70" s="634"/>
-[...37 lines deleted...]
-      <c r="AM70" s="677"/>
+      <c r="A70" s="632"/>
+      <c r="B70" s="635"/>
+      <c r="C70" s="637"/>
+      <c r="D70" s="637"/>
+      <c r="E70" s="636"/>
     </row>
     <row r="71">
-      <c r="A71" s="634"/>
-[...37 lines deleted...]
-      <c r="AM71" s="677"/>
+      <c r="A71" s="632"/>
+      <c r="B71" s="635"/>
+      <c r="C71" s="637"/>
+      <c r="D71" s="637"/>
+      <c r="E71" s="636"/>
     </row>
     <row r="72">
-      <c r="A72" s="634"/>
-[...37 lines deleted...]
-      <c r="AM72" s="677"/>
+      <c r="A72" s="632"/>
+      <c r="B72" s="635"/>
+      <c r="C72" s="637"/>
+      <c r="D72" s="637"/>
+      <c r="E72" s="636"/>
     </row>
     <row r="73">
-      <c r="A73" s="634"/>
-[...37 lines deleted...]
-      <c r="AM73" s="677"/>
+      <c r="A73" s="632"/>
+      <c r="B73" s="635"/>
+      <c r="C73" s="637"/>
+      <c r="D73" s="637"/>
+      <c r="E73" s="636"/>
     </row>
     <row r="74">
-      <c r="A74" s="634"/>
-[...37 lines deleted...]
-      <c r="AM74" s="677"/>
+      <c r="A74" s="632"/>
+      <c r="B74" s="635"/>
+      <c r="C74" s="637"/>
+      <c r="D74" s="637"/>
+      <c r="E74" s="636"/>
     </row>
     <row r="75">
-      <c r="A75" s="634"/>
-[...37 lines deleted...]
-      <c r="AM75" s="677"/>
+      <c r="A75" s="632"/>
+      <c r="B75" s="635"/>
+      <c r="C75" s="637"/>
+      <c r="D75" s="637"/>
+      <c r="E75" s="636"/>
     </row>
     <row r="76">
-      <c r="A76" s="634"/>
-[...37 lines deleted...]
-      <c r="AM76" s="677"/>
+      <c r="A76" s="632"/>
+      <c r="B76" s="635"/>
+      <c r="C76" s="637"/>
+      <c r="D76" s="637"/>
+      <c r="E76" s="636"/>
     </row>
     <row r="77">
-      <c r="A77" s="634"/>
-[...37 lines deleted...]
-      <c r="AM77" s="677"/>
+      <c r="A77" s="632"/>
+      <c r="B77" s="635"/>
+      <c r="C77" s="637"/>
+      <c r="D77" s="637"/>
+      <c r="E77" s="636"/>
     </row>
     <row r="78">
-      <c r="A78" s="634"/>
-[...37 lines deleted...]
-      <c r="AM78" s="677"/>
+      <c r="A78" s="632"/>
+      <c r="B78" s="635"/>
+      <c r="C78" s="637"/>
+      <c r="D78" s="637"/>
+      <c r="E78" s="636"/>
     </row>
     <row r="79">
-      <c r="A79" s="634"/>
-[...37 lines deleted...]
-      <c r="AM79" s="677"/>
+      <c r="A79" s="632"/>
+      <c r="B79" s="635"/>
+      <c r="C79" s="637"/>
+      <c r="D79" s="637"/>
+      <c r="E79" s="636"/>
     </row>
     <row r="80">
-      <c r="A80" s="634"/>
-[...37 lines deleted...]
-      <c r="AM80" s="677"/>
+      <c r="A80" s="632"/>
+      <c r="B80" s="635"/>
+      <c r="C80" s="637"/>
+      <c r="D80" s="637"/>
+      <c r="E80" s="636"/>
     </row>
     <row r="81">
-      <c r="A81" s="634"/>
-[...37 lines deleted...]
-      <c r="AM81" s="677"/>
+      <c r="A81" s="632"/>
+      <c r="B81" s="635"/>
+      <c r="C81" s="637"/>
+      <c r="D81" s="637"/>
+      <c r="E81" s="636"/>
     </row>
     <row r="82">
-      <c r="A82" s="634"/>
-[...37 lines deleted...]
-      <c r="AM82" s="677"/>
+      <c r="A82" s="632"/>
+      <c r="B82" s="635"/>
+      <c r="C82" s="637"/>
+      <c r="D82" s="637"/>
+      <c r="E82" s="636"/>
     </row>
     <row r="83">
-      <c r="A83" s="634"/>
-[...37 lines deleted...]
-      <c r="AM83" s="677"/>
+      <c r="A83" s="632"/>
+      <c r="B83" s="635"/>
+      <c r="C83" s="637"/>
+      <c r="D83" s="637"/>
+      <c r="E83" s="636"/>
     </row>
     <row r="84">
-      <c r="A84" s="634"/>
-[...37 lines deleted...]
-      <c r="AM84" s="677"/>
+      <c r="A84" s="632"/>
+      <c r="B84" s="635"/>
+      <c r="C84" s="637"/>
+      <c r="D84" s="637"/>
+      <c r="E84" s="636"/>
     </row>
     <row r="85">
-      <c r="A85" s="634"/>
-[...37 lines deleted...]
-      <c r="AM85" s="677"/>
+      <c r="A85" s="632"/>
+      <c r="B85" s="635"/>
+      <c r="C85" s="637"/>
+      <c r="D85" s="637"/>
+      <c r="E85" s="636"/>
     </row>
     <row r="86">
-      <c r="A86" s="634"/>
-[...37 lines deleted...]
-      <c r="AM86" s="677"/>
+      <c r="A86" s="632"/>
+      <c r="B86" s="635"/>
+      <c r="C86" s="637"/>
+      <c r="D86" s="637"/>
+      <c r="E86" s="636"/>
     </row>
     <row r="87">
-      <c r="A87" s="634"/>
-[...37 lines deleted...]
-      <c r="AM87" s="677"/>
+      <c r="A87" s="632"/>
+      <c r="B87" s="635"/>
+      <c r="C87" s="637"/>
+      <c r="D87" s="637"/>
+      <c r="E87" s="636"/>
     </row>
     <row r="88">
-      <c r="A88" s="634"/>
-[...37 lines deleted...]
-      <c r="AM88" s="677"/>
+      <c r="A88" s="632"/>
+      <c r="B88" s="635"/>
+      <c r="C88" s="637"/>
+      <c r="D88" s="637"/>
+      <c r="E88" s="636"/>
     </row>
     <row r="89">
-      <c r="A89" s="634"/>
-[...37 lines deleted...]
-      <c r="AM89" s="677"/>
+      <c r="A89" s="632"/>
+      <c r="B89" s="635"/>
+      <c r="C89" s="637"/>
+      <c r="D89" s="637"/>
+      <c r="E89" s="636"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="632"/>
+      <c r="B90" s="635"/>
+      <c r="C90" s="637"/>
+      <c r="D90" s="637"/>
+      <c r="E90" s="636"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="632"/>
+      <c r="B91" s="635"/>
+      <c r="C91" s="637"/>
+      <c r="D91" s="637"/>
+      <c r="E91" s="636"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="632"/>
+      <c r="B92" s="635"/>
+      <c r="C92" s="637"/>
+      <c r="D92" s="637"/>
+      <c r="E92" s="636"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="632"/>
+      <c r="B93" s="635"/>
+      <c r="C93" s="637"/>
+      <c r="D93" s="637"/>
+      <c r="E93" s="636"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="632"/>
+      <c r="B94" s="635"/>
+      <c r="C94" s="637"/>
+      <c r="D94" s="637"/>
+      <c r="E94" s="636"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="632"/>
+      <c r="B95" s="635"/>
+      <c r="C95" s="637"/>
+      <c r="D95" s="637"/>
+      <c r="E95" s="636"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="632"/>
+      <c r="B96" s="635"/>
+      <c r="C96" s="637"/>
+      <c r="D96" s="637"/>
+      <c r="E96" s="636"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="632"/>
+      <c r="B97" s="635"/>
+      <c r="C97" s="637"/>
+      <c r="D97" s="637"/>
+      <c r="E97" s="636"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="632"/>
+      <c r="B98" s="635"/>
+      <c r="C98" s="637"/>
+      <c r="D98" s="637"/>
+      <c r="E98" s="636"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="632"/>
+      <c r="B99" s="635"/>
+      <c r="C99" s="637"/>
+      <c r="D99" s="637"/>
+      <c r="E99" s="636"/>
     </row>
   </sheetData>
+  <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:W99"/>
+  <sheetPr codeName="Sheet2"/>
+  <dimension ref="A1:M99"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="F25" sqref="A22:F25"/>
+      <selection activeCell="N1" sqref="N1:X1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="25.54296875" customWidth="1" style="633"/>
-[...4 lines deleted...]
-    <col min="19" max="16384" width="9.1796875" customWidth="1" style="633"/>
+    <col min="1" max="1" bestFit="1" width="25.5703125" customWidth="1" style="631"/>
+    <col min="2" max="13" bestFit="1" width="11.42578125" customWidth="1" style="631"/>
+    <col min="14" max="16384" width="9.140625" customWidth="1" style="631"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="659" t="s">
+      <c r="A1" s="648" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="660" t="s">
+      <c r="B1" s="631" t="s">
+        <v>16</v>
+      </c>
+      <c r="C1" s="631" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1" s="631" t="s">
         <v>18</v>
       </c>
-      <c r="D1" s="660" t="s">
+      <c r="E1" s="631" t="s">
         <v>19</v>
       </c>
-      <c r="E1" s="661" t="s">
+      <c r="F1" s="631" t="s">
         <v>20</v>
       </c>
-      <c r="F1" s="660" t="s">
+      <c r="G1" s="631" t="s">
         <v>21</v>
       </c>
-      <c r="G1" s="661" t="s">
+      <c r="H1" s="631" t="s">
         <v>22</v>
       </c>
-      <c r="H1" s="660" t="s">
+      <c r="I1" s="631" t="s">
         <v>23</v>
       </c>
-      <c r="I1" s="660" t="s">
+      <c r="J1" s="631" t="s">
         <v>24</v>
       </c>
-      <c r="J1" s="660" t="s">
+      <c r="K1" s="631" t="s">
         <v>25</v>
       </c>
-      <c r="K1" s="660" t="s">
+      <c r="L1" s="631" t="s">
         <v>26</v>
       </c>
-      <c r="L1" s="660" t="s">
+      <c r="M1" s="631" t="s">
         <v>27</v>
       </c>
-      <c r="M1" s="660" t="s">
-[...31 lines deleted...]
-      </c>
     </row>
     <row r="2">
-      <c r="A2" s="764" t="s">
+      <c r="A2" s="723" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="726">
+        <v>45184</v>
+      </c>
+      <c r="C2" s="726">
+        <v>45307</v>
+      </c>
+      <c r="D2" s="725">
+        <v>45441</v>
+      </c>
+      <c r="E2" s="726">
+        <v>45703</v>
+      </c>
+      <c r="F2" s="726">
+        <v>46228</v>
+      </c>
+      <c r="G2" s="726">
+        <v>46341</v>
+      </c>
+      <c r="H2" s="727">
+        <v>46756</v>
+      </c>
+      <c r="I2" s="728">
+        <v>47135</v>
+      </c>
+      <c r="J2" s="728">
+        <v>47098</v>
+      </c>
+      <c r="K2" s="728">
+        <v>47094</v>
+      </c>
+      <c r="L2" s="728">
+        <v>45893</v>
+      </c>
+      <c r="M2" s="728">
+        <v>45866</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="631" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="764" t="s">
+      <c r="B3" s="670">
+        <v>84808</v>
+      </c>
+      <c r="C3" s="670">
+        <v>85221</v>
+      </c>
+      <c r="D3" s="633">
+        <v>85486</v>
+      </c>
+      <c r="E3" s="670">
+        <v>85749</v>
+      </c>
+      <c r="F3" s="670">
+        <v>86200</v>
+      </c>
+      <c r="G3" s="670">
+        <v>86606</v>
+      </c>
+      <c r="H3" s="678">
+        <v>86875</v>
+      </c>
+      <c r="I3" s="701">
+        <v>87401</v>
+      </c>
+      <c r="J3" s="701">
+        <v>88029</v>
+      </c>
+      <c r="K3" s="701">
+        <v>88863</v>
+      </c>
+      <c r="L3" s="701">
+        <v>89222</v>
+      </c>
+      <c r="M3" s="701">
+        <v>90094</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="631" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="768"/>
-[...42 lines deleted...]
-      <c r="A3" s="633" t="s">
+      <c r="B4" s="670">
+        <v>86445</v>
+      </c>
+      <c r="C4" s="670">
+        <v>86919</v>
+      </c>
+      <c r="D4" s="633">
+        <v>87443</v>
+      </c>
+      <c r="E4" s="670">
+        <v>87567</v>
+      </c>
+      <c r="F4" s="670">
+        <v>88258</v>
+      </c>
+      <c r="G4" s="670">
+        <v>88505</v>
+      </c>
+      <c r="H4" s="678">
+        <v>88720</v>
+      </c>
+      <c r="I4" s="701">
+        <v>88530</v>
+      </c>
+      <c r="J4" s="701">
+        <v>88624</v>
+      </c>
+      <c r="K4" s="701">
+        <v>88756</v>
+      </c>
+      <c r="L4" s="701">
+        <v>89710</v>
+      </c>
+      <c r="M4" s="701">
+        <v>90543</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="631" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="633" t="s">
-[...44 lines deleted...]
-      <c r="A4" s="633" t="s">
+      <c r="B5" s="670">
+        <v>70644</v>
+      </c>
+      <c r="C5" s="670">
+        <v>70603</v>
+      </c>
+      <c r="D5" s="633">
+        <v>70662</v>
+      </c>
+      <c r="E5" s="670">
+        <v>70576</v>
+      </c>
+      <c r="F5" s="670">
+        <v>70845</v>
+      </c>
+      <c r="G5" s="670">
+        <v>71124</v>
+      </c>
+      <c r="H5" s="678">
+        <v>71590</v>
+      </c>
+      <c r="I5" s="701">
+        <v>71843</v>
+      </c>
+      <c r="J5" s="701">
+        <v>72568</v>
+      </c>
+      <c r="K5" s="701">
+        <v>72652</v>
+      </c>
+      <c r="L5" s="701">
+        <v>73555</v>
+      </c>
+      <c r="M5" s="701">
+        <v>73403</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="631" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="633" t="s">
-[...44 lines deleted...]
-      <c r="A5" s="633" t="s">
+      <c r="B6" s="670">
+        <v>36657</v>
+      </c>
+      <c r="C6" s="670">
+        <v>36611</v>
+      </c>
+      <c r="D6" s="633">
+        <v>36597</v>
+      </c>
+      <c r="E6" s="670">
+        <v>36732</v>
+      </c>
+      <c r="F6" s="670">
+        <v>36754</v>
+      </c>
+      <c r="G6" s="670">
+        <v>36807</v>
+      </c>
+      <c r="H6" s="678">
+        <v>36740</v>
+      </c>
+      <c r="I6" s="701">
+        <v>36743</v>
+      </c>
+      <c r="J6" s="701">
+        <v>36795</v>
+      </c>
+      <c r="K6" s="701">
+        <v>36794</v>
+      </c>
+      <c r="L6" s="701">
+        <v>37232</v>
+      </c>
+      <c r="M6" s="701">
+        <v>37146</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="631" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="633" t="s">
-[...108 lines deleted...]
-      <c r="M7" s="686">
+      <c r="B7" s="670">
         <v>42159</v>
       </c>
-      <c r="N7" s="686">
+      <c r="C7" s="670">
         <v>42305</v>
       </c>
-      <c r="O7" s="635">
+      <c r="D7" s="633">
         <v>42926</v>
       </c>
-      <c r="P7" s="686">
+      <c r="E7" s="670">
         <v>43158</v>
       </c>
-      <c r="Q7" s="686">
+      <c r="F7" s="670">
         <v>43351</v>
       </c>
-      <c r="R7" s="686">
+      <c r="G7" s="670">
         <v>43905</v>
       </c>
-      <c r="S7" s="700">
+      <c r="H7" s="678">
         <v>44370</v>
       </c>
-      <c r="T7" s="734">
+      <c r="I7" s="701">
         <v>44832</v>
       </c>
-      <c r="U7" s="734">
+      <c r="J7" s="701">
         <v>45394</v>
       </c>
-      <c r="V7" s="734">
+      <c r="K7" s="701">
         <v>45632</v>
       </c>
+      <c r="L7" s="701">
+        <v>45633</v>
+      </c>
+      <c r="M7" s="701">
+        <v>46222</v>
+      </c>
     </row>
     <row r="8">
-      <c r="A8" s="662"/>
+      <c r="A8" s="649"/>
       <c r="B8" s="633"/>
-      <c r="C8" s="643"/>
-[...17 lines deleted...]
-      <c r="U8" s="635"/>
+      <c r="C8" s="633"/>
+      <c r="D8" s="633"/>
+      <c r="E8" s="633"/>
+      <c r="F8" s="633"/>
+      <c r="G8" s="633"/>
+      <c r="H8" s="633"/>
+      <c r="I8" s="633"/>
+      <c r="J8" s="633"/>
     </row>
     <row r="9">
-      <c r="A9" s="662"/>
+      <c r="A9" s="649"/>
       <c r="B9" s="633"/>
-      <c r="C9" s="643"/>
-[...15 lines deleted...]
-      <c r="S9" s="694"/>
+      <c r="C9" s="633"/>
+      <c r="D9" s="633"/>
+      <c r="E9" s="633"/>
+      <c r="F9" s="633"/>
+      <c r="G9" s="633"/>
+      <c r="H9" s="676"/>
     </row>
     <row r="10">
-      <c r="A10" s="662"/>
+      <c r="A10" s="649"/>
       <c r="B10" s="633"/>
-      <c r="C10" s="643"/>
-[...15 lines deleted...]
-      <c r="S10" s="694"/>
+      <c r="C10" s="633"/>
+      <c r="D10" s="633"/>
+      <c r="E10" s="633"/>
+      <c r="F10" s="633"/>
+      <c r="G10" s="633"/>
+      <c r="H10" s="676"/>
     </row>
     <row r="11">
-      <c r="A11" s="662"/>
+      <c r="A11" s="649"/>
       <c r="B11" s="633"/>
-      <c r="C11" s="643"/>
-[...15 lines deleted...]
-      <c r="S11" s="694"/>
+      <c r="C11" s="633"/>
+      <c r="D11" s="633"/>
+      <c r="E11" s="633"/>
+      <c r="F11" s="633"/>
+      <c r="G11" s="633"/>
+      <c r="H11" s="676"/>
     </row>
     <row r="12">
-      <c r="A12" s="662"/>
+      <c r="A12" s="649"/>
       <c r="B12" s="633"/>
-      <c r="C12" s="643"/>
-[...15 lines deleted...]
-      <c r="S12" s="694"/>
+      <c r="C12" s="633"/>
+      <c r="D12" s="633"/>
+      <c r="E12" s="633"/>
+      <c r="F12" s="633"/>
+      <c r="G12" s="633"/>
+      <c r="H12" s="676"/>
     </row>
     <row r="13">
-      <c r="A13" s="662"/>
+      <c r="A13" s="649"/>
       <c r="B13" s="633"/>
-      <c r="C13" s="643"/>
-[...15 lines deleted...]
-      <c r="S13" s="694"/>
+      <c r="C13" s="633"/>
+      <c r="D13" s="633"/>
+      <c r="E13" s="633"/>
+      <c r="F13" s="633"/>
+      <c r="G13" s="633"/>
+      <c r="H13" s="676"/>
     </row>
     <row r="14">
-      <c r="A14" s="662"/>
+      <c r="A14" s="649"/>
       <c r="B14" s="633"/>
-      <c r="C14" s="643"/>
-[...15 lines deleted...]
-      <c r="S14" s="694"/>
+      <c r="C14" s="633"/>
+      <c r="D14" s="633"/>
+      <c r="E14" s="633"/>
+      <c r="F14" s="633"/>
+      <c r="G14" s="633"/>
+      <c r="H14" s="676"/>
     </row>
     <row r="15">
-      <c r="A15" s="662"/>
+      <c r="A15" s="649"/>
       <c r="B15" s="633"/>
-      <c r="C15" s="643"/>
-[...15 lines deleted...]
-      <c r="S15" s="694"/>
+      <c r="C15" s="633"/>
+      <c r="D15" s="633"/>
+      <c r="E15" s="633"/>
+      <c r="F15" s="633"/>
+      <c r="G15" s="633"/>
+      <c r="H15" s="676"/>
     </row>
     <row r="16">
-      <c r="A16" s="662"/>
+      <c r="A16" s="649"/>
       <c r="B16" s="633"/>
-      <c r="C16" s="643"/>
-[...15 lines deleted...]
-      <c r="S16" s="694"/>
+      <c r="C16" s="633"/>
+      <c r="D16" s="633"/>
+      <c r="E16" s="633"/>
+      <c r="F16" s="633"/>
+      <c r="G16" s="633"/>
+      <c r="H16" s="676"/>
     </row>
     <row r="17">
-      <c r="A17" s="662"/>
+      <c r="A17" s="649"/>
       <c r="B17" s="633"/>
-      <c r="C17" s="643"/>
-[...15 lines deleted...]
-      <c r="S17" s="694"/>
+      <c r="C17" s="633"/>
+      <c r="D17" s="633"/>
+      <c r="E17" s="633"/>
+      <c r="F17" s="633"/>
+      <c r="G17" s="633"/>
+      <c r="H17" s="676"/>
     </row>
     <row r="18">
-      <c r="A18" s="662"/>
+      <c r="A18" s="649"/>
       <c r="B18" s="633"/>
-      <c r="C18" s="643"/>
-[...15 lines deleted...]
-      <c r="S18" s="694"/>
+      <c r="C18" s="633"/>
+      <c r="D18" s="633"/>
+      <c r="E18" s="633"/>
+      <c r="F18" s="633"/>
+      <c r="G18" s="633"/>
+      <c r="H18" s="676"/>
     </row>
     <row r="19">
-      <c r="A19" s="662"/>
+      <c r="A19" s="649"/>
       <c r="B19" s="633"/>
-      <c r="C19" s="643"/>
-[...15 lines deleted...]
-      <c r="S19" s="694"/>
+      <c r="C19" s="633"/>
+      <c r="D19" s="633"/>
+      <c r="E19" s="633"/>
+      <c r="F19" s="633"/>
+      <c r="G19" s="633"/>
+      <c r="H19" s="676"/>
     </row>
     <row r="20">
-      <c r="A20" s="662"/>
+      <c r="A20" s="649"/>
       <c r="B20" s="633"/>
-      <c r="C20" s="643"/>
-[...15 lines deleted...]
-      <c r="S20" s="694"/>
+      <c r="C20" s="633"/>
+      <c r="D20" s="633"/>
+      <c r="E20" s="633"/>
+      <c r="F20" s="633"/>
+      <c r="G20" s="633"/>
+      <c r="H20" s="676"/>
     </row>
     <row r="21">
-      <c r="A21" s="662"/>
+      <c r="A21" s="649"/>
       <c r="B21" s="633"/>
-      <c r="C21" s="643"/>
-[...15 lines deleted...]
-      <c r="S21" s="694"/>
+      <c r="C21" s="633"/>
+      <c r="D21" s="633"/>
+      <c r="E21" s="633"/>
+      <c r="F21" s="633"/>
+      <c r="G21" s="633"/>
+      <c r="H21" s="676"/>
     </row>
     <row r="22">
-      <c r="A22" s="662"/>
+      <c r="A22" s="649"/>
       <c r="B22" s="633"/>
-      <c r="C22" s="643"/>
-[...15 lines deleted...]
-      <c r="S22" s="694"/>
+      <c r="C22" s="633"/>
+      <c r="D22" s="633"/>
+      <c r="E22" s="633"/>
+      <c r="F22" s="633"/>
+      <c r="G22" s="633"/>
+      <c r="H22" s="676"/>
     </row>
     <row r="23">
-      <c r="A23" s="662"/>
+      <c r="A23" s="649"/>
       <c r="B23" s="633"/>
-      <c r="C23" s="643"/>
-[...15 lines deleted...]
-      <c r="S23" s="694"/>
+      <c r="C23" s="633"/>
+      <c r="D23" s="633"/>
+      <c r="E23" s="633"/>
+      <c r="F23" s="633"/>
+      <c r="G23" s="633"/>
+      <c r="H23" s="676"/>
     </row>
     <row r="24">
-      <c r="A24" s="662"/>
+      <c r="A24" s="649"/>
       <c r="B24" s="633"/>
-      <c r="C24" s="643"/>
-[...15 lines deleted...]
-      <c r="S24" s="694"/>
+      <c r="C24" s="633"/>
+      <c r="D24" s="633"/>
+      <c r="E24" s="633"/>
+      <c r="F24" s="633"/>
+      <c r="G24" s="633"/>
+      <c r="H24" s="676"/>
     </row>
     <row r="25">
-      <c r="A25" s="662"/>
+      <c r="A25" s="649"/>
       <c r="B25" s="633"/>
-      <c r="C25" s="643"/>
-[...15 lines deleted...]
-      <c r="S25" s="694"/>
+      <c r="C25" s="633"/>
+      <c r="D25" s="633"/>
+      <c r="E25" s="633"/>
+      <c r="F25" s="633"/>
+      <c r="G25" s="633"/>
+      <c r="H25" s="676"/>
     </row>
     <row r="26">
-      <c r="A26" s="662"/>
+      <c r="A26" s="649"/>
       <c r="B26" s="633"/>
-      <c r="C26" s="643"/>
-[...15 lines deleted...]
-      <c r="S26" s="694"/>
+      <c r="C26" s="633"/>
+      <c r="D26" s="633"/>
+      <c r="E26" s="633"/>
+      <c r="F26" s="633"/>
+      <c r="G26" s="633"/>
+      <c r="H26" s="676"/>
     </row>
     <row r="27">
-      <c r="A27" s="662"/>
+      <c r="A27" s="649"/>
       <c r="B27" s="633"/>
-      <c r="C27" s="643"/>
-[...15 lines deleted...]
-      <c r="S27" s="694"/>
+      <c r="C27" s="633"/>
+      <c r="D27" s="633"/>
+      <c r="E27" s="633"/>
+      <c r="F27" s="633"/>
+      <c r="G27" s="633"/>
+      <c r="H27" s="676"/>
     </row>
     <row r="28">
-      <c r="A28" s="662"/>
+      <c r="A28" s="649"/>
       <c r="B28" s="633"/>
-      <c r="C28" s="643"/>
-[...15 lines deleted...]
-      <c r="S28" s="694"/>
+      <c r="C28" s="633"/>
+      <c r="D28" s="633"/>
+      <c r="E28" s="633"/>
+      <c r="F28" s="633"/>
+      <c r="G28" s="633"/>
+      <c r="H28" s="676"/>
     </row>
     <row r="29">
-      <c r="A29" s="662"/>
+      <c r="A29" s="649"/>
       <c r="B29" s="633"/>
-      <c r="C29" s="643"/>
-[...15 lines deleted...]
-      <c r="S29" s="694"/>
+      <c r="C29" s="633"/>
+      <c r="D29" s="633"/>
+      <c r="E29" s="633"/>
+      <c r="F29" s="633"/>
+      <c r="G29" s="633"/>
+      <c r="H29" s="676"/>
     </row>
     <row r="30">
-      <c r="A30" s="662"/>
+      <c r="A30" s="649"/>
       <c r="B30" s="633"/>
-      <c r="C30" s="643"/>
-[...15 lines deleted...]
-      <c r="S30" s="694"/>
+      <c r="C30" s="633"/>
+      <c r="D30" s="633"/>
+      <c r="E30" s="633"/>
+      <c r="F30" s="633"/>
+      <c r="G30" s="633"/>
+      <c r="H30" s="676"/>
     </row>
     <row r="31">
-      <c r="A31" s="662"/>
+      <c r="A31" s="649"/>
       <c r="B31" s="633"/>
-      <c r="C31" s="643"/>
-[...15 lines deleted...]
-      <c r="S31" s="694"/>
+      <c r="C31" s="633"/>
+      <c r="D31" s="633"/>
+      <c r="E31" s="633"/>
+      <c r="F31" s="633"/>
+      <c r="G31" s="633"/>
+      <c r="H31" s="676"/>
     </row>
     <row r="32">
-      <c r="A32" s="662"/>
+      <c r="A32" s="649"/>
       <c r="B32" s="633"/>
-      <c r="C32" s="643"/>
-[...15 lines deleted...]
-      <c r="S32" s="694"/>
+      <c r="C32" s="633"/>
+      <c r="D32" s="633"/>
+      <c r="E32" s="633"/>
+      <c r="F32" s="633"/>
+      <c r="G32" s="633"/>
+      <c r="H32" s="676"/>
     </row>
     <row r="33">
-      <c r="A33" s="662"/>
+      <c r="A33" s="649"/>
       <c r="B33" s="633"/>
-      <c r="C33" s="643"/>
-[...15 lines deleted...]
-      <c r="S33" s="694"/>
+      <c r="C33" s="633"/>
+      <c r="D33" s="633"/>
+      <c r="E33" s="633"/>
+      <c r="F33" s="633"/>
+      <c r="G33" s="633"/>
+      <c r="H33" s="676"/>
     </row>
     <row r="34">
-      <c r="A34" s="662"/>
+      <c r="A34" s="649"/>
       <c r="B34" s="633"/>
-      <c r="C34" s="643"/>
-[...15 lines deleted...]
-      <c r="S34" s="694"/>
+      <c r="C34" s="633"/>
+      <c r="D34" s="633"/>
+      <c r="E34" s="633"/>
+      <c r="F34" s="633"/>
+      <c r="G34" s="633"/>
+      <c r="H34" s="676"/>
     </row>
     <row r="35">
-      <c r="A35" s="662"/>
+      <c r="A35" s="649"/>
       <c r="B35" s="633"/>
-      <c r="C35" s="643"/>
-[...15 lines deleted...]
-      <c r="S35" s="694"/>
+      <c r="C35" s="633"/>
+      <c r="D35" s="633"/>
+      <c r="E35" s="633"/>
+      <c r="F35" s="633"/>
+      <c r="G35" s="633"/>
+      <c r="H35" s="676"/>
     </row>
     <row r="36">
-      <c r="A36" s="662"/>
+      <c r="A36" s="649"/>
       <c r="B36" s="633"/>
-      <c r="C36" s="643"/>
-[...15 lines deleted...]
-      <c r="S36" s="694"/>
+      <c r="C36" s="633"/>
+      <c r="D36" s="633"/>
+      <c r="E36" s="633"/>
+      <c r="F36" s="633"/>
+      <c r="G36" s="633"/>
+      <c r="H36" s="676"/>
     </row>
     <row r="37">
-      <c r="A37" s="662"/>
+      <c r="A37" s="649"/>
       <c r="B37" s="633"/>
-      <c r="C37" s="643"/>
-[...15 lines deleted...]
-      <c r="S37" s="694"/>
+      <c r="C37" s="633"/>
+      <c r="D37" s="633"/>
+      <c r="E37" s="633"/>
+      <c r="F37" s="633"/>
+      <c r="G37" s="633"/>
+      <c r="H37" s="676"/>
     </row>
     <row r="38">
-      <c r="A38" s="662"/>
+      <c r="A38" s="649"/>
       <c r="B38" s="633"/>
-      <c r="C38" s="643"/>
-[...15 lines deleted...]
-      <c r="S38" s="694"/>
+      <c r="C38" s="633"/>
+      <c r="D38" s="633"/>
+      <c r="E38" s="633"/>
+      <c r="F38" s="633"/>
+      <c r="G38" s="633"/>
+      <c r="H38" s="676"/>
     </row>
     <row r="39">
-      <c r="A39" s="662"/>
+      <c r="A39" s="649"/>
       <c r="B39" s="633"/>
-      <c r="C39" s="643"/>
-[...15 lines deleted...]
-      <c r="S39" s="694"/>
+      <c r="C39" s="633"/>
+      <c r="D39" s="633"/>
+      <c r="E39" s="633"/>
+      <c r="F39" s="633"/>
+      <c r="G39" s="633"/>
+      <c r="H39" s="676"/>
     </row>
     <row r="40">
-      <c r="A40" s="662"/>
+      <c r="A40" s="649"/>
       <c r="B40" s="633"/>
-      <c r="C40" s="643"/>
-[...15 lines deleted...]
-      <c r="S40" s="694"/>
+      <c r="C40" s="633"/>
+      <c r="D40" s="633"/>
+      <c r="E40" s="633"/>
+      <c r="F40" s="633"/>
+      <c r="G40" s="633"/>
+      <c r="H40" s="676"/>
     </row>
     <row r="41">
-      <c r="A41" s="662"/>
+      <c r="A41" s="649"/>
       <c r="B41" s="633"/>
-      <c r="C41" s="643"/>
-[...15 lines deleted...]
-      <c r="S41" s="694"/>
+      <c r="C41" s="633"/>
+      <c r="D41" s="633"/>
+      <c r="E41" s="633"/>
+      <c r="F41" s="633"/>
+      <c r="G41" s="633"/>
+      <c r="H41" s="676"/>
     </row>
     <row r="42">
-      <c r="A42" s="662"/>
+      <c r="A42" s="649"/>
       <c r="B42" s="633"/>
-      <c r="C42" s="643"/>
-[...15 lines deleted...]
-      <c r="S42" s="694"/>
+      <c r="C42" s="633"/>
+      <c r="D42" s="633"/>
+      <c r="E42" s="633"/>
+      <c r="F42" s="633"/>
+      <c r="G42" s="633"/>
+      <c r="H42" s="676"/>
     </row>
     <row r="43">
-      <c r="A43" s="662"/>
+      <c r="A43" s="649"/>
       <c r="B43" s="633"/>
-      <c r="C43" s="643"/>
-[...15 lines deleted...]
-      <c r="S43" s="694"/>
+      <c r="C43" s="633"/>
+      <c r="D43" s="633"/>
+      <c r="E43" s="633"/>
+      <c r="F43" s="633"/>
+      <c r="G43" s="633"/>
+      <c r="H43" s="676"/>
     </row>
     <row r="44">
-      <c r="A44" s="662"/>
+      <c r="A44" s="649"/>
       <c r="B44" s="633"/>
-      <c r="C44" s="643"/>
-[...15 lines deleted...]
-      <c r="S44" s="694"/>
+      <c r="C44" s="633"/>
+      <c r="D44" s="633"/>
+      <c r="E44" s="633"/>
+      <c r="F44" s="633"/>
+      <c r="G44" s="633"/>
+      <c r="H44" s="676"/>
     </row>
     <row r="45">
-      <c r="A45" s="662"/>
+      <c r="A45" s="649"/>
       <c r="B45" s="633"/>
-      <c r="C45" s="643"/>
-[...15 lines deleted...]
-      <c r="S45" s="694"/>
+      <c r="C45" s="633"/>
+      <c r="D45" s="633"/>
+      <c r="E45" s="633"/>
+      <c r="F45" s="633"/>
+      <c r="G45" s="633"/>
+      <c r="H45" s="676"/>
     </row>
     <row r="46">
-      <c r="A46" s="662"/>
+      <c r="A46" s="649"/>
       <c r="B46" s="633"/>
-      <c r="C46" s="643"/>
-[...15 lines deleted...]
-      <c r="S46" s="694"/>
+      <c r="C46" s="633"/>
+      <c r="D46" s="633"/>
+      <c r="E46" s="633"/>
+      <c r="F46" s="633"/>
+      <c r="G46" s="633"/>
+      <c r="H46" s="676"/>
     </row>
     <row r="47">
-      <c r="A47" s="662"/>
+      <c r="A47" s="649"/>
       <c r="B47" s="633"/>
-      <c r="C47" s="643"/>
-[...15 lines deleted...]
-      <c r="S47" s="694"/>
+      <c r="C47" s="633"/>
+      <c r="D47" s="633"/>
+      <c r="E47" s="633"/>
+      <c r="F47" s="633"/>
+      <c r="G47" s="633"/>
+      <c r="H47" s="676"/>
     </row>
     <row r="48">
-      <c r="A48" s="662"/>
+      <c r="A48" s="649"/>
       <c r="B48" s="633"/>
-      <c r="C48" s="643"/>
-[...15 lines deleted...]
-      <c r="S48" s="694"/>
+      <c r="C48" s="633"/>
+      <c r="D48" s="633"/>
+      <c r="E48" s="633"/>
+      <c r="F48" s="633"/>
+      <c r="G48" s="633"/>
+      <c r="H48" s="676"/>
     </row>
     <row r="49">
-      <c r="A49" s="662"/>
+      <c r="A49" s="649"/>
       <c r="B49" s="633"/>
-      <c r="C49" s="643"/>
-[...15 lines deleted...]
-      <c r="S49" s="694"/>
+      <c r="C49" s="633"/>
+      <c r="D49" s="633"/>
+      <c r="E49" s="633"/>
+      <c r="F49" s="633"/>
+      <c r="G49" s="633"/>
+      <c r="H49" s="676"/>
     </row>
     <row r="50">
-      <c r="A50" s="662"/>
+      <c r="A50" s="649"/>
       <c r="B50" s="633"/>
-      <c r="C50" s="643"/>
-[...15 lines deleted...]
-      <c r="S50" s="694"/>
+      <c r="C50" s="633"/>
+      <c r="D50" s="633"/>
+      <c r="E50" s="633"/>
+      <c r="F50" s="633"/>
+      <c r="G50" s="633"/>
+      <c r="H50" s="676"/>
     </row>
     <row r="51">
-      <c r="A51" s="662"/>
+      <c r="A51" s="649"/>
       <c r="B51" s="633"/>
-      <c r="C51" s="643"/>
-[...15 lines deleted...]
-      <c r="S51" s="694"/>
+      <c r="C51" s="633"/>
+      <c r="D51" s="633"/>
+      <c r="E51" s="633"/>
+      <c r="F51" s="633"/>
+      <c r="G51" s="633"/>
+      <c r="H51" s="676"/>
     </row>
     <row r="52">
-      <c r="A52" s="662"/>
+      <c r="A52" s="649"/>
       <c r="B52" s="633"/>
-      <c r="C52" s="643"/>
-[...15 lines deleted...]
-      <c r="S52" s="694"/>
+      <c r="C52" s="633"/>
+      <c r="D52" s="633"/>
+      <c r="E52" s="633"/>
+      <c r="F52" s="633"/>
+      <c r="G52" s="633"/>
+      <c r="H52" s="676"/>
     </row>
     <row r="53">
-      <c r="A53" s="662"/>
+      <c r="A53" s="649"/>
       <c r="B53" s="633"/>
-      <c r="C53" s="643"/>
-[...15 lines deleted...]
-      <c r="S53" s="694"/>
+      <c r="C53" s="633"/>
+      <c r="D53" s="633"/>
+      <c r="E53" s="633"/>
+      <c r="F53" s="633"/>
+      <c r="G53" s="633"/>
+      <c r="H53" s="676"/>
     </row>
     <row r="54">
-      <c r="A54" s="662"/>
+      <c r="A54" s="649"/>
       <c r="B54" s="633"/>
-      <c r="C54" s="643"/>
-[...15 lines deleted...]
-      <c r="S54" s="694"/>
+      <c r="C54" s="633"/>
+      <c r="D54" s="633"/>
+      <c r="E54" s="633"/>
+      <c r="F54" s="633"/>
+      <c r="G54" s="633"/>
+      <c r="H54" s="676"/>
     </row>
     <row r="55">
-      <c r="A55" s="662"/>
+      <c r="A55" s="649"/>
       <c r="B55" s="633"/>
-      <c r="C55" s="643"/>
-[...15 lines deleted...]
-      <c r="S55" s="694"/>
+      <c r="C55" s="633"/>
+      <c r="D55" s="633"/>
+      <c r="E55" s="633"/>
+      <c r="F55" s="633"/>
+      <c r="G55" s="633"/>
+      <c r="H55" s="676"/>
     </row>
     <row r="56">
-      <c r="A56" s="662"/>
+      <c r="A56" s="649"/>
       <c r="B56" s="633"/>
-      <c r="C56" s="643"/>
-[...15 lines deleted...]
-      <c r="S56" s="694"/>
+      <c r="C56" s="633"/>
+      <c r="D56" s="633"/>
+      <c r="E56" s="633"/>
+      <c r="F56" s="633"/>
+      <c r="G56" s="633"/>
+      <c r="H56" s="676"/>
     </row>
     <row r="57">
-      <c r="A57" s="662"/>
+      <c r="A57" s="649"/>
       <c r="B57" s="633"/>
-      <c r="C57" s="643"/>
-[...15 lines deleted...]
-      <c r="S57" s="694"/>
+      <c r="C57" s="633"/>
+      <c r="D57" s="633"/>
+      <c r="E57" s="633"/>
+      <c r="F57" s="633"/>
+      <c r="G57" s="633"/>
+      <c r="H57" s="676"/>
     </row>
     <row r="58">
-      <c r="A58" s="662"/>
+      <c r="A58" s="649"/>
       <c r="B58" s="633"/>
-      <c r="C58" s="643"/>
-[...15 lines deleted...]
-      <c r="S58" s="694"/>
+      <c r="C58" s="633"/>
+      <c r="D58" s="633"/>
+      <c r="E58" s="633"/>
+      <c r="F58" s="633"/>
+      <c r="G58" s="633"/>
+      <c r="H58" s="676"/>
     </row>
     <row r="59">
-      <c r="A59" s="662"/>
+      <c r="A59" s="649"/>
       <c r="B59" s="633"/>
-      <c r="C59" s="643"/>
-[...15 lines deleted...]
-      <c r="S59" s="694"/>
+      <c r="C59" s="633"/>
+      <c r="D59" s="633"/>
+      <c r="E59" s="633"/>
+      <c r="F59" s="633"/>
+      <c r="G59" s="633"/>
+      <c r="H59" s="676"/>
     </row>
     <row r="60">
-      <c r="A60" s="662"/>
+      <c r="A60" s="649"/>
       <c r="B60" s="633"/>
-      <c r="C60" s="643"/>
-[...15 lines deleted...]
-      <c r="S60" s="694"/>
+      <c r="C60" s="633"/>
+      <c r="D60" s="633"/>
+      <c r="E60" s="633"/>
+      <c r="F60" s="633"/>
+      <c r="G60" s="633"/>
+      <c r="H60" s="676"/>
     </row>
     <row r="61">
-      <c r="A61" s="662"/>
+      <c r="A61" s="649"/>
       <c r="B61" s="633"/>
-      <c r="C61" s="643"/>
-[...15 lines deleted...]
-      <c r="S61" s="694"/>
+      <c r="C61" s="633"/>
+      <c r="D61" s="633"/>
+      <c r="E61" s="633"/>
+      <c r="F61" s="633"/>
+      <c r="G61" s="633"/>
+      <c r="H61" s="676"/>
     </row>
     <row r="62">
-      <c r="A62" s="662"/>
+      <c r="A62" s="649"/>
       <c r="B62" s="633"/>
-      <c r="C62" s="643"/>
-[...15 lines deleted...]
-      <c r="S62" s="694"/>
+      <c r="C62" s="633"/>
+      <c r="D62" s="633"/>
+      <c r="E62" s="633"/>
+      <c r="F62" s="633"/>
+      <c r="G62" s="633"/>
+      <c r="H62" s="676"/>
     </row>
     <row r="63">
-      <c r="A63" s="662"/>
+      <c r="A63" s="649"/>
       <c r="B63" s="633"/>
-      <c r="C63" s="643"/>
-[...15 lines deleted...]
-      <c r="S63" s="694"/>
+      <c r="C63" s="633"/>
+      <c r="D63" s="633"/>
+      <c r="E63" s="633"/>
+      <c r="F63" s="633"/>
+      <c r="G63" s="633"/>
+      <c r="H63" s="676"/>
     </row>
     <row r="64">
-      <c r="A64" s="662"/>
+      <c r="A64" s="649"/>
       <c r="B64" s="633"/>
-      <c r="C64" s="643"/>
-[...15 lines deleted...]
-      <c r="S64" s="694"/>
+      <c r="C64" s="633"/>
+      <c r="D64" s="633"/>
+      <c r="E64" s="633"/>
+      <c r="F64" s="633"/>
+      <c r="G64" s="633"/>
+      <c r="H64" s="676"/>
     </row>
     <row r="65">
-      <c r="A65" s="662"/>
+      <c r="A65" s="649"/>
       <c r="B65" s="633"/>
-      <c r="C65" s="643"/>
-[...15 lines deleted...]
-      <c r="S65" s="694"/>
+      <c r="C65" s="633"/>
+      <c r="D65" s="633"/>
+      <c r="E65" s="633"/>
+      <c r="F65" s="633"/>
+      <c r="G65" s="633"/>
+      <c r="H65" s="676"/>
     </row>
     <row r="66">
-      <c r="A66" s="662"/>
+      <c r="A66" s="649"/>
       <c r="B66" s="633"/>
-      <c r="C66" s="643"/>
-[...15 lines deleted...]
-      <c r="S66" s="694"/>
+      <c r="C66" s="633"/>
+      <c r="D66" s="633"/>
+      <c r="E66" s="633"/>
+      <c r="F66" s="633"/>
+      <c r="G66" s="633"/>
+      <c r="H66" s="676"/>
     </row>
     <row r="67">
-      <c r="A67" s="662"/>
+      <c r="A67" s="649"/>
       <c r="B67" s="633"/>
-      <c r="C67" s="643"/>
-[...15 lines deleted...]
-      <c r="S67" s="694"/>
+      <c r="C67" s="633"/>
+      <c r="D67" s="633"/>
+      <c r="E67" s="633"/>
+      <c r="F67" s="633"/>
+      <c r="G67" s="633"/>
+      <c r="H67" s="676"/>
     </row>
     <row r="68">
-      <c r="A68" s="662"/>
+      <c r="A68" s="649"/>
       <c r="B68" s="633"/>
-      <c r="C68" s="643"/>
-[...15 lines deleted...]
-      <c r="S68" s="694"/>
+      <c r="C68" s="633"/>
+      <c r="D68" s="633"/>
+      <c r="E68" s="633"/>
+      <c r="F68" s="633"/>
+      <c r="G68" s="633"/>
+      <c r="H68" s="676"/>
     </row>
     <row r="69">
-      <c r="A69" s="662"/>
+      <c r="A69" s="649"/>
       <c r="B69" s="633"/>
-      <c r="C69" s="643"/>
-[...15 lines deleted...]
-      <c r="S69" s="694"/>
+      <c r="C69" s="633"/>
+      <c r="D69" s="633"/>
+      <c r="E69" s="633"/>
+      <c r="F69" s="633"/>
+      <c r="G69" s="633"/>
+      <c r="H69" s="676"/>
     </row>
     <row r="70">
-      <c r="A70" s="662"/>
+      <c r="A70" s="649"/>
       <c r="B70" s="633"/>
-      <c r="C70" s="643"/>
-[...15 lines deleted...]
-      <c r="S70" s="694"/>
+      <c r="C70" s="633"/>
+      <c r="D70" s="633"/>
+      <c r="E70" s="633"/>
+      <c r="F70" s="633"/>
+      <c r="G70" s="633"/>
+      <c r="H70" s="676"/>
     </row>
     <row r="71">
-      <c r="A71" s="662"/>
+      <c r="A71" s="649"/>
       <c r="B71" s="633"/>
-      <c r="C71" s="643"/>
-[...15 lines deleted...]
-      <c r="S71" s="694"/>
+      <c r="C71" s="633"/>
+      <c r="D71" s="633"/>
+      <c r="E71" s="633"/>
+      <c r="F71" s="633"/>
+      <c r="G71" s="633"/>
+      <c r="H71" s="676"/>
     </row>
     <row r="72">
-      <c r="A72" s="662"/>
+      <c r="A72" s="649"/>
       <c r="B72" s="633"/>
-      <c r="C72" s="643"/>
-[...15 lines deleted...]
-      <c r="S72" s="694"/>
+      <c r="C72" s="633"/>
+      <c r="D72" s="633"/>
+      <c r="E72" s="633"/>
+      <c r="F72" s="633"/>
+      <c r="G72" s="633"/>
+      <c r="H72" s="676"/>
     </row>
     <row r="73">
-      <c r="A73" s="662"/>
+      <c r="A73" s="649"/>
       <c r="B73" s="633"/>
-      <c r="C73" s="643"/>
-[...15 lines deleted...]
-      <c r="S73" s="694"/>
+      <c r="C73" s="633"/>
+      <c r="D73" s="633"/>
+      <c r="E73" s="633"/>
+      <c r="F73" s="633"/>
+      <c r="G73" s="633"/>
+      <c r="H73" s="676"/>
     </row>
     <row r="74">
-      <c r="A74" s="662"/>
+      <c r="A74" s="649"/>
       <c r="B74" s="633"/>
-      <c r="C74" s="643"/>
-[...15 lines deleted...]
-      <c r="S74" s="694"/>
+      <c r="C74" s="633"/>
+      <c r="D74" s="633"/>
+      <c r="E74" s="633"/>
+      <c r="F74" s="633"/>
+      <c r="G74" s="633"/>
+      <c r="H74" s="676"/>
     </row>
     <row r="75">
-      <c r="A75" s="662"/>
+      <c r="A75" s="649"/>
       <c r="B75" s="633"/>
-      <c r="C75" s="643"/>
-[...15 lines deleted...]
-      <c r="S75" s="694"/>
+      <c r="C75" s="633"/>
+      <c r="D75" s="633"/>
+      <c r="E75" s="633"/>
+      <c r="F75" s="633"/>
+      <c r="G75" s="633"/>
+      <c r="H75" s="676"/>
     </row>
     <row r="76">
-      <c r="A76" s="662"/>
+      <c r="A76" s="649"/>
       <c r="B76" s="633"/>
-      <c r="C76" s="643"/>
-[...15 lines deleted...]
-      <c r="S76" s="694"/>
+      <c r="C76" s="633"/>
+      <c r="D76" s="633"/>
+      <c r="E76" s="633"/>
+      <c r="F76" s="633"/>
+      <c r="G76" s="633"/>
+      <c r="H76" s="676"/>
     </row>
     <row r="77">
-      <c r="A77" s="662"/>
+      <c r="A77" s="649"/>
       <c r="B77" s="633"/>
-      <c r="C77" s="643"/>
-[...15 lines deleted...]
-      <c r="S77" s="694"/>
+      <c r="C77" s="633"/>
+      <c r="D77" s="633"/>
+      <c r="E77" s="633"/>
+      <c r="F77" s="633"/>
+      <c r="G77" s="633"/>
+      <c r="H77" s="676"/>
     </row>
     <row r="78">
-      <c r="A78" s="662"/>
+      <c r="A78" s="649"/>
       <c r="B78" s="633"/>
-      <c r="C78" s="643"/>
-[...15 lines deleted...]
-      <c r="S78" s="694"/>
+      <c r="C78" s="633"/>
+      <c r="D78" s="633"/>
+      <c r="E78" s="633"/>
+      <c r="F78" s="633"/>
+      <c r="G78" s="633"/>
+      <c r="H78" s="676"/>
     </row>
     <row r="79">
-      <c r="A79" s="662"/>
+      <c r="A79" s="649"/>
       <c r="B79" s="633"/>
-      <c r="C79" s="643"/>
-[...15 lines deleted...]
-      <c r="S79" s="694"/>
+      <c r="C79" s="633"/>
+      <c r="D79" s="633"/>
+      <c r="E79" s="633"/>
+      <c r="F79" s="633"/>
+      <c r="G79" s="633"/>
+      <c r="H79" s="676"/>
     </row>
     <row r="80">
-      <c r="A80" s="662"/>
+      <c r="A80" s="649"/>
       <c r="B80" s="633"/>
-      <c r="C80" s="643"/>
-[...15 lines deleted...]
-      <c r="S80" s="694"/>
+      <c r="C80" s="633"/>
+      <c r="D80" s="633"/>
+      <c r="E80" s="633"/>
+      <c r="F80" s="633"/>
+      <c r="G80" s="633"/>
+      <c r="H80" s="676"/>
     </row>
     <row r="81">
-      <c r="A81" s="662"/>
+      <c r="A81" s="649"/>
       <c r="B81" s="633"/>
-      <c r="C81" s="643"/>
-[...15 lines deleted...]
-      <c r="S81" s="694"/>
+      <c r="C81" s="633"/>
+      <c r="D81" s="633"/>
+      <c r="E81" s="633"/>
+      <c r="F81" s="633"/>
+      <c r="G81" s="633"/>
+      <c r="H81" s="676"/>
     </row>
     <row r="82">
-      <c r="A82" s="662"/>
+      <c r="A82" s="649"/>
       <c r="B82" s="633"/>
-      <c r="C82" s="643"/>
-[...15 lines deleted...]
-      <c r="S82" s="694"/>
+      <c r="C82" s="633"/>
+      <c r="D82" s="633"/>
+      <c r="E82" s="633"/>
+      <c r="F82" s="633"/>
+      <c r="G82" s="633"/>
+      <c r="H82" s="676"/>
     </row>
     <row r="83">
-      <c r="A83" s="662"/>
+      <c r="A83" s="649"/>
       <c r="B83" s="633"/>
-      <c r="C83" s="643"/>
-[...15 lines deleted...]
-      <c r="S83" s="694"/>
+      <c r="C83" s="633"/>
+      <c r="D83" s="633"/>
+      <c r="E83" s="633"/>
+      <c r="F83" s="633"/>
+      <c r="G83" s="633"/>
+      <c r="H83" s="676"/>
     </row>
     <row r="84">
-      <c r="A84" s="662"/>
+      <c r="A84" s="649"/>
       <c r="B84" s="633"/>
-      <c r="C84" s="643"/>
-[...15 lines deleted...]
-      <c r="S84" s="694"/>
+      <c r="C84" s="633"/>
+      <c r="D84" s="633"/>
+      <c r="E84" s="633"/>
+      <c r="F84" s="633"/>
+      <c r="G84" s="633"/>
+      <c r="H84" s="676"/>
     </row>
     <row r="85">
-      <c r="A85" s="662"/>
+      <c r="A85" s="649"/>
       <c r="B85" s="633"/>
-      <c r="C85" s="643"/>
-[...15 lines deleted...]
-      <c r="S85" s="694"/>
+      <c r="C85" s="633"/>
+      <c r="D85" s="633"/>
+      <c r="E85" s="633"/>
+      <c r="F85" s="633"/>
+      <c r="G85" s="633"/>
+      <c r="H85" s="676"/>
     </row>
     <row r="86">
-      <c r="A86" s="662"/>
+      <c r="A86" s="649"/>
       <c r="B86" s="633"/>
-      <c r="C86" s="643"/>
-[...15 lines deleted...]
-      <c r="S86" s="694"/>
+      <c r="C86" s="633"/>
+      <c r="D86" s="633"/>
+      <c r="E86" s="633"/>
+      <c r="F86" s="633"/>
+      <c r="G86" s="633"/>
+      <c r="H86" s="676"/>
     </row>
     <row r="87">
-      <c r="A87" s="662"/>
+      <c r="A87" s="649"/>
       <c r="B87" s="633"/>
-      <c r="C87" s="643"/>
-[...15 lines deleted...]
-      <c r="S87" s="694"/>
+      <c r="C87" s="633"/>
+      <c r="D87" s="633"/>
+      <c r="E87" s="633"/>
+      <c r="F87" s="633"/>
+      <c r="G87" s="633"/>
+      <c r="H87" s="676"/>
     </row>
     <row r="88">
-      <c r="A88" s="662"/>
+      <c r="A88" s="649"/>
       <c r="B88" s="633"/>
-      <c r="C88" s="643"/>
-[...15 lines deleted...]
-      <c r="S88" s="694"/>
+      <c r="C88" s="633"/>
+      <c r="D88" s="633"/>
+      <c r="E88" s="633"/>
+      <c r="F88" s="633"/>
+      <c r="G88" s="633"/>
+      <c r="H88" s="676"/>
     </row>
     <row r="89">
-      <c r="A89" s="662"/>
+      <c r="A89" s="649"/>
       <c r="B89" s="633"/>
-      <c r="C89" s="643"/>
-[...15 lines deleted...]
-      <c r="S89" s="694"/>
+      <c r="C89" s="633"/>
+      <c r="D89" s="633"/>
+      <c r="E89" s="633"/>
+      <c r="F89" s="633"/>
+      <c r="G89" s="633"/>
+      <c r="H89" s="676"/>
     </row>
     <row r="90">
-      <c r="A90" s="662"/>
+      <c r="A90" s="649"/>
       <c r="B90" s="633"/>
-      <c r="C90" s="643"/>
-[...15 lines deleted...]
-      <c r="S90" s="694"/>
+      <c r="C90" s="633"/>
+      <c r="D90" s="633"/>
+      <c r="E90" s="633"/>
+      <c r="F90" s="633"/>
+      <c r="G90" s="633"/>
+      <c r="H90" s="676"/>
     </row>
     <row r="91">
-      <c r="A91" s="662"/>
+      <c r="A91" s="649"/>
       <c r="B91" s="633"/>
-      <c r="C91" s="643"/>
-[...15 lines deleted...]
-      <c r="S91" s="694"/>
+      <c r="C91" s="633"/>
+      <c r="D91" s="633"/>
+      <c r="E91" s="633"/>
+      <c r="F91" s="633"/>
+      <c r="G91" s="633"/>
+      <c r="H91" s="676"/>
     </row>
     <row r="92">
-      <c r="A92" s="662"/>
+      <c r="A92" s="649"/>
       <c r="B92" s="633"/>
-      <c r="C92" s="643"/>
-[...15 lines deleted...]
-      <c r="S92" s="694"/>
+      <c r="C92" s="633"/>
+      <c r="D92" s="633"/>
+      <c r="E92" s="633"/>
+      <c r="F92" s="633"/>
+      <c r="G92" s="633"/>
+      <c r="H92" s="676"/>
     </row>
     <row r="93">
-      <c r="A93" s="662"/>
+      <c r="A93" s="649"/>
       <c r="B93" s="633"/>
-      <c r="C93" s="643"/>
-[...15 lines deleted...]
-      <c r="S93" s="694"/>
+      <c r="C93" s="633"/>
+      <c r="D93" s="633"/>
+      <c r="E93" s="633"/>
+      <c r="F93" s="633"/>
+      <c r="G93" s="633"/>
+      <c r="H93" s="676"/>
     </row>
     <row r="94">
-      <c r="A94" s="662"/>
+      <c r="A94" s="649"/>
       <c r="B94" s="633"/>
-      <c r="C94" s="643"/>
-[...15 lines deleted...]
-      <c r="S94" s="694"/>
+      <c r="C94" s="633"/>
+      <c r="D94" s="633"/>
+      <c r="E94" s="633"/>
+      <c r="F94" s="633"/>
+      <c r="G94" s="633"/>
+      <c r="H94" s="676"/>
     </row>
     <row r="95">
-      <c r="A95" s="662"/>
+      <c r="A95" s="649"/>
       <c r="B95" s="633"/>
-      <c r="C95" s="643"/>
-[...15 lines deleted...]
-      <c r="S95" s="694"/>
+      <c r="C95" s="633"/>
+      <c r="D95" s="633"/>
+      <c r="E95" s="633"/>
+      <c r="F95" s="633"/>
+      <c r="G95" s="633"/>
+      <c r="H95" s="676"/>
     </row>
     <row r="96">
-      <c r="A96" s="662"/>
+      <c r="A96" s="649"/>
       <c r="B96" s="633"/>
-      <c r="C96" s="643"/>
-[...15 lines deleted...]
-      <c r="S96" s="694"/>
+      <c r="C96" s="633"/>
+      <c r="D96" s="633"/>
+      <c r="E96" s="633"/>
+      <c r="F96" s="633"/>
+      <c r="G96" s="633"/>
+      <c r="H96" s="676"/>
     </row>
     <row r="97">
-      <c r="A97" s="662"/>
+      <c r="A97" s="649"/>
       <c r="B97" s="633"/>
-      <c r="C97" s="643"/>
-[...15 lines deleted...]
-      <c r="S97" s="694"/>
+      <c r="C97" s="633"/>
+      <c r="D97" s="633"/>
+      <c r="E97" s="633"/>
+      <c r="F97" s="633"/>
+      <c r="G97" s="633"/>
+      <c r="H97" s="676"/>
     </row>
     <row r="98">
-      <c r="A98" s="662"/>
+      <c r="A98" s="649"/>
       <c r="B98" s="633"/>
-      <c r="C98" s="643"/>
-[...15 lines deleted...]
-      <c r="S98" s="694"/>
+      <c r="C98" s="633"/>
+      <c r="D98" s="633"/>
+      <c r="E98" s="633"/>
+      <c r="F98" s="633"/>
+      <c r="G98" s="633"/>
+      <c r="H98" s="676"/>
     </row>
     <row r="99">
-      <c r="A99" s="662"/>
+      <c r="A99" s="649"/>
       <c r="B99" s="633"/>
-      <c r="C99" s="643"/>
-[...15 lines deleted...]
-      <c r="S99" s="694"/>
+      <c r="C99" s="633"/>
+      <c r="D99" s="633"/>
+      <c r="E99" s="633"/>
+      <c r="F99" s="633"/>
+      <c r="G99" s="633"/>
+      <c r="H99" s="676"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F343BC13-1454-4418-A7EF-00B786C3FF87}">
-  <dimension ref="A1:AQ57"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
+  <sheetPr codeName="Sheet20"/>
+  <dimension ref="A1:T89"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A9" sqref="A9"/>
+      <selection activeCell="B2" sqref="B2:T2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="15.81640625" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="36" max="43" bestFit="1" width="10.453125" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="15.85546875" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="23.7109375" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="19.140625" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="12.7109375" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="26.28515625" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="31.7109375" customWidth="1"/>
+    <col min="8" max="8" width="14" customWidth="1"/>
+    <col min="9" max="9" bestFit="1" width="24.5703125" customWidth="1"/>
+    <col min="10" max="10" bestFit="1" width="24.28515625" customWidth="1"/>
+    <col min="11" max="11" bestFit="1" width="30.42578125" customWidth="1"/>
+    <col min="12" max="12" bestFit="1" width="29.7109375" customWidth="1"/>
+    <col min="13" max="13" bestFit="1" width="23.7109375" customWidth="1"/>
+    <col min="14" max="14" bestFit="1" width="10.28515625" customWidth="1"/>
+    <col min="15" max="15" bestFit="1" width="23.85546875" customWidth="1"/>
+    <col min="16" max="16" bestFit="1" width="25.85546875" customWidth="1"/>
+    <col min="17" max="17" bestFit="1" width="23.7109375" customWidth="1"/>
+    <col min="18" max="18" bestFit="1" width="9.140625" customWidth="1"/>
+    <col min="19" max="19" bestFit="1" width="27.85546875" customWidth="1"/>
+    <col min="20" max="20" bestFit="1" width="26.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="174" s="718" customFormat="1">
-      <c r="A1" s="654" t="s">
+    <row r="1" ht="30">
+      <c r="A1" s="698" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="716" t="s">
+      <c r="B1" s="691" t="s">
         <v>107</v>
       </c>
-      <c r="E1" s="716" t="s">
+      <c r="C1" s="691" t="s">
         <v>108</v>
       </c>
-      <c r="F1" s="716" t="s">
+      <c r="D1" s="691" t="s">
         <v>109</v>
       </c>
-      <c r="G1" s="732" t="s">
-[...2 lines deleted...]
-      <c r="H1" s="732" t="s">
+      <c r="E1" s="691" t="s">
+        <v>110</v>
+      </c>
+      <c r="F1" s="691" t="s">
+        <v>111</v>
+      </c>
+      <c r="G1" s="691" t="s">
+        <v>112</v>
+      </c>
+      <c r="H1" s="691" t="s">
+        <v>113</v>
+      </c>
+      <c r="I1" s="691" t="s">
+        <v>114</v>
+      </c>
+      <c r="J1" s="691" t="s">
+        <v>115</v>
+      </c>
+      <c r="K1" s="691" t="s">
+        <v>116</v>
+      </c>
+      <c r="L1" s="691" t="s">
+        <v>117</v>
+      </c>
+      <c r="M1" s="691" t="s">
+        <v>118</v>
+      </c>
+      <c r="N1" s="691" t="s">
+        <v>119</v>
+      </c>
+      <c r="O1" s="691" t="s">
+        <v>120</v>
+      </c>
+      <c r="P1" s="691" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q1" s="691" t="s">
+        <v>122</v>
+      </c>
+      <c r="R1" s="691" t="s">
+        <v>123</v>
+      </c>
+      <c r="S1" s="691" t="s">
+        <v>124</v>
+      </c>
+      <c r="T1" s="691" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="732">
+        <v>19000</v>
+      </c>
+      <c r="C2" s="732">
+        <v>75</v>
+      </c>
+      <c r="D2" s="732">
+        <v>225</v>
+      </c>
+      <c r="E2" s="732">
+        <v>2000</v>
+      </c>
+      <c r="F2" s="732">
+        <v>5</v>
+      </c>
+      <c r="G2" s="732">
+        <v>400</v>
+      </c>
+      <c r="H2" s="732">
+        <v>1250</v>
+      </c>
+      <c r="I2" s="732">
+        <v>1750</v>
+      </c>
+      <c r="J2" s="732">
+        <v>600</v>
+      </c>
+      <c r="K2" s="732">
+        <v>3000</v>
+      </c>
+      <c r="L2" s="732">
+        <v>700</v>
+      </c>
+      <c r="M2" s="732">
+        <v>125</v>
+      </c>
+      <c r="N2" s="732">
+        <v>300</v>
+      </c>
+      <c r="O2" s="732">
+        <v>1750</v>
+      </c>
+      <c r="P2" s="732">
+        <v>900</v>
+      </c>
+      <c r="Q2" s="732">
+        <v>1000</v>
+      </c>
+      <c r="R2" s="732">
+        <v>1500</v>
+      </c>
+      <c r="S2" s="732">
+        <v>1250</v>
+      </c>
+      <c r="T2" s="732">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="663" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="0">
+        <v>33000</v>
+      </c>
+      <c r="C3" s="0">
+        <v>50</v>
+      </c>
+      <c r="D3" s="0">
+        <v>0</v>
+      </c>
+      <c r="E3" s="0">
+        <v>5000</v>
+      </c>
+      <c r="F3" s="0">
+        <v>25</v>
+      </c>
+      <c r="G3" s="0">
+        <v>250</v>
+      </c>
+      <c r="H3" s="0">
+        <v>3500</v>
+      </c>
+      <c r="I3" s="0">
+        <v>6000</v>
+      </c>
+      <c r="J3" s="0">
+        <v>700</v>
+      </c>
+      <c r="K3" s="0">
+        <v>2500</v>
+      </c>
+      <c r="L3" s="0">
+        <v>1250</v>
+      </c>
+      <c r="M3" s="0">
+        <v>500</v>
+      </c>
+      <c r="N3" s="0">
+        <v>700</v>
+      </c>
+      <c r="O3" s="0">
+        <v>2500</v>
+      </c>
+      <c r="P3" s="0">
+        <v>1750</v>
+      </c>
+      <c r="Q3" s="0">
+        <v>500</v>
+      </c>
+      <c r="R3" s="0">
+        <v>2250</v>
+      </c>
+      <c r="S3" s="0">
+        <v>4000</v>
+      </c>
+      <c r="T3" s="0">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="663" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="0">
+        <v>31000</v>
+      </c>
+      <c r="C4" s="0">
+        <v>100</v>
+      </c>
+      <c r="D4" s="0">
+        <v>0</v>
+      </c>
+      <c r="E4" s="0">
+        <v>4000</v>
+      </c>
+      <c r="F4" s="0">
+        <v>5</v>
+      </c>
+      <c r="G4" s="0">
+        <v>300</v>
+      </c>
+      <c r="H4" s="0">
+        <v>2500</v>
+      </c>
+      <c r="I4" s="0">
+        <v>6000</v>
+      </c>
+      <c r="J4" s="0">
+        <v>700</v>
+      </c>
+      <c r="K4" s="0">
+        <v>2000</v>
+      </c>
+      <c r="L4" s="0">
+        <v>1250</v>
+      </c>
+      <c r="M4" s="0">
+        <v>250</v>
+      </c>
+      <c r="N4" s="0">
+        <v>700</v>
+      </c>
+      <c r="O4" s="0">
+        <v>1750</v>
+      </c>
+      <c r="P4" s="0">
+        <v>1250</v>
+      </c>
+      <c r="Q4" s="0">
+        <v>900</v>
+      </c>
+      <c r="R4" s="0">
+        <v>4500</v>
+      </c>
+      <c r="S4" s="0">
+        <v>3500</v>
+      </c>
+      <c r="T4" s="0">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="658" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="0">
+        <v>24000</v>
+      </c>
+      <c r="C5" s="0">
+        <v>15</v>
+      </c>
+      <c r="D5" s="0">
+        <v>20</v>
+      </c>
+      <c r="E5" s="0">
+        <v>2500</v>
+      </c>
+      <c r="F5" s="0">
+        <v>0</v>
+      </c>
+      <c r="G5" s="0">
+        <v>200</v>
+      </c>
+      <c r="H5" s="0">
+        <v>1500</v>
+      </c>
+      <c r="I5" s="0">
+        <v>4000</v>
+      </c>
+      <c r="J5" s="0">
+        <v>600</v>
+      </c>
+      <c r="K5" s="0">
+        <v>4500</v>
+      </c>
+      <c r="L5" s="0">
+        <v>300</v>
+      </c>
+      <c r="M5" s="0">
+        <v>150</v>
+      </c>
+      <c r="N5" s="0">
+        <v>300</v>
+      </c>
+      <c r="O5" s="0">
+        <v>1250</v>
+      </c>
+      <c r="P5" s="0">
+        <v>800</v>
+      </c>
+      <c r="Q5" s="0">
+        <v>1500</v>
+      </c>
+      <c r="R5" s="0">
+        <v>2000</v>
+      </c>
+      <c r="S5" s="0">
+        <v>3000</v>
+      </c>
+      <c r="T5" s="0">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="658" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="0">
+        <v>12000</v>
+      </c>
+      <c r="C6" s="0">
+        <v>50</v>
+      </c>
+      <c r="D6" s="0">
+        <v>10</v>
+      </c>
+      <c r="E6" s="0">
+        <v>1500</v>
+      </c>
+      <c r="F6" s="0">
+        <v>0</v>
+      </c>
+      <c r="G6" s="0">
+        <v>100</v>
+      </c>
+      <c r="H6" s="0">
+        <v>1000</v>
+      </c>
+      <c r="I6" s="0">
+        <v>2250</v>
+      </c>
+      <c r="J6" s="0">
+        <v>125</v>
+      </c>
+      <c r="K6" s="0">
+        <v>2500</v>
+      </c>
+      <c r="L6" s="0">
+        <v>225</v>
+      </c>
+      <c r="M6" s="0">
+        <v>50</v>
+      </c>
+      <c r="N6" s="0">
+        <v>125</v>
+      </c>
+      <c r="O6" s="0">
+        <v>700</v>
+      </c>
+      <c r="P6" s="0">
+        <v>450</v>
+      </c>
+      <c r="Q6" s="0">
+        <v>100</v>
+      </c>
+      <c r="R6" s="0">
+        <v>1000</v>
+      </c>
+      <c r="S6" s="0">
+        <v>1000</v>
+      </c>
+      <c r="T6" s="0">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="658" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="0">
+        <v>26000</v>
+      </c>
+      <c r="C7" s="0">
+        <v>40</v>
+      </c>
+      <c r="D7" s="0">
+        <v>10</v>
+      </c>
+      <c r="E7" s="0">
+        <v>1000</v>
+      </c>
+      <c r="F7" s="0">
+        <v>5</v>
+      </c>
+      <c r="G7" s="0">
+        <v>150</v>
+      </c>
+      <c r="H7" s="0">
+        <v>1250</v>
+      </c>
+      <c r="I7" s="0">
+        <v>3000</v>
+      </c>
+      <c r="J7" s="0">
+        <v>225</v>
+      </c>
+      <c r="K7" s="0">
+        <v>2250</v>
+      </c>
+      <c r="L7" s="0">
+        <v>350</v>
+      </c>
+      <c r="M7" s="0">
+        <v>175</v>
+      </c>
+      <c r="N7" s="0">
+        <v>700</v>
+      </c>
+      <c r="O7" s="0">
+        <v>3500</v>
+      </c>
+      <c r="P7" s="0">
+        <v>1000</v>
+      </c>
+      <c r="Q7" s="0">
+        <v>3500</v>
+      </c>
+      <c r="R7" s="0">
+        <v>1750</v>
+      </c>
+      <c r="S7" s="0">
+        <v>7000</v>
+      </c>
+      <c r="T7" s="0">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="632"/>
+      <c r="B8" s="710"/>
+      <c r="C8" s="710"/>
+      <c r="D8" s="710"/>
+      <c r="E8" s="710"/>
+      <c r="F8" s="710"/>
+      <c r="G8" s="710"/>
+      <c r="H8" s="710"/>
+      <c r="I8" s="710"/>
+      <c r="J8" s="710"/>
+      <c r="K8" s="710"/>
+      <c r="L8" s="710"/>
+      <c r="M8" s="710"/>
+      <c r="N8" s="710"/>
+      <c r="O8" s="710"/>
+      <c r="P8" s="710"/>
+      <c r="Q8" s="710"/>
+      <c r="R8" s="710"/>
+      <c r="S8" s="710"/>
+      <c r="T8" s="710"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="632"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="632"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="632"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="632"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="632"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="632"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="632"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="632"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="632"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="632"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="632"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="632"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="632"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="632"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="632"/>
+      <c r="B24" s="669"/>
+      <c r="C24" s="669"/>
+      <c r="D24" s="669"/>
+      <c r="E24" s="669"/>
+      <c r="F24" s="669"/>
+      <c r="G24" s="669"/>
+      <c r="H24" s="669"/>
+      <c r="I24" s="669"/>
+      <c r="J24" s="669"/>
+      <c r="K24" s="669"/>
+      <c r="L24" s="669"/>
+      <c r="M24" s="669"/>
+      <c r="N24" s="669"/>
+      <c r="O24" s="669"/>
+      <c r="P24" s="669"/>
+      <c r="Q24" s="669"/>
+      <c r="R24" s="669"/>
+      <c r="S24" s="669"/>
+      <c r="T24" s="669"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="632"/>
+      <c r="B25" s="669"/>
+      <c r="C25" s="669"/>
+      <c r="D25" s="669"/>
+      <c r="E25" s="669"/>
+      <c r="F25" s="669"/>
+      <c r="G25" s="669"/>
+      <c r="H25" s="669"/>
+      <c r="I25" s="669"/>
+      <c r="J25" s="669"/>
+      <c r="K25" s="669"/>
+      <c r="L25" s="669"/>
+      <c r="M25" s="669"/>
+      <c r="N25" s="669"/>
+      <c r="O25" s="669"/>
+      <c r="P25" s="669"/>
+      <c r="Q25" s="669"/>
+      <c r="R25" s="669"/>
+      <c r="S25" s="669"/>
+      <c r="T25" s="669"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="632"/>
+      <c r="B26" s="669"/>
+      <c r="C26" s="669"/>
+      <c r="D26" s="669"/>
+      <c r="E26" s="669"/>
+      <c r="F26" s="669"/>
+      <c r="G26" s="669"/>
+      <c r="H26" s="669"/>
+      <c r="I26" s="669"/>
+      <c r="J26" s="669"/>
+      <c r="K26" s="669"/>
+      <c r="L26" s="669"/>
+      <c r="M26" s="669"/>
+      <c r="N26" s="669"/>
+      <c r="O26" s="669"/>
+      <c r="P26" s="669"/>
+      <c r="Q26" s="669"/>
+      <c r="R26" s="669"/>
+      <c r="S26" s="669"/>
+      <c r="T26" s="669"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="632"/>
+      <c r="B27" s="669"/>
+      <c r="C27" s="669"/>
+      <c r="D27" s="669"/>
+      <c r="E27" s="669"/>
+      <c r="F27" s="669"/>
+      <c r="G27" s="669"/>
+      <c r="H27" s="669"/>
+      <c r="I27" s="669"/>
+      <c r="J27" s="669"/>
+      <c r="K27" s="669"/>
+      <c r="L27" s="669"/>
+      <c r="M27" s="669"/>
+      <c r="N27" s="669"/>
+      <c r="O27" s="669"/>
+      <c r="P27" s="669"/>
+      <c r="Q27" s="669"/>
+      <c r="R27" s="669"/>
+      <c r="S27" s="669"/>
+      <c r="T27" s="669"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="632"/>
+      <c r="B28" s="669"/>
+      <c r="C28" s="669"/>
+      <c r="D28" s="669"/>
+      <c r="E28" s="669"/>
+      <c r="F28" s="669"/>
+      <c r="G28" s="669"/>
+      <c r="H28" s="669"/>
+      <c r="I28" s="669"/>
+      <c r="J28" s="669"/>
+      <c r="K28" s="669"/>
+      <c r="L28" s="669"/>
+      <c r="M28" s="669"/>
+      <c r="N28" s="669"/>
+      <c r="O28" s="669"/>
+      <c r="P28" s="669"/>
+      <c r="Q28" s="669"/>
+      <c r="R28" s="669"/>
+      <c r="S28" s="669"/>
+      <c r="T28" s="669"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="632"/>
+      <c r="B29" s="669"/>
+      <c r="C29" s="669"/>
+      <c r="D29" s="669"/>
+      <c r="E29" s="669"/>
+      <c r="F29" s="669"/>
+      <c r="G29" s="669"/>
+      <c r="H29" s="669"/>
+      <c r="I29" s="669"/>
+      <c r="J29" s="669"/>
+      <c r="K29" s="669"/>
+      <c r="L29" s="669"/>
+      <c r="M29" s="669"/>
+      <c r="N29" s="669"/>
+      <c r="O29" s="669"/>
+      <c r="P29" s="669"/>
+      <c r="Q29" s="669"/>
+      <c r="R29" s="669"/>
+      <c r="S29" s="669"/>
+      <c r="T29" s="669"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="632"/>
+      <c r="B30" s="669"/>
+      <c r="C30" s="669"/>
+      <c r="D30" s="669"/>
+      <c r="E30" s="669"/>
+      <c r="F30" s="669"/>
+      <c r="G30" s="669"/>
+      <c r="H30" s="669"/>
+      <c r="I30" s="669"/>
+      <c r="J30" s="669"/>
+      <c r="K30" s="669"/>
+      <c r="L30" s="669"/>
+      <c r="M30" s="669"/>
+      <c r="N30" s="669"/>
+      <c r="O30" s="669"/>
+      <c r="P30" s="669"/>
+      <c r="Q30" s="669"/>
+      <c r="R30" s="669"/>
+      <c r="S30" s="669"/>
+      <c r="T30" s="669"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="632"/>
+      <c r="B31" s="669"/>
+      <c r="C31" s="669"/>
+      <c r="D31" s="669"/>
+      <c r="E31" s="669"/>
+      <c r="F31" s="669"/>
+      <c r="G31" s="669"/>
+      <c r="H31" s="669"/>
+      <c r="I31" s="669"/>
+      <c r="J31" s="669"/>
+      <c r="K31" s="669"/>
+      <c r="L31" s="669"/>
+      <c r="M31" s="669"/>
+      <c r="N31" s="669"/>
+      <c r="O31" s="669"/>
+      <c r="P31" s="669"/>
+      <c r="Q31" s="669"/>
+      <c r="R31" s="669"/>
+      <c r="S31" s="669"/>
+      <c r="T31" s="669"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="632"/>
+      <c r="B32" s="669"/>
+      <c r="C32" s="669"/>
+      <c r="D32" s="669"/>
+      <c r="E32" s="669"/>
+      <c r="F32" s="669"/>
+      <c r="G32" s="669"/>
+      <c r="H32" s="669"/>
+      <c r="I32" s="669"/>
+      <c r="J32" s="669"/>
+      <c r="K32" s="669"/>
+      <c r="L32" s="669"/>
+      <c r="M32" s="669"/>
+      <c r="N32" s="669"/>
+      <c r="O32" s="669"/>
+      <c r="P32" s="669"/>
+      <c r="Q32" s="669"/>
+      <c r="R32" s="669"/>
+      <c r="S32" s="669"/>
+      <c r="T32" s="669"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="632"/>
+      <c r="B33" s="669"/>
+      <c r="C33" s="669"/>
+      <c r="D33" s="669"/>
+      <c r="E33" s="669"/>
+      <c r="F33" s="669"/>
+      <c r="G33" s="669"/>
+      <c r="H33" s="669"/>
+      <c r="I33" s="669"/>
+      <c r="J33" s="669"/>
+      <c r="K33" s="669"/>
+      <c r="L33" s="669"/>
+      <c r="M33" s="669"/>
+      <c r="N33" s="669"/>
+      <c r="O33" s="669"/>
+      <c r="P33" s="669"/>
+      <c r="Q33" s="669"/>
+      <c r="R33" s="669"/>
+      <c r="S33" s="669"/>
+      <c r="T33" s="669"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="632"/>
+      <c r="B34" s="669"/>
+      <c r="C34" s="669"/>
+      <c r="D34" s="669"/>
+      <c r="E34" s="669"/>
+      <c r="F34" s="669"/>
+      <c r="G34" s="669"/>
+      <c r="H34" s="669"/>
+      <c r="I34" s="669"/>
+      <c r="J34" s="669"/>
+      <c r="K34" s="669"/>
+      <c r="L34" s="669"/>
+      <c r="M34" s="669"/>
+      <c r="N34" s="669"/>
+      <c r="O34" s="669"/>
+      <c r="P34" s="669"/>
+      <c r="Q34" s="669"/>
+      <c r="R34" s="669"/>
+      <c r="S34" s="669"/>
+      <c r="T34" s="669"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="632"/>
+      <c r="B35" s="669"/>
+      <c r="C35" s="669"/>
+      <c r="D35" s="669"/>
+      <c r="E35" s="669"/>
+      <c r="F35" s="669"/>
+      <c r="G35" s="669"/>
+      <c r="H35" s="669"/>
+      <c r="I35" s="669"/>
+      <c r="J35" s="669"/>
+      <c r="K35" s="669"/>
+      <c r="L35" s="669"/>
+      <c r="M35" s="669"/>
+      <c r="N35" s="669"/>
+      <c r="O35" s="669"/>
+      <c r="P35" s="669"/>
+      <c r="Q35" s="669"/>
+      <c r="R35" s="669"/>
+      <c r="S35" s="669"/>
+      <c r="T35" s="669"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="632"/>
+      <c r="B36" s="669"/>
+      <c r="C36" s="669"/>
+      <c r="D36" s="669"/>
+      <c r="E36" s="669"/>
+      <c r="F36" s="669"/>
+      <c r="G36" s="669"/>
+      <c r="H36" s="669"/>
+      <c r="I36" s="669"/>
+      <c r="J36" s="669"/>
+      <c r="K36" s="669"/>
+      <c r="L36" s="669"/>
+      <c r="M36" s="669"/>
+      <c r="N36" s="669"/>
+      <c r="O36" s="669"/>
+      <c r="P36" s="669"/>
+      <c r="Q36" s="669"/>
+      <c r="R36" s="669"/>
+      <c r="S36" s="669"/>
+      <c r="T36" s="669"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="632"/>
+      <c r="B37" s="669"/>
+      <c r="C37" s="669"/>
+      <c r="D37" s="669"/>
+      <c r="E37" s="669"/>
+      <c r="F37" s="669"/>
+      <c r="G37" s="669"/>
+      <c r="H37" s="669"/>
+      <c r="I37" s="669"/>
+      <c r="J37" s="669"/>
+      <c r="K37" s="669"/>
+      <c r="L37" s="669"/>
+      <c r="M37" s="669"/>
+      <c r="N37" s="669"/>
+      <c r="O37" s="669"/>
+      <c r="P37" s="669"/>
+      <c r="Q37" s="669"/>
+      <c r="R37" s="669"/>
+      <c r="S37" s="669"/>
+      <c r="T37" s="669"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="632"/>
+      <c r="B38" s="669"/>
+      <c r="C38" s="669"/>
+      <c r="D38" s="669"/>
+      <c r="E38" s="669"/>
+      <c r="F38" s="669"/>
+      <c r="G38" s="669"/>
+      <c r="H38" s="669"/>
+      <c r="I38" s="669"/>
+      <c r="J38" s="669"/>
+      <c r="K38" s="669"/>
+      <c r="L38" s="669"/>
+      <c r="M38" s="669"/>
+      <c r="N38" s="669"/>
+      <c r="O38" s="669"/>
+      <c r="P38" s="669"/>
+      <c r="Q38" s="669"/>
+      <c r="R38" s="669"/>
+      <c r="S38" s="669"/>
+      <c r="T38" s="669"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="632"/>
+      <c r="B39" s="669"/>
+      <c r="C39" s="669"/>
+      <c r="D39" s="669"/>
+      <c r="E39" s="669"/>
+      <c r="F39" s="669"/>
+      <c r="G39" s="669"/>
+      <c r="H39" s="669"/>
+      <c r="I39" s="669"/>
+      <c r="J39" s="669"/>
+      <c r="K39" s="669"/>
+      <c r="L39" s="669"/>
+      <c r="M39" s="669"/>
+      <c r="N39" s="669"/>
+      <c r="O39" s="669"/>
+      <c r="P39" s="669"/>
+      <c r="Q39" s="669"/>
+      <c r="R39" s="669"/>
+      <c r="S39" s="669"/>
+      <c r="T39" s="669"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="632"/>
+      <c r="B40" s="669"/>
+      <c r="C40" s="669"/>
+      <c r="D40" s="669"/>
+      <c r="E40" s="669"/>
+      <c r="F40" s="669"/>
+      <c r="G40" s="669"/>
+      <c r="H40" s="669"/>
+      <c r="I40" s="669"/>
+      <c r="J40" s="669"/>
+      <c r="K40" s="669"/>
+      <c r="L40" s="669"/>
+      <c r="M40" s="669"/>
+      <c r="N40" s="669"/>
+      <c r="O40" s="669"/>
+      <c r="P40" s="669"/>
+      <c r="Q40" s="669"/>
+      <c r="R40" s="669"/>
+      <c r="S40" s="669"/>
+      <c r="T40" s="669"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="632"/>
+      <c r="B41" s="669"/>
+      <c r="C41" s="669"/>
+      <c r="D41" s="669"/>
+      <c r="E41" s="669"/>
+      <c r="F41" s="669"/>
+      <c r="G41" s="669"/>
+      <c r="H41" s="669"/>
+      <c r="I41" s="669"/>
+      <c r="J41" s="669"/>
+      <c r="K41" s="669"/>
+      <c r="L41" s="669"/>
+      <c r="M41" s="669"/>
+      <c r="N41" s="669"/>
+      <c r="O41" s="669"/>
+      <c r="P41" s="669"/>
+      <c r="Q41" s="669"/>
+      <c r="R41" s="669"/>
+      <c r="S41" s="669"/>
+      <c r="T41" s="669"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="632"/>
+      <c r="B42" s="669"/>
+      <c r="C42" s="669"/>
+      <c r="D42" s="669"/>
+      <c r="E42" s="669"/>
+      <c r="F42" s="669"/>
+      <c r="G42" s="669"/>
+      <c r="H42" s="669"/>
+      <c r="I42" s="669"/>
+      <c r="J42" s="669"/>
+      <c r="K42" s="669"/>
+      <c r="L42" s="669"/>
+      <c r="M42" s="669"/>
+      <c r="N42" s="669"/>
+      <c r="O42" s="669"/>
+      <c r="P42" s="669"/>
+      <c r="Q42" s="669"/>
+      <c r="R42" s="669"/>
+      <c r="S42" s="669"/>
+      <c r="T42" s="669"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="632"/>
+      <c r="B43" s="669"/>
+      <c r="C43" s="669"/>
+      <c r="D43" s="669"/>
+      <c r="E43" s="669"/>
+      <c r="F43" s="669"/>
+      <c r="G43" s="669"/>
+      <c r="H43" s="669"/>
+      <c r="I43" s="669"/>
+      <c r="J43" s="669"/>
+      <c r="K43" s="669"/>
+      <c r="L43" s="669"/>
+      <c r="M43" s="669"/>
+      <c r="N43" s="669"/>
+      <c r="O43" s="669"/>
+      <c r="P43" s="669"/>
+      <c r="Q43" s="669"/>
+      <c r="R43" s="669"/>
+      <c r="S43" s="669"/>
+      <c r="T43" s="669"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="632"/>
+      <c r="B44" s="669"/>
+      <c r="C44" s="669"/>
+      <c r="D44" s="669"/>
+      <c r="E44" s="669"/>
+      <c r="F44" s="669"/>
+      <c r="G44" s="669"/>
+      <c r="H44" s="669"/>
+      <c r="I44" s="669"/>
+      <c r="J44" s="669"/>
+      <c r="K44" s="669"/>
+      <c r="L44" s="669"/>
+      <c r="M44" s="669"/>
+      <c r="N44" s="669"/>
+      <c r="O44" s="669"/>
+      <c r="P44" s="669"/>
+      <c r="Q44" s="669"/>
+      <c r="R44" s="669"/>
+      <c r="S44" s="669"/>
+      <c r="T44" s="669"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="632"/>
+      <c r="B45" s="669"/>
+      <c r="C45" s="669"/>
+      <c r="D45" s="669"/>
+      <c r="E45" s="669"/>
+      <c r="F45" s="669"/>
+      <c r="G45" s="669"/>
+      <c r="H45" s="669"/>
+      <c r="I45" s="669"/>
+      <c r="J45" s="669"/>
+      <c r="K45" s="669"/>
+      <c r="L45" s="669"/>
+      <c r="M45" s="669"/>
+      <c r="N45" s="669"/>
+      <c r="O45" s="669"/>
+      <c r="P45" s="669"/>
+      <c r="Q45" s="669"/>
+      <c r="R45" s="669"/>
+      <c r="S45" s="669"/>
+      <c r="T45" s="669"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="632"/>
+      <c r="B46" s="669"/>
+      <c r="C46" s="669"/>
+      <c r="D46" s="669"/>
+      <c r="E46" s="669"/>
+      <c r="F46" s="669"/>
+      <c r="G46" s="669"/>
+      <c r="H46" s="669"/>
+      <c r="I46" s="669"/>
+      <c r="J46" s="669"/>
+      <c r="K46" s="669"/>
+      <c r="L46" s="669"/>
+      <c r="M46" s="669"/>
+      <c r="N46" s="669"/>
+      <c r="O46" s="669"/>
+      <c r="P46" s="669"/>
+      <c r="Q46" s="669"/>
+      <c r="R46" s="669"/>
+      <c r="S46" s="669"/>
+      <c r="T46" s="669"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="632"/>
+      <c r="B47" s="669"/>
+      <c r="C47" s="669"/>
+      <c r="D47" s="669"/>
+      <c r="E47" s="669"/>
+      <c r="F47" s="669"/>
+      <c r="G47" s="669"/>
+      <c r="H47" s="669"/>
+      <c r="I47" s="669"/>
+      <c r="J47" s="669"/>
+      <c r="K47" s="669"/>
+      <c r="L47" s="669"/>
+      <c r="M47" s="669"/>
+      <c r="N47" s="669"/>
+      <c r="O47" s="669"/>
+      <c r="P47" s="669"/>
+      <c r="Q47" s="669"/>
+      <c r="R47" s="669"/>
+      <c r="S47" s="669"/>
+      <c r="T47" s="669"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="632"/>
+      <c r="B48" s="669"/>
+      <c r="C48" s="669"/>
+      <c r="D48" s="669"/>
+      <c r="E48" s="669"/>
+      <c r="F48" s="669"/>
+      <c r="G48" s="669"/>
+      <c r="H48" s="669"/>
+      <c r="I48" s="669"/>
+      <c r="J48" s="669"/>
+      <c r="K48" s="669"/>
+      <c r="L48" s="669"/>
+      <c r="M48" s="669"/>
+      <c r="N48" s="669"/>
+      <c r="O48" s="669"/>
+      <c r="P48" s="669"/>
+      <c r="Q48" s="669"/>
+      <c r="R48" s="669"/>
+      <c r="S48" s="669"/>
+      <c r="T48" s="669"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="632"/>
+      <c r="B49" s="669"/>
+      <c r="C49" s="669"/>
+      <c r="D49" s="669"/>
+      <c r="E49" s="669"/>
+      <c r="F49" s="669"/>
+      <c r="G49" s="669"/>
+      <c r="H49" s="669"/>
+      <c r="I49" s="669"/>
+      <c r="J49" s="669"/>
+      <c r="K49" s="669"/>
+      <c r="L49" s="669"/>
+      <c r="M49" s="669"/>
+      <c r="N49" s="669"/>
+      <c r="O49" s="669"/>
+      <c r="P49" s="669"/>
+      <c r="Q49" s="669"/>
+      <c r="R49" s="669"/>
+      <c r="S49" s="669"/>
+      <c r="T49" s="669"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="632"/>
+      <c r="B50" s="669"/>
+      <c r="C50" s="669"/>
+      <c r="D50" s="669"/>
+      <c r="E50" s="669"/>
+      <c r="F50" s="669"/>
+      <c r="G50" s="669"/>
+      <c r="H50" s="669"/>
+      <c r="I50" s="669"/>
+      <c r="J50" s="669"/>
+      <c r="K50" s="669"/>
+      <c r="L50" s="669"/>
+      <c r="M50" s="669"/>
+      <c r="N50" s="669"/>
+      <c r="O50" s="669"/>
+      <c r="P50" s="669"/>
+      <c r="Q50" s="669"/>
+      <c r="R50" s="669"/>
+      <c r="S50" s="669"/>
+      <c r="T50" s="669"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="632"/>
+      <c r="B51" s="669"/>
+      <c r="C51" s="669"/>
+      <c r="D51" s="669"/>
+      <c r="E51" s="669"/>
+      <c r="F51" s="669"/>
+      <c r="G51" s="669"/>
+      <c r="H51" s="669"/>
+      <c r="I51" s="669"/>
+      <c r="J51" s="669"/>
+      <c r="K51" s="669"/>
+      <c r="L51" s="669"/>
+      <c r="M51" s="669"/>
+      <c r="N51" s="669"/>
+      <c r="O51" s="669"/>
+      <c r="P51" s="669"/>
+      <c r="Q51" s="669"/>
+      <c r="R51" s="669"/>
+      <c r="S51" s="669"/>
+      <c r="T51" s="669"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="632"/>
+      <c r="B52" s="669"/>
+      <c r="C52" s="669"/>
+      <c r="D52" s="669"/>
+      <c r="E52" s="669"/>
+      <c r="F52" s="669"/>
+      <c r="G52" s="669"/>
+      <c r="H52" s="669"/>
+      <c r="I52" s="669"/>
+      <c r="J52" s="669"/>
+      <c r="K52" s="669"/>
+      <c r="L52" s="669"/>
+      <c r="M52" s="669"/>
+      <c r="N52" s="669"/>
+      <c r="O52" s="669"/>
+      <c r="P52" s="669"/>
+      <c r="Q52" s="669"/>
+      <c r="R52" s="669"/>
+      <c r="S52" s="669"/>
+      <c r="T52" s="669"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="632"/>
+      <c r="B53" s="669"/>
+      <c r="C53" s="669"/>
+      <c r="D53" s="669"/>
+      <c r="E53" s="669"/>
+      <c r="F53" s="669"/>
+      <c r="G53" s="669"/>
+      <c r="H53" s="669"/>
+      <c r="I53" s="669"/>
+      <c r="J53" s="669"/>
+      <c r="K53" s="669"/>
+      <c r="L53" s="669"/>
+      <c r="M53" s="669"/>
+      <c r="N53" s="669"/>
+      <c r="O53" s="669"/>
+      <c r="P53" s="669"/>
+      <c r="Q53" s="669"/>
+      <c r="R53" s="669"/>
+      <c r="S53" s="669"/>
+      <c r="T53" s="669"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="632"/>
+      <c r="B54" s="669"/>
+      <c r="C54" s="669"/>
+      <c r="D54" s="669"/>
+      <c r="E54" s="669"/>
+      <c r="F54" s="669"/>
+      <c r="G54" s="669"/>
+      <c r="H54" s="669"/>
+      <c r="I54" s="669"/>
+      <c r="J54" s="669"/>
+      <c r="K54" s="669"/>
+      <c r="L54" s="669"/>
+      <c r="M54" s="669"/>
+      <c r="N54" s="669"/>
+      <c r="O54" s="669"/>
+      <c r="P54" s="669"/>
+      <c r="Q54" s="669"/>
+      <c r="R54" s="669"/>
+      <c r="S54" s="669"/>
+      <c r="T54" s="669"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="632"/>
+      <c r="B55" s="669"/>
+      <c r="C55" s="669"/>
+      <c r="D55" s="669"/>
+      <c r="E55" s="669"/>
+      <c r="F55" s="669"/>
+      <c r="G55" s="669"/>
+      <c r="H55" s="669"/>
+      <c r="I55" s="669"/>
+      <c r="J55" s="669"/>
+      <c r="K55" s="669"/>
+      <c r="L55" s="669"/>
+      <c r="M55" s="669"/>
+      <c r="N55" s="669"/>
+      <c r="O55" s="669"/>
+      <c r="P55" s="669"/>
+      <c r="Q55" s="669"/>
+      <c r="R55" s="669"/>
+      <c r="S55" s="669"/>
+      <c r="T55" s="669"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="632"/>
+      <c r="B56" s="669"/>
+      <c r="C56" s="669"/>
+      <c r="D56" s="669"/>
+      <c r="E56" s="669"/>
+      <c r="F56" s="669"/>
+      <c r="G56" s="669"/>
+      <c r="H56" s="669"/>
+      <c r="I56" s="669"/>
+      <c r="J56" s="669"/>
+      <c r="K56" s="669"/>
+      <c r="L56" s="669"/>
+      <c r="M56" s="669"/>
+      <c r="N56" s="669"/>
+      <c r="O56" s="669"/>
+      <c r="P56" s="669"/>
+      <c r="Q56" s="669"/>
+      <c r="R56" s="669"/>
+      <c r="S56" s="669"/>
+      <c r="T56" s="669"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="632"/>
+      <c r="B57" s="669"/>
+      <c r="C57" s="669"/>
+      <c r="D57" s="669"/>
+      <c r="E57" s="669"/>
+      <c r="F57" s="669"/>
+      <c r="G57" s="669"/>
+      <c r="H57" s="669"/>
+      <c r="I57" s="669"/>
+      <c r="J57" s="669"/>
+      <c r="K57" s="669"/>
+      <c r="L57" s="669"/>
+      <c r="M57" s="669"/>
+      <c r="N57" s="669"/>
+      <c r="O57" s="669"/>
+      <c r="P57" s="669"/>
+      <c r="Q57" s="669"/>
+      <c r="R57" s="669"/>
+      <c r="S57" s="669"/>
+      <c r="T57" s="669"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="632"/>
+      <c r="B58" s="669"/>
+      <c r="C58" s="669"/>
+      <c r="D58" s="669"/>
+      <c r="E58" s="669"/>
+      <c r="F58" s="669"/>
+      <c r="G58" s="669"/>
+      <c r="H58" s="669"/>
+      <c r="I58" s="669"/>
+      <c r="J58" s="669"/>
+      <c r="K58" s="669"/>
+      <c r="L58" s="669"/>
+      <c r="M58" s="669"/>
+      <c r="N58" s="669"/>
+      <c r="O58" s="669"/>
+      <c r="P58" s="669"/>
+      <c r="Q58" s="669"/>
+      <c r="R58" s="669"/>
+      <c r="S58" s="669"/>
+      <c r="T58" s="669"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="632"/>
+      <c r="B59" s="669"/>
+      <c r="C59" s="669"/>
+      <c r="D59" s="669"/>
+      <c r="E59" s="669"/>
+      <c r="F59" s="669"/>
+      <c r="G59" s="669"/>
+      <c r="H59" s="669"/>
+      <c r="I59" s="669"/>
+      <c r="J59" s="669"/>
+      <c r="K59" s="669"/>
+      <c r="L59" s="669"/>
+      <c r="M59" s="669"/>
+      <c r="N59" s="669"/>
+      <c r="O59" s="669"/>
+      <c r="P59" s="669"/>
+      <c r="Q59" s="669"/>
+      <c r="R59" s="669"/>
+      <c r="S59" s="669"/>
+      <c r="T59" s="669"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="632"/>
+      <c r="B60" s="669"/>
+      <c r="C60" s="669"/>
+      <c r="D60" s="669"/>
+      <c r="E60" s="669"/>
+      <c r="F60" s="669"/>
+      <c r="G60" s="669"/>
+      <c r="H60" s="669"/>
+      <c r="I60" s="669"/>
+      <c r="J60" s="669"/>
+      <c r="K60" s="669"/>
+      <c r="L60" s="669"/>
+      <c r="M60" s="669"/>
+      <c r="N60" s="669"/>
+      <c r="O60" s="669"/>
+      <c r="P60" s="669"/>
+      <c r="Q60" s="669"/>
+      <c r="R60" s="669"/>
+      <c r="S60" s="669"/>
+      <c r="T60" s="669"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="632"/>
+      <c r="B61" s="669"/>
+      <c r="C61" s="669"/>
+      <c r="D61" s="669"/>
+      <c r="E61" s="669"/>
+      <c r="F61" s="669"/>
+      <c r="G61" s="669"/>
+      <c r="H61" s="669"/>
+      <c r="I61" s="669"/>
+      <c r="J61" s="669"/>
+      <c r="K61" s="669"/>
+      <c r="L61" s="669"/>
+      <c r="M61" s="669"/>
+      <c r="N61" s="669"/>
+      <c r="O61" s="669"/>
+      <c r="P61" s="669"/>
+      <c r="Q61" s="669"/>
+      <c r="R61" s="669"/>
+      <c r="S61" s="669"/>
+      <c r="T61" s="669"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="632"/>
+      <c r="B62" s="669"/>
+      <c r="C62" s="669"/>
+      <c r="D62" s="669"/>
+      <c r="E62" s="669"/>
+      <c r="F62" s="669"/>
+      <c r="G62" s="669"/>
+      <c r="H62" s="669"/>
+      <c r="I62" s="669"/>
+      <c r="J62" s="669"/>
+      <c r="K62" s="669"/>
+      <c r="L62" s="669"/>
+      <c r="M62" s="669"/>
+      <c r="N62" s="669"/>
+      <c r="O62" s="669"/>
+      <c r="P62" s="669"/>
+      <c r="Q62" s="669"/>
+      <c r="R62" s="669"/>
+      <c r="S62" s="669"/>
+      <c r="T62" s="669"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="632"/>
+      <c r="B63" s="669"/>
+      <c r="C63" s="669"/>
+      <c r="D63" s="669"/>
+      <c r="E63" s="669"/>
+      <c r="F63" s="669"/>
+      <c r="G63" s="669"/>
+      <c r="H63" s="669"/>
+      <c r="I63" s="669"/>
+      <c r="J63" s="669"/>
+      <c r="K63" s="669"/>
+      <c r="L63" s="669"/>
+      <c r="M63" s="669"/>
+      <c r="N63" s="669"/>
+      <c r="O63" s="669"/>
+      <c r="P63" s="669"/>
+      <c r="Q63" s="669"/>
+      <c r="R63" s="669"/>
+      <c r="S63" s="669"/>
+      <c r="T63" s="669"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="632"/>
+      <c r="B64" s="669"/>
+      <c r="C64" s="669"/>
+      <c r="D64" s="669"/>
+      <c r="E64" s="669"/>
+      <c r="F64" s="669"/>
+      <c r="G64" s="669"/>
+      <c r="H64" s="669"/>
+      <c r="I64" s="669"/>
+      <c r="J64" s="669"/>
+      <c r="K64" s="669"/>
+      <c r="L64" s="669"/>
+      <c r="M64" s="669"/>
+      <c r="N64" s="669"/>
+      <c r="O64" s="669"/>
+      <c r="P64" s="669"/>
+      <c r="Q64" s="669"/>
+      <c r="R64" s="669"/>
+      <c r="S64" s="669"/>
+      <c r="T64" s="669"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="632"/>
+      <c r="B65" s="669"/>
+      <c r="C65" s="669"/>
+      <c r="D65" s="669"/>
+      <c r="E65" s="669"/>
+      <c r="F65" s="669"/>
+      <c r="G65" s="669"/>
+      <c r="H65" s="669"/>
+      <c r="I65" s="669"/>
+      <c r="J65" s="669"/>
+      <c r="K65" s="669"/>
+      <c r="L65" s="669"/>
+      <c r="M65" s="669"/>
+      <c r="N65" s="669"/>
+      <c r="O65" s="669"/>
+      <c r="P65" s="669"/>
+      <c r="Q65" s="669"/>
+      <c r="R65" s="669"/>
+      <c r="S65" s="669"/>
+      <c r="T65" s="669"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="632"/>
+      <c r="B66" s="669"/>
+      <c r="C66" s="669"/>
+      <c r="D66" s="669"/>
+      <c r="E66" s="669"/>
+      <c r="F66" s="669"/>
+      <c r="G66" s="669"/>
+      <c r="H66" s="669"/>
+      <c r="I66" s="669"/>
+      <c r="J66" s="669"/>
+      <c r="K66" s="669"/>
+      <c r="L66" s="669"/>
+      <c r="M66" s="669"/>
+      <c r="N66" s="669"/>
+      <c r="O66" s="669"/>
+      <c r="P66" s="669"/>
+      <c r="Q66" s="669"/>
+      <c r="R66" s="669"/>
+      <c r="S66" s="669"/>
+      <c r="T66" s="669"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="632"/>
+      <c r="B67" s="669"/>
+      <c r="C67" s="669"/>
+      <c r="D67" s="669"/>
+      <c r="E67" s="669"/>
+      <c r="F67" s="669"/>
+      <c r="G67" s="669"/>
+      <c r="H67" s="669"/>
+      <c r="I67" s="669"/>
+      <c r="J67" s="669"/>
+      <c r="K67" s="669"/>
+      <c r="L67" s="669"/>
+      <c r="M67" s="669"/>
+      <c r="N67" s="669"/>
+      <c r="O67" s="669"/>
+      <c r="P67" s="669"/>
+      <c r="Q67" s="669"/>
+      <c r="R67" s="669"/>
+      <c r="S67" s="669"/>
+      <c r="T67" s="669"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="632"/>
+      <c r="B68" s="669"/>
+      <c r="C68" s="669"/>
+      <c r="D68" s="669"/>
+      <c r="E68" s="669"/>
+      <c r="F68" s="669"/>
+      <c r="G68" s="669"/>
+      <c r="H68" s="669"/>
+      <c r="I68" s="669"/>
+      <c r="J68" s="669"/>
+      <c r="K68" s="669"/>
+      <c r="L68" s="669"/>
+      <c r="M68" s="669"/>
+      <c r="N68" s="669"/>
+      <c r="O68" s="669"/>
+      <c r="P68" s="669"/>
+      <c r="Q68" s="669"/>
+      <c r="R68" s="669"/>
+      <c r="S68" s="669"/>
+      <c r="T68" s="669"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="632"/>
+      <c r="B69" s="669"/>
+      <c r="C69" s="669"/>
+      <c r="D69" s="669"/>
+      <c r="E69" s="669"/>
+      <c r="F69" s="669"/>
+      <c r="G69" s="669"/>
+      <c r="H69" s="669"/>
+      <c r="I69" s="669"/>
+      <c r="J69" s="669"/>
+      <c r="K69" s="669"/>
+      <c r="L69" s="669"/>
+      <c r="M69" s="669"/>
+      <c r="N69" s="669"/>
+      <c r="O69" s="669"/>
+      <c r="P69" s="669"/>
+      <c r="Q69" s="669"/>
+      <c r="R69" s="669"/>
+      <c r="S69" s="669"/>
+      <c r="T69" s="669"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="632"/>
+      <c r="B70" s="669"/>
+      <c r="C70" s="669"/>
+      <c r="D70" s="669"/>
+      <c r="E70" s="669"/>
+      <c r="F70" s="669"/>
+      <c r="G70" s="669"/>
+      <c r="H70" s="669"/>
+      <c r="I70" s="669"/>
+      <c r="J70" s="669"/>
+      <c r="K70" s="669"/>
+      <c r="L70" s="669"/>
+      <c r="M70" s="669"/>
+      <c r="N70" s="669"/>
+      <c r="O70" s="669"/>
+      <c r="P70" s="669"/>
+      <c r="Q70" s="669"/>
+      <c r="R70" s="669"/>
+      <c r="S70" s="669"/>
+      <c r="T70" s="669"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="632"/>
+      <c r="B71" s="669"/>
+      <c r="C71" s="669"/>
+      <c r="D71" s="669"/>
+      <c r="E71" s="669"/>
+      <c r="F71" s="669"/>
+      <c r="G71" s="669"/>
+      <c r="H71" s="669"/>
+      <c r="I71" s="669"/>
+      <c r="J71" s="669"/>
+      <c r="K71" s="669"/>
+      <c r="L71" s="669"/>
+      <c r="M71" s="669"/>
+      <c r="N71" s="669"/>
+      <c r="O71" s="669"/>
+      <c r="P71" s="669"/>
+      <c r="Q71" s="669"/>
+      <c r="R71" s="669"/>
+      <c r="S71" s="669"/>
+      <c r="T71" s="669"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="632"/>
+      <c r="B72" s="669"/>
+      <c r="C72" s="669"/>
+      <c r="D72" s="669"/>
+      <c r="E72" s="669"/>
+      <c r="F72" s="669"/>
+      <c r="G72" s="669"/>
+      <c r="H72" s="669"/>
+      <c r="I72" s="669"/>
+      <c r="J72" s="669"/>
+      <c r="K72" s="669"/>
+      <c r="L72" s="669"/>
+      <c r="M72" s="669"/>
+      <c r="N72" s="669"/>
+      <c r="O72" s="669"/>
+      <c r="P72" s="669"/>
+      <c r="Q72" s="669"/>
+      <c r="R72" s="669"/>
+      <c r="S72" s="669"/>
+      <c r="T72" s="669"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="632"/>
+      <c r="B73" s="669"/>
+      <c r="C73" s="669"/>
+      <c r="D73" s="669"/>
+      <c r="E73" s="669"/>
+      <c r="F73" s="669"/>
+      <c r="G73" s="669"/>
+      <c r="H73" s="669"/>
+      <c r="I73" s="669"/>
+      <c r="J73" s="669"/>
+      <c r="K73" s="669"/>
+      <c r="L73" s="669"/>
+      <c r="M73" s="669"/>
+      <c r="N73" s="669"/>
+      <c r="O73" s="669"/>
+      <c r="P73" s="669"/>
+      <c r="Q73" s="669"/>
+      <c r="R73" s="669"/>
+      <c r="S73" s="669"/>
+      <c r="T73" s="669"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="632"/>
+      <c r="B74" s="669"/>
+      <c r="C74" s="669"/>
+      <c r="D74" s="669"/>
+      <c r="E74" s="669"/>
+      <c r="F74" s="669"/>
+      <c r="G74" s="669"/>
+      <c r="H74" s="669"/>
+      <c r="I74" s="669"/>
+      <c r="J74" s="669"/>
+      <c r="K74" s="669"/>
+      <c r="L74" s="669"/>
+      <c r="M74" s="669"/>
+      <c r="N74" s="669"/>
+      <c r="O74" s="669"/>
+      <c r="P74" s="669"/>
+      <c r="Q74" s="669"/>
+      <c r="R74" s="669"/>
+      <c r="S74" s="669"/>
+      <c r="T74" s="669"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="632"/>
+      <c r="B75" s="669"/>
+      <c r="C75" s="669"/>
+      <c r="D75" s="669"/>
+      <c r="E75" s="669"/>
+      <c r="F75" s="669"/>
+      <c r="G75" s="669"/>
+      <c r="H75" s="669"/>
+      <c r="I75" s="669"/>
+      <c r="J75" s="669"/>
+      <c r="K75" s="669"/>
+      <c r="L75" s="669"/>
+      <c r="M75" s="669"/>
+      <c r="N75" s="669"/>
+      <c r="O75" s="669"/>
+      <c r="P75" s="669"/>
+      <c r="Q75" s="669"/>
+      <c r="R75" s="669"/>
+      <c r="S75" s="669"/>
+      <c r="T75" s="669"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="632"/>
+      <c r="B76" s="669"/>
+      <c r="C76" s="669"/>
+      <c r="D76" s="669"/>
+      <c r="E76" s="669"/>
+      <c r="F76" s="669"/>
+      <c r="G76" s="669"/>
+      <c r="H76" s="669"/>
+      <c r="I76" s="669"/>
+      <c r="J76" s="669"/>
+      <c r="K76" s="669"/>
+      <c r="L76" s="669"/>
+      <c r="M76" s="669"/>
+      <c r="N76" s="669"/>
+      <c r="O76" s="669"/>
+      <c r="P76" s="669"/>
+      <c r="Q76" s="669"/>
+      <c r="R76" s="669"/>
+      <c r="S76" s="669"/>
+      <c r="T76" s="669"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="632"/>
+      <c r="B77" s="669"/>
+      <c r="C77" s="669"/>
+      <c r="D77" s="669"/>
+      <c r="E77" s="669"/>
+      <c r="F77" s="669"/>
+      <c r="G77" s="669"/>
+      <c r="H77" s="669"/>
+      <c r="I77" s="669"/>
+      <c r="J77" s="669"/>
+      <c r="K77" s="669"/>
+      <c r="L77" s="669"/>
+      <c r="M77" s="669"/>
+      <c r="N77" s="669"/>
+      <c r="O77" s="669"/>
+      <c r="P77" s="669"/>
+      <c r="Q77" s="669"/>
+      <c r="R77" s="669"/>
+      <c r="S77" s="669"/>
+      <c r="T77" s="669"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="632"/>
+      <c r="B78" s="669"/>
+      <c r="C78" s="669"/>
+      <c r="D78" s="669"/>
+      <c r="E78" s="669"/>
+      <c r="F78" s="669"/>
+      <c r="G78" s="669"/>
+      <c r="H78" s="669"/>
+      <c r="I78" s="669"/>
+      <c r="J78" s="669"/>
+      <c r="K78" s="669"/>
+      <c r="L78" s="669"/>
+      <c r="M78" s="669"/>
+      <c r="N78" s="669"/>
+      <c r="O78" s="669"/>
+      <c r="P78" s="669"/>
+      <c r="Q78" s="669"/>
+      <c r="R78" s="669"/>
+      <c r="S78" s="669"/>
+      <c r="T78" s="669"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="632"/>
+      <c r="B79" s="669"/>
+      <c r="C79" s="669"/>
+      <c r="D79" s="669"/>
+      <c r="E79" s="669"/>
+      <c r="F79" s="669"/>
+      <c r="G79" s="669"/>
+      <c r="H79" s="669"/>
+      <c r="I79" s="669"/>
+      <c r="J79" s="669"/>
+      <c r="K79" s="669"/>
+      <c r="L79" s="669"/>
+      <c r="M79" s="669"/>
+      <c r="N79" s="669"/>
+      <c r="O79" s="669"/>
+      <c r="P79" s="669"/>
+      <c r="Q79" s="669"/>
+      <c r="R79" s="669"/>
+      <c r="S79" s="669"/>
+      <c r="T79" s="669"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="632"/>
+      <c r="B80" s="669"/>
+      <c r="C80" s="669"/>
+      <c r="D80" s="669"/>
+      <c r="E80" s="669"/>
+      <c r="F80" s="669"/>
+      <c r="G80" s="669"/>
+      <c r="H80" s="669"/>
+      <c r="I80" s="669"/>
+      <c r="J80" s="669"/>
+      <c r="K80" s="669"/>
+      <c r="L80" s="669"/>
+      <c r="M80" s="669"/>
+      <c r="N80" s="669"/>
+      <c r="O80" s="669"/>
+      <c r="P80" s="669"/>
+      <c r="Q80" s="669"/>
+      <c r="R80" s="669"/>
+      <c r="S80" s="669"/>
+      <c r="T80" s="669"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="632"/>
+      <c r="B81" s="669"/>
+      <c r="C81" s="669"/>
+      <c r="D81" s="669"/>
+      <c r="E81" s="669"/>
+      <c r="F81" s="669"/>
+      <c r="G81" s="669"/>
+      <c r="H81" s="669"/>
+      <c r="I81" s="669"/>
+      <c r="J81" s="669"/>
+      <c r="K81" s="669"/>
+      <c r="L81" s="669"/>
+      <c r="M81" s="669"/>
+      <c r="N81" s="669"/>
+      <c r="O81" s="669"/>
+      <c r="P81" s="669"/>
+      <c r="Q81" s="669"/>
+      <c r="R81" s="669"/>
+      <c r="S81" s="669"/>
+      <c r="T81" s="669"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="632"/>
+      <c r="B82" s="669"/>
+      <c r="C82" s="669"/>
+      <c r="D82" s="669"/>
+      <c r="E82" s="669"/>
+      <c r="F82" s="669"/>
+      <c r="G82" s="669"/>
+      <c r="H82" s="669"/>
+      <c r="I82" s="669"/>
+      <c r="J82" s="669"/>
+      <c r="K82" s="669"/>
+      <c r="L82" s="669"/>
+      <c r="M82" s="669"/>
+      <c r="N82" s="669"/>
+      <c r="O82" s="669"/>
+      <c r="P82" s="669"/>
+      <c r="Q82" s="669"/>
+      <c r="R82" s="669"/>
+      <c r="S82" s="669"/>
+      <c r="T82" s="669"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="632"/>
+      <c r="B83" s="669"/>
+      <c r="C83" s="669"/>
+      <c r="D83" s="669"/>
+      <c r="E83" s="669"/>
+      <c r="F83" s="669"/>
+      <c r="G83" s="669"/>
+      <c r="H83" s="669"/>
+      <c r="I83" s="669"/>
+      <c r="J83" s="669"/>
+      <c r="K83" s="669"/>
+      <c r="L83" s="669"/>
+      <c r="M83" s="669"/>
+      <c r="N83" s="669"/>
+      <c r="O83" s="669"/>
+      <c r="P83" s="669"/>
+      <c r="Q83" s="669"/>
+      <c r="R83" s="669"/>
+      <c r="S83" s="669"/>
+      <c r="T83" s="669"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="632"/>
+      <c r="B84" s="669"/>
+      <c r="C84" s="669"/>
+      <c r="D84" s="669"/>
+      <c r="E84" s="669"/>
+      <c r="F84" s="669"/>
+      <c r="G84" s="669"/>
+      <c r="H84" s="669"/>
+      <c r="I84" s="669"/>
+      <c r="J84" s="669"/>
+      <c r="K84" s="669"/>
+      <c r="L84" s="669"/>
+      <c r="M84" s="669"/>
+      <c r="N84" s="669"/>
+      <c r="O84" s="669"/>
+      <c r="P84" s="669"/>
+      <c r="Q84" s="669"/>
+      <c r="R84" s="669"/>
+      <c r="S84" s="669"/>
+      <c r="T84" s="669"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="632"/>
+      <c r="B85" s="669"/>
+      <c r="C85" s="669"/>
+      <c r="D85" s="669"/>
+      <c r="E85" s="669"/>
+      <c r="F85" s="669"/>
+      <c r="G85" s="669"/>
+      <c r="H85" s="669"/>
+      <c r="I85" s="669"/>
+      <c r="J85" s="669"/>
+      <c r="K85" s="669"/>
+      <c r="L85" s="669"/>
+      <c r="M85" s="669"/>
+      <c r="N85" s="669"/>
+      <c r="O85" s="669"/>
+      <c r="P85" s="669"/>
+      <c r="Q85" s="669"/>
+      <c r="R85" s="669"/>
+      <c r="S85" s="669"/>
+      <c r="T85" s="669"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="632"/>
+      <c r="B86" s="669"/>
+      <c r="C86" s="669"/>
+      <c r="D86" s="669"/>
+      <c r="E86" s="669"/>
+      <c r="F86" s="669"/>
+      <c r="G86" s="669"/>
+      <c r="H86" s="669"/>
+      <c r="I86" s="669"/>
+      <c r="J86" s="669"/>
+      <c r="K86" s="669"/>
+      <c r="L86" s="669"/>
+      <c r="M86" s="669"/>
+      <c r="N86" s="669"/>
+      <c r="O86" s="669"/>
+      <c r="P86" s="669"/>
+      <c r="Q86" s="669"/>
+      <c r="R86" s="669"/>
+      <c r="S86" s="669"/>
+      <c r="T86" s="669"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="632"/>
+      <c r="B87" s="669"/>
+      <c r="C87" s="669"/>
+      <c r="D87" s="669"/>
+      <c r="E87" s="669"/>
+      <c r="F87" s="669"/>
+      <c r="G87" s="669"/>
+      <c r="H87" s="669"/>
+      <c r="I87" s="669"/>
+      <c r="J87" s="669"/>
+      <c r="K87" s="669"/>
+      <c r="L87" s="669"/>
+      <c r="M87" s="669"/>
+      <c r="N87" s="669"/>
+      <c r="O87" s="669"/>
+      <c r="P87" s="669"/>
+      <c r="Q87" s="669"/>
+      <c r="R87" s="669"/>
+      <c r="S87" s="669"/>
+      <c r="T87" s="669"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="632"/>
+      <c r="B88" s="669"/>
+      <c r="C88" s="669"/>
+      <c r="D88" s="669"/>
+      <c r="E88" s="669"/>
+      <c r="F88" s="669"/>
+      <c r="G88" s="669"/>
+      <c r="H88" s="669"/>
+      <c r="I88" s="669"/>
+      <c r="J88" s="669"/>
+      <c r="K88" s="669"/>
+      <c r="L88" s="669"/>
+      <c r="M88" s="669"/>
+      <c r="N88" s="669"/>
+      <c r="O88" s="669"/>
+      <c r="P88" s="669"/>
+      <c r="Q88" s="669"/>
+      <c r="R88" s="669"/>
+      <c r="S88" s="669"/>
+      <c r="T88" s="669"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="632"/>
+      <c r="B89" s="669"/>
+      <c r="C89" s="669"/>
+      <c r="D89" s="669"/>
+      <c r="E89" s="669"/>
+      <c r="F89" s="669"/>
+      <c r="G89" s="669"/>
+      <c r="H89" s="669"/>
+      <c r="I89" s="669"/>
+      <c r="J89" s="669"/>
+      <c r="K89" s="669"/>
+      <c r="L89" s="669"/>
+      <c r="M89" s="669"/>
+      <c r="N89" s="669"/>
+      <c r="O89" s="669"/>
+      <c r="P89" s="669"/>
+      <c r="Q89" s="669"/>
+      <c r="R89" s="669"/>
+      <c r="S89" s="669"/>
+      <c r="T89" s="669"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F343BC13-1454-4418-A7EF-00B786C3FF87}">
+  <sheetPr codeName="Sheet21"/>
+  <dimension ref="A1:U36"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B2" sqref="B2:U2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" bestFit="1" width="15.85546875" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="14.85546875" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="24.42578125" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="20.28515625" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="13.5703125" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="26.140625" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="32.7109375" customWidth="1"/>
+    <col min="8" max="8" bestFit="1" width="11.5703125" customWidth="1"/>
+    <col min="9" max="9" bestFit="1" width="27.140625" customWidth="1"/>
+    <col min="10" max="10" bestFit="1" width="24.85546875" customWidth="1"/>
+    <col min="11" max="11" bestFit="1" width="31.28515625" customWidth="1"/>
+    <col min="12" max="12" bestFit="1" width="30.7109375" customWidth="1"/>
+    <col min="13" max="13" bestFit="1" width="24.28515625" customWidth="1"/>
+    <col min="14" max="14" bestFit="1" width="10.28515625" customWidth="1"/>
+    <col min="15" max="15" bestFit="1" width="24.28515625" customWidth="1"/>
+    <col min="16" max="16" bestFit="1" width="26.85546875" customWidth="1"/>
+    <col min="17" max="17" bestFit="1" width="28.28515625" customWidth="1"/>
+    <col min="18" max="18" bestFit="1" width="9.42578125" customWidth="1"/>
+    <col min="19" max="19" bestFit="1" width="28.85546875" customWidth="1"/>
+    <col min="20" max="20" bestFit="1" width="17.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30" s="693" customFormat="1">
+      <c r="A1" s="717" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="718" t="s">
+        <v>126</v>
+      </c>
+      <c r="C1" s="719" t="s">
+        <v>108</v>
+      </c>
+      <c r="D1" s="719" t="s">
+        <v>109</v>
+      </c>
+      <c r="E1" s="719" t="s">
+        <v>110</v>
+      </c>
+      <c r="F1" s="720" t="s">
+        <v>127</v>
+      </c>
+      <c r="G1" s="720" t="s">
+        <v>128</v>
+      </c>
+      <c r="H1" s="719" t="s">
+        <v>113</v>
+      </c>
+      <c r="I1" s="720" t="s">
+        <v>129</v>
+      </c>
+      <c r="J1" s="719" t="s">
+        <v>115</v>
+      </c>
+      <c r="K1" s="719" t="s">
+        <v>116</v>
+      </c>
+      <c r="L1" s="719" t="s">
+        <v>117</v>
+      </c>
+      <c r="M1" s="719" t="s">
+        <v>118</v>
+      </c>
+      <c r="N1" s="719" t="s">
+        <v>119</v>
+      </c>
+      <c r="O1" s="719" t="s">
+        <v>120</v>
+      </c>
+      <c r="P1" s="719" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q1" s="720" t="s">
+        <v>130</v>
+      </c>
+      <c r="R1" s="719" t="s">
+        <v>123</v>
+      </c>
+      <c r="S1" s="719" t="s">
+        <v>124</v>
+      </c>
+      <c r="T1" s="720" t="s">
+        <v>131</v>
+      </c>
+      <c r="U1" s="720" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="743">
+        <v>2940</v>
+      </c>
+      <c r="C2" s="743">
+        <v>175</v>
+      </c>
+      <c r="D2" s="743">
+        <v>10</v>
+      </c>
+      <c r="E2" s="743">
+        <v>175</v>
+      </c>
+      <c r="F2" s="743">
+        <v>5</v>
+      </c>
+      <c r="G2" s="743">
+        <v>15</v>
+      </c>
+      <c r="H2" s="743">
+        <v>365</v>
+      </c>
+      <c r="I2" s="743">
+        <v>455</v>
+      </c>
+      <c r="J2" s="743">
+        <v>75</v>
+      </c>
+      <c r="K2" s="743">
+        <v>285</v>
+      </c>
+      <c r="L2" s="743">
+        <v>255</v>
+      </c>
+      <c r="M2" s="743">
+        <v>45</v>
+      </c>
+      <c r="N2" s="743">
+        <v>125</v>
+      </c>
+      <c r="O2" s="743">
+        <v>345</v>
+      </c>
+      <c r="P2" s="743">
+        <v>220</v>
+      </c>
+      <c r="Q2" s="743">
+        <v>20</v>
+      </c>
+      <c r="R2" s="743">
+        <v>65</v>
+      </c>
+      <c r="S2" s="743">
+        <v>100</v>
+      </c>
+      <c r="T2" s="743">
+        <v>105</v>
+      </c>
+      <c r="U2" s="743">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="3" s="693" customFormat="1">
+      <c r="A3" s="663" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="693">
+        <v>4440</v>
+      </c>
+      <c r="C3" s="693">
+        <v>135</v>
+      </c>
+      <c r="D3" s="693">
+        <v>0</v>
+      </c>
+      <c r="E3" s="693">
+        <v>325</v>
+      </c>
+      <c r="F3" s="693">
+        <v>5</v>
+      </c>
+      <c r="G3" s="693">
+        <v>25</v>
+      </c>
+      <c r="H3" s="693">
+        <v>825</v>
+      </c>
+      <c r="I3" s="693">
+        <v>700</v>
+      </c>
+      <c r="J3" s="693">
+        <v>95</v>
+      </c>
+      <c r="K3" s="693">
+        <v>215</v>
+      </c>
+      <c r="L3" s="693">
+        <v>240</v>
+      </c>
+      <c r="M3" s="693">
+        <v>110</v>
+      </c>
+      <c r="N3" s="693">
+        <v>185</v>
+      </c>
+      <c r="O3" s="693">
+        <v>620</v>
+      </c>
+      <c r="P3" s="693">
+        <v>335</v>
+      </c>
+      <c r="Q3" s="693">
+        <v>35</v>
+      </c>
+      <c r="R3" s="693">
+        <v>85</v>
+      </c>
+      <c r="S3" s="693">
+        <v>210</v>
+      </c>
+      <c r="T3" s="693">
+        <v>120</v>
+      </c>
+      <c r="U3" s="693">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="4" s="693" customFormat="1">
+      <c r="A4" s="663" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="693">
+        <v>5660</v>
+      </c>
+      <c r="C4" s="693">
+        <v>905</v>
+      </c>
+      <c r="D4" s="693">
+        <v>5</v>
+      </c>
+      <c r="E4" s="693">
+        <v>350</v>
+      </c>
+      <c r="F4" s="693">
+        <v>10</v>
+      </c>
+      <c r="G4" s="693">
+        <v>25</v>
+      </c>
+      <c r="H4" s="693">
+        <v>790</v>
+      </c>
+      <c r="I4" s="693">
+        <v>810</v>
+      </c>
+      <c r="J4" s="693">
         <v>145</v>
       </c>
-      <c r="I1" s="716" t="s">
-[...23 lines deleted...]
-      <c r="Q1" s="716" t="s">
+      <c r="K4" s="693">
+        <v>310</v>
+      </c>
+      <c r="L4" s="693">
+        <v>220</v>
+      </c>
+      <c r="M4" s="693">
+        <v>70</v>
+      </c>
+      <c r="N4" s="693">
+        <v>210</v>
+      </c>
+      <c r="O4" s="693">
+        <v>650</v>
+      </c>
+      <c r="P4" s="693">
+        <v>380</v>
+      </c>
+      <c r="Q4" s="693">
+        <v>70</v>
+      </c>
+      <c r="R4" s="693">
+        <v>125</v>
+      </c>
+      <c r="S4" s="693">
+        <v>230</v>
+      </c>
+      <c r="T4" s="693">
+        <v>180</v>
+      </c>
+      <c r="U4" s="693">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="5" s="693" customFormat="1">
+      <c r="A5" s="658" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="693">
+        <v>2140</v>
+      </c>
+      <c r="C5" s="693">
+        <v>50</v>
+      </c>
+      <c r="D5" s="693">
+        <v>0</v>
+      </c>
+      <c r="E5" s="693">
+        <v>105</v>
+      </c>
+      <c r="F5" s="693">
+        <v>0</v>
+      </c>
+      <c r="G5" s="693">
+        <v>10</v>
+      </c>
+      <c r="H5" s="693">
+        <v>315</v>
+      </c>
+      <c r="I5" s="693">
+        <v>365</v>
+      </c>
+      <c r="J5" s="693">
+        <v>70</v>
+      </c>
+      <c r="K5" s="693">
+        <v>330</v>
+      </c>
+      <c r="L5" s="693">
+        <v>70</v>
+      </c>
+      <c r="M5" s="693">
+        <v>30</v>
+      </c>
+      <c r="N5" s="693">
+        <v>80</v>
+      </c>
+      <c r="O5" s="693">
+        <v>190</v>
+      </c>
+      <c r="P5" s="693">
+        <v>135</v>
+      </c>
+      <c r="Q5" s="693">
+        <v>20</v>
+      </c>
+      <c r="R5" s="693">
+        <v>55</v>
+      </c>
+      <c r="S5" s="693">
+        <v>145</v>
+      </c>
+      <c r="T5" s="693">
+        <v>70</v>
+      </c>
+      <c r="U5" s="693">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="6" s="693" customFormat="1">
+      <c r="A6" s="658" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="693">
+        <v>2370</v>
+      </c>
+      <c r="C6" s="693">
+        <v>315</v>
+      </c>
+      <c r="D6" s="693">
+        <v>0</v>
+      </c>
+      <c r="E6" s="693">
+        <v>155</v>
+      </c>
+      <c r="F6" s="693">
+        <v>5</v>
+      </c>
+      <c r="G6" s="693">
+        <v>10</v>
+      </c>
+      <c r="H6" s="693">
+        <v>295</v>
+      </c>
+      <c r="I6" s="693">
+        <v>435</v>
+      </c>
+      <c r="J6" s="693">
+        <v>30</v>
+      </c>
+      <c r="K6" s="693">
+        <v>275</v>
+      </c>
+      <c r="L6" s="693">
+        <v>90</v>
+      </c>
+      <c r="M6" s="693">
+        <v>25</v>
+      </c>
+      <c r="N6" s="693">
+        <v>55</v>
+      </c>
+      <c r="O6" s="693">
+        <v>215</v>
+      </c>
+      <c r="P6" s="693">
+        <v>145</v>
+      </c>
+      <c r="Q6" s="693">
+        <v>30</v>
+      </c>
+      <c r="R6" s="693">
+        <v>30</v>
+      </c>
+      <c r="S6" s="693">
+        <v>90</v>
+      </c>
+      <c r="T6" s="693">
+        <v>95</v>
+      </c>
+      <c r="U6" s="693">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="7" s="693" customFormat="1">
+      <c r="A7" s="658" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="693">
+        <v>3010</v>
+      </c>
+      <c r="C7" s="693">
+        <v>460</v>
+      </c>
+      <c r="D7" s="693">
+        <v>0</v>
+      </c>
+      <c r="E7" s="693">
+        <v>165</v>
+      </c>
+      <c r="F7" s="693">
+        <v>5</v>
+      </c>
+      <c r="G7" s="693">
+        <v>10</v>
+      </c>
+      <c r="H7" s="693">
+        <v>310</v>
+      </c>
+      <c r="I7" s="693">
+        <v>465</v>
+      </c>
+      <c r="J7" s="693">
+        <v>65</v>
+      </c>
+      <c r="K7" s="693">
+        <v>210</v>
+      </c>
+      <c r="L7" s="693">
+        <v>105</v>
+      </c>
+      <c r="M7" s="693">
+        <v>50</v>
+      </c>
+      <c r="N7" s="693">
         <v>120</v>
       </c>
-      <c r="R1" s="732" t="s">
-[...88 lines deleted...]
-      <c r="F2" s="796">
+      <c r="O7" s="693">
+        <v>350</v>
+      </c>
+      <c r="P7" s="693">
+        <v>220</v>
+      </c>
+      <c r="Q7" s="693">
+        <v>50</v>
+      </c>
+      <c r="R7" s="693">
+        <v>55</v>
+      </c>
+      <c r="S7" s="693">
         <v>190</v>
       </c>
-      <c r="G2" s="796">
-[...41 lines deleted...]
-      <c r="U2" s="796">
+      <c r="T7" s="693">
         <v>85</v>
       </c>
-      <c r="V2" s="796">
-[...478 lines deleted...]
-      <c r="M6" s="718">
+      <c r="U7" s="693">
         <v>90</v>
       </c>
-      <c r="N6" s="718">
-[...385 lines deleted...]
-      <c r="AP11" s="721"/>
+    </row>
+    <row r="8" s="693" customFormat="1">
+      <c r="A8" s="659"/>
+      <c r="B8" s="694"/>
+      <c r="C8" s="669"/>
+      <c r="D8" s="669"/>
+      <c r="E8" s="669"/>
+      <c r="F8" s="669"/>
+      <c r="G8" s="669"/>
+      <c r="H8" s="669"/>
+      <c r="I8" s="669"/>
+      <c r="J8" s="669"/>
+      <c r="K8" s="669"/>
+      <c r="L8" s="669"/>
+      <c r="M8" s="669"/>
+      <c r="N8" s="669"/>
+      <c r="O8" s="669"/>
+      <c r="P8" s="669"/>
+      <c r="Q8" s="669"/>
+      <c r="R8" s="669"/>
+      <c r="S8" s="669"/>
+      <c r="T8" s="669"/>
+      <c r="U8" s="669"/>
+    </row>
+    <row r="9" s="693" customFormat="1"/>
+    <row r="10" s="693" customFormat="1">
+      <c r="A10" s="659"/>
+    </row>
+    <row r="11" s="693" customFormat="1">
+      <c r="A11" s="659"/>
     </row>
     <row r="12">
-      <c r="A12" s="673"/>
-[...38 lines deleted...]
-      <c r="AO12" s="721"/>
+      <c r="A12" s="659"/>
     </row>
     <row r="13">
-      <c r="A13" s="673"/>
-[...120 lines deleted...]
-      <c r="AO15" s="701"/>
+      <c r="A13" s="659"/>
     </row>
     <row r="16">
-      <c r="A16" s="723"/>
+      <c r="A16" s="696"/>
     </row>
     <row r="17">
-      <c r="A17" s="724"/>
-[...1 lines deleted...]
-      <c r="AQ17" s="675"/>
+      <c r="A17" s="697"/>
     </row>
     <row r="18">
-      <c r="A18" s="724"/>
-[...2 lines deleted...]
-      <c r="AQ18" s="675"/>
+      <c r="A18" s="697"/>
     </row>
     <row r="19">
-      <c r="A19" s="724"/>
-[...2 lines deleted...]
-      <c r="AQ19" s="675"/>
+      <c r="A19" s="697"/>
     </row>
     <row r="20">
-      <c r="A20" s="724"/>
-[...11 lines deleted...]
-      <c r="AQ20" s="675"/>
+      <c r="A20" s="697"/>
     </row>
     <row r="21">
-      <c r="A21" s="724"/>
-[...2 lines deleted...]
-      <c r="AQ21" s="675"/>
+      <c r="A21" s="697"/>
     </row>
     <row r="22">
-      <c r="A22" s="724"/>
-[...2 lines deleted...]
-      <c r="AQ22" s="675"/>
+      <c r="A22" s="697"/>
     </row>
     <row r="23">
-      <c r="A23" s="724"/>
-[...11 lines deleted...]
-      <c r="AQ23" s="675"/>
+      <c r="A23" s="697"/>
     </row>
     <row r="24">
-      <c r="A24" s="724"/>
-[...40 lines deleted...]
-      <c r="AQ24" s="675"/>
+      <c r="A24" s="697"/>
+      <c r="B24" s="678"/>
+      <c r="C24" s="688"/>
+      <c r="D24" s="688"/>
+      <c r="E24" s="688"/>
+      <c r="F24" s="688"/>
+      <c r="G24" s="688"/>
+      <c r="H24" s="688"/>
+      <c r="I24" s="688"/>
+      <c r="J24" s="688"/>
+      <c r="K24" s="688"/>
+      <c r="L24" s="688"/>
+      <c r="M24" s="688"/>
+      <c r="N24" s="688"/>
+      <c r="O24" s="688"/>
+      <c r="P24" s="688"/>
+      <c r="Q24" s="688"/>
+      <c r="R24" s="688"/>
+      <c r="S24" s="688"/>
+      <c r="T24" s="688"/>
+      <c r="U24" s="688"/>
     </row>
     <row r="25">
-      <c r="A25" s="724"/>
-[...40 lines deleted...]
-      <c r="AQ25" s="675"/>
+      <c r="A25" s="697"/>
+      <c r="B25" s="678"/>
+      <c r="C25" s="678"/>
+      <c r="D25" s="678"/>
+      <c r="E25" s="678"/>
+      <c r="F25" s="678"/>
+      <c r="G25" s="678"/>
+      <c r="H25" s="678"/>
+      <c r="I25" s="678"/>
+      <c r="J25" s="678"/>
+      <c r="K25" s="678"/>
+      <c r="L25" s="678"/>
+      <c r="M25" s="678"/>
+      <c r="N25" s="678"/>
+      <c r="O25" s="678"/>
+      <c r="P25" s="678"/>
+      <c r="Q25" s="678"/>
+      <c r="R25" s="678"/>
+      <c r="S25" s="678"/>
+      <c r="T25" s="678"/>
+      <c r="U25" s="678"/>
     </row>
     <row r="26">
-      <c r="A26" s="724"/>
-[...40 lines deleted...]
-      <c r="AQ26" s="675"/>
+      <c r="A26" s="697"/>
+      <c r="B26" s="678"/>
+      <c r="C26" s="678"/>
+      <c r="D26" s="678"/>
+      <c r="E26" s="678"/>
+      <c r="F26" s="678"/>
+      <c r="G26" s="678"/>
+      <c r="H26" s="678"/>
+      <c r="I26" s="678"/>
+      <c r="J26" s="678"/>
+      <c r="K26" s="678"/>
+      <c r="L26" s="678"/>
+      <c r="M26" s="678"/>
+      <c r="N26" s="678"/>
+      <c r="O26" s="678"/>
+      <c r="P26" s="678"/>
+      <c r="Q26" s="678"/>
+      <c r="R26" s="678"/>
+      <c r="S26" s="678"/>
+      <c r="T26" s="678"/>
+      <c r="U26" s="678"/>
     </row>
     <row r="27">
-      <c r="A27" s="724"/>
-[...40 lines deleted...]
-      <c r="AQ27" s="675"/>
+      <c r="A27" s="697"/>
+      <c r="B27" s="678"/>
+      <c r="C27" s="678"/>
+      <c r="D27" s="678"/>
+      <c r="E27" s="678"/>
+      <c r="F27" s="678"/>
+      <c r="G27" s="678"/>
+      <c r="H27" s="678"/>
+      <c r="I27" s="678"/>
+      <c r="J27" s="678"/>
+      <c r="K27" s="678"/>
+      <c r="L27" s="678"/>
+      <c r="M27" s="678"/>
+      <c r="N27" s="678"/>
+      <c r="O27" s="678"/>
+      <c r="P27" s="678"/>
+      <c r="Q27" s="678"/>
+      <c r="R27" s="678"/>
+      <c r="S27" s="678"/>
+      <c r="T27" s="678"/>
+      <c r="U27" s="678"/>
     </row>
     <row r="28">
-      <c r="A28" s="724"/>
-[...40 lines deleted...]
-      <c r="AQ28" s="675"/>
+      <c r="A28" s="697"/>
+      <c r="B28" s="678"/>
+      <c r="C28" s="678"/>
+      <c r="D28" s="678"/>
+      <c r="E28" s="678"/>
+      <c r="F28" s="678"/>
+      <c r="G28" s="678"/>
+      <c r="H28" s="678"/>
+      <c r="I28" s="678"/>
+      <c r="J28" s="678"/>
+      <c r="K28" s="678"/>
+      <c r="L28" s="678"/>
+      <c r="M28" s="678"/>
+      <c r="N28" s="678"/>
+      <c r="O28" s="678"/>
+      <c r="P28" s="678"/>
+      <c r="Q28" s="678"/>
+      <c r="R28" s="678"/>
+      <c r="S28" s="678"/>
+      <c r="T28" s="678"/>
+      <c r="U28" s="678"/>
     </row>
     <row r="29">
-      <c r="A29" s="724"/>
-[...40 lines deleted...]
-      <c r="AQ29" s="675"/>
+      <c r="A29" s="697"/>
+      <c r="B29" s="678"/>
+      <c r="C29" s="678"/>
+      <c r="D29" s="678"/>
+      <c r="E29" s="678"/>
+      <c r="F29" s="678"/>
+      <c r="G29" s="678"/>
+      <c r="H29" s="678"/>
+      <c r="I29" s="678"/>
+      <c r="J29" s="678"/>
+      <c r="K29" s="678"/>
+      <c r="L29" s="678"/>
+      <c r="M29" s="678"/>
+      <c r="N29" s="678"/>
+      <c r="O29" s="678"/>
+      <c r="P29" s="678"/>
+      <c r="Q29" s="678"/>
+      <c r="R29" s="678"/>
+      <c r="S29" s="678"/>
+      <c r="T29" s="678"/>
+      <c r="U29" s="678"/>
     </row>
     <row r="30">
-      <c r="A30" s="724"/>
-[...41 lines deleted...]
-      <c r="AQ30" s="675"/>
+      <c r="A30" s="697"/>
+      <c r="B30" s="678"/>
+      <c r="C30" s="678"/>
+      <c r="D30" s="678"/>
+      <c r="E30" s="678"/>
+      <c r="F30" s="678"/>
+      <c r="G30" s="678"/>
+      <c r="H30" s="678"/>
+      <c r="I30" s="678"/>
+      <c r="J30" s="678"/>
+      <c r="K30" s="678"/>
+      <c r="L30" s="678"/>
+      <c r="M30" s="678"/>
+      <c r="N30" s="678"/>
+      <c r="O30" s="678"/>
+      <c r="P30" s="678"/>
+      <c r="Q30" s="678"/>
+      <c r="R30" s="678"/>
+      <c r="S30" s="678"/>
+      <c r="T30" s="678"/>
+      <c r="U30" s="678"/>
     </row>
     <row r="31">
-      <c r="A31" s="724"/>
-[...41 lines deleted...]
-      <c r="AQ31" s="675"/>
+      <c r="A31" s="697"/>
+      <c r="B31" s="688"/>
+      <c r="C31" s="688"/>
+      <c r="D31" s="688"/>
+      <c r="E31" s="688"/>
+      <c r="F31" s="688"/>
+      <c r="G31" s="688"/>
+      <c r="H31" s="688"/>
+      <c r="I31" s="688"/>
+      <c r="J31" s="688"/>
+      <c r="K31" s="688"/>
+      <c r="L31" s="688"/>
+      <c r="M31" s="688"/>
+      <c r="N31" s="688"/>
+      <c r="O31" s="688"/>
+      <c r="P31" s="688"/>
+      <c r="Q31" s="688"/>
+      <c r="R31" s="688"/>
+      <c r="S31" s="688"/>
+      <c r="T31" s="688"/>
+      <c r="U31" s="688"/>
     </row>
     <row r="32">
-      <c r="A32" s="724"/>
-[...41 lines deleted...]
-      <c r="AQ32" s="675"/>
+      <c r="A32" s="697"/>
+      <c r="B32" s="688"/>
+      <c r="C32" s="688"/>
+      <c r="D32" s="688"/>
+      <c r="E32" s="688"/>
+      <c r="F32" s="688"/>
+      <c r="G32" s="688"/>
+      <c r="H32" s="688"/>
+      <c r="I32" s="688"/>
+      <c r="J32" s="688"/>
+      <c r="K32" s="688"/>
+      <c r="L32" s="688"/>
+      <c r="M32" s="688"/>
+      <c r="N32" s="688"/>
+      <c r="O32" s="688"/>
+      <c r="P32" s="688"/>
+      <c r="Q32" s="688"/>
+      <c r="R32" s="688"/>
+      <c r="S32" s="688"/>
+      <c r="T32" s="688"/>
+      <c r="U32" s="688"/>
     </row>
     <row r="33">
-      <c r="A33" s="724"/>
-[...41 lines deleted...]
-      <c r="AQ33" s="675"/>
+      <c r="A33" s="697"/>
+      <c r="B33" s="688"/>
+      <c r="C33" s="688"/>
+      <c r="D33" s="688"/>
+      <c r="E33" s="688"/>
+      <c r="F33" s="688"/>
+      <c r="G33" s="688"/>
+      <c r="H33" s="688"/>
+      <c r="I33" s="688"/>
+      <c r="J33" s="688"/>
+      <c r="K33" s="688"/>
+      <c r="L33" s="688"/>
+      <c r="M33" s="688"/>
+      <c r="N33" s="688"/>
+      <c r="O33" s="688"/>
+      <c r="P33" s="688"/>
+      <c r="Q33" s="688"/>
+      <c r="R33" s="688"/>
+      <c r="S33" s="688"/>
+      <c r="T33" s="688"/>
+      <c r="U33" s="688"/>
     </row>
     <row r="34">
-      <c r="A34" s="724"/>
-[...41 lines deleted...]
-      <c r="AQ34" s="675"/>
+      <c r="A34" s="697"/>
+      <c r="B34" s="688"/>
+      <c r="C34" s="688"/>
+      <c r="D34" s="688"/>
+      <c r="E34" s="688"/>
+      <c r="F34" s="688"/>
+      <c r="G34" s="688"/>
+      <c r="H34" s="688"/>
+      <c r="I34" s="688"/>
+      <c r="J34" s="688"/>
+      <c r="K34" s="688"/>
+      <c r="L34" s="688"/>
+      <c r="M34" s="688"/>
+      <c r="N34" s="688"/>
+      <c r="O34" s="688"/>
+      <c r="P34" s="688"/>
+      <c r="Q34" s="688"/>
+      <c r="R34" s="688"/>
+      <c r="S34" s="688"/>
+      <c r="T34" s="688"/>
+      <c r="U34" s="688"/>
     </row>
     <row r="35">
-      <c r="A35" s="724"/>
-[...41 lines deleted...]
-      <c r="AQ35" s="675"/>
+      <c r="A35" s="697"/>
+      <c r="B35" s="688"/>
+      <c r="C35" s="688"/>
+      <c r="D35" s="688"/>
+      <c r="E35" s="688"/>
+      <c r="F35" s="688"/>
+      <c r="G35" s="688"/>
+      <c r="H35" s="688"/>
+      <c r="I35" s="688"/>
+      <c r="J35" s="688"/>
+      <c r="K35" s="688"/>
+      <c r="L35" s="688"/>
+      <c r="M35" s="688"/>
+      <c r="N35" s="688"/>
+      <c r="O35" s="688"/>
+      <c r="P35" s="688"/>
+      <c r="Q35" s="688"/>
+      <c r="R35" s="688"/>
+      <c r="S35" s="688"/>
+      <c r="T35" s="688"/>
+      <c r="U35" s="688"/>
     </row>
     <row r="36">
-      <c r="A36" s="724"/>
-[...504 lines deleted...]
-      <c r="AQ57" s="675"/>
+      <c r="A36" s="697"/>
+      <c r="B36" s="688"/>
+      <c r="C36" s="688"/>
+      <c r="D36" s="688"/>
+      <c r="E36" s="688"/>
+      <c r="F36" s="688"/>
+      <c r="G36" s="688"/>
+      <c r="H36" s="688"/>
+      <c r="I36" s="688"/>
+      <c r="J36" s="688"/>
+      <c r="K36" s="688"/>
+      <c r="L36" s="688"/>
+      <c r="M36" s="688"/>
+      <c r="N36" s="688"/>
+      <c r="O36" s="688"/>
+      <c r="P36" s="688"/>
+      <c r="Q36" s="688"/>
+      <c r="R36" s="688"/>
+      <c r="S36" s="688"/>
+      <c r="T36" s="688"/>
+      <c r="U36" s="688"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A18:AO23">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A18:U23">
     <sortCondition ref="A18:A23"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4115FF56-27C4-4205-87A6-8ED8F95F67E9}">
-  <dimension ref="A1:P28"/>
+  <sheetPr codeName="Sheet22"/>
+  <dimension ref="A1:J28"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A16" sqref="A16:A21"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="29.453125" customWidth="1"/>
-    <col min="2" max="2" width="11.1796875" customWidth="1"/>
+    <col min="1" max="1" width="29.42578125" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="15.7109375" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="16" customWidth="1"/>
+    <col min="4" max="4" bestFit="1" width="17.7109375" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="26.7109375" customWidth="1"/>
+    <col min="6" max="6" bestFit="1" width="17.42578125" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="16.7109375" customWidth="1"/>
+    <col min="8" max="8" bestFit="1" width="18.28515625" customWidth="1"/>
+    <col min="9" max="9" bestFit="1" width="27.42578125" customWidth="1"/>
+    <col min="10" max="10" bestFit="1" width="18.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="52" s="718" customFormat="1">
-      <c r="A1" s="725" t="s">
+    <row r="1" ht="25.5" s="693" customFormat="1">
+      <c r="A1" s="698" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
-[...32 lines deleted...]
-      <c r="P1" s="715"/>
+      <c r="B1" s="690" t="s">
+        <v>126</v>
+      </c>
+      <c r="C1" s="699" t="s">
+        <v>133</v>
+      </c>
+      <c r="D1" s="699" t="s">
+        <v>134</v>
+      </c>
+      <c r="E1" s="699" t="s">
+        <v>135</v>
+      </c>
+      <c r="F1" s="699" t="s">
+        <v>136</v>
+      </c>
+      <c r="G1" s="692"/>
+      <c r="H1" s="692"/>
+      <c r="I1" s="692"/>
+      <c r="J1" s="692"/>
     </row>
     <row r="2">
-      <c r="A2" s="779" t="s">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="743">
+        <v>2940</v>
+      </c>
+      <c r="C2" s="743">
+        <v>2525</v>
+      </c>
+      <c r="D2" s="743">
+        <v>370</v>
+      </c>
+      <c r="E2" s="743">
+        <v>45</v>
+      </c>
+      <c r="F2" s="743">
+        <v>5</v>
+      </c>
+      <c r="G2" s="744"/>
+      <c r="H2" s="744"/>
+      <c r="I2" s="744"/>
+      <c r="J2" s="744"/>
+    </row>
+    <row r="3" s="693" customFormat="1">
+      <c r="A3" s="663" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="796" t="s">
+      <c r="B3" s="693">
+        <v>4440</v>
+      </c>
+      <c r="C3" s="693">
+        <v>3800</v>
+      </c>
+      <c r="D3" s="693">
+        <v>555</v>
+      </c>
+      <c r="E3" s="693">
+        <v>80</v>
+      </c>
+      <c r="F3" s="693">
+        <v>5</v>
+      </c>
+      <c r="G3" s="695"/>
+      <c r="H3" s="695"/>
+      <c r="I3" s="695"/>
+      <c r="J3" s="695"/>
+    </row>
+    <row r="4" s="693" customFormat="1">
+      <c r="A4" s="663" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="796">
-[...8 lines deleted...]
-      <c r="F2" s="796">
+      <c r="B4" s="693">
+        <v>5660</v>
+      </c>
+      <c r="C4" s="693">
+        <v>4980</v>
+      </c>
+      <c r="D4" s="693">
+        <v>570</v>
+      </c>
+      <c r="E4" s="693">
+        <v>105</v>
+      </c>
+      <c r="F4" s="693">
+        <v>10</v>
+      </c>
+      <c r="G4" s="695"/>
+      <c r="H4" s="695"/>
+      <c r="I4" s="695"/>
+      <c r="J4" s="695"/>
+    </row>
+    <row r="5" s="693" customFormat="1">
+      <c r="A5" s="658" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="693">
+        <v>2140</v>
+      </c>
+      <c r="C5" s="693">
+        <v>1770</v>
+      </c>
+      <c r="D5" s="693">
+        <v>305</v>
+      </c>
+      <c r="E5" s="693">
+        <v>60</v>
+      </c>
+      <c r="F5" s="693">
+        <v>5</v>
+      </c>
+      <c r="G5" s="695"/>
+      <c r="H5" s="695"/>
+      <c r="I5" s="695"/>
+      <c r="J5" s="695"/>
+    </row>
+    <row r="6" s="693" customFormat="1">
+      <c r="A6" s="658" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="693">
+        <v>2370</v>
+      </c>
+      <c r="C6" s="693">
+        <v>2005</v>
+      </c>
+      <c r="D6" s="693">
+        <v>325</v>
+      </c>
+      <c r="E6" s="693">
+        <v>40</v>
+      </c>
+      <c r="F6" s="693">
+        <v>5</v>
+      </c>
+      <c r="G6" s="695"/>
+      <c r="H6" s="695"/>
+      <c r="I6" s="695"/>
+      <c r="J6" s="695"/>
+    </row>
+    <row r="7" s="693" customFormat="1">
+      <c r="A7" s="658" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="693">
+        <v>3010</v>
+      </c>
+      <c r="C7" s="693">
+        <v>2575</v>
+      </c>
+      <c r="D7" s="693">
+        <v>385</v>
+      </c>
+      <c r="E7" s="693">
         <v>45</v>
       </c>
-      <c r="G2" s="796">
-[...109 lines deleted...]
-      <c r="G5" s="718">
+      <c r="F7" s="693">
         <v>10</v>
       </c>
-      <c r="H5" s="721">
-[...129 lines deleted...]
-      <c r="K12" s="721"/>
+      <c r="G7" s="695"/>
+      <c r="H7" s="695"/>
+      <c r="I7" s="695"/>
+      <c r="J7" s="695"/>
+    </row>
+    <row r="8" s="693" customFormat="1">
+      <c r="A8" s="659"/>
+      <c r="G8" s="695"/>
+      <c r="H8" s="695"/>
+      <c r="I8" s="695"/>
+      <c r="J8" s="695"/>
+    </row>
+    <row r="9" s="693" customFormat="1">
+      <c r="A9" s="659"/>
+      <c r="G9" s="695"/>
+      <c r="H9" s="695"/>
+      <c r="I9" s="695"/>
+      <c r="J9" s="695"/>
+    </row>
+    <row r="10" s="693" customFormat="1">
+      <c r="G10" s="695"/>
+      <c r="H10" s="695"/>
+      <c r="I10" s="695"/>
+      <c r="J10" s="695"/>
+    </row>
+    <row r="11" s="693" customFormat="1">
+      <c r="G11" s="695"/>
+      <c r="H11" s="695"/>
+      <c r="I11" s="695"/>
+      <c r="J11" s="695"/>
+    </row>
+    <row r="12" s="693" customFormat="1">
+      <c r="G12" s="695"/>
+      <c r="H12" s="695"/>
+      <c r="I12" s="695"/>
+      <c r="J12" s="695"/>
     </row>
     <row r="13">
-      <c r="C13" s="733"/>
-[...7 lines deleted...]
-      <c r="K13" s="721"/>
+      <c r="B13" s="693"/>
+      <c r="C13" s="693"/>
+      <c r="D13" s="693"/>
+      <c r="E13" s="693"/>
+      <c r="F13" s="693"/>
+      <c r="G13" s="695"/>
+      <c r="H13" s="695"/>
+      <c r="I13" s="695"/>
+      <c r="J13" s="695"/>
     </row>
     <row r="14">
-      <c r="C14" s="733"/>
-[...7 lines deleted...]
-      <c r="K14" s="721"/>
+      <c r="B14" s="693"/>
+      <c r="C14" s="693"/>
+      <c r="D14" s="693"/>
+      <c r="E14" s="693"/>
+      <c r="F14" s="693"/>
+      <c r="G14" s="695"/>
+      <c r="H14" s="695"/>
+      <c r="I14" s="695"/>
+      <c r="J14" s="695"/>
     </row>
     <row r="15">
-      <c r="C15" s="712"/>
-[...7 lines deleted...]
-      <c r="K15" s="727"/>
+      <c r="B15" s="693"/>
+      <c r="C15" s="693"/>
+      <c r="D15" s="693"/>
+      <c r="E15" s="693"/>
+      <c r="F15" s="693"/>
+      <c r="G15" s="695"/>
+      <c r="H15" s="695"/>
+      <c r="I15" s="695"/>
+      <c r="J15" s="695"/>
     </row>
     <row r="16">
-      <c r="B16" s="673"/>
-[...8 lines deleted...]
-      <c r="K16" s="702"/>
+      <c r="B16" s="678"/>
+      <c r="C16" s="678"/>
+      <c r="D16" s="678"/>
+      <c r="E16" s="678"/>
+      <c r="F16" s="678"/>
+      <c r="G16" s="680"/>
+      <c r="H16" s="680"/>
+      <c r="I16" s="680"/>
+      <c r="J16" s="680"/>
     </row>
     <row r="17">
-      <c r="C17" s="700"/>
-[...7 lines deleted...]
-      <c r="K17" s="702"/>
+      <c r="B17" s="678"/>
+      <c r="C17" s="678"/>
+      <c r="D17" s="678"/>
+      <c r="E17" s="678"/>
+      <c r="F17" s="678"/>
+      <c r="G17" s="680"/>
+      <c r="H17" s="680"/>
+      <c r="I17" s="680"/>
+      <c r="J17" s="680"/>
     </row>
     <row r="18">
-      <c r="B18" s="673"/>
-[...8 lines deleted...]
-      <c r="K18" s="702"/>
+      <c r="B18" s="678"/>
+      <c r="C18" s="678"/>
+      <c r="D18" s="678"/>
+      <c r="E18" s="678"/>
+      <c r="F18" s="678"/>
+      <c r="G18" s="680"/>
+      <c r="H18" s="680"/>
+      <c r="I18" s="680"/>
+      <c r="J18" s="680"/>
     </row>
     <row r="19">
-      <c r="C19" s="700"/>
-[...7 lines deleted...]
-      <c r="K19" s="702"/>
+      <c r="B19" s="678"/>
+      <c r="C19" s="678"/>
+      <c r="D19" s="678"/>
+      <c r="E19" s="678"/>
+      <c r="F19" s="678"/>
+      <c r="G19" s="680"/>
+      <c r="H19" s="680"/>
+      <c r="I19" s="680"/>
+      <c r="J19" s="680"/>
     </row>
     <row r="20">
-      <c r="B20" s="673"/>
-[...8 lines deleted...]
-      <c r="K20" s="702"/>
+      <c r="B20" s="678"/>
+      <c r="C20" s="678"/>
+      <c r="D20" s="678"/>
+      <c r="E20" s="678"/>
+      <c r="F20" s="678"/>
+      <c r="G20" s="680"/>
+      <c r="H20" s="680"/>
+      <c r="I20" s="680"/>
+      <c r="J20" s="680"/>
     </row>
     <row r="21">
-      <c r="B21" s="673"/>
-[...8 lines deleted...]
-      <c r="K21" s="702"/>
+      <c r="B21" s="678"/>
+      <c r="C21" s="678"/>
+      <c r="D21" s="678"/>
+      <c r="E21" s="678"/>
+      <c r="F21" s="678"/>
+      <c r="G21" s="680"/>
+      <c r="H21" s="680"/>
+      <c r="I21" s="680"/>
+      <c r="J21" s="680"/>
     </row>
     <row r="22">
-      <c r="B22" s="673"/>
+      <c r="B22" s="678"/>
+      <c r="C22" s="678"/>
+      <c r="D22" s="678"/>
+      <c r="E22" s="678"/>
+      <c r="F22" s="678"/>
     </row>
     <row r="23">
-      <c r="C23" s="752"/>
-[...7 lines deleted...]
-      <c r="K23" s="752"/>
+      <c r="B23" s="678"/>
+      <c r="C23" s="678"/>
+      <c r="D23" s="678"/>
+      <c r="E23" s="678"/>
+      <c r="F23" s="678"/>
+      <c r="G23" s="703"/>
+      <c r="H23" s="703"/>
+      <c r="I23" s="703"/>
+      <c r="J23" s="703"/>
     </row>
     <row r="24">
-      <c r="C24" s="752"/>
-[...7 lines deleted...]
-      <c r="K24" s="752"/>
+      <c r="B24" s="703"/>
+      <c r="C24" s="703"/>
+      <c r="D24" s="703"/>
+      <c r="E24" s="703"/>
+      <c r="F24" s="703"/>
+      <c r="G24" s="703"/>
+      <c r="H24" s="703"/>
+      <c r="I24" s="703"/>
+      <c r="J24" s="703"/>
     </row>
     <row r="25">
-      <c r="C25" s="752"/>
-[...7 lines deleted...]
-      <c r="K25" s="752"/>
+      <c r="B25" s="703"/>
+      <c r="C25" s="703"/>
+      <c r="D25" s="703"/>
+      <c r="E25" s="703"/>
+      <c r="F25" s="703"/>
+      <c r="G25" s="703"/>
+      <c r="H25" s="703"/>
+      <c r="I25" s="703"/>
+      <c r="J25" s="703"/>
     </row>
     <row r="26">
-      <c r="C26" s="752"/>
-[...7 lines deleted...]
-      <c r="K26" s="752"/>
+      <c r="B26" s="703"/>
+      <c r="C26" s="703"/>
+      <c r="D26" s="703"/>
+      <c r="E26" s="703"/>
+      <c r="F26" s="703"/>
+      <c r="G26" s="703"/>
+      <c r="H26" s="703"/>
+      <c r="I26" s="703"/>
+      <c r="J26" s="703"/>
     </row>
     <row r="27">
-      <c r="C27" s="752"/>
-[...7 lines deleted...]
-      <c r="K27" s="752"/>
+      <c r="B27" s="703"/>
+      <c r="C27" s="703"/>
+      <c r="D27" s="703"/>
+      <c r="E27" s="703"/>
+      <c r="F27" s="703"/>
+      <c r="G27" s="703"/>
+      <c r="H27" s="703"/>
+      <c r="I27" s="703"/>
+      <c r="J27" s="703"/>
     </row>
     <row r="28">
-      <c r="C28" s="752"/>
-[...7 lines deleted...]
-      <c r="K28" s="752"/>
+      <c r="B28" s="703"/>
+      <c r="C28" s="703"/>
+      <c r="D28" s="703"/>
+      <c r="E28" s="703"/>
+      <c r="F28" s="703"/>
+      <c r="G28" s="703"/>
+      <c r="H28" s="703"/>
+      <c r="I28" s="703"/>
+      <c r="J28" s="703"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A16:K21">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A16:J21">
     <sortCondition ref="A16:A21"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
-  <headerFooter/>
-[...629 lines deleted...]
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
-  <dimension ref="A1:K28"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35FEA264-B66E-4828-86FA-EBF1BFF7881E}">
+  <sheetPr codeName="Sheet23"/>
+  <dimension ref="A1:S9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C7" sqref="C7"/>
+      <selection activeCell="S10" sqref="S10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="35.453125" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" bestFit="1" width="10.81640625" customWidth="1"/>
+    <col min="1" max="1" width="24.140625" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="14.85546875" customWidth="1"/>
+    <col min="3" max="3" width="16.7109375" customWidth="1"/>
+    <col min="4" max="10" bestFit="1" width="14.85546875" customWidth="1"/>
+    <col min="11" max="19" bestFit="1" width="11.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="23.5">
-      <c r="A1" s="671" t="s">
+    <row r="1" s="693" customFormat="1">
+      <c r="A1" s="632" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="693" t="s">
+        <v>137</v>
+      </c>
+      <c r="C1" s="693" t="s">
+        <v>138</v>
+      </c>
+      <c r="D1" s="693" t="s">
+        <v>139</v>
+      </c>
+      <c r="E1" s="693" t="s">
+        <v>140</v>
+      </c>
+      <c r="F1" s="693" t="s">
+        <v>141</v>
+      </c>
+      <c r="G1" s="693" t="s">
+        <v>142</v>
+      </c>
+      <c r="H1" s="693" t="s">
+        <v>143</v>
+      </c>
+      <c r="I1" s="693" t="s">
+        <v>144</v>
+      </c>
+      <c r="J1" s="693" t="s">
+        <v>145</v>
+      </c>
+      <c r="K1" s="693" t="s">
+        <v>146</v>
+      </c>
+      <c r="L1" s="693" t="s">
+        <v>147</v>
+      </c>
+      <c r="M1" s="693" t="s">
+        <v>148</v>
+      </c>
+      <c r="N1" s="693" t="s">
+        <v>149</v>
+      </c>
+      <c r="O1" s="693" t="s">
+        <v>150</v>
+      </c>
+      <c r="P1" s="693" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q1" s="693" t="s">
+        <v>152</v>
+      </c>
+      <c r="R1" s="693" t="s">
+        <v>153</v>
+      </c>
+      <c r="S1" s="693" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="743">
+        <v>570</v>
+      </c>
+      <c r="C2" s="743">
+        <v>605</v>
+      </c>
+      <c r="D2" s="743">
+        <v>650</v>
+      </c>
+      <c r="E2" s="743">
+        <v>635</v>
+      </c>
+      <c r="F2" s="743">
+        <v>585</v>
+      </c>
+      <c r="G2" s="743">
+        <v>580</v>
+      </c>
+      <c r="H2" s="743">
+        <v>655</v>
+      </c>
+      <c r="I2" s="743">
+        <v>640</v>
+      </c>
+      <c r="J2" s="743">
+        <v>685</v>
+      </c>
+      <c r="K2" s="743">
+        <v>1.2</v>
+      </c>
+      <c r="L2" s="743">
+        <v>1.3</v>
+      </c>
+      <c r="M2" s="743">
+        <v>1.4</v>
+      </c>
+      <c r="N2" s="743">
+        <v>1.4</v>
+      </c>
+      <c r="O2" s="743">
+        <v>1.3</v>
+      </c>
+      <c r="P2" s="743">
+        <v>1.3</v>
+      </c>
+      <c r="Q2" s="743">
+        <v>1.4</v>
+      </c>
+      <c r="R2" s="743">
+        <v>1.4</v>
+      </c>
+      <c r="S2" s="743">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="3" s="693" customFormat="1">
+      <c r="A3" s="663" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="693">
+        <v>765</v>
+      </c>
+      <c r="C3" s="693">
+        <v>805</v>
+      </c>
+      <c r="D3" s="693">
+        <v>820</v>
+      </c>
+      <c r="E3" s="693">
+        <v>780</v>
+      </c>
+      <c r="F3" s="693">
+        <v>730</v>
+      </c>
+      <c r="G3" s="693">
+        <v>750</v>
+      </c>
+      <c r="H3" s="693">
+        <v>810</v>
+      </c>
+      <c r="I3" s="693">
+        <v>835</v>
+      </c>
+      <c r="J3" s="693">
+        <v>965</v>
+      </c>
+      <c r="K3" s="693">
+        <v>0.8</v>
+      </c>
+      <c r="L3" s="693">
+        <v>0.9</v>
+      </c>
+      <c r="M3" s="693">
+        <v>0.9</v>
+      </c>
+      <c r="N3" s="693">
+        <v>0.9</v>
+      </c>
+      <c r="O3" s="693">
+        <v>0.8</v>
+      </c>
+      <c r="P3" s="693">
+        <v>0.8</v>
+      </c>
+      <c r="Q3" s="693">
+        <v>0.9</v>
+      </c>
+      <c r="R3" s="693">
+        <v>0.9</v>
+      </c>
+      <c r="S3" s="693">
+        <v>1.1</v>
+      </c>
+    </row>
+    <row r="4" s="693" customFormat="1">
+      <c r="A4" s="663" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="693">
+        <v>1015</v>
+      </c>
+      <c r="C4" s="693">
+        <v>1000</v>
+      </c>
+      <c r="D4" s="693">
+        <v>975</v>
+      </c>
+      <c r="E4" s="693">
+        <v>965</v>
+      </c>
+      <c r="F4" s="693">
+        <v>940</v>
+      </c>
+      <c r="G4" s="693">
+        <v>950</v>
+      </c>
+      <c r="H4" s="693">
+        <v>980</v>
+      </c>
+      <c r="I4" s="693">
+        <v>1070</v>
+      </c>
+      <c r="J4" s="693">
+        <v>1170</v>
+      </c>
+      <c r="K4" s="693">
+        <v>1.1</v>
+      </c>
+      <c r="L4" s="693">
+        <v>1.1</v>
+      </c>
+      <c r="M4" s="693">
+        <v>1.1</v>
+      </c>
+      <c r="N4" s="693">
+        <v>1.1</v>
+      </c>
+      <c r="O4" s="693">
+        <v>1</v>
+      </c>
+      <c r="P4" s="693">
+        <v>1</v>
+      </c>
+      <c r="Q4" s="693">
+        <v>1.1</v>
+      </c>
+      <c r="R4" s="693">
+        <v>1.2</v>
+      </c>
+      <c r="S4" s="693">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="5" s="693" customFormat="1">
+      <c r="A5" s="658" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="693">
+        <v>1350</v>
+      </c>
+      <c r="C5" s="693">
+        <v>1300</v>
+      </c>
+      <c r="D5" s="693">
+        <v>1415</v>
+      </c>
+      <c r="E5" s="693">
+        <v>1505</v>
+      </c>
+      <c r="F5" s="693">
+        <v>1365</v>
+      </c>
+      <c r="G5" s="693">
+        <v>1290</v>
+      </c>
+      <c r="H5" s="693">
+        <v>1480</v>
+      </c>
+      <c r="I5" s="693">
+        <v>1505</v>
+      </c>
+      <c r="J5" s="693">
+        <v>1520</v>
+      </c>
+      <c r="K5" s="693">
+        <v>1.8</v>
+      </c>
+      <c r="L5" s="693">
+        <v>1.8</v>
+      </c>
+      <c r="M5" s="693">
+        <v>1.9</v>
+      </c>
+      <c r="N5" s="693">
+        <v>2.1</v>
+      </c>
+      <c r="O5" s="693">
+        <v>1.9</v>
+      </c>
+      <c r="P5" s="693">
+        <v>1.8</v>
+      </c>
+      <c r="Q5" s="693">
+        <v>2</v>
+      </c>
+      <c r="R5" s="693">
+        <v>2.1</v>
+      </c>
+      <c r="S5" s="693">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="6" s="693" customFormat="1">
+      <c r="A6" s="658" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="693">
+        <v>425</v>
+      </c>
+      <c r="C6" s="693">
+        <v>460</v>
+      </c>
+      <c r="D6" s="693">
+        <v>525</v>
+      </c>
+      <c r="E6" s="693">
+        <v>535</v>
+      </c>
+      <c r="F6" s="693">
+        <v>485</v>
+      </c>
+      <c r="G6" s="693">
+        <v>495</v>
+      </c>
+      <c r="H6" s="693">
+        <v>530</v>
+      </c>
+      <c r="I6" s="693">
+        <v>540</v>
+      </c>
+      <c r="J6" s="693">
+        <v>570</v>
+      </c>
+      <c r="K6" s="693">
+        <v>1.1</v>
+      </c>
+      <c r="L6" s="693">
+        <v>1.2</v>
+      </c>
+      <c r="M6" s="693">
+        <v>1.4</v>
+      </c>
+      <c r="N6" s="693">
+        <v>1.4</v>
+      </c>
+      <c r="O6" s="693">
+        <v>1.3</v>
+      </c>
+      <c r="P6" s="693">
+        <v>1.3</v>
+      </c>
+      <c r="Q6" s="693">
+        <v>1.4</v>
+      </c>
+      <c r="R6" s="693">
+        <v>1.5</v>
+      </c>
+      <c r="S6" s="693">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="7" s="693" customFormat="1">
+      <c r="A7" s="658" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="693">
+        <v>515</v>
+      </c>
+      <c r="C7" s="693">
+        <v>495</v>
+      </c>
+      <c r="D7" s="693">
+        <v>515</v>
+      </c>
+      <c r="E7" s="693">
+        <v>490</v>
+      </c>
+      <c r="F7" s="693">
+        <v>465</v>
+      </c>
+      <c r="G7" s="693">
+        <v>460</v>
+      </c>
+      <c r="H7" s="693">
+        <v>495</v>
+      </c>
+      <c r="I7" s="693">
+        <v>485</v>
+      </c>
+      <c r="J7" s="693">
+        <v>535</v>
+      </c>
+      <c r="K7" s="693">
+        <v>1.1</v>
+      </c>
+      <c r="L7" s="693">
+        <v>1.1</v>
+      </c>
+      <c r="M7" s="693">
+        <v>1.1</v>
+      </c>
+      <c r="N7" s="693">
+        <v>1.1</v>
+      </c>
+      <c r="O7" s="693">
+        <v>1</v>
+      </c>
+      <c r="P7" s="693">
+        <v>1</v>
+      </c>
+      <c r="Q7" s="693">
+        <v>1.1</v>
+      </c>
+      <c r="R7" s="693">
+        <v>1</v>
+      </c>
+      <c r="S7" s="693">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="B9" s="693"/>
+      <c r="C9" s="693"/>
+      <c r="D9" s="693"/>
+      <c r="E9" s="693"/>
+      <c r="F9" s="693"/>
+      <c r="G9" s="693"/>
+      <c r="H9" s="693"/>
+      <c r="I9" s="693"/>
+      <c r="J9" s="693"/>
+      <c r="K9" s="693"/>
+      <c r="L9" s="693"/>
+      <c r="M9" s="693"/>
+      <c r="N9" s="693"/>
+      <c r="O9" s="693"/>
+      <c r="P9" s="693"/>
+      <c r="Q9" s="693"/>
+      <c r="R9" s="693"/>
+      <c r="S9" s="693"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE40BEFE-8D37-468E-AE82-9F2342C89307}">
+  <sheetPr codeName="Sheet24"/>
+  <dimension ref="A1:C10"/>
+  <sheetViews>
+    <sheetView topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="E7" sqref="E7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.7109375" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="15.140625" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="14.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B1" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C1" s="0" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="2" s="693" customFormat="1">
+      <c r="A2" s="693" t="s">
+        <v>158</v>
+      </c>
+      <c r="B2" s="693" t="s">
+        <v>159</v>
+      </c>
+      <c r="C2" s="693" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="3" s="693" customFormat="1">
+      <c r="A3" s="693" t="s">
+        <v>161</v>
+      </c>
+      <c r="B3" s="693" t="s">
+        <v>162</v>
+      </c>
+      <c r="C3" s="693" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="4" s="693" customFormat="1">
+      <c r="A4" s="693" t="s">
+        <v>164</v>
+      </c>
+      <c r="B4" s="693" t="s">
+        <v>165</v>
+      </c>
+      <c r="C4" s="693" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="5" s="693" customFormat="1">
+      <c r="A5" s="693" t="s">
+        <v>167</v>
+      </c>
+      <c r="B5" s="693" t="s">
+        <v>168</v>
+      </c>
+      <c r="C5" s="693" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="6" s="693" customFormat="1">
+      <c r="A6" s="693" t="s">
+        <v>170</v>
+      </c>
+      <c r="B6" s="693" t="s">
+        <v>171</v>
+      </c>
+      <c r="C6" s="693" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="7" s="693" customFormat="1">
+      <c r="A7" s="693" t="s">
+        <v>173</v>
+      </c>
+      <c r="B7" s="693" t="s">
+        <v>174</v>
+      </c>
+      <c r="C7" s="693" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="8" s="693" customFormat="1">
+      <c r="A8" s="693" t="s">
+        <v>176</v>
+      </c>
+      <c r="B8" s="693" t="s">
+        <v>177</v>
+      </c>
+      <c r="C8" s="693" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="9" s="693" customFormat="1">
+      <c r="A9" s="693" t="s">
+        <v>179</v>
+      </c>
+      <c r="B9" s="693" t="s">
+        <v>180</v>
+      </c>
+      <c r="C9" s="693" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="693" t="s">
+        <v>182</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>184</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
+  <sheetPr codeName="Sheet25"/>
+  <dimension ref="A1:L28"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="L15" sqref="L15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="35.42578125" customWidth="1"/>
+    <col min="2" max="2" width="7.140625" customWidth="1"/>
+    <col min="3" max="3" width="49" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" customWidth="1"/>
+    <col min="5" max="5" width="17.140625" customWidth="1"/>
+    <col min="6" max="6" width="10.42578125" customWidth="1"/>
+    <col min="7" max="7" bestFit="1" width="6.140625" customWidth="1"/>
+    <col min="8" max="8" bestFit="1" width="6.85546875" customWidth="1"/>
+    <col min="10" max="10" bestFit="1" width="10.85546875" customWidth="1"/>
+    <col min="11" max="11" width="10.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="23.25">
+      <c r="A1" s="657" t="s">
+        <v>185</v>
+      </c>
+      <c r="F1" s="722" t="s">
         <v>186</v>
       </c>
-      <c r="F1" s="763" t="s">
+      <c r="G1" s="722"/>
+      <c r="H1" s="722"/>
+      <c r="I1" s="722"/>
+    </row>
+    <row r="2" s="642" customFormat="1">
+      <c r="A2" s="642" t="s">
         <v>187</v>
       </c>
-      <c r="G1" s="763"/>
-[...4 lines deleted...]
-      <c r="A2" s="648" t="s">
+      <c r="B2" s="632" t="s">
         <v>188</v>
       </c>
-      <c r="B2" s="634" t="s">
+      <c r="C2" s="642" t="s">
         <v>189</v>
       </c>
-      <c r="C2" s="648" t="s">
+      <c r="D2" s="642" t="s">
         <v>190</v>
       </c>
-      <c r="D2" s="648" t="s">
+      <c r="E2" s="632" t="s">
         <v>191</v>
       </c>
-      <c r="E2" s="634" t="s">
-[...2 lines deleted...]
-      <c r="F2" s="730">
+      <c r="F2" s="700">
         <v>43770</v>
       </c>
-      <c r="G2" s="730">
+      <c r="G2" s="700">
         <v>44197</v>
       </c>
-      <c r="H2" s="730">
+      <c r="H2" s="700">
         <v>44378</v>
       </c>
-      <c r="I2" s="730">
+      <c r="I2" s="700">
         <v>44501</v>
       </c>
-      <c r="J2" s="730">
+      <c r="J2" s="700">
         <v>44986</v>
+      </c>
+      <c r="K2" s="700">
+        <v>45566</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="B3" s="0" t="s">
+      <c r="C3" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="C3" s="0" t="s">
+      <c r="D3" s="672" t="s">
         <v>195</v>
       </c>
-      <c r="D3" s="689" t="s">
+      <c r="E3" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="E3" s="0" t="s">
+      <c r="G3" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="G3" s="0" t="s">
+      <c r="H3" s="702" t="s">
         <v>198</v>
       </c>
-      <c r="H3" s="751" t="s">
+      <c r="I3" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="I3" s="0" t="s">
+      <c r="J3" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="J3" s="0" t="s">
-        <v>201</v>
+      <c r="K3" s="0" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B4" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="B4" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D4" s="689" t="s">
+      <c r="D4" s="672" t="s">
+        <v>195</v>
+      </c>
+      <c r="E4" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="E4" s="0" t="s">
+      <c r="G4" s="664" t="s">
         <v>197</v>
       </c>
-      <c r="G4" s="679" t="s">
+      <c r="H4" s="702" t="s">
         <v>198</v>
       </c>
-      <c r="H4" s="751" t="s">
+      <c r="I4" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="I4" s="0" t="s">
+      <c r="J4" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="J4" s="0" t="s">
-        <v>201</v>
+      <c r="K4" s="0" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B5" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="B5" s="0" t="s">
-[...6 lines deleted...]
-        <v>196</v>
+      <c r="D5" s="672" t="s">
+        <v>205</v>
       </c>
       <c r="E5" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="G5" s="664" t="s">
         <v>197</v>
       </c>
-      <c r="G5" s="679" t="s">
+      <c r="H5" s="702" t="s">
         <v>198</v>
       </c>
-      <c r="H5" s="751" t="s">
+      <c r="I5" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="I5" s="0" t="s">
+      <c r="J5" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="J5" s="0" t="s">
-        <v>201</v>
+      <c r="K5" s="0" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H6" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I6" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J6" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="K6" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E7" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H7" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I7" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="K7" s="0" t="s">
-        <v>210</v>
+        <v>200</v>
+      </c>
+      <c r="L7" s="0" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H8" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I8" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J8" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="K8" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E9" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="G9" s="664" t="s">
         <v>197</v>
       </c>
-      <c r="F9" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="679" t="s">
+      <c r="H9" s="702" t="s">
         <v>198</v>
       </c>
-      <c r="H9" s="751" t="s">
-[...3 lines deleted...]
-        <v>207</v>
+      <c r="I9" s="664" t="s">
+        <v>209</v>
       </c>
       <c r="J9" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="K9" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H10" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I10" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J10" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="K10" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H11" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I11" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J11" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="K11" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H12" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I12" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J12" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="K12" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H13" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I13" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="K13" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>221</v>
+      </c>
+      <c r="B14" s="664" t="s">
+        <v>193</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H14" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="K14" s="0" t="s">
-        <v>210</v>
+        <v>200</v>
+      </c>
+      <c r="L14" s="0" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>223</v>
+      </c>
+      <c r="B15" s="664" t="s">
+        <v>193</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H15" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I15" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J15" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="K15" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>224</v>
+      </c>
+      <c r="B16" s="665" t="s">
+        <v>193</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H16" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I16" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="K16" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>225</v>
+      </c>
+      <c r="B17" s="666" t="s">
+        <v>193</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H17" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I17" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J17" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="K17" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>226</v>
+      </c>
+      <c r="B18" s="674" t="s">
+        <v>193</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>200</v>
+      </c>
+      <c r="H18" s="702" t="s">
+        <v>198</v>
       </c>
       <c r="I18" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J18" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
+      </c>
+      <c r="K18" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>227</v>
+      </c>
+      <c r="B19" s="664" t="s">
+        <v>193</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>45190</v>
+        <v>228</v>
+      </c>
+      <c r="D19" s="711">
+        <v>45921</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="H19" s="751" t="s">
+        <v>200</v>
+      </c>
+      <c r="H19" s="702" t="s">
+        <v>198</v>
+      </c>
+      <c r="I19" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="J19" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="I19" s="0" t="s">
-[...3 lines deleted...]
-        <v>200</v>
+      <c r="K19" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="L19" s="0" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>230</v>
+      </c>
+      <c r="B20" s="664" t="s">
+        <v>193</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>45200</v>
+        <v>231</v>
+      </c>
+      <c r="D20" s="672">
+        <v>45962</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>228</v>
+        <v>206</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="G20" s="679" t="s">
+        <v>199</v>
+      </c>
+      <c r="G20" s="664" t="s">
+        <v>197</v>
+      </c>
+      <c r="H20" s="702" t="s">
         <v>198</v>
       </c>
-      <c r="H20" s="751" t="s">
+      <c r="I20" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="I20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J20" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
+      </c>
+      <c r="K20" s="0" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>232</v>
+      </c>
+      <c r="B21" s="664" t="s">
+        <v>193</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>45200</v>
+        <v>231</v>
+      </c>
+      <c r="D21" s="672">
+        <v>45962</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>228</v>
+        <v>206</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="G21" s="679" t="s">
+        <v>199</v>
+      </c>
+      <c r="G21" s="664" t="s">
+        <v>197</v>
+      </c>
+      <c r="H21" s="702" t="s">
         <v>198</v>
       </c>
-      <c r="H21" s="751" t="s">
+      <c r="I21" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="I21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
+      </c>
+      <c r="K21" s="0" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>233</v>
+      </c>
+      <c r="B22" s="664" t="s">
+        <v>193</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>45123</v>
+        <v>234</v>
+      </c>
+      <c r="D22" s="672">
+        <v>45642</v>
       </c>
       <c r="E22" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="G22" s="664" t="s">
         <v>197</v>
       </c>
-      <c r="F22" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="679" t="s">
+      <c r="H22" s="702" t="s">
         <v>198</v>
       </c>
-      <c r="H22" s="751" t="s">
+      <c r="I22" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="I22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
+      </c>
+      <c r="K22" s="0" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="24">
-      <c r="C24" s="679"/>
-      <c r="D24" s="761"/>
+      <c r="C24" s="664"/>
+      <c r="D24" s="711"/>
     </row>
     <row r="26">
-      <c r="B26" s="668" t="s">
-[...3 lines deleted...]
-        <v>231</v>
+      <c r="B26" s="654" t="s">
+        <v>193</v>
+      </c>
+      <c r="C26" s="654" t="s">
+        <v>235</v>
       </c>
     </row>
     <row r="27">
-      <c r="B27" s="670" t="s">
-[...3 lines deleted...]
-        <v>233</v>
+      <c r="B27" s="656" t="s">
+        <v>236</v>
+      </c>
+      <c r="C27" s="656" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="28">
-      <c r="B28" s="669" t="s">
-[...3 lines deleted...]
-        <v>235</v>
+      <c r="B28" s="655" t="s">
+        <v>238</v>
+      </c>
+      <c r="C28" s="655" t="s">
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="F1:I1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4C9444D3-58BB-4477-9F1B-D31767465BDF}">
-  <dimension ref="A1:DB19"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D4A4E7CC-24E5-489E-A793-601597F7281E}">
+  <sheetPr codeName="Sheet3"/>
+  <dimension ref="A1:B13"/>
   <sheetViews>
-    <sheetView topLeftCell="Z1" zoomScaleNormal="100" zoomScaleSheetLayoutView="80" workbookViewId="0">
-      <selection activeCell="F17" sqref="F17"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A13" sqref="A2:A13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
-[...5 lines deleted...]
-  </cols>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" s="737" customFormat="1">
-[...432 lines deleted...]
-        <v>87236</v>
+    <row r="1">
+      <c r="A1" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B1" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2" ht="13.9" customHeight="1">
+      <c r="A2" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" s="0">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" s="0">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="0">
+        <v>2013</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="673" t="s">
-[...85 lines deleted...]
-        <v>83387</v>
+      <c r="A5" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="0">
+        <v>2014</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="673" t="s">
-[...85 lines deleted...]
-        <v>35164</v>
+      <c r="A6" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="0">
+        <v>2015</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>17</v>
-[...83 lines deleted...]
-        <v>53166</v>
+        <v>21</v>
+      </c>
+      <c r="B7" s="0">
+        <v>2016</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="744"/>
-[...25 lines deleted...]
-      <c r="AA8" s="747"/>
+      <c r="A8" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="0">
+        <v>2017</v>
+      </c>
     </row>
     <row r="9">
-      <c r="A9" s="744"/>
-[...26 lines deleted...]
-      <c r="AB9" s="749"/>
+      <c r="A9" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="0">
+        <v>2018</v>
+      </c>
     </row>
     <row r="10">
-      <c r="A10" s="744"/>
-[...26 lines deleted...]
-      <c r="DB10" s="750"/>
+      <c r="A10" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="0">
+        <v>2019</v>
+      </c>
     </row>
     <row r="11">
-      <c r="A11" s="744"/>
-[...25 lines deleted...]
-      <c r="AA11" s="748"/>
+      <c r="A11" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="0">
+        <v>2020</v>
+      </c>
     </row>
     <row r="12">
-      <c r="A12" s="744"/>
-[...25 lines deleted...]
-      <c r="AA12" s="749"/>
+      <c r="A12" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="0">
+        <v>2021</v>
+      </c>
     </row>
     <row r="13">
-      <c r="A13" s="744"/>
-[...199 lines deleted...]
-      <c r="AA19" s="749"/>
+      <c r="A13" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" s="0">
+        <v>2022</v>
+      </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="90" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:U99"/>
+  <sheetPr codeName="Sheet4"/>
+  <dimension ref="A1:U98"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A2" sqref="A2:O126"/>
       <selection pane="topRight" activeCell="A2" sqref="A2:O126"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2:O126"/>
-      <selection pane="bottomRight" activeCell="E11" sqref="A11:E12"/>
+      <selection pane="bottomRight" activeCell="U3" sqref="U3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.54296875" customWidth="1" style="633"/>
-[...3 lines deleted...]
-    <col min="19" max="16384" width="9.1796875" customWidth="1" style="647"/>
+    <col min="1" max="1" width="24.5703125" customWidth="1" style="631"/>
+    <col min="2" max="16" bestFit="1" width="10.5703125" customWidth="1" style="641"/>
+    <col min="17" max="17" width="10.5703125" customWidth="1" style="641"/>
+    <col min="18" max="16384" width="9.140625" customWidth="1" style="641"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="662" t="s">
+      <c r="A1" s="649" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="661" t="s">
+      <c r="B1" s="641" t="s">
+        <v>16</v>
+      </c>
+      <c r="C1" s="641" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1" s="641" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1" s="641" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1" s="641" t="s">
         <v>20</v>
       </c>
-      <c r="D1" s="660" t="s">
+      <c r="G1" s="641" t="s">
         <v>21</v>
       </c>
-      <c r="E1" s="661" t="s">
+      <c r="H1" s="641" t="s">
         <v>22</v>
       </c>
-      <c r="F1" s="660" t="s">
+      <c r="I1" s="641" t="s">
         <v>23</v>
       </c>
-      <c r="G1" s="660" t="s">
+      <c r="J1" s="641" t="s">
         <v>24</v>
       </c>
-      <c r="H1" s="660" t="s">
+      <c r="K1" s="641" t="s">
         <v>25</v>
       </c>
-      <c r="I1" s="660" t="s">
+      <c r="L1" s="641" t="s">
         <v>26</v>
       </c>
-      <c r="J1" s="660" t="s">
+      <c r="M1" s="641" t="s">
         <v>27</v>
       </c>
-      <c r="K1" s="660" t="s">
-[...5 lines deleted...]
-      <c r="M1" s="660" t="s">
+      <c r="N1" s="641" t="s">
         <v>30</v>
       </c>
-      <c r="N1" s="660" t="s">
+      <c r="O1" s="641" t="s">
         <v>31</v>
       </c>
-      <c r="O1" s="660" t="s">
+      <c r="P1" s="641" t="s">
         <v>32</v>
       </c>
-      <c r="P1" s="660" t="s">
+      <c r="Q1" s="641" t="s">
         <v>33</v>
       </c>
-      <c r="Q1" s="660" t="s">
+      <c r="R1" s="641" t="s">
         <v>34</v>
       </c>
-      <c r="R1" s="660" t="s">
+      <c r="S1" s="641" t="s">
         <v>35</v>
       </c>
-      <c r="S1" s="660" t="s">
+      <c r="T1" s="641" t="s">
         <v>36</v>
       </c>
-      <c r="T1" s="660" t="s">
+      <c r="U1" s="641" t="s">
         <v>37</v>
       </c>
-      <c r="U1" s="660" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
-      <c r="A2" s="764" t="s">
+      <c r="A2" s="723" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="729">
+        <v>7.2504063649585078</v>
+      </c>
+      <c r="C2" s="729">
+        <v>8.2984002053212418</v>
+      </c>
+      <c r="D2" s="729">
+        <v>7.1862434767730345</v>
+      </c>
+      <c r="E2" s="729">
+        <v>7.7850970998374533</v>
+      </c>
+      <c r="F2" s="729">
+        <v>7.4642826589100864</v>
+      </c>
+      <c r="G2" s="729">
+        <v>8.4695012404825043</v>
+      </c>
+      <c r="H2" s="729">
+        <v>8.4267259816921882</v>
+      </c>
+      <c r="I2" s="729">
+        <v>8.6619899050389257</v>
+      </c>
+      <c r="J2" s="729">
+        <v>8.2556249465309257</v>
+      </c>
+      <c r="K2" s="729">
+        <v>8.4695012404825043</v>
+      </c>
+      <c r="L2" s="729">
+        <v>8.8330909402001883</v>
+      </c>
+      <c r="M2" s="729">
+        <v>8.21284968774061</v>
+      </c>
+      <c r="N2" s="729">
+        <v>8.4481136110873472</v>
+      </c>
+      <c r="O2" s="729">
+        <v>8.2556249465309257</v>
+      </c>
+      <c r="P2" s="729">
+        <v>7.8706476174180855</v>
+      </c>
+      <c r="Q2" s="730">
+        <v>8.6135568049220339</v>
+      </c>
+      <c r="R2" s="730">
+        <v>8.0895154783642624</v>
+      </c>
+      <c r="S2" s="730">
+        <v>7.1</v>
+      </c>
+      <c r="T2" s="731">
+        <v>7.4</v>
+      </c>
+      <c r="U2" s="731">
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="631" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="764" t="s">
+      <c r="B3" s="661">
+        <v>7.76978417266187</v>
+      </c>
+      <c r="C3" s="661">
+        <v>7.148201438848921</v>
+      </c>
+      <c r="D3" s="661">
+        <v>7.2863309352517982</v>
+      </c>
+      <c r="E3" s="661">
+        <v>7.0676258992805758</v>
+      </c>
+      <c r="F3" s="661">
+        <v>7.6201438848920864</v>
+      </c>
+      <c r="G3" s="661">
+        <v>7.631654676258993</v>
+      </c>
+      <c r="H3" s="661">
+        <v>7.57410071942446</v>
+      </c>
+      <c r="I3" s="661">
+        <v>7.263309352517985</v>
+      </c>
+      <c r="J3" s="661">
+        <v>7.263309352517985</v>
+      </c>
+      <c r="K3" s="661">
+        <v>7.5856115107913666</v>
+      </c>
+      <c r="L3" s="661">
+        <v>7.1942446043165473</v>
+      </c>
+      <c r="M3" s="661">
+        <v>7.1021582733812947</v>
+      </c>
+      <c r="N3" s="661">
+        <v>7.205755395683453</v>
+      </c>
+      <c r="O3" s="661">
+        <v>7.4014388489208631</v>
+      </c>
+      <c r="P3" s="661">
+        <v>7.3208633093525179</v>
+      </c>
+      <c r="Q3" s="715">
+        <v>7.2996876465944327</v>
+      </c>
+      <c r="R3" s="715">
+        <v>6.8613752286178418</v>
+      </c>
+      <c r="S3" s="715">
+        <v>7.3</v>
+      </c>
+      <c r="T3" s="641">
+        <v>7.7</v>
+      </c>
+      <c r="U3" s="641">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="631" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="774">
-[...50 lines deleted...]
-      <c r="T2" s="775">
+      <c r="B4" s="661">
+        <v>8.2394048692515778</v>
+      </c>
+      <c r="C4" s="661">
+        <v>7.7660054102795311</v>
+      </c>
+      <c r="D4" s="661">
+        <v>8.6000901713255189</v>
+      </c>
+      <c r="E4" s="661">
+        <v>8.4535617673579786</v>
+      </c>
+      <c r="F4" s="661">
+        <v>8.8818755635707838</v>
+      </c>
+      <c r="G4" s="661">
+        <v>9.0622182146077552</v>
+      </c>
+      <c r="H4" s="661">
+        <v>9.4454463480613171</v>
+      </c>
+      <c r="I4" s="661">
+        <v>8.7578899909828678</v>
+      </c>
+      <c r="J4" s="661">
+        <v>9.0509467989179448</v>
+      </c>
+      <c r="K4" s="661">
+        <v>9.5356176735798</v>
+      </c>
+      <c r="L4" s="661">
+        <v>8.9156898106402149</v>
+      </c>
+      <c r="M4" s="661">
+        <v>8.1492335437330929</v>
+      </c>
+      <c r="N4" s="661">
+        <v>8.6564472497745726</v>
+      </c>
+      <c r="O4" s="661">
+        <v>8.1379621280432826</v>
+      </c>
+      <c r="P4" s="661">
+        <v>8.4986474301172237</v>
+      </c>
+      <c r="Q4" s="715">
+        <v>7.5680560262058059</v>
+      </c>
+      <c r="R4" s="715">
+        <v>7.4810435096587824</v>
+      </c>
+      <c r="S4" s="715">
         <v>7.1</v>
       </c>
-      <c r="U2" s="776"/>
-[...11 lines deleted...]
-      <c r="A4" s="633" t="s">
+      <c r="T4" s="641">
+        <v>6.9</v>
+      </c>
+      <c r="U4" s="641">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="631" t="s">
         <v>13</v>
       </c>
-      <c r="B4" s="633" t="s">
-[...58 lines deleted...]
-      <c r="A5" s="633" t="s">
+      <c r="B5" s="661">
+        <v>9.5683754714345586</v>
+      </c>
+      <c r="C5" s="661">
+        <v>9.2471015504958789</v>
+      </c>
+      <c r="D5" s="661">
+        <v>10.029333705824836</v>
+      </c>
+      <c r="E5" s="661">
+        <v>9.5544070400893979</v>
+      </c>
+      <c r="F5" s="661">
+        <v>10.392512920798994</v>
+      </c>
+      <c r="G5" s="661">
+        <v>10.825534292498952</v>
+      </c>
+      <c r="H5" s="661">
+        <v>10.602039390976392</v>
+      </c>
+      <c r="I5" s="661">
+        <v>10.853471155189272</v>
+      </c>
+      <c r="J5" s="661">
+        <v>10.727755273082833</v>
+      </c>
+      <c r="K5" s="661">
+        <v>10.169018019276434</v>
+      </c>
+      <c r="L5" s="661">
+        <v>9.5963123341248782</v>
+      </c>
+      <c r="M5" s="661">
+        <v>10.210923313311914</v>
+      </c>
+      <c r="N5" s="661">
+        <v>9.358849001257159</v>
+      </c>
+      <c r="O5" s="661">
+        <v>10.155049587931275</v>
+      </c>
+      <c r="P5" s="661">
+        <v>9.4566280206732785</v>
+      </c>
+      <c r="Q5" s="715">
+        <v>9.2145372548473752</v>
+      </c>
+      <c r="R5" s="715">
+        <v>8.0614044758020071</v>
+      </c>
+      <c r="S5" s="715">
+        <v>8.1</v>
+      </c>
+      <c r="T5" s="641">
+        <v>7.2</v>
+      </c>
+      <c r="U5" s="641">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="631" t="s">
         <v>14</v>
       </c>
-      <c r="B5" s="633" t="s">
-[...58 lines deleted...]
-      <c r="A6" s="633" t="s">
+      <c r="B6" s="661">
+        <v>7.7299945563418619</v>
+      </c>
+      <c r="C6" s="661">
+        <v>7.6755579749591725</v>
+      </c>
+      <c r="D6" s="661">
+        <v>7.8933043004899286</v>
+      </c>
+      <c r="E6" s="661">
+        <v>7.4578116494284155</v>
+      </c>
+      <c r="F6" s="661">
+        <v>8.3015786608600983</v>
+      </c>
+      <c r="G6" s="661">
+        <v>8.0293957539466518</v>
+      </c>
+      <c r="H6" s="661">
+        <v>8.0293957539466518</v>
+      </c>
+      <c r="I6" s="661">
+        <v>8.0566140446379961</v>
+      </c>
+      <c r="J6" s="661">
+        <v>7.5666848121937944</v>
+      </c>
+      <c r="K6" s="661">
+        <v>8.0566140446379961</v>
+      </c>
+      <c r="L6" s="661">
+        <v>7.4578116494284155</v>
+      </c>
+      <c r="M6" s="661">
+        <v>7.1584104518236256</v>
+      </c>
+      <c r="N6" s="661">
+        <v>7.5122482308111058</v>
+      </c>
+      <c r="O6" s="661">
+        <v>6.777354382144801</v>
+      </c>
+      <c r="P6" s="661">
+        <v>7.1311921611322813</v>
+      </c>
+      <c r="Q6" s="715">
+        <v>6.3413439294559506</v>
+      </c>
+      <c r="R6" s="715">
+        <v>6.1149612719119446</v>
+      </c>
+      <c r="S6" s="715">
+        <v>5.7</v>
+      </c>
+      <c r="T6" s="641">
+        <v>6.3</v>
+      </c>
+      <c r="U6" s="641">
+        <v>5.1</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="631" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="633" t="s">
-[...116 lines deleted...]
-        <v>5.7</v>
+      <c r="B7" s="661">
+        <v>7.8205995041694836</v>
+      </c>
+      <c r="C7" s="661">
+        <v>7.3923822402524229</v>
+      </c>
+      <c r="D7" s="661">
+        <v>7.7304485012395761</v>
+      </c>
+      <c r="E7" s="661">
+        <v>8.1135902636916839</v>
+      </c>
+      <c r="F7" s="661">
+        <v>8.8122605363984672</v>
+      </c>
+      <c r="G7" s="661">
+        <v>8.7446472842010365</v>
+      </c>
+      <c r="H7" s="661">
+        <v>8.9925625422582822</v>
+      </c>
+      <c r="I7" s="661">
+        <v>8.7446472842010365</v>
+      </c>
+      <c r="J7" s="661">
+        <v>8.49673202614379</v>
+      </c>
+      <c r="K7" s="661">
+        <v>8.2262790173540665</v>
+      </c>
+      <c r="L7" s="661">
+        <v>8.474194275411314</v>
+      </c>
+      <c r="M7" s="661">
+        <v>8.2262790173540665</v>
+      </c>
+      <c r="N7" s="661">
+        <v>8.3389677710164527</v>
+      </c>
+      <c r="O7" s="661">
+        <v>8.654496281271129</v>
+      </c>
+      <c r="P7" s="661">
+        <v>7.6853729997746223</v>
+      </c>
+      <c r="Q7" s="715">
+        <v>7.4054246966452535</v>
+      </c>
+      <c r="R7" s="715">
+        <v>7.46794730581134</v>
+      </c>
+      <c r="S7" s="715">
+        <v>7</v>
+      </c>
+      <c r="T7" s="641">
+        <v>7.6</v>
+      </c>
+      <c r="U7" s="641">
+        <v>6.8</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="633" t="s">
-[...58 lines deleted...]
-      </c>
+      <c r="J8" s="661"/>
+      <c r="K8" s="661"/>
+      <c r="L8" s="661"/>
+      <c r="M8" s="661"/>
+      <c r="N8" s="661"/>
+      <c r="O8" s="661"/>
+      <c r="P8" s="715"/>
     </row>
     <row r="9">
-      <c r="K9" s="675"/>
-[...5 lines deleted...]
-      <c r="Q9" s="699"/>
+      <c r="J9" s="661"/>
+      <c r="K9" s="661"/>
+      <c r="L9" s="661"/>
+      <c r="M9" s="661"/>
+      <c r="N9" s="661"/>
+      <c r="O9" s="661"/>
+      <c r="P9" s="715"/>
     </row>
     <row r="10">
-      <c r="K10" s="675"/>
-[...5 lines deleted...]
-      <c r="Q10" s="699"/>
+      <c r="J10" s="661"/>
+      <c r="K10" s="661"/>
+      <c r="L10" s="661"/>
+      <c r="M10" s="661"/>
+      <c r="N10" s="661"/>
+      <c r="O10" s="661"/>
+      <c r="P10" s="715"/>
     </row>
     <row r="11">
-      <c r="K11" s="675"/>
-[...5 lines deleted...]
-      <c r="Q11" s="699"/>
+      <c r="J11" s="661"/>
+      <c r="K11" s="661"/>
+      <c r="L11" s="661"/>
+      <c r="M11" s="661"/>
+      <c r="N11" s="661"/>
+      <c r="O11" s="661"/>
+      <c r="P11" s="715"/>
     </row>
     <row r="12">
-      <c r="K12" s="675"/>
-[...5 lines deleted...]
-      <c r="Q12" s="699"/>
+      <c r="J12" s="661"/>
+      <c r="K12" s="661"/>
+      <c r="L12" s="661"/>
+      <c r="M12" s="661"/>
+      <c r="N12" s="661"/>
+      <c r="O12" s="661"/>
+      <c r="P12" s="715"/>
     </row>
     <row r="13">
-      <c r="K13" s="675"/>
-[...5 lines deleted...]
-      <c r="Q13" s="699"/>
+      <c r="J13" s="661"/>
+      <c r="K13" s="661"/>
+      <c r="L13" s="661"/>
+      <c r="M13" s="661"/>
+      <c r="N13" s="661"/>
+      <c r="O13" s="661"/>
+      <c r="P13" s="715"/>
     </row>
     <row r="14">
-      <c r="K14" s="675"/>
-[...5 lines deleted...]
-      <c r="Q14" s="699"/>
+      <c r="J14" s="661"/>
+      <c r="K14" s="661"/>
+      <c r="L14" s="661"/>
+      <c r="M14" s="661"/>
+      <c r="N14" s="661"/>
+      <c r="O14" s="661"/>
+      <c r="P14" s="715"/>
     </row>
     <row r="15">
-      <c r="K15" s="675"/>
-[...5 lines deleted...]
-      <c r="Q15" s="699"/>
+      <c r="J15" s="661"/>
+      <c r="K15" s="661"/>
+      <c r="L15" s="661"/>
+      <c r="M15" s="661"/>
+      <c r="N15" s="661"/>
+      <c r="O15" s="661"/>
+      <c r="P15" s="715"/>
     </row>
     <row r="16">
-      <c r="K16" s="675"/>
-[...5 lines deleted...]
-      <c r="Q16" s="699"/>
+      <c r="J16" s="661"/>
+      <c r="K16" s="661"/>
+      <c r="L16" s="661"/>
+      <c r="M16" s="661"/>
+      <c r="N16" s="661"/>
+      <c r="O16" s="661"/>
+      <c r="P16" s="715"/>
     </row>
     <row r="17">
-      <c r="K17" s="675"/>
-[...5 lines deleted...]
-      <c r="Q17" s="699"/>
+      <c r="J17" s="661"/>
+      <c r="K17" s="661"/>
+      <c r="L17" s="661"/>
+      <c r="M17" s="661"/>
+      <c r="N17" s="661"/>
+      <c r="O17" s="661"/>
+      <c r="P17" s="715"/>
     </row>
     <row r="18">
-      <c r="K18" s="675"/>
-[...5 lines deleted...]
-      <c r="Q18" s="699"/>
+      <c r="J18" s="661"/>
+      <c r="K18" s="661"/>
+      <c r="L18" s="661"/>
+      <c r="M18" s="661"/>
+      <c r="N18" s="661"/>
+      <c r="O18" s="661"/>
+      <c r="P18" s="715"/>
     </row>
     <row r="19">
-      <c r="K19" s="675"/>
-[...5 lines deleted...]
-      <c r="Q19" s="699"/>
+      <c r="J19" s="661"/>
+      <c r="K19" s="661"/>
+      <c r="L19" s="661"/>
+      <c r="M19" s="661"/>
+      <c r="N19" s="661"/>
+      <c r="O19" s="661"/>
+      <c r="P19" s="715"/>
     </row>
     <row r="20">
-      <c r="K20" s="675"/>
-[...5 lines deleted...]
-      <c r="Q20" s="699"/>
+      <c r="J20" s="661"/>
+      <c r="K20" s="661"/>
+      <c r="L20" s="661"/>
+      <c r="M20" s="661"/>
+      <c r="N20" s="661"/>
+      <c r="O20" s="661"/>
+      <c r="P20" s="715"/>
     </row>
     <row r="21">
-      <c r="K21" s="675"/>
-[...5 lines deleted...]
-      <c r="Q21" s="699"/>
+      <c r="J21" s="661"/>
+      <c r="K21" s="661"/>
+      <c r="L21" s="661"/>
+      <c r="M21" s="661"/>
+      <c r="N21" s="661"/>
+      <c r="O21" s="661"/>
+      <c r="P21" s="715"/>
     </row>
     <row r="22">
-      <c r="K22" s="675"/>
-[...5 lines deleted...]
-      <c r="Q22" s="699"/>
+      <c r="J22" s="661"/>
+      <c r="K22" s="661"/>
+      <c r="L22" s="661"/>
+      <c r="M22" s="661"/>
+      <c r="N22" s="661"/>
+      <c r="O22" s="661"/>
+      <c r="P22" s="715"/>
     </row>
     <row r="23">
-      <c r="K23" s="675"/>
-[...5 lines deleted...]
-      <c r="Q23" s="699"/>
+      <c r="J23" s="661"/>
+      <c r="K23" s="661"/>
+      <c r="L23" s="661"/>
+      <c r="M23" s="661"/>
+      <c r="N23" s="661"/>
+      <c r="O23" s="661"/>
+      <c r="P23" s="715"/>
     </row>
     <row r="24">
-      <c r="K24" s="675"/>
-[...5 lines deleted...]
-      <c r="Q24" s="699"/>
+      <c r="J24" s="661"/>
+      <c r="K24" s="661"/>
+      <c r="L24" s="661"/>
+      <c r="M24" s="661"/>
+      <c r="N24" s="661"/>
+      <c r="O24" s="661"/>
+      <c r="P24" s="715"/>
     </row>
     <row r="25">
-      <c r="K25" s="675"/>
-[...5 lines deleted...]
-      <c r="Q25" s="699"/>
+      <c r="J25" s="661"/>
+      <c r="K25" s="661"/>
+      <c r="L25" s="661"/>
+      <c r="M25" s="661"/>
+      <c r="N25" s="661"/>
+      <c r="O25" s="661"/>
+      <c r="P25" s="715"/>
     </row>
     <row r="26">
-      <c r="K26" s="675"/>
-[...5 lines deleted...]
-      <c r="Q26" s="699"/>
+      <c r="J26" s="661"/>
+      <c r="K26" s="661"/>
+      <c r="L26" s="661"/>
+      <c r="M26" s="661"/>
+      <c r="N26" s="661"/>
+      <c r="O26" s="661"/>
+      <c r="P26" s="715"/>
     </row>
     <row r="27">
-      <c r="K27" s="675"/>
-[...5 lines deleted...]
-      <c r="Q27" s="699"/>
+      <c r="J27" s="661"/>
+      <c r="K27" s="661"/>
+      <c r="L27" s="661"/>
+      <c r="M27" s="661"/>
+      <c r="N27" s="661"/>
+      <c r="O27" s="661"/>
+      <c r="P27" s="715"/>
     </row>
     <row r="28">
-      <c r="K28" s="675"/>
-[...5 lines deleted...]
-      <c r="Q28" s="699"/>
+      <c r="J28" s="661"/>
+      <c r="K28" s="661"/>
+      <c r="L28" s="661"/>
+      <c r="M28" s="661"/>
+      <c r="N28" s="661"/>
+      <c r="O28" s="661"/>
+      <c r="P28" s="715"/>
     </row>
     <row r="29">
-      <c r="K29" s="675"/>
-[...5 lines deleted...]
-      <c r="Q29" s="699"/>
+      <c r="J29" s="661"/>
+      <c r="K29" s="661"/>
+      <c r="L29" s="661"/>
+      <c r="M29" s="661"/>
+      <c r="N29" s="661"/>
+      <c r="O29" s="661"/>
+      <c r="P29" s="715"/>
     </row>
     <row r="30">
-      <c r="K30" s="675"/>
-[...5 lines deleted...]
-      <c r="Q30" s="699"/>
+      <c r="J30" s="661"/>
+      <c r="K30" s="661"/>
+      <c r="L30" s="661"/>
+      <c r="M30" s="661"/>
+      <c r="N30" s="661"/>
+      <c r="O30" s="661"/>
+      <c r="P30" s="715"/>
     </row>
     <row r="31">
-      <c r="K31" s="675"/>
-[...5 lines deleted...]
-      <c r="Q31" s="699"/>
+      <c r="J31" s="661"/>
+      <c r="K31" s="661"/>
+      <c r="L31" s="661"/>
+      <c r="M31" s="661"/>
+      <c r="N31" s="661"/>
+      <c r="O31" s="661"/>
+      <c r="P31" s="715"/>
     </row>
     <row r="32">
-      <c r="K32" s="675"/>
-[...5 lines deleted...]
-      <c r="Q32" s="699"/>
+      <c r="J32" s="661"/>
+      <c r="K32" s="661"/>
+      <c r="L32" s="661"/>
+      <c r="M32" s="661"/>
+      <c r="N32" s="661"/>
+      <c r="O32" s="661"/>
+      <c r="P32" s="715"/>
     </row>
     <row r="33">
-      <c r="K33" s="675"/>
-[...5 lines deleted...]
-      <c r="Q33" s="699"/>
+      <c r="J33" s="661"/>
+      <c r="K33" s="661"/>
+      <c r="L33" s="661"/>
+      <c r="M33" s="661"/>
+      <c r="N33" s="661"/>
+      <c r="O33" s="661"/>
+      <c r="P33" s="715"/>
     </row>
     <row r="34">
-      <c r="K34" s="675"/>
-[...5 lines deleted...]
-      <c r="Q34" s="699"/>
+      <c r="J34" s="661"/>
+      <c r="K34" s="661"/>
+      <c r="L34" s="661"/>
+      <c r="M34" s="661"/>
+      <c r="N34" s="661"/>
+      <c r="O34" s="661"/>
+      <c r="P34" s="715"/>
     </row>
     <row r="35">
-      <c r="K35" s="675"/>
-[...5 lines deleted...]
-      <c r="Q35" s="699"/>
+      <c r="J35" s="661"/>
+      <c r="K35" s="661"/>
+      <c r="L35" s="661"/>
+      <c r="M35" s="661"/>
+      <c r="N35" s="661"/>
+      <c r="O35" s="661"/>
+      <c r="P35" s="715"/>
     </row>
     <row r="36">
-      <c r="K36" s="675"/>
-[...5 lines deleted...]
-      <c r="Q36" s="699"/>
+      <c r="J36" s="661"/>
+      <c r="K36" s="661"/>
+      <c r="L36" s="661"/>
+      <c r="M36" s="661"/>
+      <c r="N36" s="661"/>
+      <c r="O36" s="661"/>
+      <c r="P36" s="715"/>
     </row>
     <row r="37">
-      <c r="K37" s="675"/>
-[...5 lines deleted...]
-      <c r="Q37" s="699"/>
+      <c r="J37" s="661"/>
+      <c r="K37" s="661"/>
+      <c r="L37" s="661"/>
+      <c r="M37" s="661"/>
+      <c r="N37" s="661"/>
+      <c r="O37" s="661"/>
+      <c r="P37" s="715"/>
     </row>
     <row r="38">
-      <c r="K38" s="675"/>
-[...5 lines deleted...]
-      <c r="Q38" s="699"/>
+      <c r="J38" s="661"/>
+      <c r="K38" s="661"/>
+      <c r="L38" s="661"/>
+      <c r="M38" s="661"/>
+      <c r="N38" s="661"/>
+      <c r="O38" s="661"/>
+      <c r="P38" s="715"/>
     </row>
     <row r="39">
-      <c r="K39" s="675"/>
-[...5 lines deleted...]
-      <c r="Q39" s="699"/>
+      <c r="J39" s="661"/>
+      <c r="K39" s="661"/>
+      <c r="L39" s="661"/>
+      <c r="M39" s="661"/>
+      <c r="N39" s="661"/>
+      <c r="O39" s="661"/>
+      <c r="P39" s="715"/>
     </row>
     <row r="40">
-      <c r="K40" s="675"/>
-[...5 lines deleted...]
-      <c r="Q40" s="699"/>
+      <c r="J40" s="661"/>
+      <c r="K40" s="661"/>
+      <c r="L40" s="661"/>
+      <c r="M40" s="661"/>
+      <c r="N40" s="661"/>
+      <c r="O40" s="661"/>
+      <c r="P40" s="715"/>
     </row>
     <row r="41">
-      <c r="K41" s="675"/>
-[...5 lines deleted...]
-      <c r="Q41" s="699"/>
+      <c r="J41" s="661"/>
+      <c r="K41" s="661"/>
+      <c r="L41" s="661"/>
+      <c r="M41" s="661"/>
+      <c r="N41" s="661"/>
+      <c r="O41" s="661"/>
+      <c r="P41" s="715"/>
     </row>
     <row r="42">
-      <c r="K42" s="675"/>
-[...5 lines deleted...]
-      <c r="Q42" s="699"/>
+      <c r="J42" s="661"/>
+      <c r="K42" s="661"/>
+      <c r="L42" s="661"/>
+      <c r="M42" s="661"/>
+      <c r="N42" s="661"/>
+      <c r="O42" s="661"/>
+      <c r="P42" s="715"/>
     </row>
     <row r="43">
-      <c r="K43" s="675"/>
-[...5 lines deleted...]
-      <c r="Q43" s="699"/>
+      <c r="J43" s="661"/>
+      <c r="K43" s="661"/>
+      <c r="L43" s="661"/>
+      <c r="M43" s="661"/>
+      <c r="N43" s="661"/>
+      <c r="O43" s="661"/>
+      <c r="P43" s="715"/>
     </row>
     <row r="44">
-      <c r="K44" s="675"/>
-[...5 lines deleted...]
-      <c r="Q44" s="699"/>
+      <c r="J44" s="661"/>
+      <c r="K44" s="661"/>
+      <c r="L44" s="661"/>
+      <c r="M44" s="661"/>
+      <c r="N44" s="661"/>
+      <c r="O44" s="661"/>
+      <c r="P44" s="715"/>
     </row>
     <row r="45">
-      <c r="K45" s="675"/>
-[...5 lines deleted...]
-      <c r="Q45" s="699"/>
+      <c r="J45" s="661"/>
+      <c r="K45" s="661"/>
+      <c r="L45" s="661"/>
+      <c r="M45" s="661"/>
+      <c r="N45" s="661"/>
+      <c r="O45" s="661"/>
+      <c r="P45" s="715"/>
     </row>
     <row r="46">
-      <c r="K46" s="675"/>
-[...5 lines deleted...]
-      <c r="Q46" s="699"/>
+      <c r="J46" s="661"/>
+      <c r="K46" s="661"/>
+      <c r="L46" s="661"/>
+      <c r="M46" s="661"/>
+      <c r="N46" s="661"/>
+      <c r="O46" s="661"/>
+      <c r="P46" s="715"/>
     </row>
     <row r="47">
-      <c r="K47" s="675"/>
-[...5 lines deleted...]
-      <c r="Q47" s="699"/>
+      <c r="J47" s="661"/>
+      <c r="K47" s="661"/>
+      <c r="L47" s="661"/>
+      <c r="M47" s="661"/>
+      <c r="N47" s="661"/>
+      <c r="O47" s="661"/>
+      <c r="P47" s="715"/>
     </row>
     <row r="48">
-      <c r="K48" s="675"/>
-[...5 lines deleted...]
-      <c r="Q48" s="699"/>
+      <c r="J48" s="661"/>
+      <c r="K48" s="661"/>
+      <c r="L48" s="661"/>
+      <c r="M48" s="661"/>
+      <c r="N48" s="661"/>
+      <c r="O48" s="661"/>
+      <c r="P48" s="715"/>
     </row>
     <row r="49">
-      <c r="K49" s="675"/>
-[...5 lines deleted...]
-      <c r="Q49" s="699"/>
+      <c r="J49" s="661"/>
+      <c r="K49" s="661"/>
+      <c r="L49" s="661"/>
+      <c r="M49" s="661"/>
+      <c r="N49" s="661"/>
+      <c r="O49" s="661"/>
+      <c r="P49" s="715"/>
     </row>
     <row r="50">
-      <c r="K50" s="675"/>
-[...5 lines deleted...]
-      <c r="Q50" s="699"/>
+      <c r="J50" s="661"/>
+      <c r="K50" s="661"/>
+      <c r="L50" s="661"/>
+      <c r="M50" s="661"/>
+      <c r="N50" s="661"/>
+      <c r="O50" s="661"/>
+      <c r="P50" s="715"/>
     </row>
     <row r="51">
-      <c r="K51" s="675"/>
-[...5 lines deleted...]
-      <c r="Q51" s="699"/>
+      <c r="J51" s="661"/>
+      <c r="K51" s="661"/>
+      <c r="L51" s="661"/>
+      <c r="M51" s="661"/>
+      <c r="N51" s="661"/>
+      <c r="O51" s="661"/>
+      <c r="P51" s="715"/>
     </row>
     <row r="52">
-      <c r="K52" s="675"/>
-[...5 lines deleted...]
-      <c r="Q52" s="699"/>
+      <c r="J52" s="661"/>
+      <c r="K52" s="661"/>
+      <c r="L52" s="661"/>
+      <c r="M52" s="661"/>
+      <c r="N52" s="661"/>
+      <c r="O52" s="661"/>
+      <c r="P52" s="715"/>
     </row>
     <row r="53">
-      <c r="K53" s="675"/>
-[...5 lines deleted...]
-      <c r="Q53" s="699"/>
+      <c r="J53" s="661"/>
+      <c r="K53" s="661"/>
+      <c r="L53" s="661"/>
+      <c r="M53" s="661"/>
+      <c r="N53" s="661"/>
+      <c r="O53" s="661"/>
+      <c r="P53" s="715"/>
     </row>
     <row r="54">
-      <c r="K54" s="675"/>
-[...5 lines deleted...]
-      <c r="Q54" s="699"/>
+      <c r="J54" s="661"/>
+      <c r="K54" s="661"/>
+      <c r="L54" s="661"/>
+      <c r="M54" s="661"/>
+      <c r="N54" s="661"/>
+      <c r="O54" s="661"/>
+      <c r="P54" s="715"/>
     </row>
     <row r="55">
-      <c r="K55" s="675"/>
-[...5 lines deleted...]
-      <c r="Q55" s="699"/>
+      <c r="J55" s="661"/>
+      <c r="K55" s="661"/>
+      <c r="L55" s="661"/>
+      <c r="M55" s="661"/>
+      <c r="N55" s="661"/>
+      <c r="O55" s="661"/>
+      <c r="P55" s="715"/>
     </row>
     <row r="56">
-      <c r="K56" s="675"/>
-[...5 lines deleted...]
-      <c r="Q56" s="699"/>
+      <c r="J56" s="661"/>
+      <c r="K56" s="661"/>
+      <c r="L56" s="661"/>
+      <c r="M56" s="661"/>
+      <c r="N56" s="661"/>
+      <c r="O56" s="661"/>
+      <c r="P56" s="715"/>
     </row>
     <row r="57">
-      <c r="K57" s="675"/>
-[...5 lines deleted...]
-      <c r="Q57" s="699"/>
+      <c r="J57" s="661"/>
+      <c r="K57" s="661"/>
+      <c r="L57" s="661"/>
+      <c r="M57" s="661"/>
+      <c r="N57" s="661"/>
+      <c r="O57" s="661"/>
+      <c r="P57" s="715"/>
     </row>
     <row r="58">
-      <c r="K58" s="675"/>
-[...5 lines deleted...]
-      <c r="Q58" s="699"/>
+      <c r="J58" s="661"/>
+      <c r="K58" s="661"/>
+      <c r="L58" s="661"/>
+      <c r="M58" s="661"/>
+      <c r="N58" s="661"/>
+      <c r="O58" s="661"/>
+      <c r="P58" s="715"/>
     </row>
     <row r="59">
-      <c r="K59" s="675"/>
-[...5 lines deleted...]
-      <c r="Q59" s="699"/>
+      <c r="J59" s="661"/>
+      <c r="K59" s="661"/>
+      <c r="L59" s="661"/>
+      <c r="M59" s="661"/>
+      <c r="N59" s="661"/>
+      <c r="O59" s="661"/>
+      <c r="P59" s="715"/>
     </row>
     <row r="60">
-      <c r="K60" s="675"/>
-[...5 lines deleted...]
-      <c r="Q60" s="699"/>
+      <c r="J60" s="661"/>
+      <c r="K60" s="661"/>
+      <c r="L60" s="661"/>
+      <c r="M60" s="661"/>
+      <c r="N60" s="661"/>
+      <c r="O60" s="661"/>
+      <c r="P60" s="715"/>
     </row>
     <row r="61">
-      <c r="K61" s="675"/>
-[...5 lines deleted...]
-      <c r="Q61" s="699"/>
+      <c r="J61" s="661"/>
+      <c r="K61" s="661"/>
+      <c r="L61" s="661"/>
+      <c r="M61" s="661"/>
+      <c r="N61" s="661"/>
+      <c r="O61" s="661"/>
+      <c r="P61" s="715"/>
     </row>
     <row r="62">
-      <c r="K62" s="675"/>
-[...5 lines deleted...]
-      <c r="Q62" s="699"/>
+      <c r="J62" s="661"/>
+      <c r="K62" s="661"/>
+      <c r="L62" s="661"/>
+      <c r="M62" s="661"/>
+      <c r="N62" s="661"/>
+      <c r="O62" s="661"/>
+      <c r="P62" s="715"/>
     </row>
     <row r="63">
-      <c r="K63" s="675"/>
-[...5 lines deleted...]
-      <c r="Q63" s="699"/>
+      <c r="J63" s="661"/>
+      <c r="K63" s="661"/>
+      <c r="L63" s="661"/>
+      <c r="M63" s="661"/>
+      <c r="N63" s="661"/>
+      <c r="O63" s="661"/>
+      <c r="P63" s="715"/>
     </row>
     <row r="64">
-      <c r="K64" s="675"/>
-[...5 lines deleted...]
-      <c r="Q64" s="699"/>
+      <c r="J64" s="661"/>
+      <c r="K64" s="661"/>
+      <c r="L64" s="661"/>
+      <c r="M64" s="661"/>
+      <c r="N64" s="661"/>
+      <c r="O64" s="661"/>
+      <c r="P64" s="715"/>
     </row>
     <row r="65">
-      <c r="K65" s="675"/>
-[...5 lines deleted...]
-      <c r="Q65" s="699"/>
+      <c r="J65" s="661"/>
+      <c r="K65" s="661"/>
+      <c r="L65" s="661"/>
+      <c r="M65" s="661"/>
+      <c r="N65" s="661"/>
+      <c r="O65" s="661"/>
+      <c r="P65" s="715"/>
     </row>
     <row r="66">
-      <c r="K66" s="675"/>
-[...5 lines deleted...]
-      <c r="Q66" s="699"/>
+      <c r="J66" s="661"/>
+      <c r="K66" s="661"/>
+      <c r="L66" s="661"/>
+      <c r="M66" s="661"/>
+      <c r="N66" s="661"/>
+      <c r="O66" s="661"/>
+      <c r="P66" s="715"/>
     </row>
     <row r="67">
-      <c r="K67" s="675"/>
-[...5 lines deleted...]
-      <c r="Q67" s="699"/>
+      <c r="J67" s="661"/>
+      <c r="K67" s="661"/>
+      <c r="L67" s="661"/>
+      <c r="M67" s="661"/>
+      <c r="N67" s="661"/>
+      <c r="O67" s="661"/>
+      <c r="P67" s="715"/>
     </row>
     <row r="68">
-      <c r="K68" s="675"/>
-[...5 lines deleted...]
-      <c r="Q68" s="699"/>
+      <c r="J68" s="661"/>
+      <c r="K68" s="661"/>
+      <c r="L68" s="661"/>
+      <c r="M68" s="661"/>
+      <c r="N68" s="661"/>
+      <c r="O68" s="661"/>
+      <c r="P68" s="715"/>
     </row>
     <row r="69">
-      <c r="K69" s="675"/>
-[...5 lines deleted...]
-      <c r="Q69" s="699"/>
+      <c r="J69" s="661"/>
+      <c r="K69" s="661"/>
+      <c r="L69" s="661"/>
+      <c r="M69" s="661"/>
+      <c r="N69" s="661"/>
+      <c r="O69" s="661"/>
+      <c r="P69" s="715"/>
     </row>
     <row r="70">
-      <c r="K70" s="675"/>
-[...5 lines deleted...]
-      <c r="Q70" s="699"/>
+      <c r="J70" s="661"/>
+      <c r="K70" s="661"/>
+      <c r="L70" s="661"/>
+      <c r="M70" s="661"/>
+      <c r="N70" s="661"/>
+      <c r="O70" s="661"/>
+      <c r="P70" s="715"/>
     </row>
     <row r="71">
-      <c r="K71" s="675"/>
-[...5 lines deleted...]
-      <c r="Q71" s="699"/>
+      <c r="J71" s="661"/>
+      <c r="K71" s="661"/>
+      <c r="L71" s="661"/>
+      <c r="M71" s="661"/>
+      <c r="N71" s="661"/>
+      <c r="O71" s="661"/>
+      <c r="P71" s="715"/>
     </row>
     <row r="72">
-      <c r="K72" s="675"/>
-[...5 lines deleted...]
-      <c r="Q72" s="699"/>
+      <c r="J72" s="661"/>
+      <c r="K72" s="661"/>
+      <c r="L72" s="661"/>
+      <c r="M72" s="661"/>
+      <c r="N72" s="661"/>
+      <c r="O72" s="661"/>
+      <c r="P72" s="715"/>
     </row>
     <row r="73">
-      <c r="K73" s="675"/>
-[...5 lines deleted...]
-      <c r="Q73" s="699"/>
+      <c r="J73" s="661"/>
+      <c r="K73" s="661"/>
+      <c r="L73" s="661"/>
+      <c r="M73" s="661"/>
+      <c r="N73" s="661"/>
+      <c r="O73" s="661"/>
+      <c r="P73" s="715"/>
     </row>
     <row r="74">
-      <c r="K74" s="675"/>
-[...5 lines deleted...]
-      <c r="Q74" s="699"/>
+      <c r="J74" s="661"/>
+      <c r="K74" s="661"/>
+      <c r="L74" s="661"/>
+      <c r="M74" s="661"/>
+      <c r="N74" s="661"/>
+      <c r="O74" s="661"/>
+      <c r="P74" s="715"/>
     </row>
     <row r="75">
-      <c r="K75" s="675"/>
-[...5 lines deleted...]
-      <c r="Q75" s="699"/>
+      <c r="J75" s="661"/>
+      <c r="K75" s="661"/>
+      <c r="L75" s="661"/>
+      <c r="M75" s="661"/>
+      <c r="N75" s="661"/>
+      <c r="O75" s="661"/>
+      <c r="P75" s="715"/>
     </row>
     <row r="76">
-      <c r="K76" s="675"/>
-[...5 lines deleted...]
-      <c r="Q76" s="699"/>
+      <c r="J76" s="661"/>
+      <c r="K76" s="661"/>
+      <c r="L76" s="661"/>
+      <c r="M76" s="661"/>
+      <c r="N76" s="661"/>
+      <c r="O76" s="661"/>
+      <c r="P76" s="715"/>
     </row>
     <row r="77">
-      <c r="K77" s="675"/>
-[...5 lines deleted...]
-      <c r="Q77" s="699"/>
+      <c r="J77" s="661"/>
+      <c r="K77" s="661"/>
+      <c r="L77" s="661"/>
+      <c r="M77" s="661"/>
+      <c r="N77" s="661"/>
+      <c r="O77" s="661"/>
+      <c r="P77" s="715"/>
     </row>
     <row r="78">
-      <c r="K78" s="675"/>
-[...5 lines deleted...]
-      <c r="Q78" s="699"/>
+      <c r="J78" s="661"/>
+      <c r="K78" s="661"/>
+      <c r="L78" s="661"/>
+      <c r="M78" s="661"/>
+      <c r="N78" s="661"/>
+      <c r="O78" s="661"/>
+      <c r="P78" s="715"/>
     </row>
     <row r="79">
-      <c r="K79" s="675"/>
-[...5 lines deleted...]
-      <c r="Q79" s="699"/>
+      <c r="J79" s="661"/>
+      <c r="K79" s="661"/>
+      <c r="L79" s="661"/>
+      <c r="M79" s="661"/>
+      <c r="N79" s="661"/>
+      <c r="O79" s="661"/>
+      <c r="P79" s="715"/>
     </row>
     <row r="80">
-      <c r="K80" s="675"/>
-[...5 lines deleted...]
-      <c r="Q80" s="699"/>
+      <c r="J80" s="661"/>
+      <c r="K80" s="661"/>
+      <c r="L80" s="661"/>
+      <c r="M80" s="661"/>
+      <c r="N80" s="661"/>
+      <c r="O80" s="661"/>
+      <c r="P80" s="715"/>
     </row>
     <row r="81">
-      <c r="K81" s="675"/>
-[...5 lines deleted...]
-      <c r="Q81" s="699"/>
+      <c r="J81" s="661"/>
+      <c r="K81" s="661"/>
+      <c r="L81" s="661"/>
+      <c r="M81" s="661"/>
+      <c r="N81" s="661"/>
+      <c r="O81" s="661"/>
+      <c r="P81" s="715"/>
     </row>
     <row r="82">
-      <c r="K82" s="675"/>
-[...5 lines deleted...]
-      <c r="Q82" s="699"/>
+      <c r="J82" s="661"/>
+      <c r="K82" s="661"/>
+      <c r="L82" s="661"/>
+      <c r="M82" s="661"/>
+      <c r="N82" s="661"/>
+      <c r="O82" s="661"/>
+      <c r="P82" s="715"/>
     </row>
     <row r="83">
-      <c r="K83" s="675"/>
-[...5 lines deleted...]
-      <c r="Q83" s="699"/>
+      <c r="J83" s="661"/>
+      <c r="K83" s="661"/>
+      <c r="L83" s="661"/>
+      <c r="M83" s="661"/>
+      <c r="N83" s="661"/>
+      <c r="O83" s="661"/>
+      <c r="P83" s="715"/>
     </row>
     <row r="84">
-      <c r="K84" s="675"/>
-[...5 lines deleted...]
-      <c r="Q84" s="699"/>
+      <c r="J84" s="661"/>
+      <c r="K84" s="661"/>
+      <c r="L84" s="661"/>
+      <c r="M84" s="661"/>
+      <c r="N84" s="661"/>
+      <c r="O84" s="661"/>
+      <c r="P84" s="715"/>
     </row>
     <row r="85">
-      <c r="K85" s="675"/>
-[...5 lines deleted...]
-      <c r="Q85" s="699"/>
+      <c r="J85" s="661"/>
+      <c r="K85" s="661"/>
+      <c r="L85" s="661"/>
+      <c r="M85" s="661"/>
+      <c r="N85" s="661"/>
+      <c r="O85" s="661"/>
+      <c r="P85" s="715"/>
     </row>
     <row r="86">
-      <c r="K86" s="675"/>
-[...5 lines deleted...]
-      <c r="Q86" s="699"/>
+      <c r="J86" s="661"/>
+      <c r="K86" s="661"/>
+      <c r="L86" s="661"/>
+      <c r="M86" s="661"/>
+      <c r="N86" s="661"/>
+      <c r="O86" s="661"/>
+      <c r="P86" s="715"/>
     </row>
     <row r="87">
-      <c r="K87" s="675"/>
-[...5 lines deleted...]
-      <c r="Q87" s="699"/>
+      <c r="J87" s="661"/>
+      <c r="K87" s="661"/>
+      <c r="L87" s="661"/>
+      <c r="M87" s="661"/>
+      <c r="N87" s="661"/>
+      <c r="O87" s="661"/>
+      <c r="P87" s="715"/>
     </row>
     <row r="88">
-      <c r="K88" s="675"/>
-[...5 lines deleted...]
-      <c r="Q88" s="699"/>
+      <c r="J88" s="661"/>
+      <c r="K88" s="661"/>
+      <c r="L88" s="661"/>
+      <c r="M88" s="661"/>
+      <c r="N88" s="661"/>
+      <c r="O88" s="661"/>
+      <c r="P88" s="715"/>
     </row>
     <row r="89">
-      <c r="K89" s="675"/>
-[...5 lines deleted...]
-      <c r="Q89" s="699"/>
+      <c r="J89" s="661"/>
+      <c r="K89" s="661"/>
+      <c r="L89" s="661"/>
+      <c r="M89" s="661"/>
+      <c r="N89" s="661"/>
+      <c r="O89" s="661"/>
+      <c r="P89" s="715"/>
     </row>
     <row r="90">
-      <c r="K90" s="675"/>
-[...5 lines deleted...]
-      <c r="Q90" s="699"/>
+      <c r="J90" s="661"/>
+      <c r="K90" s="661"/>
+      <c r="L90" s="661"/>
+      <c r="M90" s="661"/>
+      <c r="N90" s="661"/>
+      <c r="O90" s="661"/>
+      <c r="P90" s="715"/>
     </row>
     <row r="91">
-      <c r="K91" s="675"/>
-[...5 lines deleted...]
-      <c r="Q91" s="699"/>
+      <c r="J91" s="661"/>
+      <c r="K91" s="661"/>
+      <c r="L91" s="661"/>
+      <c r="M91" s="661"/>
+      <c r="N91" s="661"/>
+      <c r="O91" s="661"/>
+      <c r="P91" s="715"/>
     </row>
     <row r="92">
-      <c r="K92" s="675"/>
-[...5 lines deleted...]
-      <c r="Q92" s="699"/>
+      <c r="J92" s="661"/>
+      <c r="K92" s="661"/>
+      <c r="L92" s="661"/>
+      <c r="M92" s="661"/>
+      <c r="N92" s="661"/>
+      <c r="O92" s="661"/>
+      <c r="P92" s="715"/>
     </row>
     <row r="93">
-      <c r="K93" s="675"/>
-[...5 lines deleted...]
-      <c r="Q93" s="699"/>
+      <c r="J93" s="661"/>
+      <c r="K93" s="661"/>
+      <c r="L93" s="661"/>
+      <c r="M93" s="661"/>
+      <c r="N93" s="661"/>
+      <c r="O93" s="661"/>
+      <c r="P93" s="715"/>
     </row>
     <row r="94">
-      <c r="K94" s="675"/>
-[...5 lines deleted...]
-      <c r="Q94" s="699"/>
+      <c r="J94" s="661"/>
+      <c r="K94" s="661"/>
+      <c r="L94" s="661"/>
+      <c r="M94" s="661"/>
+      <c r="N94" s="661"/>
+      <c r="O94" s="661"/>
+      <c r="P94" s="715"/>
     </row>
     <row r="95">
-      <c r="K95" s="675"/>
-[...5 lines deleted...]
-      <c r="Q95" s="699"/>
+      <c r="J95" s="661"/>
+      <c r="K95" s="661"/>
+      <c r="L95" s="661"/>
+      <c r="M95" s="661"/>
+      <c r="N95" s="661"/>
+      <c r="O95" s="661"/>
+      <c r="P95" s="715"/>
     </row>
     <row r="96">
-      <c r="K96" s="675"/>
-[...5 lines deleted...]
-      <c r="Q96" s="699"/>
+      <c r="J96" s="661"/>
+      <c r="K96" s="661"/>
+      <c r="L96" s="661"/>
+      <c r="M96" s="661"/>
+      <c r="N96" s="661"/>
+      <c r="O96" s="661"/>
+      <c r="P96" s="715"/>
     </row>
     <row r="97">
-      <c r="K97" s="675"/>
-[...5 lines deleted...]
-      <c r="Q97" s="699"/>
+      <c r="J97" s="661"/>
+      <c r="K97" s="661"/>
+      <c r="L97" s="661"/>
+      <c r="M97" s="661"/>
+      <c r="N97" s="661"/>
+      <c r="O97" s="661"/>
+      <c r="P97" s="715"/>
     </row>
     <row r="98">
-      <c r="K98" s="675"/>
-[...14 lines deleted...]
-      <c r="Q99" s="699"/>
+      <c r="J98" s="661"/>
+      <c r="K98" s="661"/>
+      <c r="L98" s="661"/>
+      <c r="M98" s="661"/>
+      <c r="N98" s="661"/>
+      <c r="O98" s="661"/>
+      <c r="P98" s="715"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC878982-E0F3-4623-BD18-69989C51DD45}">
+  <sheetPr codeName="Sheet5"/>
+  <dimension ref="A1:B21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E28" sqref="E28"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B1" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" s="0">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" s="0">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="0">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="0">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="0">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="0">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="0">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="0">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="0">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="0">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="0">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" s="0">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="0">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" s="0">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="0">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="0">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="0">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="0">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="0">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="0">
+        <v>2022</v>
+      </c>
+    </row>
+  </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:U99"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="O20" sqref="A18:O20"/>
+      <selection activeCell="V2" sqref="V2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="36.1796875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="18" max="18" width="10.453125" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="36.140625" customWidth="1"/>
+    <col min="2" max="12" bestFit="1" width="10.5703125" customWidth="1"/>
+    <col min="13" max="13" width="11.42578125" customWidth="1" style="641"/>
+    <col min="14" max="16" bestFit="1" width="10.5703125" customWidth="1"/>
+    <col min="17" max="17" width="10.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="662" t="s">
+      <c r="A1" s="649" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="661" t="s">
+      <c r="B1" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C1" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="D1" s="660" t="s">
+      <c r="G1" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="E1" s="661" t="s">
+      <c r="H1" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="F1" s="660" t="s">
+      <c r="I1" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="G1" s="660" t="s">
+      <c r="J1" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="H1" s="660" t="s">
+      <c r="K1" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="I1" s="660" t="s">
+      <c r="L1" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="J1" s="660" t="s">
+      <c r="M1" s="641" t="s">
         <v>27</v>
       </c>
-      <c r="K1" s="660" t="s">
-[...5 lines deleted...]
-      <c r="M1" s="660" t="s">
+      <c r="N1" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="N1" s="660" t="s">
+      <c r="O1" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="O1" s="660" t="s">
+      <c r="P1" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="P1" s="660" t="s">
+      <c r="Q1" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="Q1" s="660" t="s">
+      <c r="R1" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="R1" s="660" t="s">
+      <c r="S1" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="S1" s="660" t="s">
+      <c r="T1" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="T1" s="660" t="s">
+      <c r="U1" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="U1" s="660" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
-      <c r="A2" s="772" t="s">
-[...5 lines deleted...]
-      <c r="C2" s="774">
+      <c r="A2" s="732" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="729">
         <v>10.522713662417658</v>
       </c>
-      <c r="D2" s="774">
+      <c r="C2" s="729">
         <v>11.142954914877235</v>
       </c>
-      <c r="E2" s="774">
+      <c r="D2" s="729">
         <v>10.351612627256396</v>
       </c>
-      <c r="F2" s="774">
+      <c r="E2" s="729">
         <v>10.565488921207974</v>
       </c>
-      <c r="G2" s="774">
+      <c r="F2" s="729">
         <v>10.779365215159553</v>
       </c>
-      <c r="H2" s="774">
+      <c r="G2" s="729">
         <v>9.70998374540166</v>
       </c>
-      <c r="I2" s="774">
+      <c r="H2" s="729">
         <v>10.715202326974078</v>
       </c>
-      <c r="J2" s="774">
+      <c r="I2" s="729">
         <v>10.223286850885447</v>
       </c>
-      <c r="K2" s="774">
+      <c r="J2" s="729">
         <v>9.5816579690307115</v>
       </c>
-      <c r="L2" s="774">
+      <c r="K2" s="729">
         <v>9.6885961160065026</v>
       </c>
-      <c r="M2" s="774">
+      <c r="L2" s="729">
         <v>10.479938403627342</v>
       </c>
-      <c r="N2" s="774">
+      <c r="M2" s="729">
         <v>10.20189922149029</v>
       </c>
-      <c r="O2" s="774">
+      <c r="N2" s="729">
         <v>11.720420908546497</v>
       </c>
-      <c r="P2" s="774">
+      <c r="O2" s="729">
         <v>10.672427068183762</v>
       </c>
-      <c r="Q2" s="774">
+      <c r="P2" s="729">
         <v>11.164342544272394</v>
       </c>
-      <c r="R2" s="774">
+      <c r="Q2" s="729">
         <v>11.668611435239207</v>
       </c>
-      <c r="S2" s="774">
+      <c r="R2" s="729">
         <v>11.104505499171939</v>
       </c>
-      <c r="T2" s="774">
+      <c r="S2" s="729">
         <v>12.5</v>
       </c>
-      <c r="U2" s="772"/>
+      <c r="T2" s="732">
+        <v>13.2</v>
+      </c>
+      <c r="U2" s="732">
+        <v>12.5</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="C3" s="675">
+        <v>11</v>
+      </c>
+      <c r="B3" s="661">
         <v>11.36115107913669</v>
       </c>
-      <c r="D3" s="675">
+      <c r="C3" s="661">
         <v>11.683453237410072</v>
       </c>
-      <c r="E3" s="675">
+      <c r="D3" s="661">
         <v>11.372661870503597</v>
       </c>
-      <c r="F3" s="675">
+      <c r="E3" s="661">
         <v>11.453237410071944</v>
       </c>
-      <c r="G3" s="675">
+      <c r="F3" s="661">
         <v>10.762589928057555</v>
       </c>
-      <c r="H3" s="675">
+      <c r="G3" s="661">
         <v>11.050359712230216</v>
       </c>
-      <c r="I3" s="675">
+      <c r="H3" s="661">
         <v>11.764028776978417</v>
       </c>
-      <c r="J3" s="675">
+      <c r="I3" s="661">
         <v>11.096402877697841</v>
       </c>
-      <c r="K3" s="675">
+      <c r="J3" s="661">
         <v>11.07338129496403</v>
       </c>
-      <c r="L3" s="675">
+      <c r="K3" s="661">
         <v>11.729496402877697</v>
       </c>
-      <c r="M3" s="675">
+      <c r="L3" s="661">
         <v>12.224460431654677</v>
       </c>
-      <c r="N3" s="675">
+      <c r="M3" s="661">
         <v>11.499280575539569</v>
       </c>
-      <c r="O3" s="675">
+      <c r="N3" s="661">
         <v>12.719424460431654</v>
       </c>
-      <c r="P3" s="675">
+      <c r="O3" s="661">
         <v>12.857553956834533</v>
       </c>
-      <c r="Q3" s="675">
+      <c r="P3" s="661">
         <v>12.926618705035972</v>
       </c>
-      <c r="R3" s="675">
+      <c r="Q3" s="661">
         <v>12.734408073134174</v>
       </c>
-      <c r="S3" s="675">
+      <c r="R3" s="661">
         <v>13.018437105953721</v>
       </c>
-      <c r="T3" s="675">
+      <c r="S3" s="661">
         <v>12.7</v>
+      </c>
+      <c r="T3" s="0">
+        <v>13.9</v>
+      </c>
+      <c r="U3" s="0">
+        <v>13.4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B4" s="633" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="675">
+      <c r="B4" s="661">
         <v>10.392245266005411</v>
       </c>
-      <c r="D4" s="675">
+      <c r="C4" s="661">
         <v>9.5468890892696123</v>
       </c>
-      <c r="E4" s="675">
+      <c r="D4" s="661">
         <v>9.9413886384129846</v>
       </c>
-      <c r="F4" s="675">
+      <c r="E4" s="661">
         <v>10.347159603246169</v>
       </c>
-      <c r="G4" s="675">
+      <c r="F4" s="661">
         <v>9.3665464382326427</v>
       </c>
-      <c r="H4" s="675">
+      <c r="G4" s="661">
         <v>9.3778178539224513</v>
       </c>
-      <c r="I4" s="675">
+      <c r="H4" s="661">
         <v>10.324616771866547</v>
       </c>
-      <c r="J4" s="675">
+      <c r="I4" s="661">
         <v>9.4116321009918842</v>
       </c>
-      <c r="K4" s="675">
+      <c r="J4" s="661">
         <v>9.2538322813345353</v>
       </c>
-      <c r="L4" s="675">
+      <c r="K4" s="661">
         <v>10.347159603246169</v>
       </c>
-      <c r="M4" s="675">
+      <c r="L4" s="661">
         <v>10.459873760144273</v>
       </c>
-      <c r="N4" s="675">
+      <c r="M4" s="661">
         <v>9.6257889990982868</v>
       </c>
-      <c r="O4" s="675">
+      <c r="N4" s="661">
         <v>11.417944093778178</v>
       </c>
-      <c r="P4" s="675">
+      <c r="O4" s="661">
         <v>10.955816050495942</v>
       </c>
-      <c r="Q4" s="675">
+      <c r="P4" s="661">
         <v>11.181244364292155</v>
       </c>
-      <c r="R4" s="675">
+      <c r="Q4" s="661">
         <v>11.78131706766068</v>
       </c>
-      <c r="S4" s="675">
+      <c r="R4" s="661">
         <v>10.426069687669255</v>
       </c>
-      <c r="T4" s="675">
+      <c r="S4" s="661">
         <v>12</v>
+      </c>
+      <c r="T4" s="0">
+        <v>13.2</v>
+      </c>
+      <c r="U4" s="0">
+        <v>13.5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="C5" s="675">
+        <v>13</v>
+      </c>
+      <c r="B5" s="661">
         <v>11.663640173208549</v>
       </c>
-      <c r="D5" s="675">
+      <c r="C5" s="661">
         <v>11.817292918005308</v>
       </c>
-      <c r="E5" s="675">
+      <c r="D5" s="661">
         <v>10.727755273082833</v>
       </c>
-      <c r="F5" s="675">
+      <c r="E5" s="661">
         <v>10.602039390976392</v>
       </c>
-      <c r="G5" s="675">
+      <c r="F5" s="661">
         <v>11.174745076127952</v>
       </c>
-      <c r="H5" s="675">
+      <c r="G5" s="661">
         <v>11.021092331331191</v>
       </c>
-      <c r="I5" s="675">
+      <c r="H5" s="661">
         <v>11.39823997765051</v>
       </c>
-      <c r="J5" s="675">
+      <c r="I5" s="661">
         <v>10.657913116357033</v>
       </c>
-      <c r="K5" s="675">
+      <c r="J5" s="661">
         <v>10.853471155189272</v>
       </c>
-      <c r="L5" s="675">
+      <c r="K5" s="661">
         <v>10.867439586534431</v>
       </c>
-      <c r="M5" s="675">
+      <c r="L5" s="661">
         <v>11.28649252688923</v>
       </c>
-      <c r="N5" s="675">
+      <c r="M5" s="661">
         <v>10.951250174605391</v>
       </c>
-      <c r="O5" s="675">
+      <c r="N5" s="661">
         <v>12.096661544908507</v>
       </c>
-      <c r="P5" s="675">
+      <c r="O5" s="661">
         <v>11.719513898589188</v>
       </c>
-      <c r="Q5" s="675">
+      <c r="P5" s="661">
         <v>11.747450761279508</v>
       </c>
-      <c r="R5" s="675">
+      <c r="Q5" s="661">
         <v>12.917055245465807</v>
       </c>
-      <c r="S5" s="675">
+      <c r="R5" s="661">
         <v>11.630470730900672</v>
       </c>
-      <c r="T5" s="675">
+      <c r="S5" s="661">
         <v>12.2</v>
+      </c>
+      <c r="T5" s="0">
+        <v>11.8</v>
+      </c>
+      <c r="U5" s="0">
+        <v>11.2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-      <c r="C6" s="675">
+        <v>14</v>
+      </c>
+      <c r="B6" s="661">
         <v>14.915623298856831</v>
       </c>
-      <c r="D6" s="675">
+      <c r="C6" s="661">
         <v>13.772455089820358</v>
       </c>
-      <c r="E6" s="675">
+      <c r="D6" s="661">
         <v>13.228089275993467</v>
       </c>
-      <c r="F6" s="675">
+      <c r="E6" s="661">
         <v>13.663581927054981</v>
       </c>
-      <c r="G6" s="675">
+      <c r="F6" s="661">
         <v>13.418617310832879</v>
       </c>
-      <c r="H6" s="675">
+      <c r="G6" s="661">
         <v>13.11921611322809</v>
       </c>
-      <c r="I6" s="675">
+      <c r="H6" s="661">
         <v>12.847033206314643</v>
       </c>
-      <c r="J6" s="675">
+      <c r="I6" s="661">
         <v>13.309744148067502</v>
       </c>
-      <c r="K6" s="675">
+      <c r="J6" s="661">
         <v>12.819814915623299</v>
       </c>
-      <c r="L6" s="675">
+      <c r="K6" s="661">
         <v>12.493195427327164</v>
       </c>
-      <c r="M6" s="675">
+      <c r="L6" s="661">
         <v>13.146434403919434</v>
       </c>
-      <c r="N6" s="675">
+      <c r="M6" s="661">
         <v>12.112139357648339</v>
       </c>
-      <c r="O6" s="675">
+      <c r="N6" s="661">
         <v>13.418617310832879</v>
       </c>
-      <c r="P6" s="675">
+      <c r="O6" s="661">
         <v>13.010342950462711</v>
       </c>
-      <c r="Q6" s="675">
+      <c r="P6" s="661">
         <v>13.990201415351116</v>
       </c>
-      <c r="R6" s="675">
+      <c r="Q6" s="661">
         <v>13.580818115015104</v>
       </c>
-      <c r="S6" s="675">
+      <c r="R6" s="661">
         <v>12.447343389047424</v>
       </c>
-      <c r="T6" s="675">
+      <c r="S6" s="661">
         <v>13.4</v>
+      </c>
+      <c r="T6" s="0">
+        <v>12.9</v>
+      </c>
+      <c r="U6" s="0">
+        <v>12.4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="C7" s="675">
+        <v>15</v>
+      </c>
+      <c r="B7" s="661">
         <v>9.7588460671624979</v>
       </c>
-      <c r="D7" s="675">
+      <c r="C7" s="661">
         <v>9.96168582375479</v>
       </c>
-      <c r="E7" s="675">
+      <c r="D7" s="661">
         <v>11.268875366238449</v>
       </c>
-      <c r="F7" s="675">
+      <c r="E7" s="661">
         <v>10.615280594996619</v>
       </c>
-      <c r="G7" s="675">
+      <c r="F7" s="661">
         <v>10.840658102321388</v>
       </c>
-      <c r="H7" s="675">
+      <c r="G7" s="661">
         <v>10.773044850123958</v>
       </c>
-      <c r="I7" s="675">
+      <c r="H7" s="661">
         <v>11.85485688528285</v>
       </c>
-      <c r="J7" s="675">
+      <c r="I7" s="661">
         <v>10.660356096461573</v>
       </c>
-      <c r="K7" s="675">
+      <c r="J7" s="661">
         <v>11.539328375028171</v>
       </c>
-      <c r="L7" s="675">
+      <c r="K7" s="661">
         <v>11.04349785891368</v>
       </c>
-      <c r="M7" s="675">
+      <c r="L7" s="661">
         <v>11.313950867703404</v>
       </c>
-      <c r="N7" s="675">
+      <c r="M7" s="661">
         <v>11.201262114041018</v>
       </c>
-      <c r="O7" s="675">
+      <c r="N7" s="661">
         <v>12.057696641875142</v>
       </c>
-      <c r="P7" s="675">
+      <c r="O7" s="661">
         <v>12.823980166779355</v>
       </c>
-      <c r="Q7" s="675">
+      <c r="P7" s="661">
         <v>13.29727293216137</v>
       </c>
-      <c r="R7" s="675">
+      <c r="Q7" s="661">
         <v>13.450214132762312</v>
       </c>
-      <c r="S7" s="675">
+      <c r="R7" s="661">
         <v>11.763669207384236</v>
       </c>
-      <c r="T7" s="675">
+      <c r="S7" s="661">
         <v>15.1</v>
       </c>
+      <c r="T7" s="0">
+        <v>14.1</v>
+      </c>
+      <c r="U7" s="0">
+        <v>14.5</v>
+      </c>
     </row>
     <row r="8">
-      <c r="K8" s="675"/>
-[...5 lines deleted...]
-      <c r="Q8" s="675"/>
+      <c r="J8" s="661"/>
+      <c r="K8" s="661"/>
+      <c r="L8" s="661"/>
+      <c r="M8" s="661"/>
+      <c r="N8" s="661"/>
+      <c r="O8" s="661"/>
+      <c r="P8" s="661"/>
     </row>
     <row r="9">
-      <c r="K9" s="675"/>
-[...5 lines deleted...]
-      <c r="Q9" s="675"/>
+      <c r="J9" s="661"/>
+      <c r="K9" s="661"/>
+      <c r="L9" s="661"/>
+      <c r="M9" s="661"/>
+      <c r="N9" s="661"/>
+      <c r="O9" s="661"/>
+      <c r="P9" s="661"/>
     </row>
     <row r="10">
-      <c r="K10" s="675"/>
-[...5 lines deleted...]
-      <c r="Q10" s="675"/>
+      <c r="J10" s="661"/>
+      <c r="K10" s="661"/>
+      <c r="L10" s="661"/>
+      <c r="M10" s="661"/>
+      <c r="N10" s="661"/>
+      <c r="O10" s="661"/>
+      <c r="P10" s="661"/>
     </row>
     <row r="11">
-      <c r="K11" s="675"/>
-[...5 lines deleted...]
-      <c r="Q11" s="675"/>
+      <c r="J11" s="661"/>
+      <c r="K11" s="661"/>
+      <c r="L11" s="661"/>
+      <c r="M11" s="661"/>
+      <c r="N11" s="661"/>
+      <c r="O11" s="661"/>
+      <c r="P11" s="661"/>
     </row>
     <row r="12">
-      <c r="K12" s="675"/>
-[...5 lines deleted...]
-      <c r="Q12" s="675"/>
+      <c r="J12" s="661"/>
+      <c r="K12" s="661"/>
+      <c r="L12" s="661"/>
+      <c r="M12" s="661"/>
+      <c r="N12" s="661"/>
+      <c r="O12" s="661"/>
+      <c r="P12" s="661"/>
     </row>
     <row r="13">
-      <c r="K13" s="675"/>
-[...5 lines deleted...]
-      <c r="Q13" s="675"/>
+      <c r="J13" s="661"/>
+      <c r="K13" s="661"/>
+      <c r="L13" s="661"/>
+      <c r="M13" s="661"/>
+      <c r="N13" s="661"/>
+      <c r="O13" s="661"/>
+      <c r="P13" s="661"/>
     </row>
     <row r="14">
-      <c r="K14" s="675"/>
-[...5 lines deleted...]
-      <c r="Q14" s="675"/>
+      <c r="J14" s="661"/>
+      <c r="K14" s="661"/>
+      <c r="L14" s="661"/>
+      <c r="M14" s="661"/>
+      <c r="N14" s="661"/>
+      <c r="O14" s="661"/>
+      <c r="P14" s="661"/>
     </row>
     <row r="15">
-      <c r="K15" s="675"/>
-[...5 lines deleted...]
-      <c r="Q15" s="675"/>
+      <c r="J15" s="661"/>
+      <c r="K15" s="661"/>
+      <c r="L15" s="661"/>
+      <c r="M15" s="661"/>
+      <c r="N15" s="661"/>
+      <c r="O15" s="661"/>
+      <c r="P15" s="661"/>
     </row>
     <row r="16">
-      <c r="K16" s="675"/>
-[...5 lines deleted...]
-      <c r="Q16" s="675"/>
+      <c r="J16" s="661"/>
+      <c r="K16" s="661"/>
+      <c r="L16" s="661"/>
+      <c r="M16" s="661"/>
+      <c r="N16" s="661"/>
+      <c r="O16" s="661"/>
+      <c r="P16" s="661"/>
     </row>
     <row r="17">
-      <c r="K17" s="675"/>
-[...5 lines deleted...]
-      <c r="Q17" s="675"/>
+      <c r="J17" s="661"/>
+      <c r="K17" s="661"/>
+      <c r="L17" s="661"/>
+      <c r="M17" s="661"/>
+      <c r="N17" s="661"/>
+      <c r="O17" s="661"/>
+      <c r="P17" s="661"/>
     </row>
     <row r="18">
-      <c r="K18" s="675"/>
-[...5 lines deleted...]
-      <c r="Q18" s="675"/>
+      <c r="J18" s="661"/>
+      <c r="K18" s="661"/>
+      <c r="L18" s="661"/>
+      <c r="M18" s="661"/>
+      <c r="N18" s="661"/>
+      <c r="O18" s="661"/>
+      <c r="P18" s="661"/>
     </row>
     <row r="19">
-      <c r="K19" s="675"/>
-[...5 lines deleted...]
-      <c r="Q19" s="675"/>
+      <c r="J19" s="661"/>
+      <c r="K19" s="661"/>
+      <c r="L19" s="661"/>
+      <c r="M19" s="661"/>
+      <c r="N19" s="661"/>
+      <c r="O19" s="661"/>
+      <c r="P19" s="661"/>
     </row>
     <row r="20">
-      <c r="K20" s="675"/>
-[...5 lines deleted...]
-      <c r="Q20" s="675"/>
+      <c r="J20" s="661"/>
+      <c r="K20" s="661"/>
+      <c r="L20" s="661"/>
+      <c r="M20" s="661"/>
+      <c r="N20" s="661"/>
+      <c r="O20" s="661"/>
+      <c r="P20" s="661"/>
     </row>
     <row r="21">
-      <c r="K21" s="675"/>
-[...5 lines deleted...]
-      <c r="Q21" s="675"/>
+      <c r="J21" s="661"/>
+      <c r="K21" s="661"/>
+      <c r="L21" s="661"/>
+      <c r="M21" s="661"/>
+      <c r="N21" s="661"/>
+      <c r="O21" s="661"/>
+      <c r="P21" s="661"/>
     </row>
     <row r="22">
-      <c r="K22" s="675"/>
-[...5 lines deleted...]
-      <c r="Q22" s="675"/>
+      <c r="J22" s="661"/>
+      <c r="K22" s="661"/>
+      <c r="L22" s="661"/>
+      <c r="M22" s="661"/>
+      <c r="N22" s="661"/>
+      <c r="O22" s="661"/>
+      <c r="P22" s="661"/>
     </row>
     <row r="23">
-      <c r="K23" s="675"/>
-[...5 lines deleted...]
-      <c r="Q23" s="675"/>
+      <c r="J23" s="661"/>
+      <c r="K23" s="661"/>
+      <c r="L23" s="661"/>
+      <c r="M23" s="661"/>
+      <c r="N23" s="661"/>
+      <c r="O23" s="661"/>
+      <c r="P23" s="661"/>
     </row>
     <row r="24">
-      <c r="K24" s="675"/>
-[...5 lines deleted...]
-      <c r="Q24" s="675"/>
+      <c r="J24" s="661"/>
+      <c r="K24" s="661"/>
+      <c r="L24" s="661"/>
+      <c r="M24" s="661"/>
+      <c r="N24" s="661"/>
+      <c r="O24" s="661"/>
+      <c r="P24" s="661"/>
     </row>
     <row r="25">
-      <c r="K25" s="675"/>
-[...5 lines deleted...]
-      <c r="Q25" s="675"/>
+      <c r="J25" s="661"/>
+      <c r="K25" s="661"/>
+      <c r="L25" s="661"/>
+      <c r="M25" s="661"/>
+      <c r="N25" s="661"/>
+      <c r="O25" s="661"/>
+      <c r="P25" s="661"/>
     </row>
     <row r="26">
-      <c r="K26" s="675"/>
-[...5 lines deleted...]
-      <c r="Q26" s="675"/>
+      <c r="J26" s="661"/>
+      <c r="K26" s="661"/>
+      <c r="L26" s="661"/>
+      <c r="M26" s="661"/>
+      <c r="N26" s="661"/>
+      <c r="O26" s="661"/>
+      <c r="P26" s="661"/>
     </row>
     <row r="27">
-      <c r="K27" s="675"/>
-[...5 lines deleted...]
-      <c r="Q27" s="675"/>
+      <c r="J27" s="661"/>
+      <c r="K27" s="661"/>
+      <c r="L27" s="661"/>
+      <c r="M27" s="661"/>
+      <c r="N27" s="661"/>
+      <c r="O27" s="661"/>
+      <c r="P27" s="661"/>
     </row>
     <row r="28">
-      <c r="K28" s="675"/>
-[...5 lines deleted...]
-      <c r="Q28" s="675"/>
+      <c r="J28" s="661"/>
+      <c r="K28" s="661"/>
+      <c r="L28" s="661"/>
+      <c r="M28" s="661"/>
+      <c r="N28" s="661"/>
+      <c r="O28" s="661"/>
+      <c r="P28" s="661"/>
     </row>
     <row r="29">
-      <c r="K29" s="675"/>
-[...5 lines deleted...]
-      <c r="Q29" s="675"/>
+      <c r="J29" s="661"/>
+      <c r="K29" s="661"/>
+      <c r="L29" s="661"/>
+      <c r="M29" s="661"/>
+      <c r="N29" s="661"/>
+      <c r="O29" s="661"/>
+      <c r="P29" s="661"/>
     </row>
     <row r="30">
-      <c r="K30" s="675"/>
-[...5 lines deleted...]
-      <c r="Q30" s="675"/>
+      <c r="J30" s="661"/>
+      <c r="K30" s="661"/>
+      <c r="L30" s="661"/>
+      <c r="M30" s="661"/>
+      <c r="N30" s="661"/>
+      <c r="O30" s="661"/>
+      <c r="P30" s="661"/>
     </row>
     <row r="31">
-      <c r="K31" s="675"/>
-[...5 lines deleted...]
-      <c r="Q31" s="675"/>
+      <c r="J31" s="661"/>
+      <c r="K31" s="661"/>
+      <c r="L31" s="661"/>
+      <c r="M31" s="661"/>
+      <c r="N31" s="661"/>
+      <c r="O31" s="661"/>
+      <c r="P31" s="661"/>
     </row>
     <row r="32">
-      <c r="K32" s="675"/>
-[...5 lines deleted...]
-      <c r="Q32" s="675"/>
+      <c r="J32" s="661"/>
+      <c r="K32" s="661"/>
+      <c r="L32" s="661"/>
+      <c r="M32" s="661"/>
+      <c r="N32" s="661"/>
+      <c r="O32" s="661"/>
+      <c r="P32" s="661"/>
     </row>
     <row r="33">
-      <c r="K33" s="675"/>
-[...5 lines deleted...]
-      <c r="Q33" s="675"/>
+      <c r="J33" s="661"/>
+      <c r="K33" s="661"/>
+      <c r="L33" s="661"/>
+      <c r="M33" s="661"/>
+      <c r="N33" s="661"/>
+      <c r="O33" s="661"/>
+      <c r="P33" s="661"/>
     </row>
     <row r="34">
-      <c r="K34" s="675"/>
-[...5 lines deleted...]
-      <c r="Q34" s="675"/>
+      <c r="J34" s="661"/>
+      <c r="K34" s="661"/>
+      <c r="L34" s="661"/>
+      <c r="M34" s="661"/>
+      <c r="N34" s="661"/>
+      <c r="O34" s="661"/>
+      <c r="P34" s="661"/>
     </row>
     <row r="35">
-      <c r="K35" s="675"/>
-[...5 lines deleted...]
-      <c r="Q35" s="675"/>
+      <c r="J35" s="661"/>
+      <c r="K35" s="661"/>
+      <c r="L35" s="661"/>
+      <c r="M35" s="661"/>
+      <c r="N35" s="661"/>
+      <c r="O35" s="661"/>
+      <c r="P35" s="661"/>
     </row>
     <row r="36">
-      <c r="K36" s="675"/>
-[...5 lines deleted...]
-      <c r="Q36" s="675"/>
+      <c r="J36" s="661"/>
+      <c r="K36" s="661"/>
+      <c r="L36" s="661"/>
+      <c r="M36" s="661"/>
+      <c r="N36" s="661"/>
+      <c r="O36" s="661"/>
+      <c r="P36" s="661"/>
     </row>
     <row r="37">
-      <c r="K37" s="675"/>
-[...5 lines deleted...]
-      <c r="Q37" s="675"/>
+      <c r="J37" s="661"/>
+      <c r="K37" s="661"/>
+      <c r="L37" s="661"/>
+      <c r="M37" s="661"/>
+      <c r="N37" s="661"/>
+      <c r="O37" s="661"/>
+      <c r="P37" s="661"/>
     </row>
     <row r="38">
-      <c r="K38" s="675"/>
-[...5 lines deleted...]
-      <c r="Q38" s="675"/>
+      <c r="J38" s="661"/>
+      <c r="K38" s="661"/>
+      <c r="L38" s="661"/>
+      <c r="M38" s="661"/>
+      <c r="N38" s="661"/>
+      <c r="O38" s="661"/>
+      <c r="P38" s="661"/>
     </row>
     <row r="39">
-      <c r="K39" s="675"/>
-[...5 lines deleted...]
-      <c r="Q39" s="675"/>
+      <c r="J39" s="661"/>
+      <c r="K39" s="661"/>
+      <c r="L39" s="661"/>
+      <c r="M39" s="661"/>
+      <c r="N39" s="661"/>
+      <c r="O39" s="661"/>
+      <c r="P39" s="661"/>
     </row>
     <row r="40">
-      <c r="K40" s="675"/>
-[...5 lines deleted...]
-      <c r="Q40" s="675"/>
+      <c r="J40" s="661"/>
+      <c r="K40" s="661"/>
+      <c r="L40" s="661"/>
+      <c r="M40" s="661"/>
+      <c r="N40" s="661"/>
+      <c r="O40" s="661"/>
+      <c r="P40" s="661"/>
     </row>
     <row r="41">
-      <c r="K41" s="675"/>
-[...5 lines deleted...]
-      <c r="Q41" s="675"/>
+      <c r="J41" s="661"/>
+      <c r="K41" s="661"/>
+      <c r="L41" s="661"/>
+      <c r="M41" s="661"/>
+      <c r="N41" s="661"/>
+      <c r="O41" s="661"/>
+      <c r="P41" s="661"/>
     </row>
     <row r="42">
-      <c r="K42" s="675"/>
-[...5 lines deleted...]
-      <c r="Q42" s="675"/>
+      <c r="J42" s="661"/>
+      <c r="K42" s="661"/>
+      <c r="L42" s="661"/>
+      <c r="M42" s="661"/>
+      <c r="N42" s="661"/>
+      <c r="O42" s="661"/>
+      <c r="P42" s="661"/>
     </row>
     <row r="43">
-      <c r="K43" s="675"/>
-[...5 lines deleted...]
-      <c r="Q43" s="675"/>
+      <c r="J43" s="661"/>
+      <c r="K43" s="661"/>
+      <c r="L43" s="661"/>
+      <c r="M43" s="661"/>
+      <c r="N43" s="661"/>
+      <c r="O43" s="661"/>
+      <c r="P43" s="661"/>
     </row>
     <row r="44">
-      <c r="K44" s="675"/>
-[...5 lines deleted...]
-      <c r="Q44" s="675"/>
+      <c r="J44" s="661"/>
+      <c r="K44" s="661"/>
+      <c r="L44" s="661"/>
+      <c r="M44" s="661"/>
+      <c r="N44" s="661"/>
+      <c r="O44" s="661"/>
+      <c r="P44" s="661"/>
     </row>
     <row r="45">
-      <c r="K45" s="675"/>
-[...5 lines deleted...]
-      <c r="Q45" s="675"/>
+      <c r="J45" s="661"/>
+      <c r="K45" s="661"/>
+      <c r="L45" s="661"/>
+      <c r="M45" s="661"/>
+      <c r="N45" s="661"/>
+      <c r="O45" s="661"/>
+      <c r="P45" s="661"/>
     </row>
     <row r="46">
-      <c r="K46" s="675"/>
-[...5 lines deleted...]
-      <c r="Q46" s="675"/>
+      <c r="J46" s="661"/>
+      <c r="K46" s="661"/>
+      <c r="L46" s="661"/>
+      <c r="M46" s="661"/>
+      <c r="N46" s="661"/>
+      <c r="O46" s="661"/>
+      <c r="P46" s="661"/>
     </row>
     <row r="47">
-      <c r="K47" s="675"/>
-[...5 lines deleted...]
-      <c r="Q47" s="675"/>
+      <c r="J47" s="661"/>
+      <c r="K47" s="661"/>
+      <c r="L47" s="661"/>
+      <c r="M47" s="661"/>
+      <c r="N47" s="661"/>
+      <c r="O47" s="661"/>
+      <c r="P47" s="661"/>
     </row>
     <row r="48">
-      <c r="K48" s="675"/>
-[...5 lines deleted...]
-      <c r="Q48" s="675"/>
+      <c r="J48" s="661"/>
+      <c r="K48" s="661"/>
+      <c r="L48" s="661"/>
+      <c r="M48" s="661"/>
+      <c r="N48" s="661"/>
+      <c r="O48" s="661"/>
+      <c r="P48" s="661"/>
     </row>
     <row r="49">
-      <c r="K49" s="675"/>
-[...5 lines deleted...]
-      <c r="Q49" s="675"/>
+      <c r="J49" s="661"/>
+      <c r="K49" s="661"/>
+      <c r="L49" s="661"/>
+      <c r="M49" s="661"/>
+      <c r="N49" s="661"/>
+      <c r="O49" s="661"/>
+      <c r="P49" s="661"/>
     </row>
     <row r="50">
-      <c r="K50" s="675"/>
-[...5 lines deleted...]
-      <c r="Q50" s="675"/>
+      <c r="J50" s="661"/>
+      <c r="K50" s="661"/>
+      <c r="L50" s="661"/>
+      <c r="M50" s="661"/>
+      <c r="N50" s="661"/>
+      <c r="O50" s="661"/>
+      <c r="P50" s="661"/>
     </row>
     <row r="51">
-      <c r="K51" s="675"/>
-[...5 lines deleted...]
-      <c r="Q51" s="675"/>
+      <c r="J51" s="661"/>
+      <c r="K51" s="661"/>
+      <c r="L51" s="661"/>
+      <c r="M51" s="661"/>
+      <c r="N51" s="661"/>
+      <c r="O51" s="661"/>
+      <c r="P51" s="661"/>
     </row>
     <row r="52">
-      <c r="K52" s="675"/>
-[...5 lines deleted...]
-      <c r="Q52" s="675"/>
+      <c r="J52" s="661"/>
+      <c r="K52" s="661"/>
+      <c r="L52" s="661"/>
+      <c r="M52" s="661"/>
+      <c r="N52" s="661"/>
+      <c r="O52" s="661"/>
+      <c r="P52" s="661"/>
     </row>
     <row r="53">
-      <c r="K53" s="675"/>
-[...5 lines deleted...]
-      <c r="Q53" s="675"/>
+      <c r="J53" s="661"/>
+      <c r="K53" s="661"/>
+      <c r="L53" s="661"/>
+      <c r="M53" s="661"/>
+      <c r="N53" s="661"/>
+      <c r="O53" s="661"/>
+      <c r="P53" s="661"/>
     </row>
     <row r="54">
-      <c r="K54" s="675"/>
-[...5 lines deleted...]
-      <c r="Q54" s="675"/>
+      <c r="J54" s="661"/>
+      <c r="K54" s="661"/>
+      <c r="L54" s="661"/>
+      <c r="M54" s="661"/>
+      <c r="N54" s="661"/>
+      <c r="O54" s="661"/>
+      <c r="P54" s="661"/>
     </row>
     <row r="55">
-      <c r="K55" s="675"/>
-[...5 lines deleted...]
-      <c r="Q55" s="675"/>
+      <c r="J55" s="661"/>
+      <c r="K55" s="661"/>
+      <c r="L55" s="661"/>
+      <c r="M55" s="661"/>
+      <c r="N55" s="661"/>
+      <c r="O55" s="661"/>
+      <c r="P55" s="661"/>
     </row>
     <row r="56">
-      <c r="K56" s="675"/>
-[...5 lines deleted...]
-      <c r="Q56" s="675"/>
+      <c r="J56" s="661"/>
+      <c r="K56" s="661"/>
+      <c r="L56" s="661"/>
+      <c r="M56" s="661"/>
+      <c r="N56" s="661"/>
+      <c r="O56" s="661"/>
+      <c r="P56" s="661"/>
     </row>
     <row r="57">
-      <c r="K57" s="675"/>
-[...5 lines deleted...]
-      <c r="Q57" s="675"/>
+      <c r="J57" s="661"/>
+      <c r="K57" s="661"/>
+      <c r="L57" s="661"/>
+      <c r="M57" s="661"/>
+      <c r="N57" s="661"/>
+      <c r="O57" s="661"/>
+      <c r="P57" s="661"/>
     </row>
     <row r="58">
-      <c r="K58" s="675"/>
-[...5 lines deleted...]
-      <c r="Q58" s="675"/>
+      <c r="J58" s="661"/>
+      <c r="K58" s="661"/>
+      <c r="L58" s="661"/>
+      <c r="M58" s="661"/>
+      <c r="N58" s="661"/>
+      <c r="O58" s="661"/>
+      <c r="P58" s="661"/>
     </row>
     <row r="59">
-      <c r="K59" s="675"/>
-[...5 lines deleted...]
-      <c r="Q59" s="675"/>
+      <c r="J59" s="661"/>
+      <c r="K59" s="661"/>
+      <c r="L59" s="661"/>
+      <c r="M59" s="661"/>
+      <c r="N59" s="661"/>
+      <c r="O59" s="661"/>
+      <c r="P59" s="661"/>
     </row>
     <row r="60">
-      <c r="K60" s="675"/>
-[...5 lines deleted...]
-      <c r="Q60" s="675"/>
+      <c r="J60" s="661"/>
+      <c r="K60" s="661"/>
+      <c r="L60" s="661"/>
+      <c r="M60" s="661"/>
+      <c r="N60" s="661"/>
+      <c r="O60" s="661"/>
+      <c r="P60" s="661"/>
     </row>
     <row r="61">
-      <c r="K61" s="675"/>
-[...5 lines deleted...]
-      <c r="Q61" s="675"/>
+      <c r="J61" s="661"/>
+      <c r="K61" s="661"/>
+      <c r="L61" s="661"/>
+      <c r="M61" s="661"/>
+      <c r="N61" s="661"/>
+      <c r="O61" s="661"/>
+      <c r="P61" s="661"/>
     </row>
     <row r="62">
-      <c r="K62" s="675"/>
-[...5 lines deleted...]
-      <c r="Q62" s="675"/>
+      <c r="J62" s="661"/>
+      <c r="K62" s="661"/>
+      <c r="L62" s="661"/>
+      <c r="M62" s="661"/>
+      <c r="N62" s="661"/>
+      <c r="O62" s="661"/>
+      <c r="P62" s="661"/>
     </row>
     <row r="63">
-      <c r="K63" s="675"/>
-[...5 lines deleted...]
-      <c r="Q63" s="675"/>
+      <c r="J63" s="661"/>
+      <c r="K63" s="661"/>
+      <c r="L63" s="661"/>
+      <c r="M63" s="661"/>
+      <c r="N63" s="661"/>
+      <c r="O63" s="661"/>
+      <c r="P63" s="661"/>
     </row>
     <row r="64">
-      <c r="K64" s="675"/>
-[...5 lines deleted...]
-      <c r="Q64" s="675"/>
+      <c r="J64" s="661"/>
+      <c r="K64" s="661"/>
+      <c r="L64" s="661"/>
+      <c r="M64" s="661"/>
+      <c r="N64" s="661"/>
+      <c r="O64" s="661"/>
+      <c r="P64" s="661"/>
     </row>
     <row r="65">
-      <c r="K65" s="675"/>
-[...5 lines deleted...]
-      <c r="Q65" s="675"/>
+      <c r="J65" s="661"/>
+      <c r="K65" s="661"/>
+      <c r="L65" s="661"/>
+      <c r="M65" s="661"/>
+      <c r="N65" s="661"/>
+      <c r="O65" s="661"/>
+      <c r="P65" s="661"/>
     </row>
     <row r="66">
-      <c r="K66" s="675"/>
-[...5 lines deleted...]
-      <c r="Q66" s="675"/>
+      <c r="J66" s="661"/>
+      <c r="K66" s="661"/>
+      <c r="L66" s="661"/>
+      <c r="M66" s="661"/>
+      <c r="N66" s="661"/>
+      <c r="O66" s="661"/>
+      <c r="P66" s="661"/>
     </row>
     <row r="67">
-      <c r="K67" s="675"/>
-[...5 lines deleted...]
-      <c r="Q67" s="675"/>
+      <c r="J67" s="661"/>
+      <c r="K67" s="661"/>
+      <c r="L67" s="661"/>
+      <c r="M67" s="661"/>
+      <c r="N67" s="661"/>
+      <c r="O67" s="661"/>
+      <c r="P67" s="661"/>
     </row>
     <row r="68">
-      <c r="K68" s="675"/>
-[...5 lines deleted...]
-      <c r="Q68" s="675"/>
+      <c r="J68" s="661"/>
+      <c r="K68" s="661"/>
+      <c r="L68" s="661"/>
+      <c r="M68" s="661"/>
+      <c r="N68" s="661"/>
+      <c r="O68" s="661"/>
+      <c r="P68" s="661"/>
     </row>
     <row r="69">
-      <c r="K69" s="675"/>
-[...5 lines deleted...]
-      <c r="Q69" s="675"/>
+      <c r="J69" s="661"/>
+      <c r="K69" s="661"/>
+      <c r="L69" s="661"/>
+      <c r="M69" s="661"/>
+      <c r="N69" s="661"/>
+      <c r="O69" s="661"/>
+      <c r="P69" s="661"/>
     </row>
     <row r="70">
-      <c r="K70" s="675"/>
-[...5 lines deleted...]
-      <c r="Q70" s="675"/>
+      <c r="J70" s="661"/>
+      <c r="K70" s="661"/>
+      <c r="L70" s="661"/>
+      <c r="M70" s="661"/>
+      <c r="N70" s="661"/>
+      <c r="O70" s="661"/>
+      <c r="P70" s="661"/>
     </row>
     <row r="71">
-      <c r="K71" s="675"/>
-[...5 lines deleted...]
-      <c r="Q71" s="675"/>
+      <c r="J71" s="661"/>
+      <c r="K71" s="661"/>
+      <c r="L71" s="661"/>
+      <c r="M71" s="661"/>
+      <c r="N71" s="661"/>
+      <c r="O71" s="661"/>
+      <c r="P71" s="661"/>
     </row>
     <row r="72">
-      <c r="K72" s="675"/>
-[...5 lines deleted...]
-      <c r="Q72" s="675"/>
+      <c r="J72" s="661"/>
+      <c r="K72" s="661"/>
+      <c r="L72" s="661"/>
+      <c r="M72" s="661"/>
+      <c r="N72" s="661"/>
+      <c r="O72" s="661"/>
+      <c r="P72" s="661"/>
     </row>
     <row r="73">
-      <c r="K73" s="675"/>
-[...5 lines deleted...]
-      <c r="Q73" s="675"/>
+      <c r="J73" s="661"/>
+      <c r="K73" s="661"/>
+      <c r="L73" s="661"/>
+      <c r="M73" s="661"/>
+      <c r="N73" s="661"/>
+      <c r="O73" s="661"/>
+      <c r="P73" s="661"/>
     </row>
     <row r="74">
-      <c r="K74" s="675"/>
-[...5 lines deleted...]
-      <c r="Q74" s="675"/>
+      <c r="J74" s="661"/>
+      <c r="K74" s="661"/>
+      <c r="L74" s="661"/>
+      <c r="M74" s="661"/>
+      <c r="N74" s="661"/>
+      <c r="O74" s="661"/>
+      <c r="P74" s="661"/>
     </row>
     <row r="75">
-      <c r="K75" s="675"/>
-[...5 lines deleted...]
-      <c r="Q75" s="675"/>
+      <c r="J75" s="661"/>
+      <c r="K75" s="661"/>
+      <c r="L75" s="661"/>
+      <c r="M75" s="661"/>
+      <c r="N75" s="661"/>
+      <c r="O75" s="661"/>
+      <c r="P75" s="661"/>
     </row>
     <row r="76">
-      <c r="K76" s="675"/>
-[...5 lines deleted...]
-      <c r="Q76" s="675"/>
+      <c r="J76" s="661"/>
+      <c r="K76" s="661"/>
+      <c r="L76" s="661"/>
+      <c r="M76" s="661"/>
+      <c r="N76" s="661"/>
+      <c r="O76" s="661"/>
+      <c r="P76" s="661"/>
     </row>
     <row r="77">
-      <c r="K77" s="675"/>
-[...5 lines deleted...]
-      <c r="Q77" s="675"/>
+      <c r="J77" s="661"/>
+      <c r="K77" s="661"/>
+      <c r="L77" s="661"/>
+      <c r="M77" s="661"/>
+      <c r="N77" s="661"/>
+      <c r="O77" s="661"/>
+      <c r="P77" s="661"/>
     </row>
     <row r="78">
-      <c r="K78" s="675"/>
-[...5 lines deleted...]
-      <c r="Q78" s="675"/>
+      <c r="J78" s="661"/>
+      <c r="K78" s="661"/>
+      <c r="L78" s="661"/>
+      <c r="M78" s="661"/>
+      <c r="N78" s="661"/>
+      <c r="O78" s="661"/>
+      <c r="P78" s="661"/>
     </row>
     <row r="79">
-      <c r="K79" s="675"/>
-[...5 lines deleted...]
-      <c r="Q79" s="675"/>
+      <c r="J79" s="661"/>
+      <c r="K79" s="661"/>
+      <c r="L79" s="661"/>
+      <c r="M79" s="661"/>
+      <c r="N79" s="661"/>
+      <c r="O79" s="661"/>
+      <c r="P79" s="661"/>
     </row>
     <row r="80">
-      <c r="K80" s="675"/>
-[...5 lines deleted...]
-      <c r="Q80" s="675"/>
+      <c r="J80" s="661"/>
+      <c r="K80" s="661"/>
+      <c r="L80" s="661"/>
+      <c r="M80" s="661"/>
+      <c r="N80" s="661"/>
+      <c r="O80" s="661"/>
+      <c r="P80" s="661"/>
     </row>
     <row r="81">
-      <c r="K81" s="675"/>
-[...5 lines deleted...]
-      <c r="Q81" s="675"/>
+      <c r="J81" s="661"/>
+      <c r="K81" s="661"/>
+      <c r="L81" s="661"/>
+      <c r="M81" s="661"/>
+      <c r="N81" s="661"/>
+      <c r="O81" s="661"/>
+      <c r="P81" s="661"/>
     </row>
     <row r="82">
-      <c r="K82" s="675"/>
-[...5 lines deleted...]
-      <c r="Q82" s="675"/>
+      <c r="J82" s="661"/>
+      <c r="K82" s="661"/>
+      <c r="L82" s="661"/>
+      <c r="M82" s="661"/>
+      <c r="N82" s="661"/>
+      <c r="O82" s="661"/>
+      <c r="P82" s="661"/>
     </row>
     <row r="83">
-      <c r="K83" s="675"/>
-[...5 lines deleted...]
-      <c r="Q83" s="675"/>
+      <c r="J83" s="661"/>
+      <c r="K83" s="661"/>
+      <c r="L83" s="661"/>
+      <c r="M83" s="661"/>
+      <c r="N83" s="661"/>
+      <c r="O83" s="661"/>
+      <c r="P83" s="661"/>
     </row>
     <row r="84">
-      <c r="K84" s="675"/>
-[...5 lines deleted...]
-      <c r="Q84" s="675"/>
+      <c r="J84" s="661"/>
+      <c r="K84" s="661"/>
+      <c r="L84" s="661"/>
+      <c r="M84" s="661"/>
+      <c r="N84" s="661"/>
+      <c r="O84" s="661"/>
+      <c r="P84" s="661"/>
     </row>
     <row r="85">
-      <c r="K85" s="675"/>
-[...5 lines deleted...]
-      <c r="Q85" s="675"/>
+      <c r="J85" s="661"/>
+      <c r="K85" s="661"/>
+      <c r="L85" s="661"/>
+      <c r="M85" s="661"/>
+      <c r="N85" s="661"/>
+      <c r="O85" s="661"/>
+      <c r="P85" s="661"/>
     </row>
     <row r="86">
-      <c r="K86" s="675"/>
-[...5 lines deleted...]
-      <c r="Q86" s="675"/>
+      <c r="J86" s="661"/>
+      <c r="K86" s="661"/>
+      <c r="L86" s="661"/>
+      <c r="M86" s="661"/>
+      <c r="N86" s="661"/>
+      <c r="O86" s="661"/>
+      <c r="P86" s="661"/>
     </row>
     <row r="87">
-      <c r="K87" s="675"/>
-[...5 lines deleted...]
-      <c r="Q87" s="675"/>
+      <c r="J87" s="661"/>
+      <c r="K87" s="661"/>
+      <c r="L87" s="661"/>
+      <c r="M87" s="661"/>
+      <c r="N87" s="661"/>
+      <c r="O87" s="661"/>
+      <c r="P87" s="661"/>
     </row>
     <row r="88">
-      <c r="K88" s="675"/>
-[...5 lines deleted...]
-      <c r="Q88" s="675"/>
+      <c r="J88" s="661"/>
+      <c r="K88" s="661"/>
+      <c r="L88" s="661"/>
+      <c r="M88" s="661"/>
+      <c r="N88" s="661"/>
+      <c r="O88" s="661"/>
+      <c r="P88" s="661"/>
     </row>
     <row r="89">
-      <c r="K89" s="675"/>
-[...5 lines deleted...]
-      <c r="Q89" s="675"/>
+      <c r="J89" s="661"/>
+      <c r="K89" s="661"/>
+      <c r="L89" s="661"/>
+      <c r="M89" s="661"/>
+      <c r="N89" s="661"/>
+      <c r="O89" s="661"/>
+      <c r="P89" s="661"/>
     </row>
     <row r="90">
-      <c r="K90" s="675"/>
-[...5 lines deleted...]
-      <c r="Q90" s="675"/>
+      <c r="J90" s="661"/>
+      <c r="K90" s="661"/>
+      <c r="L90" s="661"/>
+      <c r="M90" s="661"/>
+      <c r="N90" s="661"/>
+      <c r="O90" s="661"/>
+      <c r="P90" s="661"/>
     </row>
     <row r="91">
-      <c r="K91" s="675"/>
-[...5 lines deleted...]
-      <c r="Q91" s="675"/>
+      <c r="J91" s="661"/>
+      <c r="K91" s="661"/>
+      <c r="L91" s="661"/>
+      <c r="M91" s="661"/>
+      <c r="N91" s="661"/>
+      <c r="O91" s="661"/>
+      <c r="P91" s="661"/>
     </row>
     <row r="92">
-      <c r="K92" s="675"/>
-[...5 lines deleted...]
-      <c r="Q92" s="675"/>
+      <c r="J92" s="661"/>
+      <c r="K92" s="661"/>
+      <c r="L92" s="661"/>
+      <c r="M92" s="661"/>
+      <c r="N92" s="661"/>
+      <c r="O92" s="661"/>
+      <c r="P92" s="661"/>
     </row>
     <row r="93">
-      <c r="K93" s="675"/>
-[...5 lines deleted...]
-      <c r="Q93" s="675"/>
+      <c r="J93" s="661"/>
+      <c r="K93" s="661"/>
+      <c r="L93" s="661"/>
+      <c r="M93" s="661"/>
+      <c r="N93" s="661"/>
+      <c r="O93" s="661"/>
+      <c r="P93" s="661"/>
     </row>
     <row r="94">
-      <c r="K94" s="675"/>
-[...5 lines deleted...]
-      <c r="Q94" s="675"/>
+      <c r="J94" s="661"/>
+      <c r="K94" s="661"/>
+      <c r="L94" s="661"/>
+      <c r="M94" s="661"/>
+      <c r="N94" s="661"/>
+      <c r="O94" s="661"/>
+      <c r="P94" s="661"/>
     </row>
     <row r="95">
-      <c r="K95" s="675"/>
-[...5 lines deleted...]
-      <c r="Q95" s="675"/>
+      <c r="J95" s="661"/>
+      <c r="K95" s="661"/>
+      <c r="L95" s="661"/>
+      <c r="M95" s="661"/>
+      <c r="N95" s="661"/>
+      <c r="O95" s="661"/>
+      <c r="P95" s="661"/>
     </row>
     <row r="96">
-      <c r="K96" s="675"/>
-[...5 lines deleted...]
-      <c r="Q96" s="675"/>
+      <c r="J96" s="661"/>
+      <c r="K96" s="661"/>
+      <c r="L96" s="661"/>
+      <c r="M96" s="661"/>
+      <c r="N96" s="661"/>
+      <c r="O96" s="661"/>
+      <c r="P96" s="661"/>
     </row>
     <row r="97">
-      <c r="K97" s="675"/>
-[...5 lines deleted...]
-      <c r="Q97" s="675"/>
+      <c r="J97" s="661"/>
+      <c r="K97" s="661"/>
+      <c r="L97" s="661"/>
+      <c r="M97" s="661"/>
+      <c r="N97" s="661"/>
+      <c r="O97" s="661"/>
+      <c r="P97" s="661"/>
     </row>
     <row r="98">
-      <c r="K98" s="675"/>
-[...5 lines deleted...]
-      <c r="Q98" s="675"/>
+      <c r="J98" s="661"/>
+      <c r="K98" s="661"/>
+      <c r="L98" s="661"/>
+      <c r="M98" s="661"/>
+      <c r="N98" s="661"/>
+      <c r="O98" s="661"/>
+      <c r="P98" s="661"/>
     </row>
     <row r="99">
-      <c r="K99" s="675"/>
-[...5 lines deleted...]
-      <c r="Q99" s="675"/>
+      <c r="J99" s="661"/>
+      <c r="K99" s="661"/>
+      <c r="L99" s="661"/>
+      <c r="M99" s="661"/>
+      <c r="N99" s="661"/>
+      <c r="O99" s="661"/>
+      <c r="P99" s="661"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
-  <headerFooter/>
-[...680 lines deleted...]
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:D99"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B7E865D-CD12-484B-87A4-735A54B8A50A}">
+  <sheetPr codeName="Sheet7"/>
+  <dimension ref="A1:B21"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D12" sqref="D12"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A22" sqref="A22:B22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
-[...4 lines deleted...]
-  </cols>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" ht="60" customHeight="1">
-[...7 lines deleted...]
-        <v>41</v>
+    <row r="1">
+      <c r="A1" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B1" s="0" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="779" t="s">
-[...6 lines deleted...]
-      <c r="D2" s="772"/>
+      <c r="A2" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" s="0">
+        <v>2003</v>
+      </c>
     </row>
     <row r="3">
-      <c r="A3" s="678" t="s">
-[...6 lines deleted...]
-        <v>42</v>
+      <c r="A3" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" s="0">
+        <v>2004</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="678" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="A4" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="0">
+        <v>2005</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="672" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="A5" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="0">
+        <v>2006</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="672" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="A6" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="0">
+        <v>2007</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="672" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="A7" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="0">
+        <v>2008</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="672"/>
-      <c r="C8" s="637"/>
+      <c r="A8" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="0">
+        <v>2009</v>
+      </c>
     </row>
     <row r="9">
-      <c r="A9" s="672"/>
-      <c r="C9" s="675"/>
+      <c r="A9" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="0">
+        <v>2010</v>
+      </c>
     </row>
     <row r="10">
-      <c r="A10" s="672"/>
-[...2 lines deleted...]
-      <c r="D10" s="706"/>
+      <c r="A10" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="0">
+        <v>2011</v>
+      </c>
     </row>
     <row r="11">
-      <c r="A11" s="672"/>
-[...2 lines deleted...]
-      <c r="D11" s="706"/>
+      <c r="A11" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="0">
+        <v>2012</v>
+      </c>
     </row>
     <row r="12">
-      <c r="A12" s="672"/>
-[...2 lines deleted...]
-      <c r="D12" s="706"/>
+      <c r="A12" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="0">
+        <v>2013</v>
+      </c>
     </row>
     <row r="13">
-      <c r="A13" s="672"/>
-[...2 lines deleted...]
-      <c r="D13" s="706"/>
+      <c r="A13" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" s="0">
+        <v>2014</v>
+      </c>
     </row>
     <row r="14">
-      <c r="A14" s="672"/>
-[...2 lines deleted...]
-      <c r="D14" s="706"/>
+      <c r="A14" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="0">
+        <v>2015</v>
+      </c>
     </row>
     <row r="15">
-      <c r="A15" s="672"/>
-[...2 lines deleted...]
-      <c r="D15" s="706"/>
+      <c r="A15" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" s="0">
+        <v>2016</v>
+      </c>
     </row>
     <row r="16">
-      <c r="A16" s="672"/>
-      <c r="C16" s="637"/>
+      <c r="A16" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="0">
+        <v>2017</v>
+      </c>
     </row>
     <row r="17">
-      <c r="A17" s="672"/>
-      <c r="C17" s="637"/>
+      <c r="A17" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="0">
+        <v>2018</v>
+      </c>
     </row>
     <row r="18">
-      <c r="A18" s="672"/>
-      <c r="C18" s="637"/>
+      <c r="A18" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="0">
+        <v>2019</v>
+      </c>
     </row>
     <row r="19">
-      <c r="A19" s="672"/>
-      <c r="C19" s="637"/>
+      <c r="A19" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="0">
+        <v>2020</v>
+      </c>
     </row>
     <row r="20">
-      <c r="A20" s="672"/>
-      <c r="C20" s="637"/>
+      <c r="A20" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="0">
+        <v>2021</v>
+      </c>
     </row>
     <row r="21">
-      <c r="A21" s="672"/>
-[...312 lines deleted...]
-      <c r="C99" s="637"/>
+      <c r="A21" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="0">
+        <v>2022</v>
+      </c>
     </row>
   </sheetData>
-  <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
-  <dimension ref="A1:F99"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <sheetPr codeName="Sheet8"/>
+  <dimension ref="A1:E99"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D14" sqref="D14"/>
+      <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" bestFit="1" width="33.54296875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="9.1796875" customWidth="1"/>
+    <col min="1" max="1" bestFit="1" width="29.85546875" customWidth="1" style="641"/>
+    <col min="2" max="2" bestFit="1" width="15.7109375" customWidth="1" style="631"/>
+    <col min="3" max="3" bestFit="1" width="8.5703125" customWidth="1" style="631"/>
+    <col min="4" max="16384" width="9.140625" customWidth="1" style="631"/>
   </cols>
   <sheetData>
-    <row r="1" ht="58">
-      <c r="A1" s="663" t="s">
+    <row r="1" ht="30" s="632" customFormat="1">
+      <c r="A1" s="632" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="634" t="s">
-[...12 lines deleted...]
-        <v>46</v>
+      <c r="B1" s="638" t="s">
+        <v>240</v>
+      </c>
+      <c r="C1" s="638" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="772" t="s">
+      <c r="A2" s="731" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="733">
+        <v>94.237613817498968</v>
+      </c>
+      <c r="C2" s="733">
+        <v>5.7623861825010367</v>
+      </c>
+      <c r="D2" s="723"/>
+      <c r="E2" s="723"/>
+    </row>
+    <row r="3">
+      <c r="A3" s="641" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="764" t="s">
+      <c r="B3" s="704">
+        <v>94.7107047138578</v>
+      </c>
+      <c r="C3" s="704">
+        <v>5.2892952861422</v>
+      </c>
+      <c r="D3" s="704"/>
+      <c r="E3" s="704"/>
+    </row>
+    <row r="4">
+      <c r="A4" s="641" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="774">
+      <c r="B4" s="704">
+        <v>93.016759776536318</v>
+      </c>
+      <c r="C4" s="704">
+        <v>6.983240223463687</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="641" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="704">
+        <v>93.766123858533192</v>
+      </c>
+      <c r="C5" s="704">
+        <v>6.23387614146681</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="641" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="704">
+        <v>94.610568359691257</v>
+      </c>
+      <c r="C6" s="704">
+        <v>5.3894316403087386</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="641" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="704">
+        <v>93.004151382696</v>
+      </c>
+      <c r="C7" s="704">
+        <v>6.9958486173040182</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="658"/>
+      <c r="B8" s="675"/>
+      <c r="C8" s="675"/>
+    </row>
+    <row r="9">
+      <c r="A9" s="658"/>
+      <c r="B9" s="679"/>
+      <c r="C9" s="675"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="658"/>
+      <c r="B10" s="679"/>
+      <c r="C10" s="675"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="658"/>
+      <c r="B11" s="679"/>
+      <c r="C11" s="675"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="658"/>
+      <c r="B12" s="679"/>
+      <c r="C12" s="675"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="658"/>
+      <c r="B13" s="679"/>
+      <c r="C13" s="675"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="658"/>
+      <c r="B14" s="679"/>
+      <c r="C14" s="675"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="658"/>
+      <c r="B15" s="675"/>
+      <c r="C15" s="675"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="658"/>
+      <c r="B16" s="675"/>
+      <c r="C16" s="675"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="658"/>
+      <c r="B17" s="675"/>
+      <c r="C17" s="675"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="658"/>
+      <c r="B18" s="675"/>
+      <c r="C18" s="675"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="658"/>
+      <c r="B19" s="675"/>
+      <c r="C19" s="675"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="658"/>
+      <c r="B20" s="675"/>
+      <c r="C20" s="675"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="658"/>
+      <c r="B21" s="675"/>
+      <c r="C21" s="675"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="658"/>
+      <c r="B22" s="675"/>
+      <c r="C22" s="675"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="658"/>
+      <c r="B23" s="675"/>
+      <c r="C23" s="675"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="658"/>
+      <c r="B24" s="675"/>
+      <c r="C24" s="675"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="658"/>
+      <c r="B25" s="675"/>
+      <c r="C25" s="675"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="658"/>
+      <c r="B26" s="675"/>
+      <c r="C26" s="675"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="658"/>
+      <c r="B27" s="675"/>
+      <c r="C27" s="675"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="658"/>
+      <c r="B28" s="675"/>
+      <c r="C28" s="675"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="658"/>
+      <c r="B29" s="675"/>
+      <c r="C29" s="675"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="658"/>
+      <c r="B30" s="675"/>
+      <c r="C30" s="675"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="658"/>
+      <c r="B31" s="675"/>
+      <c r="C31" s="675"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="658"/>
+      <c r="B32" s="675"/>
+      <c r="C32" s="675"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="658"/>
+      <c r="B33" s="675"/>
+      <c r="C33" s="675"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="658"/>
+      <c r="B34" s="675"/>
+      <c r="C34" s="675"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="658"/>
+      <c r="B35" s="675"/>
+      <c r="C35" s="675"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="658"/>
+      <c r="B36" s="675"/>
+      <c r="C36" s="675"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="658"/>
+      <c r="B37" s="675"/>
+      <c r="C37" s="675"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="658"/>
+      <c r="B38" s="675"/>
+      <c r="C38" s="675"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="658"/>
+      <c r="B39" s="675"/>
+      <c r="C39" s="675"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="658"/>
+      <c r="B40" s="675"/>
+      <c r="C40" s="675"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="658"/>
+      <c r="B41" s="675"/>
+      <c r="C41" s="675"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="658"/>
+      <c r="B42" s="675"/>
+      <c r="C42" s="675"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="658"/>
+      <c r="B43" s="675"/>
+      <c r="C43" s="675"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="658"/>
+      <c r="B44" s="675"/>
+      <c r="C44" s="675"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="658"/>
+      <c r="B45" s="675"/>
+      <c r="C45" s="675"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="658"/>
+      <c r="B46" s="675"/>
+      <c r="C46" s="675"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="658"/>
+      <c r="B47" s="675"/>
+      <c r="C47" s="675"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="658"/>
+      <c r="B48" s="675"/>
+      <c r="C48" s="675"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="658"/>
+      <c r="B49" s="675"/>
+      <c r="C49" s="675"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="658"/>
+      <c r="B50" s="675"/>
+      <c r="C50" s="675"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="658"/>
+      <c r="B51" s="675"/>
+      <c r="C51" s="675"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="658"/>
+      <c r="B52" s="675"/>
+      <c r="C52" s="675"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="658"/>
+      <c r="B53" s="675"/>
+      <c r="C53" s="675"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="658"/>
+      <c r="B54" s="675"/>
+      <c r="C54" s="675"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="658"/>
+      <c r="B55" s="675"/>
+      <c r="C55" s="675"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="658"/>
+      <c r="B56" s="675"/>
+      <c r="C56" s="675"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="658"/>
+      <c r="B57" s="675"/>
+      <c r="C57" s="675"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="658"/>
+      <c r="B58" s="675"/>
+      <c r="C58" s="675"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="658"/>
+      <c r="B59" s="675"/>
+      <c r="C59" s="675"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="658"/>
+      <c r="B60" s="675"/>
+      <c r="C60" s="675"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="658"/>
+      <c r="B61" s="675"/>
+      <c r="C61" s="675"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="658"/>
+      <c r="B62" s="675"/>
+      <c r="C62" s="675"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="658"/>
+      <c r="B63" s="675"/>
+      <c r="C63" s="675"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="658"/>
+      <c r="B64" s="675"/>
+      <c r="C64" s="675"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="658"/>
+      <c r="B65" s="675"/>
+      <c r="C65" s="675"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="658"/>
+      <c r="B66" s="675"/>
+      <c r="C66" s="675"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="658"/>
+      <c r="B67" s="675"/>
+      <c r="C67" s="675"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="658"/>
+      <c r="B68" s="675"/>
+      <c r="C68" s="675"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="658"/>
+      <c r="B69" s="675"/>
+      <c r="C69" s="675"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="658"/>
+      <c r="B70" s="675"/>
+      <c r="C70" s="675"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="658"/>
+      <c r="B71" s="675"/>
+      <c r="C71" s="675"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="658"/>
+      <c r="B72" s="675"/>
+      <c r="C72" s="675"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="658"/>
+      <c r="B73" s="675"/>
+      <c r="C73" s="675"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="658"/>
+      <c r="B74" s="675"/>
+      <c r="C74" s="675"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="658"/>
+      <c r="B75" s="675"/>
+      <c r="C75" s="675"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="658"/>
+      <c r="B76" s="675"/>
+      <c r="C76" s="675"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="658"/>
+      <c r="B77" s="675"/>
+      <c r="C77" s="675"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="658"/>
+      <c r="B78" s="675"/>
+      <c r="C78" s="675"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="658"/>
+      <c r="B79" s="675"/>
+      <c r="C79" s="675"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="658"/>
+      <c r="B80" s="675"/>
+      <c r="C80" s="675"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="658"/>
+      <c r="B81" s="675"/>
+      <c r="C81" s="675"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="658"/>
+      <c r="B82" s="675"/>
+      <c r="C82" s="675"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="658"/>
+      <c r="B83" s="675"/>
+      <c r="C83" s="675"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="658"/>
+      <c r="B84" s="675"/>
+      <c r="C84" s="675"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="658"/>
+      <c r="B85" s="675"/>
+      <c r="C85" s="675"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="658"/>
+      <c r="B86" s="675"/>
+      <c r="C86" s="675"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="658"/>
+      <c r="B87" s="675"/>
+      <c r="C87" s="675"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="658"/>
+      <c r="B88" s="675"/>
+      <c r="C88" s="675"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="658"/>
+      <c r="B89" s="675"/>
+      <c r="C89" s="675"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="658"/>
+      <c r="B90" s="675"/>
+      <c r="C90" s="675"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="658"/>
+      <c r="B91" s="675"/>
+      <c r="C91" s="675"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="658"/>
+      <c r="B92" s="675"/>
+      <c r="C92" s="675"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="658"/>
+      <c r="B93" s="675"/>
+      <c r="C93" s="675"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="658"/>
+      <c r="B94" s="675"/>
+      <c r="C94" s="675"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="658"/>
+      <c r="B95" s="675"/>
+      <c r="C95" s="675"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="658"/>
+      <c r="B96" s="675"/>
+      <c r="C96" s="675"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="658"/>
+      <c r="B97" s="675"/>
+      <c r="C97" s="675"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="658"/>
+      <c r="B98" s="675"/>
+      <c r="C98" s="675"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="658"/>
+      <c r="B99" s="675"/>
+      <c r="C99" s="675"/>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="0" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <sheetPr codeName="Sheet9"/>
+  <dimension ref="A1:E99"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C9" sqref="C9"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" bestFit="1" width="33.5703125" customWidth="1"/>
+    <col min="2" max="2" bestFit="1" width="11.85546875" customWidth="1"/>
+    <col min="3" max="3" bestFit="1" width="16.28515625" customWidth="1" style="644"/>
+    <col min="4" max="4" bestFit="1" width="14.28515625" customWidth="1"/>
+    <col min="5" max="5" bestFit="1" width="21.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="30">
+      <c r="A1" s="650" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="658" t="s">
+        <v>38</v>
+      </c>
+      <c r="C1" s="652" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1" s="651" t="s">
+        <v>40</v>
+      </c>
+      <c r="E1" s="651" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="732" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="729">
         <v>51.645519861981612</v>
       </c>
-      <c r="D2" s="780">
+      <c r="C2" s="734">
         <v>1.5112139940162914</v>
       </c>
-      <c r="E2" s="774">
+      <c r="D2" s="729">
         <v>40.60841650105916</v>
       </c>
-      <c r="F2" s="774">
+      <c r="E2" s="729">
         <v>6.2348496429429368</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="C3" s="675">
+        <v>11</v>
+      </c>
+      <c r="B3" s="661">
         <v>52.946675978282912</v>
       </c>
-      <c r="D3" s="754">
-[...2 lines deleted...]
-      <c r="E3" s="675">
+      <c r="C3" s="705">
+        <v>1.4733379891414</v>
+      </c>
+      <c r="D3" s="661">
         <v>39.562729505057561</v>
       </c>
-      <c r="F3" s="675">
+      <c r="E3" s="661">
         <v>6.0172565275180787</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B4" s="633" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="675">
+      <c r="B4" s="661">
         <v>53.672519212430579</v>
       </c>
-      <c r="D4" s="754">
+      <c r="C4" s="705">
         <v>2.0463342121501094</v>
       </c>
-      <c r="E4" s="675">
+      <c r="D4" s="661">
         <v>36.954058450664725</v>
       </c>
-      <c r="F4" s="675">
+      <c r="E4" s="661">
         <v>7.3270881247545852</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="C5" s="675">
+        <v>13</v>
+      </c>
+      <c r="B5" s="661">
         <v>46.913597095792447</v>
       </c>
-      <c r="D5" s="754">
+      <c r="C5" s="705">
         <v>1.9952779332086854</v>
       </c>
-      <c r="E5" s="675">
+      <c r="D5" s="661">
         <v>44.918319162583764</v>
       </c>
-      <c r="F5" s="675">
+      <c r="E5" s="661">
         <v>6.172805808415105</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-      <c r="C6" s="675">
+        <v>14</v>
+      </c>
+      <c r="B6" s="661">
         <v>51.865540777511</v>
       </c>
-      <c r="D6" s="754">
+      <c r="C6" s="705">
         <v>1.5701297650200987</v>
       </c>
-      <c r="E6" s="675">
+      <c r="D6" s="661">
         <v>39.512234602206817</v>
       </c>
-      <c r="F6" s="675">
+      <c r="E6" s="661">
         <v>7.0520948552620935</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="C7" s="675">
+        <v>15</v>
+      </c>
+      <c r="B7" s="661">
         <v>51.7723020160759</v>
       </c>
-      <c r="D7" s="754">
+      <c r="C7" s="705">
         <v>2.0907453770808626</v>
       </c>
-      <c r="E7" s="675">
+      <c r="D7" s="661">
         <v>39.65168884789388</v>
       </c>
-      <c r="F7" s="675">
+      <c r="E7" s="661">
         <v>6.4852637589493574</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="672"/>
-[...3 lines deleted...]
-      <c r="F8" s="688"/>
+      <c r="A8" s="658"/>
+      <c r="B8" s="671"/>
+      <c r="C8" s="643"/>
+      <c r="D8" s="671"/>
+      <c r="E8" s="671"/>
     </row>
     <row r="9">
-      <c r="A9" s="672"/>
-[...3 lines deleted...]
-      <c r="F9" s="703"/>
+      <c r="A9" s="658"/>
+      <c r="B9" s="681"/>
+      <c r="C9" s="680"/>
+      <c r="D9" s="681"/>
+      <c r="E9" s="681"/>
     </row>
     <row r="10">
-      <c r="A10" s="672"/>
-[...3 lines deleted...]
-      <c r="F10" s="703"/>
+      <c r="A10" s="658"/>
+      <c r="B10" s="681"/>
+      <c r="C10" s="680"/>
+      <c r="D10" s="681"/>
+      <c r="E10" s="681"/>
     </row>
     <row r="11">
-      <c r="A11" s="672"/>
-[...3 lines deleted...]
-      <c r="F11" s="703"/>
+      <c r="A11" s="658"/>
+      <c r="B11" s="681"/>
+      <c r="C11" s="680"/>
+      <c r="D11" s="681"/>
+      <c r="E11" s="681"/>
     </row>
     <row r="12">
-      <c r="A12" s="672"/>
-[...3 lines deleted...]
-      <c r="F12" s="703"/>
+      <c r="A12" s="658"/>
+      <c r="B12" s="681"/>
+      <c r="C12" s="680"/>
+      <c r="D12" s="681"/>
+      <c r="E12" s="681"/>
     </row>
     <row r="13">
-      <c r="A13" s="672"/>
-[...3 lines deleted...]
-      <c r="F13" s="703"/>
+      <c r="A13" s="658"/>
+      <c r="B13" s="681"/>
+      <c r="C13" s="680"/>
+      <c r="D13" s="681"/>
+      <c r="E13" s="681"/>
     </row>
     <row r="14">
-      <c r="A14" s="672"/>
-[...3 lines deleted...]
-      <c r="F14" s="703"/>
+      <c r="A14" s="658"/>
+      <c r="B14" s="681"/>
+      <c r="C14" s="680"/>
+      <c r="D14" s="681"/>
+      <c r="E14" s="681"/>
     </row>
     <row r="15">
-      <c r="A15" s="672"/>
-[...3 lines deleted...]
-      <c r="F15" s="688"/>
+      <c r="A15" s="658"/>
+      <c r="B15" s="671"/>
+      <c r="C15" s="643"/>
+      <c r="D15" s="671"/>
+      <c r="E15" s="671"/>
     </row>
     <row r="16">
-      <c r="A16" s="672"/>
-[...3 lines deleted...]
-      <c r="F16" s="688"/>
+      <c r="A16" s="658"/>
+      <c r="B16" s="671"/>
+      <c r="C16" s="643"/>
+      <c r="D16" s="671"/>
+      <c r="E16" s="671"/>
     </row>
     <row r="17">
-      <c r="A17" s="672"/>
-[...3 lines deleted...]
-      <c r="F17" s="688"/>
+      <c r="A17" s="658"/>
+      <c r="B17" s="671"/>
+      <c r="C17" s="643"/>
+      <c r="D17" s="671"/>
+      <c r="E17" s="671"/>
     </row>
     <row r="18">
-      <c r="A18" s="672"/>
-[...3 lines deleted...]
-      <c r="F18" s="688"/>
+      <c r="A18" s="658"/>
+      <c r="B18" s="671"/>
+      <c r="C18" s="643"/>
+      <c r="D18" s="671"/>
+      <c r="E18" s="671"/>
     </row>
     <row r="19">
-      <c r="A19" s="672"/>
-[...3 lines deleted...]
-      <c r="F19" s="688"/>
+      <c r="A19" s="658"/>
+      <c r="B19" s="671"/>
+      <c r="C19" s="643"/>
+      <c r="D19" s="671"/>
+      <c r="E19" s="671"/>
     </row>
     <row r="20">
-      <c r="A20" s="672"/>
-[...3 lines deleted...]
-      <c r="F20" s="688"/>
+      <c r="A20" s="658"/>
+      <c r="B20" s="671"/>
+      <c r="C20" s="643"/>
+      <c r="D20" s="671"/>
+      <c r="E20" s="671"/>
     </row>
     <row r="21">
-      <c r="A21" s="672"/>
-[...3 lines deleted...]
-      <c r="F21" s="688"/>
+      <c r="A21" s="658"/>
+      <c r="B21" s="671"/>
+      <c r="C21" s="643"/>
+      <c r="D21" s="671"/>
+      <c r="E21" s="671"/>
     </row>
     <row r="22">
-      <c r="A22" s="672"/>
-[...3 lines deleted...]
-      <c r="F22" s="688"/>
+      <c r="A22" s="658"/>
+      <c r="B22" s="671"/>
+      <c r="C22" s="643"/>
+      <c r="D22" s="671"/>
+      <c r="E22" s="671"/>
     </row>
     <row r="23">
-      <c r="A23" s="672"/>
-[...3 lines deleted...]
-      <c r="F23" s="688"/>
+      <c r="A23" s="658"/>
+      <c r="B23" s="671"/>
+      <c r="C23" s="643"/>
+      <c r="D23" s="671"/>
+      <c r="E23" s="671"/>
     </row>
     <row r="24">
-      <c r="A24" s="672"/>
-[...3 lines deleted...]
-      <c r="F24" s="688"/>
+      <c r="A24" s="658"/>
+      <c r="B24" s="671"/>
+      <c r="C24" s="643"/>
+      <c r="D24" s="671"/>
+      <c r="E24" s="671"/>
     </row>
     <row r="25">
-      <c r="A25" s="672"/>
-[...3 lines deleted...]
-      <c r="F25" s="688"/>
+      <c r="A25" s="658"/>
+      <c r="B25" s="671"/>
+      <c r="C25" s="643"/>
+      <c r="D25" s="671"/>
+      <c r="E25" s="671"/>
     </row>
     <row r="26">
-      <c r="A26" s="672"/>
-[...3 lines deleted...]
-      <c r="F26" s="688"/>
+      <c r="A26" s="658"/>
+      <c r="B26" s="671"/>
+      <c r="C26" s="643"/>
+      <c r="D26" s="671"/>
+      <c r="E26" s="671"/>
     </row>
     <row r="27">
-      <c r="A27" s="672"/>
-[...3 lines deleted...]
-      <c r="F27" s="688"/>
+      <c r="A27" s="658"/>
+      <c r="B27" s="671"/>
+      <c r="C27" s="643"/>
+      <c r="D27" s="671"/>
+      <c r="E27" s="671"/>
     </row>
     <row r="28">
-      <c r="A28" s="672"/>
-[...3 lines deleted...]
-      <c r="F28" s="688"/>
+      <c r="A28" s="658"/>
+      <c r="B28" s="671"/>
+      <c r="C28" s="643"/>
+      <c r="D28" s="671"/>
+      <c r="E28" s="671"/>
     </row>
     <row r="29">
-      <c r="A29" s="672"/>
-[...3 lines deleted...]
-      <c r="F29" s="688"/>
+      <c r="A29" s="658"/>
+      <c r="B29" s="671"/>
+      <c r="C29" s="643"/>
+      <c r="D29" s="671"/>
+      <c r="E29" s="671"/>
     </row>
     <row r="30">
-      <c r="A30" s="672"/>
-[...3 lines deleted...]
-      <c r="F30" s="688"/>
+      <c r="A30" s="658"/>
+      <c r="B30" s="671"/>
+      <c r="C30" s="643"/>
+      <c r="D30" s="671"/>
+      <c r="E30" s="671"/>
     </row>
     <row r="31">
-      <c r="A31" s="672"/>
-[...3 lines deleted...]
-      <c r="F31" s="688"/>
+      <c r="A31" s="658"/>
+      <c r="B31" s="671"/>
+      <c r="C31" s="643"/>
+      <c r="D31" s="671"/>
+      <c r="E31" s="671"/>
     </row>
     <row r="32">
-      <c r="A32" s="672"/>
-[...3 lines deleted...]
-      <c r="F32" s="688"/>
+      <c r="A32" s="658"/>
+      <c r="B32" s="671"/>
+      <c r="C32" s="643"/>
+      <c r="D32" s="671"/>
+      <c r="E32" s="671"/>
     </row>
     <row r="33">
-      <c r="A33" s="672"/>
-[...3 lines deleted...]
-      <c r="F33" s="688"/>
+      <c r="A33" s="658"/>
+      <c r="B33" s="671"/>
+      <c r="C33" s="643"/>
+      <c r="D33" s="671"/>
+      <c r="E33" s="671"/>
     </row>
     <row r="34">
-      <c r="A34" s="672"/>
-[...3 lines deleted...]
-      <c r="F34" s="688"/>
+      <c r="A34" s="658"/>
+      <c r="B34" s="671"/>
+      <c r="C34" s="643"/>
+      <c r="D34" s="671"/>
+      <c r="E34" s="671"/>
     </row>
     <row r="35">
-      <c r="A35" s="672"/>
-[...3 lines deleted...]
-      <c r="F35" s="688"/>
+      <c r="A35" s="658"/>
+      <c r="B35" s="671"/>
+      <c r="C35" s="643"/>
+      <c r="D35" s="671"/>
+      <c r="E35" s="671"/>
     </row>
     <row r="36">
-      <c r="A36" s="672"/>
-[...3 lines deleted...]
-      <c r="F36" s="688"/>
+      <c r="A36" s="658"/>
+      <c r="B36" s="671"/>
+      <c r="C36" s="643"/>
+      <c r="D36" s="671"/>
+      <c r="E36" s="671"/>
     </row>
     <row r="37">
-      <c r="A37" s="672"/>
-[...3 lines deleted...]
-      <c r="F37" s="688"/>
+      <c r="A37" s="658"/>
+      <c r="B37" s="671"/>
+      <c r="C37" s="643"/>
+      <c r="D37" s="671"/>
+      <c r="E37" s="671"/>
     </row>
     <row r="38">
-      <c r="A38" s="672"/>
-[...3 lines deleted...]
-      <c r="F38" s="688"/>
+      <c r="A38" s="658"/>
+      <c r="B38" s="671"/>
+      <c r="C38" s="643"/>
+      <c r="D38" s="671"/>
+      <c r="E38" s="671"/>
     </row>
     <row r="39">
-      <c r="A39" s="672"/>
-[...3 lines deleted...]
-      <c r="F39" s="688"/>
+      <c r="A39" s="658"/>
+      <c r="B39" s="671"/>
+      <c r="C39" s="643"/>
+      <c r="D39" s="671"/>
+      <c r="E39" s="671"/>
     </row>
     <row r="40">
-      <c r="A40" s="672"/>
-[...3 lines deleted...]
-      <c r="F40" s="688"/>
+      <c r="A40" s="658"/>
+      <c r="B40" s="671"/>
+      <c r="C40" s="643"/>
+      <c r="D40" s="671"/>
+      <c r="E40" s="671"/>
     </row>
     <row r="41">
-      <c r="A41" s="672"/>
-[...3 lines deleted...]
-      <c r="F41" s="688"/>
+      <c r="A41" s="658"/>
+      <c r="B41" s="671"/>
+      <c r="C41" s="643"/>
+      <c r="D41" s="671"/>
+      <c r="E41" s="671"/>
     </row>
     <row r="42">
-      <c r="A42" s="672"/>
-[...3 lines deleted...]
-      <c r="F42" s="688"/>
+      <c r="A42" s="658"/>
+      <c r="B42" s="671"/>
+      <c r="C42" s="643"/>
+      <c r="D42" s="671"/>
+      <c r="E42" s="671"/>
     </row>
     <row r="43">
-      <c r="A43" s="672"/>
-[...3 lines deleted...]
-      <c r="F43" s="688"/>
+      <c r="A43" s="658"/>
+      <c r="B43" s="671"/>
+      <c r="C43" s="643"/>
+      <c r="D43" s="671"/>
+      <c r="E43" s="671"/>
     </row>
     <row r="44">
-      <c r="A44" s="672"/>
-[...3 lines deleted...]
-      <c r="F44" s="688"/>
+      <c r="A44" s="658"/>
+      <c r="B44" s="671"/>
+      <c r="C44" s="643"/>
+      <c r="D44" s="671"/>
+      <c r="E44" s="671"/>
     </row>
     <row r="45">
-      <c r="A45" s="672"/>
-[...3 lines deleted...]
-      <c r="F45" s="688"/>
+      <c r="A45" s="658"/>
+      <c r="B45" s="671"/>
+      <c r="C45" s="643"/>
+      <c r="D45" s="671"/>
+      <c r="E45" s="671"/>
     </row>
     <row r="46">
-      <c r="A46" s="672"/>
-[...3 lines deleted...]
-      <c r="F46" s="688"/>
+      <c r="A46" s="658"/>
+      <c r="B46" s="671"/>
+      <c r="C46" s="643"/>
+      <c r="D46" s="671"/>
+      <c r="E46" s="671"/>
     </row>
     <row r="47">
-      <c r="A47" s="672"/>
-[...3 lines deleted...]
-      <c r="F47" s="688"/>
+      <c r="A47" s="658"/>
+      <c r="B47" s="671"/>
+      <c r="C47" s="643"/>
+      <c r="D47" s="671"/>
+      <c r="E47" s="671"/>
     </row>
     <row r="48">
-      <c r="A48" s="672"/>
-[...3 lines deleted...]
-      <c r="F48" s="688"/>
+      <c r="A48" s="658"/>
+      <c r="B48" s="671"/>
+      <c r="C48" s="643"/>
+      <c r="D48" s="671"/>
+      <c r="E48" s="671"/>
     </row>
     <row r="49">
-      <c r="A49" s="672"/>
-[...3 lines deleted...]
-      <c r="F49" s="688"/>
+      <c r="A49" s="658"/>
+      <c r="B49" s="671"/>
+      <c r="C49" s="643"/>
+      <c r="D49" s="671"/>
+      <c r="E49" s="671"/>
     </row>
     <row r="50">
-      <c r="A50" s="672"/>
-[...3 lines deleted...]
-      <c r="F50" s="688"/>
+      <c r="A50" s="658"/>
+      <c r="B50" s="671"/>
+      <c r="C50" s="643"/>
+      <c r="D50" s="671"/>
+      <c r="E50" s="671"/>
     </row>
     <row r="51">
-      <c r="A51" s="672"/>
-[...3 lines deleted...]
-      <c r="F51" s="688"/>
+      <c r="A51" s="658"/>
+      <c r="B51" s="671"/>
+      <c r="C51" s="643"/>
+      <c r="D51" s="671"/>
+      <c r="E51" s="671"/>
     </row>
     <row r="52">
-      <c r="A52" s="672"/>
-[...3 lines deleted...]
-      <c r="F52" s="688"/>
+      <c r="A52" s="658"/>
+      <c r="B52" s="671"/>
+      <c r="C52" s="643"/>
+      <c r="D52" s="671"/>
+      <c r="E52" s="671"/>
     </row>
     <row r="53">
-      <c r="A53" s="672"/>
-[...3 lines deleted...]
-      <c r="F53" s="688"/>
+      <c r="A53" s="658"/>
+      <c r="B53" s="671"/>
+      <c r="C53" s="643"/>
+      <c r="D53" s="671"/>
+      <c r="E53" s="671"/>
     </row>
     <row r="54">
-      <c r="A54" s="672"/>
-[...3 lines deleted...]
-      <c r="F54" s="688"/>
+      <c r="A54" s="658"/>
+      <c r="B54" s="671"/>
+      <c r="C54" s="643"/>
+      <c r="D54" s="671"/>
+      <c r="E54" s="671"/>
     </row>
     <row r="55">
-      <c r="A55" s="672"/>
-[...3 lines deleted...]
-      <c r="F55" s="688"/>
+      <c r="A55" s="658"/>
+      <c r="B55" s="671"/>
+      <c r="C55" s="643"/>
+      <c r="D55" s="671"/>
+      <c r="E55" s="671"/>
     </row>
     <row r="56">
-      <c r="A56" s="672"/>
-[...3 lines deleted...]
-      <c r="F56" s="688"/>
+      <c r="A56" s="658"/>
+      <c r="B56" s="671"/>
+      <c r="C56" s="643"/>
+      <c r="D56" s="671"/>
+      <c r="E56" s="671"/>
     </row>
     <row r="57">
-      <c r="A57" s="672"/>
-[...3 lines deleted...]
-      <c r="F57" s="688"/>
+      <c r="A57" s="658"/>
+      <c r="B57" s="671"/>
+      <c r="C57" s="643"/>
+      <c r="D57" s="671"/>
+      <c r="E57" s="671"/>
     </row>
     <row r="58">
-      <c r="A58" s="672"/>
-[...3 lines deleted...]
-      <c r="F58" s="688"/>
+      <c r="A58" s="658"/>
+      <c r="B58" s="671"/>
+      <c r="C58" s="643"/>
+      <c r="D58" s="671"/>
+      <c r="E58" s="671"/>
     </row>
     <row r="59">
-      <c r="A59" s="672"/>
-[...3 lines deleted...]
-      <c r="F59" s="688"/>
+      <c r="A59" s="658"/>
+      <c r="B59" s="671"/>
+      <c r="C59" s="643"/>
+      <c r="D59" s="671"/>
+      <c r="E59" s="671"/>
     </row>
     <row r="60">
-      <c r="A60" s="672"/>
-[...3 lines deleted...]
-      <c r="F60" s="688"/>
+      <c r="A60" s="658"/>
+      <c r="B60" s="671"/>
+      <c r="C60" s="643"/>
+      <c r="D60" s="671"/>
+      <c r="E60" s="671"/>
     </row>
     <row r="61">
-      <c r="A61" s="672"/>
-[...3 lines deleted...]
-      <c r="F61" s="688"/>
+      <c r="A61" s="658"/>
+      <c r="B61" s="671"/>
+      <c r="C61" s="643"/>
+      <c r="D61" s="671"/>
+      <c r="E61" s="671"/>
     </row>
     <row r="62">
-      <c r="A62" s="672"/>
-[...3 lines deleted...]
-      <c r="F62" s="688"/>
+      <c r="A62" s="658"/>
+      <c r="B62" s="671"/>
+      <c r="C62" s="643"/>
+      <c r="D62" s="671"/>
+      <c r="E62" s="671"/>
     </row>
     <row r="63">
-      <c r="A63" s="672"/>
-[...3 lines deleted...]
-      <c r="F63" s="688"/>
+      <c r="A63" s="658"/>
+      <c r="B63" s="671"/>
+      <c r="C63" s="643"/>
+      <c r="D63" s="671"/>
+      <c r="E63" s="671"/>
     </row>
     <row r="64">
-      <c r="A64" s="672"/>
-[...3 lines deleted...]
-      <c r="F64" s="688"/>
+      <c r="A64" s="658"/>
+      <c r="B64" s="671"/>
+      <c r="C64" s="643"/>
+      <c r="D64" s="671"/>
+      <c r="E64" s="671"/>
     </row>
     <row r="65">
-      <c r="A65" s="672"/>
-[...3 lines deleted...]
-      <c r="F65" s="688"/>
+      <c r="A65" s="658"/>
+      <c r="B65" s="671"/>
+      <c r="C65" s="643"/>
+      <c r="D65" s="671"/>
+      <c r="E65" s="671"/>
     </row>
     <row r="66">
-      <c r="A66" s="672"/>
-[...3 lines deleted...]
-      <c r="F66" s="688"/>
+      <c r="A66" s="658"/>
+      <c r="B66" s="671"/>
+      <c r="C66" s="643"/>
+      <c r="D66" s="671"/>
+      <c r="E66" s="671"/>
     </row>
     <row r="67">
-      <c r="A67" s="672"/>
-[...3 lines deleted...]
-      <c r="F67" s="688"/>
+      <c r="A67" s="658"/>
+      <c r="B67" s="671"/>
+      <c r="C67" s="643"/>
+      <c r="D67" s="671"/>
+      <c r="E67" s="671"/>
     </row>
     <row r="68">
-      <c r="A68" s="672"/>
-[...3 lines deleted...]
-      <c r="F68" s="688"/>
+      <c r="A68" s="658"/>
+      <c r="B68" s="671"/>
+      <c r="C68" s="643"/>
+      <c r="D68" s="671"/>
+      <c r="E68" s="671"/>
     </row>
     <row r="69">
-      <c r="A69" s="672"/>
-[...3 lines deleted...]
-      <c r="F69" s="688"/>
+      <c r="A69" s="658"/>
+      <c r="B69" s="671"/>
+      <c r="C69" s="643"/>
+      <c r="D69" s="671"/>
+      <c r="E69" s="671"/>
     </row>
     <row r="70">
-      <c r="A70" s="672"/>
-[...3 lines deleted...]
-      <c r="F70" s="688"/>
+      <c r="A70" s="658"/>
+      <c r="B70" s="671"/>
+      <c r="C70" s="643"/>
+      <c r="D70" s="671"/>
+      <c r="E70" s="671"/>
     </row>
     <row r="71">
-      <c r="A71" s="672"/>
-[...3 lines deleted...]
-      <c r="F71" s="688"/>
+      <c r="A71" s="658"/>
+      <c r="B71" s="671"/>
+      <c r="C71" s="643"/>
+      <c r="D71" s="671"/>
+      <c r="E71" s="671"/>
     </row>
     <row r="72">
-      <c r="A72" s="672"/>
-[...3 lines deleted...]
-      <c r="F72" s="688"/>
+      <c r="A72" s="658"/>
+      <c r="B72" s="671"/>
+      <c r="C72" s="643"/>
+      <c r="D72" s="671"/>
+      <c r="E72" s="671"/>
     </row>
     <row r="73">
-      <c r="A73" s="672"/>
-[...3 lines deleted...]
-      <c r="F73" s="688"/>
+      <c r="A73" s="658"/>
+      <c r="B73" s="671"/>
+      <c r="C73" s="643"/>
+      <c r="D73" s="671"/>
+      <c r="E73" s="671"/>
     </row>
     <row r="74">
-      <c r="A74" s="672"/>
-[...3 lines deleted...]
-      <c r="F74" s="688"/>
+      <c r="A74" s="658"/>
+      <c r="B74" s="671"/>
+      <c r="C74" s="643"/>
+      <c r="D74" s="671"/>
+      <c r="E74" s="671"/>
     </row>
     <row r="75">
-      <c r="A75" s="672"/>
-[...3 lines deleted...]
-      <c r="F75" s="688"/>
+      <c r="A75" s="658"/>
+      <c r="B75" s="671"/>
+      <c r="C75" s="643"/>
+      <c r="D75" s="671"/>
+      <c r="E75" s="671"/>
     </row>
     <row r="76">
-      <c r="A76" s="672"/>
-[...3 lines deleted...]
-      <c r="F76" s="688"/>
+      <c r="A76" s="658"/>
+      <c r="B76" s="671"/>
+      <c r="C76" s="643"/>
+      <c r="D76" s="671"/>
+      <c r="E76" s="671"/>
     </row>
     <row r="77">
-      <c r="A77" s="672"/>
-[...3 lines deleted...]
-      <c r="F77" s="688"/>
+      <c r="A77" s="658"/>
+      <c r="B77" s="671"/>
+      <c r="C77" s="643"/>
+      <c r="D77" s="671"/>
+      <c r="E77" s="671"/>
     </row>
     <row r="78">
-      <c r="A78" s="672"/>
-[...3 lines deleted...]
-      <c r="F78" s="688"/>
+      <c r="A78" s="658"/>
+      <c r="B78" s="671"/>
+      <c r="C78" s="643"/>
+      <c r="D78" s="671"/>
+      <c r="E78" s="671"/>
     </row>
     <row r="79">
-      <c r="A79" s="672"/>
-[...3 lines deleted...]
-      <c r="F79" s="688"/>
+      <c r="A79" s="658"/>
+      <c r="B79" s="671"/>
+      <c r="C79" s="643"/>
+      <c r="D79" s="671"/>
+      <c r="E79" s="671"/>
     </row>
     <row r="80">
-      <c r="A80" s="672"/>
-[...3 lines deleted...]
-      <c r="F80" s="688"/>
+      <c r="A80" s="658"/>
+      <c r="B80" s="671"/>
+      <c r="C80" s="643"/>
+      <c r="D80" s="671"/>
+      <c r="E80" s="671"/>
     </row>
     <row r="81">
-      <c r="A81" s="672"/>
-[...3 lines deleted...]
-      <c r="F81" s="688"/>
+      <c r="A81" s="658"/>
+      <c r="B81" s="671"/>
+      <c r="C81" s="643"/>
+      <c r="D81" s="671"/>
+      <c r="E81" s="671"/>
     </row>
     <row r="82">
-      <c r="A82" s="672"/>
-[...3 lines deleted...]
-      <c r="F82" s="688"/>
+      <c r="A82" s="658"/>
+      <c r="B82" s="671"/>
+      <c r="C82" s="643"/>
+      <c r="D82" s="671"/>
+      <c r="E82" s="671"/>
     </row>
     <row r="83">
-      <c r="A83" s="672"/>
-[...3 lines deleted...]
-      <c r="F83" s="688"/>
+      <c r="A83" s="658"/>
+      <c r="B83" s="671"/>
+      <c r="C83" s="643"/>
+      <c r="D83" s="671"/>
+      <c r="E83" s="671"/>
     </row>
     <row r="84">
-      <c r="A84" s="672"/>
-[...3 lines deleted...]
-      <c r="F84" s="688"/>
+      <c r="A84" s="658"/>
+      <c r="B84" s="671"/>
+      <c r="C84" s="643"/>
+      <c r="D84" s="671"/>
+      <c r="E84" s="671"/>
     </row>
     <row r="85">
-      <c r="A85" s="672"/>
-[...3 lines deleted...]
-      <c r="F85" s="688"/>
+      <c r="A85" s="658"/>
+      <c r="B85" s="671"/>
+      <c r="C85" s="643"/>
+      <c r="D85" s="671"/>
+      <c r="E85" s="671"/>
     </row>
     <row r="86">
-      <c r="A86" s="672"/>
-[...3 lines deleted...]
-      <c r="F86" s="688"/>
+      <c r="A86" s="658"/>
+      <c r="B86" s="671"/>
+      <c r="C86" s="643"/>
+      <c r="D86" s="671"/>
+      <c r="E86" s="671"/>
     </row>
     <row r="87">
-      <c r="A87" s="672"/>
-[...3 lines deleted...]
-      <c r="F87" s="688"/>
+      <c r="A87" s="658"/>
+      <c r="B87" s="671"/>
+      <c r="C87" s="643"/>
+      <c r="D87" s="671"/>
+      <c r="E87" s="671"/>
     </row>
     <row r="88">
-      <c r="A88" s="672"/>
-[...3 lines deleted...]
-      <c r="F88" s="688"/>
+      <c r="A88" s="658"/>
+      <c r="B88" s="671"/>
+      <c r="C88" s="643"/>
+      <c r="D88" s="671"/>
+      <c r="E88" s="671"/>
     </row>
     <row r="89">
-      <c r="A89" s="672"/>
-[...3 lines deleted...]
-      <c r="F89" s="688"/>
+      <c r="A89" s="658"/>
+      <c r="B89" s="671"/>
+      <c r="C89" s="643"/>
+      <c r="D89" s="671"/>
+      <c r="E89" s="671"/>
     </row>
     <row r="90">
-      <c r="A90" s="672"/>
-[...3 lines deleted...]
-      <c r="F90" s="688"/>
+      <c r="A90" s="658"/>
+      <c r="B90" s="671"/>
+      <c r="C90" s="643"/>
+      <c r="D90" s="671"/>
+      <c r="E90" s="671"/>
     </row>
     <row r="91">
-      <c r="A91" s="672"/>
-[...3 lines deleted...]
-      <c r="F91" s="688"/>
+      <c r="A91" s="658"/>
+      <c r="B91" s="671"/>
+      <c r="C91" s="643"/>
+      <c r="D91" s="671"/>
+      <c r="E91" s="671"/>
     </row>
     <row r="92">
-      <c r="A92" s="672"/>
-[...3 lines deleted...]
-      <c r="F92" s="688"/>
+      <c r="A92" s="658"/>
+      <c r="B92" s="671"/>
+      <c r="C92" s="643"/>
+      <c r="D92" s="671"/>
+      <c r="E92" s="671"/>
     </row>
     <row r="93">
-      <c r="A93" s="672"/>
-[...3 lines deleted...]
-      <c r="F93" s="688"/>
+      <c r="A93" s="658"/>
+      <c r="B93" s="671"/>
+      <c r="C93" s="643"/>
+      <c r="D93" s="671"/>
+      <c r="E93" s="671"/>
     </row>
     <row r="94">
-      <c r="A94" s="672"/>
-[...3 lines deleted...]
-      <c r="F94" s="688"/>
+      <c r="A94" s="658"/>
+      <c r="B94" s="671"/>
+      <c r="C94" s="643"/>
+      <c r="D94" s="671"/>
+      <c r="E94" s="671"/>
     </row>
     <row r="95">
-      <c r="A95" s="672"/>
-[...3 lines deleted...]
-      <c r="F95" s="688"/>
+      <c r="A95" s="658"/>
+      <c r="B95" s="671"/>
+      <c r="C95" s="643"/>
+      <c r="D95" s="671"/>
+      <c r="E95" s="671"/>
     </row>
     <row r="96">
-      <c r="A96" s="672"/>
-[...3 lines deleted...]
-      <c r="F96" s="688"/>
+      <c r="A96" s="658"/>
+      <c r="B96" s="671"/>
+      <c r="C96" s="643"/>
+      <c r="D96" s="671"/>
+      <c r="E96" s="671"/>
     </row>
     <row r="97">
-      <c r="A97" s="672"/>
-[...3 lines deleted...]
-      <c r="F97" s="688"/>
+      <c r="A97" s="658"/>
+      <c r="B97" s="671"/>
+      <c r="C97" s="643"/>
+      <c r="D97" s="671"/>
+      <c r="E97" s="671"/>
     </row>
     <row r="98">
-      <c r="A98" s="672"/>
-[...3 lines deleted...]
-      <c r="F98" s="688"/>
+      <c r="A98" s="658"/>
+      <c r="B98" s="671"/>
+      <c r="C98" s="643"/>
+      <c r="D98" s="671"/>
+      <c r="E98" s="671"/>
     </row>
     <row r="99">
-      <c r="A99" s="672"/>
-[...3 lines deleted...]
-      <c r="F99" s="688"/>
+      <c r="A99" s="658"/>
+      <c r="B99" s="671"/>
+      <c r="C99" s="643"/>
+      <c r="D99" s="671"/>
+      <c r="E99" s="671"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0"/>
-  <headerFooter/>
-[...1330 lines deleted...]
-  <headerFooter/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;12&amp;K000000 Classified as Official Sensitive&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>23</vt:i4>
+        <vt:i4>25</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="23" baseType="lpstr">
+    <vt:vector size="25" baseType="lpstr">
       <vt:lpstr>MYE-Broad Age Groups</vt:lpstr>
       <vt:lpstr>MYE</vt:lpstr>
-      <vt:lpstr>Population Projections</vt:lpstr>
+      <vt:lpstr>MYE Lookup</vt:lpstr>
       <vt:lpstr>Birth Rate</vt:lpstr>
+      <vt:lpstr>Birth Rate Lookup</vt:lpstr>
       <vt:lpstr>Death Rate</vt:lpstr>
+      <vt:lpstr>Death Rate Lookup</vt:lpstr>
       <vt:lpstr>Ethnicity</vt:lpstr>
-      <vt:lpstr>Language</vt:lpstr>
       <vt:lpstr>Religion</vt:lpstr>
-      <vt:lpstr>Country of birth</vt:lpstr>
       <vt:lpstr>Health</vt:lpstr>
       <vt:lpstr>Unpaid care</vt:lpstr>
       <vt:lpstr>Residents in communal est.</vt:lpstr>
       <vt:lpstr>Mosaic data</vt:lpstr>
+      <vt:lpstr>Mosaic data Lookup</vt:lpstr>
       <vt:lpstr>Type of dwelling</vt:lpstr>
       <vt:lpstr>HH Composition</vt:lpstr>
       <vt:lpstr>Tenure</vt:lpstr>
       <vt:lpstr>Car Ownership</vt:lpstr>
       <vt:lpstr>Skills</vt:lpstr>
       <vt:lpstr>Employment of workers- sector</vt:lpstr>
       <vt:lpstr>Local Business Units</vt:lpstr>
       <vt:lpstr>Business Size Bands</vt:lpstr>
       <vt:lpstr>Claimant Count</vt:lpstr>
+      <vt:lpstr>Claimant Count Lookup</vt:lpstr>
       <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Dorset County Council - Policy and Research/GIS</Company>
+  <Company>Dorset Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Dorset Statistics Application @ https://apps.geowessex.com/stats</dc:creator>
+  <dc:creator>Dorset Insights Application @ https://gi.dorsetcouncil.gov.uk/insights/areaprofiles</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_SetDate">
+    <vt:lpwstr>2025-08-26T13:50:48Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Name">
+    <vt:lpwstr>Official – Sensitive – Dorset Council Use Only</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_SiteId">
+    <vt:lpwstr>0a4edf35-f0d2-4e23-98f6-b0900b4ea1e6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_ActionId">
+    <vt:lpwstr>82174deb-5530-4353-8cc1-0952d9a9362f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_605d004f-62ba-46e5-b80c-60a02a9fbe17_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
 </file>